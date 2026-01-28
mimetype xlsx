--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -1,1000 +1,11449 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation en santé " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Guide usagers" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Communiqué de presse" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId15" sheetId="13"/>
+    <sheet name="Export Medicament" r:id="rId16" sheetId="14"/>
+    <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="428" uniqueCount="292">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5996" uniqueCount="3766">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>06/23/2025 15:46:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Expérience patient et savoir expérientiel : deux notions à clarifier pour développer l’engagement ou la participation</t>
+  </si>
+  <si>
+    <t>Les concepts d’expérience patient et de savoir expérientiel se sont développés autour de l’engagement des usagers ou de la participation des personnes accompagnées. Leur sens est peu explicité et ils sont parfois confondus. Ce guide pédagogique définit ces concepts et identifie dans quelles conditions ils peuvent renforcer le pouvoir d’agir des personnes concernées et le partenariat entre usagers et professionnels.</t>
+  </si>
+  <si>
+    <t>09/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2025 10:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
+    <t>https://www.has-sante.fr/jcms/p_3602447/fr/experience-patient-et-savoir-experientiel-deux-notions-a-clarifier-pour-developper-l-engagement-ou-la-participation</t>
+  </si>
+  <si>
+    <t>p_3602447</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : critères d’évaluation pour l’intégration de nouvelles maladies au programme national du dépistage à la naissance</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique vise à structurer la réflexion autour des critères et des modalités d’évaluation de maladies rares en vue de leur intégration ou non au programme de dépistage néonatal. Les critères et le processus décisionnel qui y sont recommandés ont été appréciés à une date donnée dans un environnement évolutif. ce guide est destiné principalement à l’utilisation des chefs de projets scientifiques de la HAS, dans le respect des normes déontologiques et des procédures de l’institution.</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2023 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421858/fr/depistage-neonatal-criteres-d-evaluation-pour-l-integration-de-nouvelles-maladies-au-programme-national-du-depistage-a-la-naissance</t>
+  </si>
+  <si>
+    <t>p_3421858</t>
+  </si>
+  <si>
+    <t>Maisons de naissance</t>
+  </si>
+  <si>
+    <t>L'élaboration de ce cahier des charges relatif à l'expérimentation des maisons de naissance répond à une demande inscrite dans la loi n°2013-1118 du 6 décembre 2013. L’objectif d’élaboration de ce cahier des charges est de permettre l’expérimentation de maisons de naissance dans un cadre défini respectant des critères de qualité et de sécurité des soins pour la mère et l’enfant.</t>
+  </si>
+  <si>
+    <t>17/09/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2014 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764407/fr/maisons-de-naissance</t>
+  </si>
+  <si>
+    <t>c_1764407</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique du patient (ETP) : évaluation de l’efficacité et de l’efficience dans les maladies chroniques</t>
+  </si>
+  <si>
+    <t>La HAS propose, dix ans après les premiers rapports d’évaluation, des orientations pour la mise en œuvre des interventions éducatives les plus adaptées aux besoins des patients et des repères pour analyser ou mener des études d’efficacité et d’efficience.</t>
+  </si>
+  <si>
+    <t>27/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2018 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884714/fr/education-therapeutique-du-patient-etp-evaluation-de-l-efficacite-et-de-l-efficience-dans-les-maladies-chroniques</t>
+  </si>
+  <si>
+    <t>c_2884714</t>
+  </si>
+  <si>
+    <t>Évaluation des ESSMS : référentiel et manuel</t>
+  </si>
+  <si>
+    <t>Le référentiel national et le manuel d’évaluation proposent un cadre national unique, homogène et commun aux établissements et services sociaux et médico-sociaux. Centré sur la personne accompagnée, ses souhaits, ses besoins et son projet, ce dispositif d’évaluation est conçu pour promouvoir une démarche d’amélioration continue de la qualité qui favorise un meilleur accompagnement délivré aux personnes accueillies.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>10/03/2022 12:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324490/fr/evaluation-des-essms-referentiel-et-manuel</t>
+  </si>
+  <si>
+    <t>p_3324490</t>
+  </si>
+  <si>
+    <t>Le patient en auto-administration de ses médicaments en cours d’hospitalisation</t>
+  </si>
+  <si>
+    <t>À la suite de la modification de la règlementation en la matière et de l’ambition d’apporter une réponse à l’engagement du patient dans ses soins, la HAS publie des recommandations visant à fournir un cadre pour sécuriser cette pratique.</t>
+  </si>
+  <si>
+    <t>29/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2025 12:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367704/fr/le-patient-en-auto-administration-de-ses-medicaments-en-cours-d-hospitalisation</t>
+  </si>
+  <si>
+    <t>p_3367704</t>
+  </si>
+  <si>
+    <t>Manuel et référentiel de la certification des établissements pour la qualité des soins</t>
+  </si>
+  <si>
+    <t>25/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219174/fr/manuel-et-referentiel-de-la-certification-des-etablissements-pour-la-qualite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3219174</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Avis AUDIOPROTHESES</t>
+  </si>
+  <si>
+    <t>01/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2008 12:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_661995/fr/avis-audioprotheses</t>
+  </si>
+  <si>
+    <t>c_661995</t>
+  </si>
+  <si>
+    <t>Ministre</t>
+  </si>
+  <si>
+    <t>DEFLUX</t>
+  </si>
+  <si>
+    <t>03/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2018 14:35:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2845373/fr/deflux</t>
+  </si>
+  <si>
+    <t>c_2845373</t>
+  </si>
+  <si>
+    <t>Implant urétéral de copolymère</t>
+  </si>
+  <si>
+    <t>SWEDISH ORPHAN BIOVITRUM</t>
+  </si>
+  <si>
+    <t>DOSI-FUSER</t>
+  </si>
+  <si>
+    <t>21/05/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398458/fr/dosi-fuser</t>
+  </si>
+  <si>
+    <t>c_398458</t>
+  </si>
+  <si>
+    <t>ASEPT IN MED SA (France)</t>
+  </si>
+  <si>
+    <t>SUREFUSER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398469/fr/surefuser</t>
+  </si>
+  <si>
+    <t>c_398469</t>
+  </si>
+  <si>
+    <t>AGUETTANT (France)</t>
+  </si>
+  <si>
+    <t>THERAPIE DIGITALE JOE</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2025 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578223/fr/therapie-digitale-joe</t>
+  </si>
+  <si>
+    <t>p_3578223</t>
+  </si>
+  <si>
+    <t>Thérapie digitale de l’asthme pédiatrique</t>
+  </si>
+  <si>
+    <t>LUDOCARE</t>
+  </si>
+  <si>
+    <t>Orthèses crâniennes pour nourrissons (modification des modalités de prise en charge) : Phase contradictoire suite à un avis de projet au JO du 7 mai 2024</t>
+  </si>
+  <si>
+    <t>Avis de projet de modification des modalités de prise en charge de dispositifs médicaux et prestations associées au titre II de la liste prévue à l’article 165-1 (LPP) du code de la sécurité sociale publié au Journal Officiel du 7 mai 2024. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
+  </si>
+  <si>
+    <t>09/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2024 09:20:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530227/fr/ortheses-craniennes-pour-nourrissons-modification-des-modalites-de-prise-en-charge-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-7-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3530227</t>
+  </si>
+  <si>
+    <t>Phase contradictoire suite à la parution d'un avis de projet (LPP)</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>NUTRAMIGEN AA - CNEDiMTS du 06 avril 2010 (2372)</t>
+  </si>
+  <si>
+    <t>20/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2010 15:37:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939338/fr/nutramigen-aa-cnedimts-du-06-avril-2010-2372</t>
+  </si>
+  <si>
+    <t>c_939338</t>
+  </si>
+  <si>
+    <t>Mead Johnson Nutrition France</t>
+  </si>
+  <si>
+    <t>NUTRAMIGEN AA - CNEDiMTS du 20 avril 2010 (2372)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales, à base d’acides aminés synthétiques Nutrition – Modification d’inscription Pas de progrès par rapport à NEOCATE dans leurs indications chez les nourrissons et les jeunes enfants.</t>
+  </si>
+  <si>
+    <t>06/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945693/fr/nutramigen-aa-cnedimts-du-20-avril-2010-2372</t>
+  </si>
+  <si>
+    <t>c_945693</t>
+  </si>
+  <si>
+    <t>Mead Johnson Nutrition (France)</t>
+  </si>
+  <si>
+    <t>Implant injectable pour traitement du reflux vésico-rénal</t>
+  </si>
+  <si>
+    <t>17/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2013 15:15:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647374/fr/deflux</t>
+  </si>
+  <si>
+    <t>c_1647374</t>
+  </si>
+  <si>
+    <t>OCEANA  THERAPEUTICS Ltd</t>
+  </si>
+  <si>
+    <t>EXCOR</t>
+  </si>
+  <si>
+    <t>22/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>13/01/2023 15:06:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396018/fr/excor</t>
+  </si>
+  <si>
+    <t>p_3396018</t>
+  </si>
+  <si>
+    <t>Assistance circulatoire mécanique, pneumatique paracorporelle mono et bi ventriculaire</t>
+  </si>
+  <si>
+    <t>BERLIN HEART GmbH</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Délétion 10q26</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de délétion 10q26. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390484/fr/deletion-10q26</t>
+  </si>
+  <si>
+    <t>p_3390484</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Délétion 1p36</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de délétion 1p36. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363026/fr/deletion-1p36</t>
+  </si>
+  <si>
+    <t>p_3363026</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Lemli-Opitz</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une personne atteinte du SLOS. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de l’Ouest (CLAD-OUEST) Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/01/2025 08:56:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585083/fr/syndrome-de-smith-lemli-opitz</t>
+  </si>
+  <si>
+    <t>p_3585083</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Monosomie 5p</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une personne porteuse d’une monosomie 5p. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de l’Ouest (CLAD-OUEST) &amp;Centre de Référence Déficience Intellectuelle de Causes Rares (CRDI) - Filière AnDDI-Rares &amp; DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357882/fr/monosomie-5p</t>
+  </si>
+  <si>
+    <t>p_3357882</t>
+  </si>
+  <si>
+    <t>Syndrome de Pitt Hopkins (PTHS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Pitt Hopkins (PTHS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295033/fr/syndrome-de-pitt-hopkins-pths</t>
+  </si>
+  <si>
+    <t>p_3295033</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Délétion 22q11</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de délétion 22q11.</t>
+  </si>
+  <si>
+    <t>01/02/2016 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589363/fr/deletion-22q11</t>
+  </si>
+  <si>
+    <t>c_2589363</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Magenis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Smith-Magenis. Il a été élaboré par le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284453/fr/syndrome-de-smith-magenis</t>
+  </si>
+  <si>
+    <t>p_3284453</t>
+  </si>
+  <si>
+    <t>Syndrome d'Aarskog-Scott</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d’Aarskog-Scott. Il a été élaboré par le Centre de référence constitutif « Anomalies du développement et syndromes malformatifs » à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385245/fr/syndrome-d-aarskog-scott</t>
+  </si>
+  <si>
+    <t>p_3385245</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>Syndrome de Wiedemann-Steiner (WSS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de WSS. Il a été élaboré par le Centre de Référence Maladies Rares « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389747/fr/syndrome-de-wiedemann-steiner-wss</t>
+  </si>
+  <si>
+    <t>p_3389747</t>
+  </si>
+  <si>
+    <t>Microcéphalies Primitives  ASPM, WDR62 et CDK5RAP2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une microcéphalie primitive. Il a été élaboré par les Centres de référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310357/fr/microcephalies-primitives-aspm-wdr62-et-cdk5rap2</t>
+  </si>
+  <si>
+    <t>p_3310357</t>
+  </si>
+  <si>
+    <t>Microsomies craniofaciales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Microsomie craniofaciale. Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301604/fr/microsomies-craniofaciales</t>
+  </si>
+  <si>
+    <t>p_3301604</t>
+  </si>
+  <si>
+    <t>Séquence de Pierre Robin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient avec une séquence de Pierre Robin (SPR). Il a été élaboré par le Centre de Référence Maladies Rares des Syndromes de Pierre Robin et troubles de succion-déglutition congénitaux (SPRATON)à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293457/fr/sequence-de-pierre-robin</t>
+  </si>
+  <si>
+    <t>p_3293457</t>
+  </si>
+  <si>
+    <t>Syndrome DYRK1A</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome DYRK1A. Il a été élaboré par les Centres de référence Anomalies du développement et syndromes malformatifs des interrégions Sud, Ouest et Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290097/fr/syndrome-dyrk1a</t>
+  </si>
+  <si>
+    <t>p_3290097</t>
+  </si>
+  <si>
+    <t>Syndrome 48,XXYY et autres tétrasomies ou pentasomies des gonosomes chez le garçon</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome 48,XXYY ou d’une autre tétrasomie ou pentasomie des gonosomes chez le garçon. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares DefiBourgogne, le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est et le Centre de compétences Maladies Rares à expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374425/fr/syndrome-48-xxyy-et-autres-tetrasomies-ou-pentasomies-des-gonosomes-chez-le-garcon</t>
+  </si>
+  <si>
+    <t>p_3374425</t>
+  </si>
+  <si>
+    <t>Sevrage de la nutrition entérale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant que l’on souhaite sevrer d’une NE. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375560/fr/sevrage-de-la-nutrition-enterale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375560</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+  </si>
+  <si>
+    <t>p_3353115</t>
+  </si>
+  <si>
+    <t>Syndrome neurodéveloppemental lié à SETD5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome SETD5. Il a été élaboré par le Centre de Compétence PsyRare (Maladies Rares à Expression Psychiatrique) et le Centre de Référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/09/2025 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643716/fr/syndrome-neurodeveloppemental-lie-a-setd5</t>
+  </si>
+  <si>
+    <t>p_3643716</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Fragilités osseuses secondaires de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3112119</t>
+  </si>
+  <si>
+    <t>Aggrecanopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aggrecanopathies. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/10/2025 10:31:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689370/fr/aggrecanopathies</t>
+  </si>
+  <si>
+    <t>p_3689370</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Syndrome CHARGE</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome CHARGE. Il a été élaboré par Centre de Référence Maladies Rares des Anomalies du développement et syndromes malformatifs (SOOR) Filière de Santé Maladies Rares des Anomalies du développement avec ou sans déficience intellectuelle de causes rares (AnDDi-Rares), le Centre de Référence Maladies Rares des Syndromes de Pierre Robin et troubles de succion-déglutition congénitaux (SPRATON) Filière de Santé Maladies Rares des Malformations de la tête, du cou et des dents (TETECOU) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/10/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293875/fr/syndrome-charge</t>
+  </si>
+  <si>
+    <t>p_3293875</t>
+  </si>
+  <si>
+    <t>Amyotrophie spinale infantile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amyotrophie spinale infantile. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245042/fr/amyotrophie-spinale-infantile</t>
+  </si>
+  <si>
+    <t>p_3245042</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients atteints des valves de l'urètre postérieur, du fœtus à l'adolescence</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint des valves de l'urètre posterieur (VUP), du foetus a l’adolescence. Il a été élaboré par le Centre de référence des malformations rares des voies urinaires (MARVU) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299928/fr/prise-en-charge-des-patients-atteints-des-valves-de-l-uretre-posterieur-du-foetus-a-l-adolescence</t>
+  </si>
+  <si>
+    <t>p_3299928</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>Syndrome de Sturge Weber</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Sturge-Weber. Il a été élaboré par le Centre de référence maladies rares de la peau et des muqueuses d’origine génétique (MAGEC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493385/fr/syndrome-de-sturge-weber</t>
+  </si>
+  <si>
+    <t>p_3493385</t>
+  </si>
+  <si>
+    <t>Xeroderma Pigmentosum</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint Xeroderma Pigmentosum (XP). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293252/fr/xeroderma-pigmentosum</t>
+  </si>
+  <si>
+    <t>p_3293252</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2021 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2679254</t>
+  </si>
+  <si>
+    <t>Complexe de Carney</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un complexe de Carney. Il a été élaboré par le Centre de référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 17:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522462/fr/complexe-de-carney</t>
+  </si>
+  <si>
+    <t>p_3522462</t>
+  </si>
+  <si>
+    <t>Prise en charge des dysraphismes en période périnatale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un couple pour lequel le foetus est atteint d’un dysraphisme (période prénatale) mais aussi dans la période post-natale (jusqu’à 6 mois de vie). Il a été élaboré par le Centre de Référence des malformations vertébrales et médullaires (CRMR C-MAVEM Trousseau) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 19:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293075/fr/prise-en-charge-des-dysraphismes-en-periode-perinatale</t>
+  </si>
+  <si>
+    <t>p_3293075</t>
+  </si>
+  <si>
+    <t>Syndrome de Turner</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de syndrome de Turner (ST), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de Référence des maladies endocriniennes rares de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632797/fr/syndrome-de-turner</t>
+  </si>
+  <si>
+    <t>c_632797</t>
+  </si>
+  <si>
+    <t>Syndrome KBG</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome KBG. Il a été élaboré par les Centres de référence et de compétence pour les anomalies du développement et les syndromes malformatifs - Filière de santé AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/12/2020 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226217/fr/syndrome-kbg</t>
+  </si>
+  <si>
+    <t>p_3226217</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire Facio-Scapulo-Humérale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Dystrophie musculaire Facio-Scapulo-Scapulo-Humérale (DMFSH ou myopathie FSH ou myopathie de Landouzy-Déjerine). Il a été élaboré par le Centre de référence des maladies neuromusculaires et SLA et le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310328/fr/dystrophie-musculaire-facio-scapulo-humerale</t>
+  </si>
+  <si>
+    <t>p_3310328</t>
+  </si>
+  <si>
+    <t>Fentes labiales et/ou palatines</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301614/fr/fentes-labiales-et/ou-palatines</t>
+  </si>
+  <si>
+    <t>p_3301614</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Insuffisance respiratoire des enfants avec maladie respiratoire rare</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants avec une maladie respiratoire rare et une IRC, incluant les indications à une transplantation pulmonaire. Il a été élaboré par le Centre de référence coordonnateur des maladies respiratoires rares - RespiRare / à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762549/fr/insuffisance-respiratoire-des-enfants-avec-maladie-respiratoire-rare</t>
+  </si>
+  <si>
+    <t>p_3762549</t>
+  </si>
+  <si>
+    <t>Syndrome Trichorhinophalangien (TRPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome Trichorhinophalangien (TRPS). Il a été élaboré par le CRMR Anomalies du Développement et Syndromes Malformatifs et CRMR Maladies rares du métabolisme du calcium et du phosphore à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289837/fr/syndrome-trichorhinophalangien-trps</t>
+  </si>
+  <si>
+    <t>p_3289837</t>
+  </si>
+  <si>
+    <t>Syndrome de Kleefstra</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Kleefstrae. Il a été élaboré par les Centres de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291595/fr/syndrome-de-kleefstra</t>
+  </si>
+  <si>
+    <t>p_3291595</t>
+  </si>
+  <si>
+    <t>Maculopathies génétiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Maculopathies génétiques. Il a été élaboré par le Centre de référence "Maladies sensorielles génétiques" MAOLYA sous l’égide et avec le partenariat de la Filière de santé des maladies rares sensorielles SENSGENE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280084/fr/maculopathies-genetiques</t>
+  </si>
+  <si>
+    <t>p_3280084</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Prise en charge en médecine physique et de réadaptation du patient atteint de Spina Bifida</t>
+  </si>
+  <si>
+    <t>Le spina bifida ou dysraphisme spinal, anomalie congénitale de développement du système nerveux et du rachis, a des conséquences sur différents organes. Il génère des handicaps complexes et variables d’un individu à l’autre. Sa prise en charge relève de multiples spécialités médicales et chirurgicales : neurochirurgie, médecine physique et de réadaptation, gastroentérologie, urologie, gynécologie.# Ce PNDS de médecine Physique et de Réadaptation (MPR) ne peut aborder de façon exhaustive la prise en charge MPR, du fait de la diversité des situations rencontrées. Il détaille néanmoins des thèmes phares sélectionnés par les coordinateurs.</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2032137/fr/prise-en-charge-en-medecine-physique-et-de-readaptation-du-patient-atteint-de-spina-bifida</t>
+  </si>
+  <si>
+    <t>c_2032137</t>
+  </si>
+  <si>
+    <t>Syndrome Transfuseur Transfusé</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente dont la grossesse MC est compliquée d’un STT. Il a été élaboré par Centre de Référence Pathologies rares liées au placenta des grossesses monochoriales (CRMR- PaRaDiGM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594176/fr/syndrome-transfuseur-transfuse</t>
+  </si>
+  <si>
+    <t>p_3594176</t>
+  </si>
+  <si>
+    <t>Syndrome de Townes – Brocks</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Townes-Brocks. Il a été élaboré par les Centres de Référence Maladies Rares Surdités Génétiques et Anomalies du developpement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493442/fr/syndrome-de-townes-brocks</t>
+  </si>
+  <si>
+    <t>p_3493442</t>
+  </si>
+  <si>
+    <t>Syndrome de Joubert</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Joubert. Il a été élaboré par le Centre de Référence Malformations et Maladies congénitales du cervelet à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300830/fr/syndrome-de-joubert</t>
+  </si>
+  <si>
+    <t>p_3300830</t>
+  </si>
+  <si>
+    <t>Malformations pulmonaires congénitales de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant avec malformation pulmonaire congénitale. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/06/2021 10:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272442/fr/malformations-pulmonaires-congenitales-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3272442</t>
+  </si>
+  <si>
+    <t>Cystinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cystinose. Il a été élaboré par les centres de référence Néphrogones et MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867367/fr/cystinose</t>
+  </si>
+  <si>
+    <t>c_2867367</t>
+  </si>
+  <si>
+    <t>Syndrome de Perrault</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Perrault. Il a été élaboré par le CRMR surdités génétiques du CHU de Lille, CCMR surdités génétiques du CHU de Toulouse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389533/fr/syndrome-de-perrault</t>
+  </si>
+  <si>
+    <t>p_3389533</t>
+  </si>
+  <si>
+    <t>Hernie de Coupole Diaphragmatique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant atteint de Hernie de Coupole Diaphragmatique. Il a été élaboré par le Centre de référence de la Hernie de Coupole Diaphragmatique et la Filière de santé maladies rares abdomino-thoraciques FIMATHO, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/10/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332738/fr/hernie-de-coupole-diaphragmatique</t>
+  </si>
+  <si>
+    <t>c_1332738</t>
+  </si>
+  <si>
+    <t>Achondroplasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ACH. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/04/2025 16:14:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602116/fr/achondroplasie</t>
+  </si>
+  <si>
+    <t>p_3602116</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’alpha-mannosidose (α-Man). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557765/fr/alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>p_3557765</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Fistules porto-systémiques congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fistule porto-systémique congénitale (FPC). Il a été élaboré par le Centre de référence coordonnateur et constitutif des maladies vasculaires du foie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390326/fr/fistules-porto-systemiques-congenitales</t>
+  </si>
+  <si>
+    <t>p_3390326</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Syndrome d’Alport</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SA. Il a été élaboré par le Centre de Référence MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2025 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689000/fr/syndrome-d-alport</t>
+  </si>
+  <si>
+    <t>p_3689000</t>
+  </si>
+  <si>
+    <t>Le spectre des maladies à anticorps anti-MOG</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MOGAD. Il a été élaboré par le Centre de Référence Maladies Inflammatoires Rares du Cerveau Et de la Moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382586/fr/le-spectre-des-maladies-a-anticorps-anti-mog</t>
+  </si>
+  <si>
+    <t>p_3382586</t>
+  </si>
+  <si>
+    <t>Syndrome d’anomalies cardiaques – petite taille – hypermobilité articulaire lié aux variants du gène TAB2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint du syndrome d’anomalie cardiaque – petite taille – hypermobilité articulaire lié à un variant du gène TAB2.Il a été élaboré par le Centre de Référence Maladies Rares « Anomalies du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826258/fr/syndrome-d-anomalies-cardiaques-petite-taille-hypermobilite-articulaire-lie-aux-variants-du-gene-tab2</t>
+  </si>
+  <si>
+    <t>p_3826258</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Maladies des exostoses multiples</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de MEM. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806315/fr/maladies-des-exostoses-multiples</t>
+  </si>
+  <si>
+    <t>p_3806315</t>
+  </si>
+  <si>
+    <t>Le syndrome Axenfeld-Rieger</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un syndrome d’Axenfeld-Rieger. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/12/2023 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3476903/fr/le-syndrome-axenfeld-rieger</t>
+  </si>
+  <si>
+    <t>p_3476903</t>
+  </si>
+  <si>
+    <t>Paraparésies spastiques héréditaires pures</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSH pure. Il a été élaboré par le Centre de référence Neurogénétique et maladies génétiques rares du système nerveux à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542903/fr/paraparesies-spastiques-hereditaires-pures</t>
+  </si>
+  <si>
+    <t>p_3542903</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Microdélétion 2q37</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de microdélétion 2q37. Il a été élaboré par le Centre de Référence "Anomalies du Développement et Syndromes Malformatifs" à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/08/2019 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097438/fr/microdeletion-2q37</t>
+  </si>
+  <si>
+    <t>p_3097438</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication/délétion inversée du bras court du chromosome 8</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome d’invdupdel(8p). Il a été élaboré par le Centre de référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373681/fr/syndrome-de-duplication/deletion-inversee-du-bras-court-du-chromosome-8</t>
+  </si>
+  <si>
+    <t>p_3373681</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Syndrome de Coffin-Lowry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du SCL. Il a été élaboré par le Centre de référence « Déficiences intellectuelles de causes rares » à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/02/2025 08:59:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591486/fr/syndrome-de-coffin-lowry</t>
+  </si>
+  <si>
+    <t>p_3591486</t>
+  </si>
+  <si>
+    <t>Papillomatose respiratoire récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392262/fr/papillomatose-respiratoire-recurrente</t>
+  </si>
+  <si>
+    <t>p_3392262</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Syndrome associé au gène SATB2 (SAS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du SAS. Il a été élaboré par les CRMR et CCMR des Anomalies du développement et syndromes malformatifs de la région Sud-Est CHU de Marseille et CH de Toulon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 09:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278580/fr/syndrome-associe-au-gene-satb2-sas</t>
+  </si>
+  <si>
+    <t>p_3278580</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Myopathies reliées au collagène VI</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de myopathies liées au collagène de type VI (COLVI). Il a été élaboré par le Centre de Référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376221/fr/myopathies-reliees-au-collagene-vi</t>
+  </si>
+  <si>
+    <t>p_3376221</t>
+  </si>
+  <si>
+    <t>Acidurie glutarique type 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Acidurie glutarique type 1. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2021 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262535/fr/acidurie-glutarique-type-1</t>
+  </si>
+  <si>
+    <t>p_3262535</t>
+  </si>
+  <si>
+    <t>Fibrodysplasie Ossifiante Progressive (FOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de FOP. Il a été élaboré par le Centre de référence des maladies osseuses constitutionnelles (CRMR MOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503200/fr/fibrodysplasie-ossifiante-progressive-fop</t>
+  </si>
+  <si>
+    <t>p_3503200</t>
+  </si>
+  <si>
+    <t>Aplasies Utero-Vaginales - Syndrome de Mayer-Rokitansky-Kuster-Hauser</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte du syndrome de Mayer-Rokitanski-Kuster-Hauser (MRKH). Il a été élaboré par le Centre de Référence des Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300390/fr/aplasies-utero-vaginales-syndrome-de-mayer-rokitansky-kuster-hauser</t>
+  </si>
+  <si>
+    <t>p_3300390</t>
+  </si>
+  <si>
+    <t>Syndrome de Koolen de Vries</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Koolen de Vries. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de Grenoble à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/06/2023 09:39:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446147/fr/syndrome-de-koolen-de-vries</t>
+  </si>
+  <si>
+    <t>p_3446147</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type III (GSD III pour Glycogen Storage Disease Type III)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la GSD III. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237036/fr/glycogenose-de-type-iii-gsd-iii-pour-glycogen-storage-disease-type-iii</t>
+  </si>
+  <si>
+    <t>p_3237036</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Maladie de Kawasaki</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie de Kawasaki. Il a été élaboré par le Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose inflammatoire CeRéMAIA Sous l’égide de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363015/fr/maladie-de-kawasaki</t>
+  </si>
+  <si>
+    <t>p_3363015</t>
+  </si>
+  <si>
+    <t>Atrophie Optique Dominante OPA1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Atrophie Optique Dominante OPA1. Il a été élaboré par le Centre de Référence de Neurogénétique et le Centre de Référence pour les maladies mitochondriales de l’enfant et de l’adulte (CARAMMEL) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280027/fr/atrophie-optique-dominante-opa1</t>
+  </si>
+  <si>
+    <t>p_3280027</t>
+  </si>
+  <si>
+    <t>Syndrome d’Aicardi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d'Aicardi. Il a été élaboré par Centre de référence Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112185/fr/syndrome-d-aicardi</t>
+  </si>
+  <si>
+    <t>p_3112185</t>
+  </si>
+  <si>
+    <t>Anomalies du développement liées aux variants de CDH1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une anomalie du développement liée à CDH1. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs de l'inter région Nord-Ouest à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293692/fr/anomalies-du-developpement-liees-aux-variants-de-cdh1</t>
+  </si>
+  <si>
+    <t>p_3293692</t>
+  </si>
+  <si>
+    <t>Hypocholestérolémies génétiques intestinales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’une hypocholestérolémie génétique intestinale. Il a été élaboré par le centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272490/fr/hypocholesterolemies-genetiques-intestinales</t>
+  </si>
+  <si>
+    <t>p_3272490</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Syndrome MED13L</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MED13L. Il a été élaboré par le Centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375484/fr/syndrome-med13l</t>
+  </si>
+  <si>
+    <t>p_3375484</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Microphtalmie - Anophtalmie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d’une micro-anophtalmie. Il a été élaboré par le Centre des Affections Rares en Génétique Ophtalmologique (CARGO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385085/fr/microphtalmie-anophtalmie</t>
+  </si>
+  <si>
+    <t>p_3385085</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Dysplasie Ectodermique Anhidrotique</t>
+  </si>
+  <si>
+    <t>18/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2019 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113839/fr/dysplasie-ectodermique-anhidrotique</t>
+  </si>
+  <si>
+    <t>p_3113839</t>
+  </si>
+  <si>
+    <t>Syndrome de Silver-Russell</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Silver-Russell. Il a été élaboré par Centre de Référence des Maladies Endocriniennes Rares de la Croissance et du Développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294999/fr/syndrome-de-silver-russell</t>
+  </si>
+  <si>
+    <t>p_3294999</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Hypoparathyroïdie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
+  </si>
+  <si>
+    <t>c_2789355</t>
+  </si>
+  <si>
+    <t>Sclérose Tubéreuse de Bourneville</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une Sclérose Tubéreuse de Bourneville. Il a été élaboré par le Centre de Référence des Epilepsies Rares du CHU de Lille et de Necker Enfants Malades à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293728/fr/sclerose-tubereuse-de-bourneville</t>
+  </si>
+  <si>
+    <t>p_3293728</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Syndrome MCAP (Megalencephaly-Capillary malformation-Polymicrogyria)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome MCAP. Il a été élaboré par le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est - Filière AnDDI-Rares, le Centre de référence Déficience Intellectuelle de Causes Rares - Filière DéfiScience, le Centre de compétence Maladies Vasculaires Rares - Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292712/fr/syndrome-mcap-megalencephaly-capillary-malformation-polymicrogyria</t>
+  </si>
+  <si>
+    <t>p_3292712</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Dysraphisme spinal (Spina Bifida) - prise en charge urologique à l'âge adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge urologique optimale d'un patient adulte atteint de dysraphisme spinal (Spina Bifida). Il a été élaboré par le centre de référence Spina Bifida – Dysraphismes de Rennes, site constitutif de CMAVEM, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/03/2020 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166010/fr/dysraphisme-spinal-spina-bifida-prise-en-charge-urologique-a-l-age-adulte</t>
+  </si>
+  <si>
+    <t>p_3166010</t>
+  </si>
+  <si>
+    <t>Déficits rares en protéines de la coagulation</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit rare d’un facteur de coagulation. Il a été élaboré par le Centre de Référence Hémophilie et autres déficits constitutionnels en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282399/fr/deficits-rares-en-proteines-de-la-coagulation</t>
+  </si>
+  <si>
+    <t>p_3282399</t>
+  </si>
+  <si>
+    <t>Syndrome de Costello</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1288596/fr/syndrome-de-costello</t>
+  </si>
+  <si>
+    <t>c_1288596</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de santé, la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de thrombasthénie de Glanzmann.</t>
+  </si>
+  <si>
+    <t>16/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2013 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363048/fr/thrombasthenie-de-glanzmann</t>
+  </si>
+  <si>
+    <t>c_1363048</t>
+  </si>
+  <si>
+    <t>Syndrome de Weaver</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
+  </si>
+  <si>
+    <t>p_3793849</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Naevus congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de naevus congénital (NC). Il a été élaboré par la Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293857/fr/naevus-congenital</t>
+  </si>
+  <si>
+    <t>p_3293857</t>
+  </si>
+  <si>
+    <t>Les maladies du spectre de la neuromyélite optique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>p_3245151</t>
+  </si>
+  <si>
+    <t>Ataxie de Friedreich</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'ataxie de Friedreich. Il a été élaboré par le Centre de Référence Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290014/fr/ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>p_3290014</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
+    <t>Syndrome de Cohen</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole est d’expliquer aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle ainsi que le parcours de soins pour cette maladie rare.</t>
+  </si>
+  <si>
+    <t>29/11/2017 10:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807912/fr/syndrome-de-cohen</t>
+  </si>
+  <si>
+    <t>c_2807912</t>
+  </si>
+  <si>
+    <t>Syndromes hypertrophiques liés au gène PIK3CA (PROS) sans atteinte cérébrale - Les syndromes CLOVES et de Klippel-Trenaunay</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome CLOVES ou KTS. Il a été élaboré par les Centres de référence et de compétence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/12/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226373/fr/syndromes-hypertrophiques-lies-au-gene-pik3ca-pros-sans-atteinte-cerebrale-les-syndromes-cloves-et-de-klippel-trenaunay</t>
+  </si>
+  <si>
+    <t>p_3226373</t>
+  </si>
+  <si>
+    <t>Sphérocytose héréditaire et autres anémies hémolytiques par anomalie de la membrane érythrocytaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient, enfant ou adulte, atteint d’une sphérocytose héréditaire ou d’une autre anémie hémolytique par anomalie de la membrane du globule rouge (GR). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280228/fr/spherocytose-hereditaire-et-autres-anemies-hemolytiques-par-anomalie-de-la-membrane-erythrocytaire</t>
+  </si>
+  <si>
+    <t>p_3280228</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Prader-Willi</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins des patients atteints du Syndrome de Prader-Willi.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2012 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216145/fr/ald-hors-liste-syndrome-de-prader-willi</t>
+  </si>
+  <si>
+    <t>c_1216145</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Tachycardies ventriculaires catécholergiques (TVC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de TVC. Il a été élaboré par le Centre de Référence Maladies Cardiaques Héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/02/2022 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314799/fr/tachycardies-ventriculaires-catecholergiques-tvc</t>
+  </si>
+  <si>
+    <t>p_3314799</t>
+  </si>
+  <si>
+    <t>Syndrome Borjeson Forssman Lehmann</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Borjeson Forssman Lehmann. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300863/fr/syndrome-borjeson-forssman-lehmann</t>
+  </si>
+  <si>
+    <t>p_3300863</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication 15q</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome micro-duplicationnel du chromosome 15 (dup 15q) ou de duplication 15q11q13. Il a été élaboré par le Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares » et le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et polyhandicap, Filière AnDDI-Rares &amp; Filière DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385233/fr/syndrome-de-duplication-15q</t>
+  </si>
+  <si>
+    <t>p_3385233</t>
+  </si>
+  <si>
+    <t>Holoprosencephalie (HPE) &amp; formes apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’holoprosencéphalie (HPE) et/ou d’une microforme d’HPE (sans anomalie cérébrale). Il a été élaboré par les Centres de Référence CLAD Ouest et CRDI à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>26/12/2018 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895029/fr/holoprosencephalie-hpe-formes-apparentees</t>
+  </si>
+  <si>
+    <t>c_2895029</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Colobomes oculaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de colobome oculaire. Il a été élaboré par le Centre des Affections Rares en Génétique Ophtalmologique (CARGO Toulouse) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/12/2024 09:05:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574984/fr/colobomes-oculaires</t>
+  </si>
+  <si>
+    <t>p_3574984</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>iPPSD, les pathologies de l’inactivation de la signalisation PTH/PTHrP (anciennement pseudohypoparathyroïdies et maladies associées)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’iPPSD. Il a été élaboré par le Centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3404043/fr/ippsd-les-pathologies-de-l-inactivation-de-la-signalisation-pth/pthrp-anciennement-pseudohypoparathyroidies-et-maladies-associees</t>
+  </si>
+  <si>
+    <t>p_3404043</t>
+  </si>
+  <si>
+    <t>Thrombose Veineuse Cérébrale de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de thrombose veineuse cérébrale. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’oeil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293747/fr/thrombose-veineuse-cerebrale-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3293747</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>MPI-CDG Défaut de glycosylation des glycoprotéines par déficit en phosphomannose isomérase</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie admise en ALD au titre de l’ALD 17 : le déficit en phosphomannose isomérase (PMI), ou MPI-CDG, lié à des mutations dans le gène MPI. Il a été élaboré par la Filières de Santé Maladies Rares G2M et Filfoie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362759/fr/mpi-cdg-defaut-de-glycosylation-des-glycoproteines-par-deficit-en-phosphomannose-isomerase</t>
+  </si>
+  <si>
+    <t>p_3362759</t>
+  </si>
+  <si>
+    <t>Syndrome de Wolf-Hirschhorn</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWH. Il a été élaboré par Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385256/fr/syndrome-de-wolf-hirschhorn</t>
+  </si>
+  <si>
+    <t>p_3385256</t>
+  </si>
+  <si>
+    <t>Malformations ano-rectales isolées - Diagnostic et prise en charge de la naissance à l’âge de 6 ans</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Malformations ano-rectales isolées. Il a été élaboré par le Centre de référence des malformations ano-rectales et pelviennes rares MAREP à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301054/fr/malformations-ano-rectales-isolees-diagnostic-et-prise-en-charge-de-la-naissance-a-l-age-de-6-ans</t>
+  </si>
+  <si>
+    <t>p_3301054</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Lipodystrophies généralisées congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lipodystrophie généralisée congénitale. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391377/fr/lipodystrophies-generalisees-congenitales</t>
+  </si>
+  <si>
+    <t>p_3391377</t>
+  </si>
+  <si>
+    <t>Annonce et accompagnement du diagnostic d’un patient ayant une maladie chronique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est de proposer un document de soutien, méthodique et pratique aux médecins qui ont à annoncer des diagnostics de maladie chronique dans un contexte de premier recours.</t>
+  </si>
+  <si>
+    <t>05/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2014 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730418/fr/annonce-et-accompagnement-du-diagnostic-d-un-patient-ayant-une-maladie-chronique</t>
+  </si>
+  <si>
+    <t>c_1730418</t>
+  </si>
+  <si>
+    <t>Sclérose en plaque de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant atteint du sclérose en plaque. Il a été élaboré par le centre de référence des maladies inflammatoires rares du cerveau et de la moelle - Membre de la Filière de Santé Maladies Rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>10/04/2019 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656983/fr/sclerose-en-plaque-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2656983</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Hyperplasie congénitale des surrénales</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé susceptibles de les prendre en charge la prise en charge optimale et le parcours de soins des patients atteints d'hyperplasie congénitale des surrénales par déficit en 21-hydroxylase.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2011 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058546/fr/ald-hors-liste-hyperplasie-congenitale-des-surrenales</t>
+  </si>
+  <si>
+    <t>c_1058546</t>
+  </si>
+  <si>
+    <t>Calpaïnopathies Héréditaires ou Dystrophies musculaires des ceintures  de type R1 (ex-LGMD 2A) et LGMD D4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de calpaïnopathie. Il a été élaboré sous l’égide de la filière FILNEMUS à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689332/fr/calpainopathies-hereditaires-ou-dystrophies-musculaires-des-ceintures-de-type-r1-ex-lgmd-2a-et-lgmd-d4</t>
+  </si>
+  <si>
+    <t>p_3689332</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant un canal atrioventriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un canal atrioventriculaire (CAV). Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2022 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319066/fr/prise-en-charge-des-patients-ayant-un-canal-atrioventriculaire</t>
+  </si>
+  <si>
+    <t>p_3319066</t>
+  </si>
+  <si>
+    <t>Aniridie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'Aniridie. Il a été élaboré par le Centre de référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>10/04/2019 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963463/fr/aniridie</t>
+  </si>
+  <si>
+    <t>c_2963463</t>
+  </si>
+  <si>
+    <t>Syndrome de Pendred</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome de Pendred. Il a été élaboré par le Centre de référence des surdités génétiques, le Centre de référence des maladies endocriniennes de la croissance et du développement, le Centre de référence des maladies rares de la thyroïde et des récepteurs hormonaux, Sous l'égide et avec le partenariat de La Filière de santé des maladies rares sensorielles SENSGENE et La Filière des maladies rares endocriniennes FIRENDO à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/03/2021 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245874/fr/syndrome-de-pendred</t>
+  </si>
+  <si>
+    <t>p_3245874</t>
+  </si>
+  <si>
+    <t>Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>27/05/2013 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545731/fr/syndromes-periodiques-associes-a-la-cryopyrine-caps</t>
+  </si>
+  <si>
+    <t>c_1545731</t>
+  </si>
+  <si>
+    <t>Syndrome de Wolfram</t>
+  </si>
+  <si>
+    <t>18/10/2019 11:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113810/fr/syndrome-de-wolfram</t>
+  </si>
+  <si>
+    <t>p_3113810</t>
+  </si>
+  <si>
+    <t>Arthrogryposes multiples congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrogrypose multiple congénitale. Il a été élaboré par le Centre de référence Anomalies du développement embryonnaire et Syndromes Malformatifs et Maladies neuromusculaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292837/fr/arthrogryposes-multiples-congenitales</t>
+  </si>
+  <si>
+    <t>p_3292837</t>
+  </si>
+  <si>
+    <t>Syndrome de Mowat-Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Mowat-Wilson. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290026/fr/syndrome-de-mowat-wilson</t>
+  </si>
+  <si>
+    <t>p_3290026</t>
+  </si>
+  <si>
+    <t>Syndrome de Cornelia de Lange</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Cornelia de Lange. Il a été élaboré par le Centre de référence des Maladies Osseuses Constitutionnelles et le centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385210/fr/syndrome-de-cornelia-de-lange</t>
+  </si>
+  <si>
+    <t>p_3385210</t>
+  </si>
+  <si>
+    <t>Ostéogenèse imparfaite</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’ostéogenèse imparfaite.</t>
+  </si>
+  <si>
+    <t>04/01/2017 08:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2734084/fr/osteogenese-imparfaite</t>
+  </si>
+  <si>
+    <t>c_2734084</t>
+  </si>
+  <si>
+    <t>Syndrome de Rubinstein-Taybi</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint du Syndrome de Rubinstein-Taybi (SRT).</t>
+  </si>
+  <si>
+    <t>19/09/2017 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794382/fr/syndrome-de-rubinstein-taybi</t>
+  </si>
+  <si>
+    <t>c_2794382</t>
+  </si>
+  <si>
+    <t>Syndrome de Allan Herndon-Dudley (SAHD)(MCT8 thyroid hormone  transporter)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de Allan Herndon-Dudley (SAHD). Il a été élaboré par le centre de référence des Déficiences Intellectuelles de causes rare, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187176/fr/syndrome-de-allan-herndon-dudley-sahd-mct8-thyroid-hormone-transporter</t>
+  </si>
+  <si>
+    <t>p_3187176</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Aplasies utéro-vaginales</t>
+  </si>
+  <si>
+    <t>L'objectif de ce protocole national de diagnostic et de soins (PNDS) est d'expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins des patientes atteintes d'aplasies utéro-vaginales.</t>
+  </si>
+  <si>
+    <t>10/10/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2012 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339377/fr/ald-hors-liste-aplasies-utero-vaginales</t>
+  </si>
+  <si>
+    <t>c_1339377</t>
+  </si>
+  <si>
+    <t>Chondrodysplasies ponctuées : déficit de la biosynthèse du cholestérol et déficit en arylsulfatase E.</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de chondrodypalsie ponctuée par déficit de la biosynthèse du cholestérol et par déficit en arylsulfatase E. Il a été élaboré par le Centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392237/fr/chondrodysplasies-ponctuees-deficit-de-la-biosynthese-du-cholesterol-et-deficit-en-arylsulfatase-e</t>
+  </si>
+  <si>
+    <t>p_3392237</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Becker</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Becker.</t>
+  </si>
+  <si>
+    <t>28/01/2020 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121203/fr/dystrophie-musculaire-de-becker</t>
+  </si>
+  <si>
+    <t>p_3121203</t>
+  </si>
+  <si>
+    <t>Hyperinsulinisme congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
+  </si>
+  <si>
+    <t>p_3198985</t>
+  </si>
+  <si>
+    <t>Prise en charge de la main bote radiale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’une main bote radiale. Il a été élaboré par le centre de référence des anomalies du développement et syndromes malformatifs, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/02/2021 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222751/fr/prise-en-charge-de-la-main-bote-radiale</t>
+  </si>
+  <si>
+    <t>p_3222751</t>
+  </si>
+  <si>
+    <t>Syndromes de Coffin-Siris et de Nicolaides-Baraitser (BAFopathies)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient, enfant ou adulte, atteint du Syndrome de Coffin-Siris ou de Nicolaides-Baraitser (BAFopathies). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295023/fr/syndromes-de-coffin-siris-et-de-nicolaides-baraitser-bafopathies</t>
+  </si>
+  <si>
+    <t>p_3295023</t>
+  </si>
+  <si>
+    <t>Syndrome d'Alström</t>
+  </si>
+  <si>
+    <t>15/03/2019 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2910200/fr/syndrome-d-alstrom</t>
+  </si>
+  <si>
+    <t>c_2910200</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Neurofibromatose de type 2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Neurofibromatose de type 2. Il a été élaboré par le Centre constitutif labellisé de neurofibromatose de type 2 à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299799/fr/neurofibromatose-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3299799</t>
+  </si>
+  <si>
+    <t>Prise en charge de la main bote ulnaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant une hémimélie ulnaire. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412683/fr/prise-en-charge-de-la-main-bote-ulnaire</t>
+  </si>
+  <si>
+    <t>p_3412683</t>
+  </si>
+  <si>
+    <t>Syndrome Nail-Patella</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome Nail-Patella. Il a été élaboré par le centre de référence des Anomalies du Développement et Syndromes malformatifs Nord Ouest et le centre de référence des Maladies osseuses constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219901/fr/syndrome-nail-patella</t>
+  </si>
+  <si>
+    <t>p_3219901</t>
+  </si>
+  <si>
+    <t>Maladie de Gaucher</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Gaucher. Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/05/2022 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339127/fr/maladie-de-gaucher</t>
+  </si>
+  <si>
+    <t>p_3339127</t>
+  </si>
+  <si>
+    <t>Syndrome WAGR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome WAGR.Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283424/fr/syndrome-wagr</t>
+  </si>
+  <si>
+    <t>p_3283424</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 11 avril 2023</t>
+  </si>
+  <si>
+    <t>12/04/2023 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426855/fr/csms-reunion-du-11-avril-2023</t>
+  </si>
+  <si>
+    <t>p_3426855</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 07 avril 2020</t>
+  </si>
+  <si>
+    <t>07/04/2020 11:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3231016/fr/csms-reunion-du-07-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3231016</t>
+  </si>
+  <si>
+    <t>Regarder en replay – Protection de l’enfance : repères &amp; outils pour accompagner le retour en famille</t>
+  </si>
+  <si>
+    <t>Consultez le replay de la conférence en ligne : Protection de l’enfance : repères &amp; outils pour accompagner le retour en famille du 30 septembre.</t>
+  </si>
+  <si>
+    <t>12/07/2021 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3276829/fr/regarder-en-replay-protection-de-l-enfance-reperes-outils-pour-accompagner-le-retour-en-famille</t>
+  </si>
+  <si>
+    <t>p_3276829</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 22 juin 2021</t>
+  </si>
+  <si>
+    <t>17/02/2021 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238294/fr/csms-reunion-du-22-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3238294</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 18 juin 2019</t>
+  </si>
+  <si>
+    <t>09/10/2019 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069337/fr/csms-reunion-du-18-juin-2019</t>
+  </si>
+  <si>
+    <t>p_3069337</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 5 juillet 2022</t>
+  </si>
+  <si>
+    <t>22/02/2022 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318883/fr/csms-reunion-du-5-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3318883</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 9 février  2021</t>
+  </si>
+  <si>
+    <t>17/02/2021 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238279/fr/csms-reunion-du-9-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3238279</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 20 décembre 2018</t>
+  </si>
+  <si>
+    <t>31/01/2019 12:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901749/fr/csms-reunion-du-20-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2901749</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 5 octobre  2021</t>
+  </si>
+  <si>
+    <t>02/11/2021 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296301/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3296301</t>
+  </si>
+  <si>
+    <t>17/09/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286847/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3286847</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 juillet 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494745/fr/college-deliberatif-du-21-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3494745</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 14 mai 2019</t>
+  </si>
+  <si>
+    <t>10/05/2019 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069329/fr/csms-reunion-du-14-mai-2019</t>
+  </si>
+  <si>
+    <t>p_3069329</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 novembre 2019</t>
+  </si>
+  <si>
+    <t>31/10/2019 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116403/fr/college-deliberatif-du-6-novembre-2019</t>
+  </si>
+  <si>
+    <t>p_3116403</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 25 mars  2021</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238287/fr/csms-reunion-du-25-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3238287</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 6 juillet 2020</t>
+  </si>
+  <si>
+    <t>08/07/2020 13:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193229/fr/csms-reunion-du-6-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3193229</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 14 février 2018</t>
+  </si>
+  <si>
+    <t>09/02/2018 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826739/fr/college-deliberatif-du-14-fevrier-2018</t>
+  </si>
+  <si>
+    <t>c_2826739</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22 mars 2017</t>
+  </si>
+  <si>
+    <t>17/03/2017 09:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751249/fr/college-deliberatif-du-22-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2751249</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 10/09/2019</t>
+  </si>
+  <si>
+    <t>17/12/2019 16:27:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135431/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-10/09/2019</t>
+  </si>
+  <si>
+    <t>p_3135431</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 3 juin 2025</t>
+  </si>
+  <si>
+    <t>11/06/2025 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609589/fr/ceesp-reunion-du-3-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3609589</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 24/09/2024</t>
+  </si>
+  <si>
+    <t>24/07/2025 16:52:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638182/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-24/09/2024</t>
+  </si>
+  <si>
+    <t>p_3638182</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 avril 2022</t>
+  </si>
+  <si>
+    <t>05/04/2022 12:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494672/fr/college-deliberatif-du-7-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3494672</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du mercredi 9 octobre 2024</t>
+  </si>
+  <si>
+    <t>24/10/2024 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552657/fr/csms-reunion-du-mercredi-9-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3552657</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 8 mars 2022</t>
+  </si>
+  <si>
+    <t>22/02/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318873/fr/csms-reunion-du-8-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3318873</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 03 juillet 2018</t>
+  </si>
+  <si>
+    <t>31/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901732/fr/csms-reunion-du-03-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2901732</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 21 avril 2020</t>
+  </si>
+  <si>
+    <t>03/06/2020 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187653/fr/ceesp-reunion-du-21-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3187653</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 17 septembre 2019</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112132/fr/csms-reunion-du-17-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3112132</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 27/05/2025</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638304/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-27/05/2025</t>
+  </si>
+  <si>
+    <t>p_3638304</t>
+  </si>
+  <si>
+    <t>Regarder en replay - Webinaire "Enfants en danger ou risque de danger : comment utiliser le guide d’évaluation ?</t>
+  </si>
+  <si>
+    <t>Consultez le replay, le support de présentation et la foire aux questions du webinaire "Enfants en danger ou risque de danger : comment utiliser le guide d’évaluation ?" du jeudi 11 mars 2021.</t>
+  </si>
+  <si>
+    <t>11/02/2021 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237161/fr/regarder-en-replay-webinaire-enfants-en-danger-ou-risque-de-danger-comment-utiliser-le-guide-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3237161</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 19 juin 2025</t>
+  </si>
+  <si>
+    <t>16/07/2025 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636369/fr/college-deliberatif-du-19-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3636369</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 10 décembre 2019</t>
+  </si>
+  <si>
+    <t>03/12/2019 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3123915/fr/ctv-reunion-du-10-decembre-2019</t>
+  </si>
+  <si>
+    <t>p_3123915</t>
+  </si>
+  <si>
+    <t>Commission des stratégies de prise en charge - Réunion du Mardi 17 janvier 2017</t>
+  </si>
+  <si>
+    <t>29/06/2017 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777672/fr/commission-des-strategies-de-prise-en-charge-reunion-du-mardi-17-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2777672</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 octobre 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494795/fr/college-deliberatif-du-6-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3494795</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 30/01/2024</t>
+  </si>
+  <si>
+    <t>11/12/2023 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478213/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-30/01/2024</t>
+  </si>
+  <si>
+    <t>p_3478213</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 26 septembre 2017</t>
+  </si>
+  <si>
+    <t>26/09/2017 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2795884/fr/ctv-reunion-du-26-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2795884</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 17 mai 2023</t>
+  </si>
+  <si>
+    <t>04/07/2023 17:25:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449142/fr/pv-du-college-deliberatif-du-17-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3449142</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 26 juillet 2021</t>
+  </si>
+  <si>
+    <t>09/11/2021 16:11:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295533/fr/ctv-reunion-du-26-juillet-2021</t>
+  </si>
+  <si>
+    <t>p_3295533</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 30 mars 2020</t>
+  </si>
+  <si>
+    <t>07/04/2020 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3177743/fr/college-deliberatif-du-30-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3177743</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 2 mai 2024</t>
+  </si>
+  <si>
+    <t>02/05/2024 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515373/fr/college-deliberatif-du-2-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3515373</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 29 février 2024</t>
+  </si>
+  <si>
+    <t>29/02/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498509/fr/college-deliberatif-du-29-fevrier-2024</t>
+  </si>
+  <si>
+    <t>p_3498509</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 décembre 2015</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574689/fr/commission-de-la-transparence-reunion-du-2-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2574689</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 18/10/2022</t>
+  </si>
+  <si>
+    <t>15/06/2023 08:36:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411402/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-18/10/2022</t>
+  </si>
+  <si>
+    <t>p_3411402</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 2 décembre 2015</t>
+  </si>
+  <si>
+    <t>27/11/2015 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2575392/fr/college-deliberatif-du-2-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2575392</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 19 mars 2024</t>
+  </si>
+  <si>
+    <t>Ordre du jour et compte-rendu de la réunion du mardi 19 mars 2024 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé.</t>
+  </si>
+  <si>
+    <t>29/02/2024 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498385/fr/conseil-pour-l-engagement-des-usagers-reunion-du-19-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3498385</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 19 mars 2019</t>
+  </si>
+  <si>
+    <t>06/04/2020 16:59:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912554/fr/csms-reunion-du-19-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2912554</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 31 aout 2021</t>
+  </si>
+  <si>
+    <t>22/11/2021 08:27:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300169/fr/ctv-reunion-du-31-aout-2021</t>
+  </si>
+  <si>
+    <t>p_3300169</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 22 octobre 2024</t>
+  </si>
+  <si>
+    <t>18/10/2024 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492871/fr/ctv-reunion-du-22-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3492871</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 16 octobre 2018</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901745/fr/csms-reunion-du-16-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2901745</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 16 avril 2019</t>
+  </si>
+  <si>
+    <t>06/04/2020 16:59:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963788/fr/csms-reunion-du-16-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2963788</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 décembre 2012</t>
+  </si>
+  <si>
+    <t>20/12/2013 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714437/fr/ceesp-reunion-du-11-decembre-2012</t>
+  </si>
+  <si>
+    <t>c_1714437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 Juin 2022</t>
+  </si>
+  <si>
+    <t>13/06/2022 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343891/fr/commission-de-la-transparence-reunion-du-29-juin-2022</t>
+  </si>
+  <si>
+    <t>p_3343891</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 novembre 2014</t>
+  </si>
+  <si>
+    <t>14/11/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774828/fr/commission-de-la-transparence-reunion-du-19-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1774828</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juillet 2015</t>
+  </si>
+  <si>
+    <t>15/07/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046188/fr/commission-de-la-transparence-reunion-du-22-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2046188</t>
+  </si>
+  <si>
+    <t>Commission des stratégies de prise en charge - Réunion du Mardi 15 décembre 2015</t>
+  </si>
+  <si>
+    <t>08/03/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2614334/fr/commission-des-strategies-de-prise-en-charge-reunion-du-mardi-15-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2614334</t>
+  </si>
+  <si>
+    <t>Regarder le replay - TDAH enfants &amp; adolescents : comment diagnostiquer et accompagner ?</t>
+  </si>
+  <si>
+    <t>HAS - Les rendez-vous des bonnes pratiques : regarder en replay le webinaire "TDAH enfants &amp; adolescents : comment diagnostiquer et accompagner ?"</t>
+  </si>
+  <si>
+    <t>23/09/2024 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542985/fr/regarder-le-replay-tdah-enfants-adolescents-comment-diagnostiquer-et-accompagner</t>
+  </si>
+  <si>
+    <t>p_3542985</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 4 avril  2023</t>
+  </si>
+  <si>
+    <t>04/04/2023 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463422/fr/ctv-reunion-du-4-avril-2023</t>
+  </si>
+  <si>
+    <t>p_3463422</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 24 avril 2020</t>
+  </si>
+  <si>
+    <t>23/04/2020 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180101/fr/college-deliberatif-du-24-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3180101</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 7 décembre 2021</t>
+  </si>
+  <si>
+    <t>28/03/2022 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323820/fr/ctv-reunion-du-7-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3323820</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2023</t>
+  </si>
+  <si>
+    <t>20/07/2023 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452781/fr/commission-de-la-transparence-reunion-du-19-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3452781</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 15 octobre 2019</t>
+  </si>
+  <si>
+    <t>08/04/2020 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178206/fr/csms-reunion-du-15-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3178206</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 8 décembre 2020</t>
+  </si>
+  <si>
+    <t>08/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245217/fr/csms-reunion-du-8-decembre-2020</t>
+  </si>
+  <si>
+    <t>p_3245217</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Résultats de l’enquête sur les pratiques professionnelles contribuant à la bientraitance des enfants et des adolescents accueillis dans les établissements d’accueil de la protection de l’enfance et de la protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>L’enquête a pour objectif de soutenir les professionnels dans une dynamique de déploiement de la bientraitance. Elle servira pour chaque établissement/service et ses équipes, de base de réflexion, de valorisation des actions et pratiques mises en œuvre, ainsi que de définition d’axes de progrès dans la démarche d’évaluation interne. Elle a également pour but de procéder, au niveau national, à un état des lieux des pratiques de bientraitance au sein des établissements et services de la protection de l’enfant.</t>
+  </si>
+  <si>
+    <t>20/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2019 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838854/fr/resultats-de-l-enquete-sur-les-pratiques-professionnelles-contribuant-a-la-bientraitance-des-enfants-et-des-adolescents-accueillis-dans-les-etablissements-d-accueil-de-la-protection-de-l-enfance-et-de-la-protection-judiciaire-de-la-jeunesse</t>
+  </si>
+  <si>
+    <t>c_2838854</t>
+  </si>
+  <si>
+    <t>Étude relative à la participation des usagers au fonctionnement des ESSMS</t>
+  </si>
+  <si>
+    <t>Menée auprès de 33 structures cette étude qualitative a eu pour objectifs de dresser un état des lieux sur la mise en place des modalités de participation au fonctionnement des ESSMS et d’identifier les points positifs et les axes d’amélioration des différentes formes de participation mises en place. L’enquête détaille les pratiques professionnelles développées au sein des structures pour permettre la participation. Elle analyse le regard des professionnels et des usagers, qu’ils soient impliqués directement ou non dans les dispositifs de participation collectifs mis en œuvre.</t>
+  </si>
+  <si>
+    <t>01/09/2014 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838280/fr/etude-relative-a-la-participation-des-usagers-au-fonctionnement-des-essms</t>
+  </si>
+  <si>
+    <t>c_2838280</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme – Évaluation de la méthode 3i</t>
+  </si>
+  <si>
+    <t>La HAS a souhaité réévaluer l’efficacité et la sécurité de la méthode 3i chez les enfants ayant un trouble du spectre de l’autisme, à la suite de l’information par l’association Autisme Espoir vers l'école (AEVE) de l’existence de nouvelles études. Ce travail s’inscrit dans la continuité des travaux de la HAS dans le champ des troubles du spectre de l’autisme (TSA), en particulier, la recommandation de bonne pratique publiée en 2012 relative aux interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent.</t>
+  </si>
+  <si>
+    <t>28/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2022 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336481/fr/trouble-du-spectre-de-l-autisme-evaluation-de-la-methode-3i</t>
+  </si>
+  <si>
+    <t>p_3336481</t>
+  </si>
+  <si>
+    <t>Résultats de l’enquête Bientraitance dans les services intervenant auprès d’un public adulte à domicile</t>
+  </si>
+  <si>
+    <t>Le premier objectif de cette enquête est de soutenir les professionnels dans une dynamique de déploiement de la bientraitance, en leur permettant d’identifier en équipe des actions déjà mises en œuvre, de réaliser un diagnostic des difficultés inhérentes à ce déploiement et de définir les actions possibles à effectuer. Son second objectif est de procéder, au niveau national, à un état des lieux des pratiques de bientraitance au sein des services.</t>
+  </si>
+  <si>
+    <t>05/01/2015 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838287/fr/resultats-de-l-enquete-bientraitance-dans-les-services-intervenant-aupres-d-un-public-adulte-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2838287</t>
+  </si>
+  <si>
+    <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
+  </si>
+  <si>
+    <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+  </si>
+  <si>
+    <t>p_3223570</t>
+  </si>
+  <si>
+    <t>Dispositif d’évaluation de la qualité des établissements et services sociaux et médico-sociaux : bilan annuel 2024</t>
+  </si>
+  <si>
+    <t>Depuis 2002, les ESSMS sont tenus de faire procéder à une évaluation de la qualité des prestations qu’ils délivrent aux personnes accompagnées. La démarche, rénovée, s’ancre aujourd’hui dans l’objectif plus large d’amplifier la dynamique d’amélioration continue de la qualité dans les structures pour répondre au plus près aux besoins des publics concernés, tout en respectant leurs attentes.</t>
+  </si>
+  <si>
+    <t>03/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2025 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634116/fr/dispositif-d-evaluation-de-la-qualite-des-etablissements-et-services-sociaux-et-medico-sociaux-bilan-annuel-2024</t>
+  </si>
+  <si>
+    <t>p_3634116</t>
+  </si>
+  <si>
+    <t>Point de vue des personnes accompagnées par les ESSMS</t>
+  </si>
+  <si>
+    <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2025 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
+  </si>
+  <si>
+    <t>p_3606889</t>
+  </si>
+  <si>
+    <t>La maltraitance « ordinaire » dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>Pour cerner le phénomène de maltraitance ordinaire et renforcer la réflexion sur les moyens de le prévenir, la HAS a souhaité que le cabinet C.Compagnon.Conseil se mette à l’écoute des patients, de leurs proches mais aussi des professionnels et restitue ce qu’ils disent de l’univers hospitalier au quotidien. Cette étude est fondée sur des témoignages de malades, de proches et de professionnels, pris tels quels, dans toute leur subjectivité. Elle ne vise donc pas à mesurer l’ampleur de ce phénomène en termes quantitatif ni à porter sur lui un jugement global. L’originalité – et les limites - de ce travail est de partir du point de vue de personnes hospitalisées, de leurs proches et de professionnels en s’appuyant sur leur libre expression : témoignages écrits, entretiens...</t>
+  </si>
+  <si>
+    <t>15/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2012 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1258960/fr/la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_1258960</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Céphalées de l’enfant et l’adolescent : pertinence de l’imagerie</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) et le Conseil national professionnel de radiologie et imagerie médicale (G4) ont produit une fiche pertinence « Céphalées de l’enfant et l’adolescent : pertinence de l’imagerie » selon la méthode d’élaboration des fiches mémo et des fiches pertinence de la HAS.</t>
+  </si>
+  <si>
+    <t>18/01/2024 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383435/fr/cephalees-de-l-enfant-et-l-adolescent-pertinence-de-l-imagerie</t>
+  </si>
+  <si>
+    <t>p_3383435</t>
+  </si>
+  <si>
+    <t>Accompagner dès le premier recours pour diminuer le risque alcool des femmes</t>
+  </si>
+  <si>
+    <t>26/02/2025 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592850/fr/accompagner-des-le-premier-recours-pour-diminuer-le-risque-alcool-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3592850</t>
+  </si>
+  <si>
+    <t>Reflux gastro-œsophagien chez l’enfant de moins d’un an : définitions, prise en charge et pertinence des traitements pharmacologiques</t>
+  </si>
+  <si>
+    <t>Ce projet est une auto-saisine inscrite au programme de travail de la HAS dans le cadre de la pertinence des soins.</t>
+  </si>
+  <si>
+    <t>19/03/2024 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423859/fr/reflux-gastro-oesophagien-chez-l-enfant-de-moins-d-un-an-definitions-prise-en-charge-et-pertinence-des-traitements-pharmacologiques</t>
+  </si>
+  <si>
+    <t>p_3423859</t>
+  </si>
+  <si>
+    <t>Dossier du patient en psychiatrie ambulatoire</t>
+  </si>
+  <si>
+    <t>Les critères d’évaluation permettent d’améliorer la pratique professionnelle</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272451/fr/dossier-du-patient-en-psychiatrie-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_272451</t>
+  </si>
+  <si>
+    <t>Chambres à catheter implantables</t>
+  </si>
+  <si>
+    <t>19/10/2006 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_448874/fr/chambres-a-catheter-implantables</t>
+  </si>
+  <si>
+    <t>c_448874</t>
+  </si>
+  <si>
+    <t>Réponses rapides dans le cadre de la Covid-19 - Continuité du suivi postnatal des femmes et de leur enfant</t>
+  </si>
+  <si>
+    <t>[Mise à jour le 01/12/2020] Cette fiche porte sur les conditions et l’organisation du retour à domicile des mères et de leurs enfants pendant la période de levée progressive du confinement et sur la gestion des cas du retour à domicile de femmes atteintes de COVID-19 (sans signes de gravité) et de leur nouveau-né. Elle concerne également la reprise d’activités relatives au suivi gynécologique et de prévention à distance de la naissance.</t>
+  </si>
+  <si>
+    <t>02/04/2020 21:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168632/fr/reponses-rapides-dans-le-cadre-de-la-covid-19-continuite-du-suivi-postnatal-des-femmes-et-de-leur-enfant</t>
+  </si>
+  <si>
+    <t>p_3168632</t>
+  </si>
+  <si>
+    <t>Dossier du patient</t>
+  </si>
+  <si>
+    <t>26/11/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438115/fr/dossier-du-patient</t>
+  </si>
+  <si>
+    <t>c_438115</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Sortie du patient hospitalisé</t>
+  </si>
+  <si>
+    <t>Ce document a pour objectif de proposer aux professionnels un outil qui leur permette d’améliorer le processus de préparation de la sortie du patient d’un établissement de santé. Il est présenté selon trois axes : l’organisation, l’information et la continuité des soins</t>
+  </si>
+  <si>
+    <t>09/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447513/fr/sortie-du-patient-hospitalise</t>
+  </si>
+  <si>
+    <t>c_447513</t>
+  </si>
+  <si>
+    <t>Consultation et prescription médicale d’activité physique à des fins de santé</t>
+  </si>
+  <si>
+    <t>Les guides de consultation et prescription médicale d’activité physique chez les adultes et les enfants et leurs fiches et focus d’aide à la prescription par pathologie ou par état de santé sont des outils à disposition des médecins généralistes et spécialistes pour les guider dans la prescription d’activité physique et d'activité physique adaptée à des fins de santé.</t>
+  </si>
+  <si>
+    <t>19/11/2025 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876862/fr/consultation-et-prescription-medicale-d-activite-physique-a-des-fins-de-sante</t>
+  </si>
+  <si>
+    <t>c_2876862</t>
+  </si>
+  <si>
+    <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Agir en premier recours pour diminuer le risque alcool – Repérer tous les usages et accompagner chaque personne</t>
+  </si>
+  <si>
+    <t>L’alcool est un sujet de santé pour tous. Le professionnel de premier recours est un acteur privilégié pour toucher l’ensemble de la population et accompagner chaque personne au plus près de sa réalité de vie et de ses usages d’alcool. La HAS a élaboré plusieurs documents pour aider les professionnels et tous les acteurs qui contribuent à la santé à agir dès le premier recours via une repérage systématique, précoce et régulier de tous les usages et un accompagnement de chaque personne quelle que soit sa situation en s’appuyant sur un réseau de partenaires.</t>
+  </si>
+  <si>
+    <t>26/10/2023 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326877/fr/agir-en-premier-recours-pour-diminuer-le-risque-alcool-reperer-tous-les-usages-et-accompagner-chaque-personne</t>
+  </si>
+  <si>
+    <t>p_3326877</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de BEXSERO®</t>
+  </si>
+  <si>
+    <t>Les infections invasives à méningocoques sont des infections transmissibles graves, qui peuvent être rapidement fatales. En France, elles sont majoritairement liées aux méningocoques de sérogroupe B. BEXSERO® est le premier vaccin anti-méningococcique ciblant des souches pathogènes du sérogroupe B à avoir obtenu une AMM en Europe, en janvier 2013. Il est indiqué chez les personnes âgées de 2 mois et plus. Dans le contexte de la simplification du schéma de vaccination pour différentes tranches d’âge et de l’évolution épidémiologique de ces infections, la Haute Autorité de Santé a évalué l’opportunité de modifier la stratégie de prévention des infections invasives à méningocoques et a précisé la place de BEXSERO® dans cette stratégie.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066921/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-bexsero</t>
+  </si>
+  <si>
+    <t>p_3066921</t>
+  </si>
+  <si>
+    <t>Recommandation sur l’élargissement de la vaccination contre les papillomavirus aux garçons</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS est favorable à l’élargissement de la vaccination contre les papillomavirus chez les garçons dans le calendrier vaccinal français.</t>
+  </si>
+  <si>
+    <t>11/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/fr/recommandation-sur-l-elargissement-de-la-vaccination-contre-les-papillomavirus-aux-garcons</t>
+  </si>
+  <si>
+    <t>p_3116022</t>
+  </si>
+  <si>
+    <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
+  </si>
+  <si>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
+  </si>
+  <si>
+    <t>p_3605114</t>
+  </si>
+  <si>
+    <t>Révision de la stratégie de vaccination contre la grippe saisonnière : évaluation de la pertinence de l’extension de la vaccination chez les enfants sans comorbidité</t>
+  </si>
+  <si>
+    <t>La Direction générale de la santé a saisi la HAS en janvier 2022 pour qu’elle évalue l’intérêt de l’extension de la vaccination contre la grippe saisonnière aux enfants sans comorbidité Au terme de son évaluation, la HAS recommande que la vaccination contre la grippe saisonnière puisse être proposée chaque année aux enfants sans comorbidités âgés de 2 à 17 ans révolus, sans qu’elle soit rendue obligatoire. Dans cette tranche d’âge, la HAS recommande d’utiliser préférentiellement le vaccin administré par voie intranasale Fluenz Tetra, compte tenu de la meilleure acceptabilité de ce vaccin chez l’enfant du fait de la non-utilisation d’aiguille.</t>
+  </si>
+  <si>
+    <t>02/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2023 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350703/fr/revision-de-la-strategie-de-vaccination-contre-la-grippe-saisonniere-evaluation-de-la-pertinence-de-l-extension-de-la-vaccination-chez-les-enfants-sans-comorbidite</t>
+  </si>
+  <si>
+    <t>p_3350703</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Place du vaccin à ARNm Spikevax® de Moderna chez les 12 à 17 ans</t>
+  </si>
+  <si>
+    <t>La HAS publie une nouvelle recommandation vaccinale qui s’inscrit dans le cadre d’une extension de l’AMM du vaccin à ARNm Spikevax développé par le laboratoire Moderna. Elle vise à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 17 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280463/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-spikevax-de-moderna-chez-les-12-a-17-ans</t>
+  </si>
+  <si>
+    <t>p_3280463</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale sur l'extension des compétences des professionnels de santé en matière de vaccination contre la grippe saisonnière</t>
+  </si>
+  <si>
+    <t>A la demande du ministère des Solidarités et de la Santé, la Haute Autorité de santé (HAS) émet des recommandations établissant l’intérêt et les conditions d’une extension des compétences en matière de vaccination des infirmiers, des sages-femmes et des pharmaciens ainsi que les formations et/ou les pré-requis nécessaires à la pratique de ces vaccinations. Cette recommandation porte uniquement sur la vaccination contre la grippe saisonnière. D’autres travaux à venir traiteront de l’ensemble des vaccinations de l’enfance, de l’adolescence et de l’âge adulte.</t>
+  </si>
+  <si>
+    <t>25/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867268/fr/recommandation-vaccinale-sur-l-extension-des-competences-des-professionnels-de-sante-en-matiere-de-vaccination-contre-la-grippe-saisonniere</t>
+  </si>
+  <si>
+    <t>c_2867268</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre la coqueluche chez la femme enceinte</t>
+  </si>
+  <si>
+    <t>Pour protéger les nouveau-nés et nourrissons, la HAS recommande de vacciner les femmes pendant la grossesse. Une double protection pendant les premières semaines de vie leur est conférée, grâce au passage transplacentaire d’anticorps anticoquelucheux et en prévenant la contamination directe par la mère qui est la première source d’infection des petits nourrissons.</t>
+  </si>
+  <si>
+    <t>07/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/04/2022 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3084228/fr/recommandation-vaccinale-contre-la-coqueluche-chez-la-femme-enceinte</t>
+  </si>
+  <si>
+    <t>p_3084228</t>
+  </si>
+  <si>
+    <t>Nécessité des rappels vaccinaux chez l'enfant - Exigibilité des vaccinations en collectivité</t>
+  </si>
+  <si>
+    <t>Suite à la concertation citoyenne sur la vaccination, la Ministre des Solidarités et de la Santé a souhaité rendre obligatoire l’ensemble des vaccinations de la petite enfance pour les enfants nés après le 1er janvier 2018. A compter de cette date, les 8 valences actuellement recommandées (la coqueluche, l’hépatite B, la rougeole, les oreillons, la rubéole, le méningocoque C et les infections à Haemophilius influenza B et pneumocoques) devraient donc s’ajouter aux 3 valences déjà obligatoires en France (la diphtérie, le tétanos et la poliomyélite).</t>
+  </si>
+  <si>
+    <t>30/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2018 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2815700/fr/necessite-des-rappels-vaccinaux-chez-l-enfant-exigibilite-des-vaccinations-en-collectivite</t>
+  </si>
+  <si>
+    <t>c_2815700</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
+  </si>
+  <si>
+    <t>La HAS préconise de faire évoluer le cadre juridique actuel afin que l’obligation vaccinale des professionnels soit fondée sur des critères liés à la catégorie professionnelle (en fonction du risque d’exposition professionnel et/ou de la personne prise en charge) et aux actes à risque susceptibles d’être réalisés, plutôt que sur une liste d’établissements ou organismes dans lesquels ils exercent. La HAS recommande fortement la vaccination contre la Covid-19, la diphtérie, le tétanos et la poliomyélite (sauf pour Mayotte où elle recommande un maintien de l’obligation pour le vaccin DTP) et maintient une obligation d’immunisation contre l’hépatite B et son élargissement aux professionnels libéraux.</t>
+  </si>
+  <si>
+    <t>29/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2023 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424586/fr/actualisation-des-recommandations-et-obligations-pour-les-etudiants-et-professionnels-des-secteurs-sanitaire-medicosocial-et-en-contacts-etroits-avec-de-jeunes-enfants</t>
+  </si>
+  <si>
+    <t>p_3424586</t>
+  </si>
+  <si>
+    <t>Élargissement des compétences en matière de vaccination des infirmiers, des pharmaciens et des sages-femmes chez les enfants et adolescents de moins de 16 ans</t>
+  </si>
+  <si>
+    <t>En vue de simplifier le parcours vaccinal, de multiplier les opportunités de vaccination et de favoriser ainsi l’augmentation de la couverture vaccinale, la HAS est favorable à une extension des compétences vaccinales des infirmiers, pharmaciens et sages-femmes pour l’ensemble des vaccins inscrits au calendrier vaccinal, pour les enfants et adolescents de moins de 16 ans. Elle précise néanmoins que cet élargissement des compétences ne concerne pas la prescription de vaccins vivants chez des personnes immunodéprimées, qui doit rester une compétence réservée aux seuls médecins, notamment en raison des risques associés et de la complexité des schémas vaccinaux.</t>
+  </si>
+  <si>
+    <t>23/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2022 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3335030/fr/elargissement-des-competences-en-matiere-de-vaccination-des-infirmiers-des-pharmaciens-et-des-sages-femmes-chez-les-enfants-et-adolescents-de-moins-de-16-ans</t>
+  </si>
+  <si>
+    <t>p_3335030</t>
+  </si>
+  <si>
+    <t>Vaccination contre la coqueluche chez la femme enceinte dans un contexte épidémique à Mayotte</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination des femmes enceintes contre la coqueluche à Mayotte par un vaccin dTcaP (Boostrixtetra® ou Repevax®). Cette vaccination sera réalisée à partir du deuxième trimestre de la grossesse (à partir de la 18ème semaine d’aménorrhée) et idéalement avant la 39ème semaine d’aménorrhée.</t>
+  </si>
+  <si>
+    <t>07/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>15/05/2018 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848157/fr/vaccination-contre-la-coqueluche-chez-la-femme-enceinte-dans-un-contexte-epidemique-a-mayotte</t>
+  </si>
+  <si>
+    <t>c_2848157</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
+  </si>
+  <si>
+    <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
+  </si>
+  <si>
+    <t>p_3066917</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin à ARNm COMIRNATY® chez les 12-15 ans</t>
+  </si>
+  <si>
+    <t>Le vaccin COMIRNATY® (laboratoires BioNTech et Pfizer) a obtenu une autorisation de mise sur le marché (AMM) conditionnelle, en Europe (procédure centralisée), le 21/12/2020 (2, 3) « pour l’immunisation active pour la prévention de la COVID-19 causée par le virus SARS-CoV-2, chez les personnes âgées de 16 ans et plus », avec une extension de son indication aux adolescents de 12 à 15 ans le 28/05/2021. Ces recommandations s’inscrivent dans le cadre d’une extension de l’AMM du vaccin à ARNm COMIRNATY® développé par les firmes BioNTech et Pfizer et visent donc à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 15 ans.</t>
+  </si>
+  <si>
+    <t>02/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2021 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269889/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-12-15-ans</t>
+  </si>
+  <si>
+    <t>p_3269889</t>
+  </si>
+  <si>
+    <t>Élargissement de la cohorte de rattrapage de la vaccination contre les papillomavirus humains (HPV), chez les hommes et les femmes, jusqu’à 26 ans révolus - Note de cadrage</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour la note de cadrage concernant la révision de la stratégie de rattrapage vaccinal contre les papillomavirus humains (HPV), présentant la méthodologie de travail et le calendrier prévisionnel.</t>
+  </si>
+  <si>
+    <t>19/11/2024 14:58:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557644/fr/elargissement-de-la-cohorte-de-rattrapage-de-la-vaccination-contre-les-papillomavirus-humains-hpv-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3557644</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du vaccin à ARNm COMIRNATY® chez les 5-11 ans</t>
+  </si>
+  <si>
+    <t>Dans un contexte épidémique marqué par une cinquième vague due au variant Delta et l’apparition à la mi-novembre du variant Omicron, la Haute Autorité de santé se prononce sur l’élargissement de la vaccination à l’ensemble des enfants de 5 à 11 ans. Sur la base des dernières données disponibles et après avoir auditionné les parties-prenantes, la HAS propose d’ouvrir la vaccination aux enfants de cette classe d’âge, sans obligation et sans que cela conditionne l’obtention d’un passe sanitaire, et en priorisant les enfants de moins de 12 ans scolarisés au collège. Elle indique que cette vaccination peut être réalisée dès la mise à disposition de la formulation pédiatrique du vaccin Comirnaty® de Pfizer.</t>
+  </si>
+  <si>
+    <t>17/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306504/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-5-11-ans</t>
+  </si>
+  <si>
+    <t>p_3306504</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation du dépistage néonatal systématique de la surdité permanente bilatérale</t>
+  </si>
+  <si>
+    <t>Une réflexion a été entamée ces dernières années sur la pertinence d’organiser en France un dépistage néonatal systématique de la surdité en maternité, dans le but de permettre le diagnostic et une prise en charge précoce de cette affection. A la suite de l’évaluation des oto-émissions acoustiques par l’ANAES en 1999, des expériences locales ou dans le cadres du programme hospitalier de recherche clinique ont été menées. Une expérimentation sur le dépistage néonatal de la surdité congénitale a été mise en œuvre en 2005 par la CNAMTS, pour une période de 2 ans, à Bordeaux, Lille, Paris, Lyon, Marseille, et Toulouse, avec pour objectif d’étudier la faisabilité et l’impact du dépistage en maternité, et de contribuer à déterminer la meilleure stratégie de dépistage de la surdité congénitale. Dans son rapport établi à le demande de la Direction Générale de la Santé, la Haute Autorité de Santé a fait le point sur les données de la science concernant le dépistage systématique de la surdité permanente néonatale en 2006.</t>
+  </si>
+  <si>
+    <t>03/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2007 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_513169/fr/evaluation-du-depistage-neonatal-systematique-de-la-surdite-permanente-bilaterale</t>
+  </si>
+  <si>
+    <t>c_513169</t>
+  </si>
+  <si>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Doctrine vaccinale de lutte contre les orthopoxvirus</t>
+  </si>
+  <si>
+    <t>La HAS recommande de constituer des stocks stratégiques de vaccins antivariolique (uniquement le vaccin de 3ème génération) en cohérence avec la mise en place rapide d’une campagne de vaccination réactive lorsque le niveau de menace le justifie.</t>
+  </si>
+  <si>
+    <t>12/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2022 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378946/fr/doctrine-vaccinale-de-lutte-contre-les-orthopoxvirus</t>
+  </si>
+  <si>
+    <t>p_3378946</t>
+  </si>
+  <si>
+    <t>Évaluation du programme national de dépistage de la surdité permanente néonatale. Stratégie de dépistage et performances des tests</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une recommandation de santé publique sur l’évaluation du programme national (DNN) de dépistage de la surdité permanente néonatale. L’objectif principal de cette évaluation est d’établir un cadre d’amélioration de ce programme.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2025 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458472/fr/evaluation-du-programme-national-de-depistage-de-la-surdite-permanente-neonatale-strategie-de-depistage-et-performances-des-tests</t>
   </si>
   <si>
     <t>p_3458472</t>
   </si>
   <si>
-    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
+    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
+  </si>
+  <si>
+    <t>10/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3451353</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
+  </si>
+  <si>
+    <t>c_765713</t>
+  </si>
+  <si>
+    <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
+  </si>
+  <si>
+    <t>01/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2011 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
+  </si>
+  <si>
+    <t>c_1069254</t>
+  </si>
+  <si>
+    <t>Examens basés sur l’ADN libre circulant réalisés dans le cadre du dépistage de la trisomie 21. Opportunité du repérage d’autres anomalies chromosomiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence du repérage d’autres anomalies chromosomiques par les examens basés sur l’ADN fœtal libre circulant (ADNflc) dans le sang maternel, réalisés dans le cadre du dépistage de la trisomie 21. La HAS recommande la recherche des trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 et 22 et les anomalies segmentaires non cryptiques par tests ADNflc. L’extension des indications des examens par ADNflc aux femmes présentant un risque augmenté d’aneuploïdies (autre que la T21) est également recommandée.</t>
+  </si>
+  <si>
+    <t>26/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2024 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545370/fr/examens-bases-sur-l-adn-libre-circulant-realises-dans-le-cadre-du-depistage-de-la-trisomie-21-opportunite-du-reperage-d-autres-anomalies-chromosomiques</t>
+  </si>
+  <si>
+    <t>p_3545370</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+  </si>
+  <si>
+    <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections invasives à méningocoques : Révision de la stratégie contre les sérogroupes ACWY et B</t>
+  </si>
+  <si>
+    <t>La HAS établit la stratégie de vaccination contre les infections invasives à méningocoque, sérogroupes ACWY et B.</t>
+  </si>
+  <si>
+    <t>07/03/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>27/03/2024 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460601/fr/strategie-de-vaccination-contre-les-infections-invasives-a-meningocoques-revision-de-la-strategie-contre-les-serogroupes-acwy-et-b</t>
+  </si>
+  <si>
+    <t>p_3460601</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal au déficit immunitaire combiné sévère par la technique de quantification des TRECs en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit immunitaire combiné sévère (DICS) est un groupe de maladies génétiques rares mais graves : sans traitement, la plupart des enfants atteints décèdent d’infections dans la première année de vie. Le dépistage du DICS à la naissance permettrait de réduire l’errance diagnostique des enfants atteints, de poser un diagnostic précoce et de mettre en place au plus vite une prise en charge appropriée. A l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le dépistage du DICS dans le programme national de dépistage néonatal, sous la condition d’une évaluation obligatoire à cinq ans et d’évaluations intermédiaires régulières.</t>
+  </si>
+  <si>
+    <t>20/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2022 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312418/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-au-deficit-immunitaire-combine-severe-par-la-technique-de-quantification-des-trecs-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3312418</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire – Actualisation des recommandations de santé publique</t>
+  </si>
+  <si>
+    <t>La note de cadrage décrit le périmètre et la méthodologie du projet d’actualisation par la HAS de la recommandation de 2010 sur la prévention de la carie dentaire. Ce travail, inscrit dans le cadre du programme « Génération sans caries », vise à renforcer et actualiser les stratégies de prévention bucco-dentaire en France.</t>
+  </si>
+  <si>
+    <t>05/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737852/fr/strategies-de-prevention-de-la-carie-dentaire-actualisation-des-recommandations-de-sante-publique</t>
+  </si>
+  <si>
+    <t>p_3737852</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer du sein</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer du sein à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2015 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024559/fr/depistage-et-prevention-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_2024559</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du sein en France : identification des femmes à haut risque et modalités de dépistage</t>
+  </si>
+  <si>
+    <t>A la demande de l’INCa, la HAS a élaboré des recommandations sur le dépistage du cancer du sein chez les femmes à haut risque à partir d’une revue des facteurs de risque de cancer du sein identifiés dans la littérature.</t>
+  </si>
+  <si>
+    <t>19/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2014 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741170/fr/depistage-du-cancer-du-sein-en-france-identification-des-femmes-a-haut-risque-et-modalites-de-depistage</t>
+  </si>
+  <si>
+    <t>c_1741170</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire</t>
+  </si>
+  <si>
+    <t>À la demande de la Direction générale de la santé, la HAS a élaboré une recommandation de santé publique sur l’évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire. L’objectif de cette recommandation est d’identifier le plus précocement les personnes porteuses d’une tuberculose pulmonaire (à l’état subclinique ou paucisymptomatique), afin de limiter sa transmission, de définir les populations cibles et les modalités de dépistage dans ces population, et d’harmoniser les pratiques.</t>
+  </si>
+  <si>
+    <t>13/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
   </si>
   <si>
     <t>p_3459735</t>
   </si>
   <si>
-    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>Évaluation des Stratégies de dépistage de la trisomie 21</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail était de mener une réflexion sur l'opportunité d'une modification de la stratégie de dépistage de la trisomie 21 en France.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2007 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_540874/fr/evaluation-des-strategies-de-depistage-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_540874</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Rapport de synthèse sur le dépistage et le diagnostic du diabète gestationnel</t>
+  </si>
+  <si>
+    <t>Le diabète gestationnel est un trouble de la tolérance glucidique conduisant à une hyperglycémie de sévérité variable pendant la grossesse.</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272475/fr/rapport-de-synthese-sur-le-depistage-et-le-diagnostic-du-diabete-gestationnel</t>
+  </si>
+  <si>
+    <t>c_272475</t>
+  </si>
+  <si>
+    <t>Place de la stratégie couplant les dosages de la trypsine immunoréactive (TIR) et de la protéine associée à la pancréatite (PAP) dans le dépistage systématique de la mucoviscidose en France</t>
+  </si>
+  <si>
+    <t>Suite à l’état des lieux sur le dépistage néonatal de la mucoviscidose en 2009, la HAS a évalué la pertinence d’une stratégie de dépistage fondée sur le dosage de la protéine associée à la pancréatite (PAP).</t>
+  </si>
+  <si>
+    <t>12/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2015 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739994/fr/place-de-la-strategie-couplant-les-dosages-de-la-trypsine-immunoreactive-tir-et-de-la-proteine-associee-a-la-pancreatite-pap-dans-le-depistage-systematique-de-la-mucoviscidose-en-france</t>
+  </si>
+  <si>
+    <t>c_1739994</t>
+  </si>
+  <si>
+    <t>Dépistage du déficit en biotinidase et de la galactosémie : Évaluation a priori de l’opportunité d’un dépistage à la naissance en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit en biotinidase et la galactosémie sont deux maladies liées à un déficit enzymatique, pouvant entrainer des symptômes cliniques graves pour le nourrisson en l’absence de traitement. À l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le déficit en biotinidase et la galactosémie dans le programme national de dépistage néonatal, et développe les modalités de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>25/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586427/fr/depistage-du-deficit-en-biotinidase-et-de-la-galactosemie-evaluation-a-priori-de-l-opportunite-d-un-depistage-a-la-naissance-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3586427</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d'un dépistage systématique de l'infection à cytomégalovirus (CMV) au cours de la grossesse</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’un dépistage systématique de l’infection à CMV chez la femme enceinte. La HAS recommande de mettre en place un dépistage systématique national du CMV pour toutes les femmes enceintes dont le statut sérologique est négatif ou inconnu, avec une réévaluation du dispositif après trois ans de mise en œuvre. La poursuite de ce dispositif dépendra d’une évaluation fondée sur des données scientifiques complémentaires incluant l’efficacité du dépistage, l’impact sur la prévention des formes graves dont les séquelles neurosensorielles, et la tolérance du traitement antiviral. Celles-ci devront être produites via des études spécifiques, des systèmes d’information adaptés ou l’ajustement des dispositifs existants, afin de répondre aux incertitudes identifiées lors de l’évaluation de la HAS.</t>
+  </si>
+  <si>
+    <t>05/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2025 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>p_3587389</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Les performances des tests de dépistage de la trisomie 21 fœtale par analyse de l’ADN libre circulant</t>
+  </si>
+  <si>
+    <t>De nouveaux tests de dépistage de la trisomie 21, fondés sur la recherche d’une surreprésentation de séquences d’ADN fœtal du chromosome 21 au sein de l’ADN libre circulant dans le sang maternel, pourraient modifier la stratégie actuelle. Dans l’objectif de définir la place de ces tests dans la stratégie et dans l’attente des résultats de l’étude en cours -Safe21- la HAS publie une évaluation technique de leurs performances (volet 1).</t>
+  </si>
+  <si>
+    <t>30/09/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2015 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572426/fr/les-performances-des-tests-de-depistage-de-la-trisomie-21-foetale-par-analyse-de-l-adn-libre-circulant</t>
+  </si>
+  <si>
+    <t>c_2572426</t>
+  </si>
+  <si>
+    <t>La médiation en santé pour les personnes éloignées des systèmes de prévention et de soins</t>
+  </si>
+  <si>
+    <t>L’objectif de ce référentiel est de préciser le cadre d’intervention de la médiation en santé afin d’en permettre une meilleure appropriation par les publics et les partenaires, et de faciliter l’ancrage de la médiation en santé dans les territoires et dans le système de santé.</t>
+  </si>
+  <si>
+    <t>19/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>26/10/2017 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801497/fr/la-mediation-en-sante-pour-les-personnes-eloignees-des-systemes-de-prevention-et-de-soins</t>
+  </si>
+  <si>
+    <t>c_2801497</t>
+  </si>
+  <si>
+    <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
+  </si>
+  <si>
+    <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
+  </si>
+  <si>
+    <t>c_464134</t>
+  </si>
+  <si>
+    <t>Autotests de dépistage du VIH</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une liste de questions et réponses pratiques pour accompagner les utilisateurs potentiels d’autotests de dépistage du VIH dans leur démarche de dépistage.</t>
+  </si>
+  <si>
+    <t>11/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768844/fr/autotests-de-depistage-du-vih</t>
+  </si>
+  <si>
+    <t>c_1768844</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la décision pour l’admission des patients en soins de suite et de réadaptation</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré un outil d’aide à la décision pour l’admission des patients en Soins de Suite et de Réadaptation (SSR). Cet outil s’adresse aux professionnels de santé exerçant en établissement de santé ou en libéral. Ils seront amenés à l’utiliser lorsqu’ils souhaitent demander l’admission dans une structure SSR pour l’un de leurs patients. L’outil doit leur permettre de déterminer si le SSR est effectivement adapté pour ce patient, en fonction du type de prise en charge requis et de l’environnement du patient.</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651391/fr/outil-d-aide-a-la-decision-pour-l-admission-des-patients-en-soins-de-suite-et-de-readaptation</t>
+  </si>
+  <si>
+    <t>c_1651391</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : prescription et délivrance à l’avance</t>
+  </si>
+  <si>
+    <t>La contraception d’urgence désigne une contraception de « rattrapage », utilisable par les femmes en situation d’urgence dans les 3 à 5 jours (selon le type de contraception d’urgence) qui suivent un rapport sexuel non ou mal protégé pour éviter une grossesse non prévue.</t>
+  </si>
+  <si>
+    <t>24/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543129/fr/contraception-d-urgence-prescription-et-delivrance-a-l-avance</t>
+  </si>
+  <si>
+    <t>c_1543129</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire</t>
+  </si>
+  <si>
+    <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>31/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2010 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
+  </si>
+  <si>
+    <t>c_991247</t>
+  </si>
+  <si>
+    <t>Place des tests ADN libre circulant dans le sang maternel dans le dépistage de la trisomie 21 foetale</t>
+  </si>
+  <si>
+    <t>L’objectif est d’actualiser les recommandations concernant le dépistage de la trisomie 21 (T21) fœtale en France en tenant compte de la disponibilité des tests ADN libre circulant dans le sang maternel de la trisomie 21 (ADNlcT21). Ces recommandations définissent la place des tests ADNlcT21 dans la procédure de dépistage de la T21 fœtale et s’adressent à la population de femmes enceintes monofœtales dans sa globalité.</t>
+  </si>
+  <si>
+    <t>26/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2017 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2768510/fr/place-des-tests-adn-libre-circulant-dans-le-sang-maternel-dans-le-depistage-de-la-trisomie-21-foetale</t>
+  </si>
+  <si>
+    <t>c_2768510</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+    <t>Surdité de l’enfant : accompagnement des familles et suivi de l’enfant de 0 à 6 ans, hors accompagnement scolaire</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les enfants, et leur famille, qui présentent une surdité bilatérale permanente, et dont le seuil auditif &gt; 40 dB HL peut entraîner des retards importants de développement du langage si l’environnement de l’enfant n’est pas très précocement adapté à ses besoins particuliers. L’objectif principal de ces recommandations est de favoriser l’accès au langage par l’enfant sourd au sein de sa famille, quelle que soit la langue choisie – français ou langue des signes française. Il s’agit de : - développer la communication et le langage et suivre leur évolution - informer et accompagner les parents - prévenir les éventuels troubles psychiques et relationnels de l’enfant - identifier les lieux d’accueil et d’accompagnement des familles et de suivi des enfants sourds</t>
+  </si>
+  <si>
+    <t>16/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
+  </si>
+  <si>
+    <t>c_922867</t>
+  </si>
+  <si>
+    <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
+  </si>
+  <si>
+    <t>c_1362146</t>
+  </si>
+  <si>
+    <t>L’accompagnement des enfants ayant des difficultés psychologiques perturbant gravement les processus de socialisation</t>
+  </si>
+  <si>
+    <t>Ces recommandations donnent des pistes de réflexion et d’action concernant la compréhension des difficultés psychologiques de ces mineurs, perturbant gravement les processus de socialisation, le repérage précoce et une meilleure évaluation des besoins et des ressources de l’enfant et de sa famille afin de prévenir les difficultés de socialisation qui se répercutent sur le projet de vie du mineur. Elles concernent également la prévention des risques de rupture par le mineur lui-même ou par l’usure des familles ou des travailleurs sociaux et l’inclusion de façon systémique de l’environnement du mineur : famille, école, quartier, médecin généraliste, pairs.</t>
+  </si>
+  <si>
+    <t>19/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2017 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833677/fr/l-accompagnement-des-enfants-ayant-des-difficultes-psychologiques-perturbant-gravement-les-processus-de-socialisation</t>
+  </si>
+  <si>
+    <t>c_2833677</t>
+  </si>
+  <si>
+    <t>Manifestations dépressives à l'adolescence : repérage, diagnostic et prise en charge en soins de premier recours</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a pour enjeu de mieux prendre en charge les manifestations dépressives de l’adolescent (entre 12 et 18 ans), notamment l’épisode dépressif caractérisé inscrit dans un trouble dépressif unipolaire, et de diminuer la morbi-mortalité qui en découle.</t>
+  </si>
+  <si>
+    <t>12/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2014 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782013/fr/manifestations-depressives-a-l-adolescence-reperage-diagnostic-et-prise-en-charge-en-soins-de-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1782013</t>
+  </si>
+  <si>
+    <t>Améliorer l’accompagnement des enfants à la sortie des dispositifs de protection de l’enfance : le retour en famille</t>
+  </si>
+  <si>
+    <t>Les mesures de protection de l’enfance sont par nature temporaires. Si les conditions de sécurité et de développement de l’enfant sont réunies, la décision d’un retour de l’enfant au domicile des parents s’impose. La HAS propose aux professionnels une démarche méthodologique et pratique pour accompagner le retour en famille des enfants.</t>
+  </si>
+  <si>
+    <t>22/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2021 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3082358/fr/ameliorer-l-accompagnement-des-enfants-a-la-sortie-des-dispositifs-de-protection-de-l-enfance-le-retour-en-famille</t>
+  </si>
+  <si>
+    <t>p_3082358</t>
+  </si>
+  <si>
+    <t>Le repérage, le diagnostic, l’évaluation pluridisciplinaire et l’accompagnement précoce et personnalisé des enfants en centre d’action médico-sociale précoce (CAMSP)</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour finalité d’apporter des éléments pratiques aux professionnels des Centres d’action médico-sociale précoce (Camsp) pour assurer au plus tôt le repérage des facteurs de risque, le dépistage, le diagnostic, le suivi des troubles éventuels et l’accompagnement des enfants et des parents, en vue de favoriser le développement des potentialités de l’enfant et assurer son inclusion sociale et éducative.</t>
+  </si>
+  <si>
+    <t>05/01/2015 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835830/fr/le-reperage-le-diagnostic-l-evaluation-pluridisciplinaire-et-l-accompagnement-precoce-et-personnalise-des-enfants-en-centre-d-action-medico-sociale-precoce-camsp</t>
+  </si>
+  <si>
+    <t>c_2835830</t>
+  </si>
+  <si>
+    <t>Accompagner la scolarité et contribuer à l’inclusion scolaire</t>
+  </si>
+  <si>
+    <t>En France, l’éducation est un droit fondamental et inconditionnel pour tout enfant. Elle passe notamment par la scolarité. Or, pour les enfants en situation de handicap et ceux qui bénéficient d’une mesure de protection, ce droit est souvent mis à mal avec une plus forte probabilité de ruptures ou d’échec dans le parcours scolaire. La HAS publie des recommandations pour permettre aux professionnels des établissements et structures sociaux et médico-sociaux d’accompagner et de soutenir les parcours scolaires de ces enfants.</t>
+  </si>
+  <si>
+    <t>07/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2021 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287349/fr/accompagner-la-scolarite-et-contribuer-a-l-inclusion-scolaire</t>
+  </si>
+  <si>
+    <t>p_3287349</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Évaluation globale de la situation des enfants en danger ou risque de danger : cadre national de référence</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a élaboré le premier cadre national de référence pour l’évaluation globale de la situation des enfants en danger. Les acteurs des conseils départementaux impliqués dans le recueil et le traitement des informations préoccupantes vont ainsi tous disposer des mêmes outils. L’objectif est d’harmoniser les pratiques sur l’ensemble du territoire national et permettre une équité de traitement des enfant concernés.</t>
+  </si>
+  <si>
+    <t>12/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/01/2021 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120418/fr/evaluation-globale-de-la-situation-des-enfants-en-danger-ou-risque-de-danger-cadre-national-de-reference</t>
+  </si>
+  <si>
+    <t>p_3120418</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne polyhandicapée dans sa spécificité</t>
+  </si>
+  <si>
+    <t>Les recommandations sur l’accompagnement de la personne polyhandicapée (enfants et adultes) à domicile ou en établissement s’adressent à tous les professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’aux aidants (parents, fratrie…). L'objectif est de les aider dans un accompagnement personnalisé et centré sur les capacités de la personne tout au long de son parcours de vie.</t>
+  </si>
+  <si>
+    <t>13/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215404/fr/l-accompagnement-de-la-personne-polyhandicapee-dans-sa-specificite</t>
+  </si>
+  <si>
+    <t>p_3215404</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Améliorer la prise en charge à la sortie des dispositifs de protection de l’enfance : l'accompagnement vers l'autonomie</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles (RBPP), relatives à l’amélioration de la prise en charge des personnes accompagnées à leur sortie des dispositifs de protection de l’enfance, s’inscrivent dans un programme en deux volets. Le premier volet, publié en 2021, vise à améliorer la prise en charge des enfants à la sortie des dispositifs de protection de l’enfance, dans le cadre d’un retour en famille. Ce second volet s’attache à la sortie des dispositifs de protection de l’enfance des adolescents atteignant la majorité et des jeunes majeurs, ainsi que des mineurs émancipés de plus de 16 ans.</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2024 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352139/fr/ameliorer-la-prise-en-charge-a-la-sortie-des-dispositifs-de-protection-de-l-enfance-l-accompagnement-vers-l-autonomie</t>
+  </si>
+  <si>
+    <t>p_3352139</t>
+  </si>
+  <si>
+    <t>Rééducation et réadaptation de la fonction motrice de l’appareil locomoteur des personnes diagnostiquées de paralysie cérébrale</t>
+  </si>
+  <si>
+    <t>La plupart des personnes diagnostiquées de paralysie cérébrale présentent des troubles de la fonction motrice qui nécessitent un programme de rééducation et réadaptation adapté et suivi. Les recommandations de la HAS abordent les indications et la pertinence des activités de rééducation et de réadaptation de la fonction motrice de l'appareil locomoteur en fonction des déficiences, des limitations d’activité et des restrictions de participation. Elles apportent un éclairage sur les orientations et modalités de ces activités de rééducation et de réadaptation de l'appareil locomoteur ainsi que sur les objectifs et résultats attendus de ces prises en charge.</t>
+  </si>
+  <si>
+    <t>21/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2021 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166294/fr/reeducation-et-readaptation-de-la-fonction-motrice-de-l-appareil-locomoteur-des-personnes-diagnostiquees-de-paralysie-cerebrale</t>
+  </si>
+  <si>
+    <t>p_3166294</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Troubles du neurodéveloppement - Repérage et orientation des enfants à risque</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
   </si>
   <si>
-    <t>02/26/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+    <t>26/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
   </si>
   <si>
     <t>p_3161334</t>
   </si>
   <si>
-    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Autism spectrum disorder: Warning signs, detection, diagnosis and assessment in children and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_468812/en/autism-spectrum-disorder-warning-signs-detection-diagnosis-and-assessment-in-children-and-adolescents</t>
+    <t>Pour un accompagnement de qualité des personnes avec autisme ou autres troubles envahissants du développement</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de contribuer à l’amélioration de l’accompagnement des personnes avec autisme et autres troubles envahissants du développement (TED) et de leur entourage, conjuguant interventions éducatives, pédagogiques et thérapeutiques, dans la perspective d’une meilleure participation sociale et d’un bien-être accru. Ce document définit également les critères permettant d’identifier les risques de dérives dangereuses.</t>
+  </si>
+  <si>
+    <t>05/01/2010 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835258/fr/pour-un-accompagnement-de-qualite-des-personnes-avec-autisme-ou-autres-troubles-envahissants-du-developpement</t>
+  </si>
+  <si>
+    <t>c_2835258</t>
+  </si>
+  <si>
+    <t>L’orthophonie dans les troubles spécifiques du développement du langage oral chez l'enfant de 3 à 6 ans</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : Sur quels critères et quand prendre en compte une plainte concernant le langage ? Comment identifier un trouble spécifique du développement du langage ? Quel bilan orthophonique prescrire et quand ? Quels enfants faire bénéficier d'une rééducation orthophonique, quand et à quel rythme ? Quels objectifs fixer et quelles méthodes de rééducation employer ? Quelle évaluation et quel suivi ?</t>
+  </si>
+  <si>
+    <t>01/05/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271995/fr/l-orthophonie-dans-les-troubles-specifiques-du-developpement-du-langage-oral-chez-l-enfant-de-3-a-6-ans</t>
+  </si>
+  <si>
+    <t>c_271995</t>
+  </si>
+  <si>
+    <t>Rééducation de l’appareil locomoteur dans les pathologies neuromusculaires à la suite de l’introduction de nouvelles approches thérapeutiques (biothérapie, instrumentation rachidienne, réentraînement à l’effort)</t>
+  </si>
+  <si>
+    <t>Objectifs Ces recommandations devraient permettre d’actualiser la rééducation de l’appareil locomoteur qui pose de nombreuses interrogations aux patients et aux familles, relativement aux évolutions thérapeutiques : Biothérapie : modifie l’évolution des pathologies et donc la prise en charge rééducative ; Instrumentation rachidienne : protocole d’accompagnement chirurgical de la scoliose ; Réentrainement à l’effort : améliore la fibre musculaire et la qualité de vie. Les objectifs de ces recommandations et de leur mise en œuvre sont d’améliorer la prise en charge des patients, et donc des soins qui leurs sont apportés, notamment : d’homogénéiser les pratiques ; de promouvoir les techniques et modalités de rééducation adaptées ; de réduire les actes inadéquats.</t>
+  </si>
+  <si>
+    <t>18/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2021 14:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269932/fr/reeducation-de-l-appareil-locomoteur-dans-les-pathologies-neuromusculaires-a-la-suite-de-l-introduction-de-nouvelles-approches-therapeutiques-biotherapie-instrumentation-rachidienne-reentrainement-a-l-effort</t>
+  </si>
+  <si>
+    <t>p_3269932</t>
+  </si>
+  <si>
+    <t>Label – Diagnostic et prise en charge de l’encéphalopathie anoxo-ischémique néonatale à la phase aiguë – Note de cadrage</t>
+  </si>
+  <si>
+    <t>13/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2024 08:59:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560561/fr/label-diagnostic-et-prise-en-charge-de-l-encephalopathie-anoxo-ischemique-neonatale-a-la-phase-aigue-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3560561</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme - Signes d’alerte, repérage, diagnostic et évaluation chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>La HAS propose, avec cette actualisation des recommandations de 2005, différents outils pour renforcer le repérage précoce et améliorer le diagnostic dès 18 mois.</t>
+  </si>
+  <si>
+    <t>08/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468812/fr/trouble-du-spectre-de-l-autisme-signes-d-alerte-reperage-diagnostic-et-evaluation-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_468812</t>
   </si>
   <si>
-    <t>Preparing for birth and parenthood</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272500/en/preparing-for-birth-and-parenthood</t>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 2</t>
+  </si>
+  <si>
+    <t>Ce deuxième volet de recommandations vise à fournir aux professionnels des repères et des outils pour : Adapter l’accompagnement à la singularité, aux besoins, choix et attentes des personnes présentant un TDI dans le cadre : de la scolarité ; du travail et de la vie active ; des loisirs et du temps libre ; Promouvoir l’autodétermination et la participation les personnes présentant un TDI.</t>
+  </si>
+  <si>
+    <t>16/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741239/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-2</t>
+  </si>
+  <si>
+    <t>p_3741239</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme (TSA) : interventions et parcours de vie de l’enfant et de l’adolescent - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de la RBP est d’améliorer la qualité des interventions proposées aux enfants ayant un TSA, tant par les structures sanitaires que médico-sociales, afin de leur permettre de bénéficier d’un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs. Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
+  </si>
+  <si>
+    <t>17/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-tsa-interventions-et-parcours-de-vie-de-l-enfant-et-de-l-adolescent-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Pratiques de coopération et de coordination du parcours de la personne en situation de handicap</t>
+  </si>
+  <si>
+    <t>Les recommandations ont été élaborées dans un contexte d’évolution et de transformation de l’offre médico-sociale qui vise à améliorer la qualité de vie de la personne en situation de handicap, et en particulier la continuité de l’accompagnement dans son parcours de vie.</t>
+  </si>
+  <si>
+    <t>16/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839995/fr/pratiques-de-cooperation-et-de-coordination-du-parcours-de-la-personne-en-situation-de-handicap</t>
+  </si>
+  <si>
+    <t>c_2839995</t>
+  </si>
+  <si>
+    <t>L’exercice de l’autorité parentale dans le cadre du placement</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif de promouvoir des pratiques professionnelles basées sur une prise en compte réfléchie et articulée des dimensions juridique, affective, sociale, et institutionnelle, qui traversent l’exercice de l’autorité parentale dans le cadre du placement. La recommandation met en évidence des points de repère qui intègrent la collaboration avec les parents dans le cadre de la mission psycho-socio-éducative dévolue aux professionnels.</t>
+  </si>
+  <si>
+    <t>16/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2012 14:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835334/fr/l-exercice-de-l-autorite-parentale-dans-le-cadre-du-placement</t>
+  </si>
+  <si>
+    <t>c_2835334</t>
+  </si>
+  <si>
+    <t>Préparation à la naissance et à la parentalité</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles accompagnent les mesures du plan périnatalité 2005-2007 en proposant aux professionnels de santé impliqués en périnatalité une démarche qui vise à : - préparer les couples à la naissance et à l’accueil de leur enfant au moyen de séances éducatives adaptées - repérer les situations de vulnérabilité en prévention des troubles de la relation parents-enfants - soutenir la parentalité par des informations et des repères sur la construction des liens familiaux - favoriser une meilleure coordination des professionnels autour et avec la femme enceinte, de l’anténatal au postnatal. Recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2012 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272500/fr/preparation-a-la-naissance-et-a-la-parentalite</t>
   </si>
   <si>
     <t>c_272500</t>
   </si>
   <si>
-    <t>Management of female genital mutilation by primary healthcare professionals</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3150640/en/management-of-female-genital-mutilation-by-primary-healthcare-professionals</t>
+    <t>Santé préconceptionnelle - Note de cadrage</t>
+  </si>
+  <si>
+    <t>11/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2025 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632767/fr/sante-preconceptionnelle-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3632767</t>
+  </si>
+  <si>
+    <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
+  </si>
+  <si>
+    <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
+  </si>
+  <si>
+    <t>06/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
+  </si>
+  <si>
+    <t>p_3118113</t>
+  </si>
+  <si>
+    <t>Prévention des déformations crâniennes positionnelles (DCP) et mort inattendue du nourrisson</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour but de prévenir l'apparition des plagiocéphalies – déformations crâniennes positionnelles – et de décrire leur prise en charge. Elles réaffirment l’importance de coucher les bébés sur le dos, seul moyen de prévenir la mort inattendue du nourrisson (MIN).</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151574/fr/prevention-des-deformations-craniennes-positionnelles-dcp-et-mort-inattendue-du-nourrisson</t>
+  </si>
+  <si>
+    <t>p_3151574</t>
+  </si>
+  <si>
+    <t>Élaboration, rédaction, et animation du projet d’établissement ou de service</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif de soutenir les cadres et les professionnels de terrain dans la construction de la démarche du projet d’établissement/service, dans sa rédaction, puis dans l’animation autour des objectifs choisis.</t>
+  </si>
+  <si>
+    <t>05/05/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835410/fr/elaboration-redaction-et-animation-du-projet-d-etablissement-ou-de-service</t>
+  </si>
+  <si>
+    <t>c_2835410</t>
+  </si>
+  <si>
+    <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
+  </si>
+  <si>
+    <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
+  </si>
+  <si>
+    <t>10/02/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587144/fr/prise-en-charge-du-sepsis-du-nouveau-ne-de-l-enfant-et-de-l-adulte-recommandations-pour-un-parcours-de-soins-integre</t>
+  </si>
+  <si>
+    <t>p_3587144</t>
+  </si>
+  <si>
+    <t>Prise en charge des mutilations sexuelles féminines par les professionnels de santé de premier recours</t>
+  </si>
+  <si>
+    <t>Les mutilations sexuelles féminines peuvent être pratiquées à tout âge, dans toutes les catégories socio-professionnelles et indépendamment de toute confession religieuse. En France ces mutilations sont interdites par la loi, même si elles sont commises à l’étranger.</t>
+  </si>
+  <si>
+    <t>06/02/2020 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150640/fr/prise-en-charge-des-mutilations-sexuelles-feminines-par-les-professionnels-de-sante-de-premier-recours</t>
   </si>
   <si>
     <t>p_3150640</t>
   </si>
   <si>
-    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+    <t>Coordination entre protection de l’enfance et psychiatrie de l'enfant et de l'adolescent</t>
+  </si>
+  <si>
+    <t>La recommandation de bonnes pratiques « Coordination entre protection de l’enfance et psychiatrie de l’enfant et de l’adolescent » est une auto-saisine de la HAS, qui s’inscrit dans le cadre de son programme pluriannuel relatif à la santé mentale et à la psychiatrie.</t>
+  </si>
+  <si>
+    <t>26/05/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261731/fr/coordination-entre-protection-de-l-enfance-et-psychiatrie-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3261731</t>
+  </si>
+  <si>
+    <t>Grande Précarité et troubles psychiques - Intervenir auprès des personnes en situation de grande précarité présentant des troubles psychiques</t>
+  </si>
+  <si>
+    <t>Les personnes en situation de grande précarité présentant des troubles psychiques cumulent les difficultés et rencontrent de multiples obstacles pour accéder aux soins et aux dispositifs sociaux qui existent au niveau local et national. La Haute Autorité de santé met à disposition des professionnels des secteurs du sanitaire, social et médico-social, des recommandations de bonnes pratiques qui proposent des repères et une démarche commune afin d’améliorer les soins et l’accompagnement des personnes concernées.</t>
+  </si>
+  <si>
+    <t>30/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/fr/grande-precarite-et-troubles-psychiques-intervenir-aupres-des-personnes-en-situation-de-grande-precarite-presentant-des-troubles-psychiques</t>
+  </si>
+  <si>
+    <t>p_3289276</t>
+  </si>
+  <si>
+    <t>Repérage et accompagnement en Centre d’hébergement et de réinsertion sociale (CHRS) des victimes et des auteurs de violences au sein du couple</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles portent sur le repérage et l’accompagnement en CHRS des victimes et des auteurs de violences au sein du couple, et la formation des professionnels du secteur de l’hébergement.</t>
+  </si>
+  <si>
+    <t>14/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2018 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872955/fr/reperage-et-accompagnement-en-centre-d-hebergement-et-de-reinsertion-sociale-chrs-des-victimes-et-des-auteurs-de-violences-au-sein-du-couple</t>
+  </si>
+  <si>
+    <t>c_2872955</t>
+  </si>
+  <si>
+    <t>L’expression et la participation du mineur, de ses parents et du jeune majeur dans le champ de la protection de l’enfance</t>
+  </si>
+  <si>
+    <t>Comment favoriser l’expression et la participation du mineur, du jeune majeur et des parents en protection de l’enfance ? Comment la participation renforce-t-elle le développement de l’autonomie et de la responsabilisation ? En se basant sur le cadre réglementaire et l’éthique professionnelle cette recommandation vise à promouvoir les pratiques professionnelles garantissant le droit des usagers et l’intérêt du mineur.</t>
+  </si>
+  <si>
+    <t>01/12/2014 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836142/fr/l-expression-et-la-participation-du-mineur-de-ses-parents-et-du-jeune-majeur-dans-le-champ-de-la-protection-de-l-enfance</t>
+  </si>
+  <si>
+    <t>c_2836142</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge des enfants avec un syndrome post-réanimation (PICS-p)</t>
+  </si>
+  <si>
+    <t>Le PICS-p (Post-Intensive Care Syndrome in Pediatrics) ou syndrome post-réanimation pédiatrique désigne un ensemble de symptômes apparaissant dans les suites d’un séjour en soins critiques pédiatriques. Il peut entraîner des limitations d’activité, altérer la qualité de vie de l’enfant et de sa famille et désorganiser le schéma familial. Les symptômes peuvent concerner l’enfant et/ou ses parents, et/ou sa fratrie, et/ou l’entourage familial proche. Le diagnostic doit être évoqué devant tout symptôme apparaissant de novo, persistant ou s’aggravant au décours d’une hospitalisation en soins critiques pédiatriques, en particulier chez les patients à risque. Le dépistage du PICS-p concerne tous les professionnels de santé amenés à voir l’enfant, particulièrement dans l’année qui suit l’admission en soins critiques pédiatriques. L’interrogatoire et l’examen clinique peuvent à eux seuls orienter vers un PICS-p. Un certain nombre de facteurs de risque ont été identifiés avant, pendant, à la sortie/après les soins critiques pédiatriques.</t>
+  </si>
+  <si>
+    <t>05/09/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/fr/diagnostic-et-prise-en-charge-des-enfants-avec-un-syndrome-post-reanimation-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Prendre en compte la santé des mineurs/jeunes majeurs dans le cadre des établissements/services de la protection de l’enfance et/ou mettant en oeuvre des mesures éducatives</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de guider les professionnels dans leurs pratiques liées à la prise en compte de la santé des enfants/jeunes majeurs accueillis dans leurs services.</t>
+  </si>
+  <si>
+    <t>09/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2015 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835427/fr/prendre-en-compte-la-sante-des-mineurs/jeunes-majeurs-dans-le-cadre-des-etablissements/services-de-la-protection-de-l-enfance-et/ou-mettant-en-oeuvre-des-mesures-educatives</t>
+  </si>
+  <si>
+    <t>c_2835427</t>
+  </si>
+  <si>
+    <t>Prévention des addictions et réduction des risques et des dommages (RdRD) dans les établissements et services sociaux et médico-sociaux (ESSMS)</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent à l’ensemble des professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’à leurs partenaires, en particulier les acteurs de l’addictologie, ainsi qu’aux personnes accompagnées et à leur entourage.</t>
+  </si>
+  <si>
+    <t>29/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2023 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218478/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-rdrd-dans-les-etablissements-et-services-sociaux-et-medico-sociaux-essms</t>
+  </si>
+  <si>
+    <t>p_3218478</t>
+  </si>
+  <si>
+    <t>Favoriser les articulations entre les professionnels intervenant en protection de l’enfance et les professionnels intervenant dans un cadre pénal, à l’égard d’un mineur</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de promouvoir des pratiques professionnelles permettant de garantir la stabilité et la continuité du parcours des mineurs concernés par les placements successifs, la réorientation et les relais entre institutions ; la multiplicité des prises en charge relevant de champs différents ; le suivi conjoint mené par différentes institutions (ASE, PJJ, …).</t>
+  </si>
+  <si>
+    <t>09/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2015 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835622/fr/favoriser-les-articulations-entre-les-professionnels-intervenant-en-protection-de-l-enfance-et-les-professionnels-intervenant-dans-un-cadre-penal-a-l-egard-d-un-mineur</t>
+  </si>
+  <si>
+    <t>c_2835622</t>
+  </si>
+  <si>
+    <t>Évaluation globale de la situation de l’enfant en cours de mesure de protection de l’enfance – Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’ANESM avait déjà publié en 2013 une recommandation sur « l’évaluation interdisciplinaire de la situation du mineur/jeune majeur en cours de mesure », mais une partie de son contenu est devenue obsolète au regard des évolutions du cadre juridique intervenues via les lois n°2016-297 du 14 mars 2016 relative à la protection de l'enfant et n°2022-140 du 7 février 2022 relative à la protection des enfants. L’inscription du sujet de l’évaluation en cours de mesure de protection de l’enfance au programme de travail de la HAS fait également suite à la publication en 2021 du cadre de référence sur « l’évaluation globale de la situation des enfants en danger ou en risque de danger », qui n’abordait la démarche d’évaluation que dans le cadre du traitement des informations préoccupantes, avec un enjeu de mise en cohérence et d’articulation.</t>
+  </si>
+  <si>
+    <t>29/01/2025 14:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585845/fr/evaluation-globale-de-la-situation-de-l-enfant-en-cours-de-mesure-de-protection-de-l-enfance-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3585845</t>
+  </si>
+  <si>
+    <t>Ouverture de l’établissement à et sur son environnement</t>
+  </si>
+  <si>
+    <t>L’objectif de la recommandation consiste à définir les conditions et les bénéfices de l’ouverture des établissements à et sur leur environnement, en les précisant au regard des types d’établissement concernés et des situations spécifiques des usagers accueillis ou accompagnés.</t>
+  </si>
+  <si>
+    <t>01/12/2008 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835189/fr/ouverture-de-l-etablissement-a-et-sur-son-environnement</t>
+  </si>
+  <si>
+    <t>c_2835189</t>
+  </si>
+  <si>
+    <t>L’accompagnement des mineurs non accompagnés dits "Mineurs isolés étrangers (MNA)"</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été élaborées dans un contexte de forte augmentation du nombre de mineurs non accompagnés (MNA) accueillis au sein du dispositif français de protection de l’enfance.</t>
+  </si>
+  <si>
+    <t>07/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2018 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833668/fr/l-accompagnement-des-mineurs-non-accompagnes-dits-mineurs-isoles-etrangers-mna</t>
+  </si>
+  <si>
+    <t>c_2833668</t>
+  </si>
+  <si>
+    <t>La prévention de la violence entre les mineurs adolescents au sein des établissements d’accueil</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’accentuer encore l’individualisation de l’accompagnement et de systématiser l’analyse des cas de passages à l’acte pour mieux protéger les adolescents et soutenir les professionnels.</t>
+  </si>
+  <si>
+    <t>31/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2019 13:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903292/fr/la-prevention-de-la-violence-entre-les-mineurs-adolescents-au-sein-des-etablissements-d-accueil</t>
+  </si>
+  <si>
+    <t>c_2903292</t>
+  </si>
+  <si>
+    <t>Délivrance de l'information à la personne sur son état de santé</t>
+  </si>
+  <si>
+    <t>La loi du 4 mars 2002 reconnaît un droit général pour toute personne d’être informée sur son état de santé par les professionnels de santé. L’information délivrée est destinée à éclairer la personne sur son état de santé et l’aider à prendre les décisions concernant sa santé en fonction de ce qu’elle estime être son intérêt. Cette recommandation a pour objectifs d’aider les professionnels de santé à satisfaire à leur obligation d’information et de leur proposer des principes pour dispenser une information pertinente, de qualité et personnalisée.</t>
+  </si>
+  <si>
+    <t>09/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2012 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1261551/fr/delivrance-de-l-information-a-la-personne-sur-son-etat-de-sante</t>
+  </si>
+  <si>
+    <t>c_1261551</t>
+  </si>
+  <si>
+    <t>Syndrome du bébé secoué ou traumatisme crânien non accidentel par secouement</t>
+  </si>
+  <si>
+    <t>La HAS et la SOFMER ont élaboré conjointement l’actualisation des recommandations de la commission d’audition de 2011 sur le thème du syndrome du bébé secoué. Cette recommandation de bonne pratique précise la démarche diagnostique (repérage, conduites à tenir, lésions observées, bilan clinique et para-clinique, diagnostics différentiels, critères diagnostiques), le mécanisme causal et la datation des lésions, ainsi que les aspects juridiques lorsque le diagnostic est évoqué ou posé.</t>
+  </si>
+  <si>
+    <t>12/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Child abuse: identification and action to be taken</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+    <t>Grossesse et tabac</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de préciser les risques, pour la mère et pour l’enfant, du tabagisme maternel et de celui de l’entourage, avant, pendant et au cours de la grossesse, et d'indiquer la conduite à tenir pour aider les futures mères à arrêter de fumer.</t>
+  </si>
+  <si>
+    <t>30/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>15/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272381/fr/grossesse-et-tabac</t>
+  </si>
+  <si>
+    <t>c_272381</t>
+  </si>
+  <si>
+    <t>La personnalisation de l’accompagnement des personnes accueillies dans les centres d’accueil pour demandeurs d’asile (Cada)</t>
+  </si>
+  <si>
+    <t>Les recommandations couvrent l’accompagnement des demandeurs d’asile de leur entrée en Cada jusqu’à leur sortie. Elles s’adressent aux professionnels intervenant au sein des Cada et chargés de l’accompagnement des demandeurs d’asile, tel que défini par la loi. Ce document peut constituer un support d’échanges et de réflexion avec les associations d’usagers, les demandeurs d’asile, leurs proches, les partenaires et les bénévoles.</t>
+  </si>
+  <si>
+    <t>02/05/2014 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836176/fr/la-personnalisation-de-l-accompagnement-des-personnes-accueillies-dans-les-centres-d-accueil-pour-demandeurs-d-asile-cada</t>
+  </si>
+  <si>
+    <t>c_2836176</t>
+  </si>
+  <si>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 7 à 18 ans, destinées aux médecins généralistes, pédiatres et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 7 à 18 ans : les trouble des apprentissages les troubles d’hyperactivité avec déficit de l’attention les anomalies du développement pubertaire la scoliose l'obésité l'asthme et la rhino-conjonctivite allergique les troubles de la vision et de l’audition les risques liés à la sexualité les troubles anxieux les conduites à risque, troubles des conduites, troubles oppositionnels les conduites suicidaires les consommations de produits les troubles du comportement alimentaire la dépression</t>
+  </si>
+  <si>
+    <t>01/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2005 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451142/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-7-a-18-ans-destinees-aux-medecins-generalistes-pediatres-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451142</t>
+  </si>
+  <si>
+    <t>La réduction des risques et des dommages dans les Centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (CAARUD)</t>
+  </si>
+  <si>
+    <t>Ces recommandations identifient les bonnes pratiques professionnelles concourant à la prévention des risques et la réduction des dommages sanitaires et sociaux afin de préserver ou d’améliorer l’état de santé et les conditions de vie des personnes usagères de drogues, le recours à l’expertise et la participation des personnes usagères de drogues dans la construction des interventions et des parcours d’accompagnement proposés par le Centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (CAARUD) et l’implantation de celui-ci dans son territoire d’intervention et le développement d’un environnement partenarial facilitateur.</t>
+  </si>
+  <si>
+    <t>07/09/2017 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833717/fr/la-reduction-des-risques-et-des-dommages-dans-les-centres-d-accueil-et-d-accompagnement-a-la-reduction-des-risques-pour-usagers-de-drogues-caarud</t>
+  </si>
+  <si>
+    <t>c_2833717</t>
+  </si>
+  <si>
+    <t>Le dossier médical en santé au travail</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d’améliorer la qualité des informations du dossier médical en santé au travail (DMST) afin de permettre d’évaluer le lien entre l’état de santé du travailleur et le(s) poste(s) et les conditions de travail actuels et antérieurs. L’accent est mis sur la traçabilité des expositions professionnelles, des données de santé et des informations, propositions et avis délivrés au travailleur par le médecin du travail.</t>
+  </si>
+  <si>
+    <t>21/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 13:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_757826/fr/le-dossier-medical-en-sante-au-travail</t>
+  </si>
+  <si>
+    <t>c_757826</t>
+  </si>
+  <si>
+    <t>Définition des critères de réalisation des interventions de chirurgie bariatrique chez les moins de 18 ans</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo précise les critères d’éligibilité pour une chirurgie bariatrique chez les moins de 18 ans, l’information du patient, les modalités de prise en charge, incluant 2 réunions de concertation pluriprofessionnel, les techniques chirurgicales et le suivi.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>30/03/2016 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010309/fr/definition-des-criteres-de-realisation-des-interventions-de-chirurgie-bariatrique-chez-les-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>c_2010309</t>
+  </si>
+  <si>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 28 jours à 6 ans, destinées aux médecins généralistes, pédiatres, médecins de PMI et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 28 jours à 6 ans : les troubles psychologiques et psycho-comportementaux (retards de développement, autisme et troubles envahissants du développement et troubles d’hyperactivité avec déficit de l’attention) les troubles du langage les troubles de l’audition les troubles de la vision l'obésité le saturnisme</t>
+  </si>
+  <si>
+    <t>01/09/2005 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451143/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-28-jours-a-6-ans-destinees-aux-medecins-generalistes-pediatres-medecins-de-pmi-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451143</t>
+  </si>
+  <si>
+    <t>Repérage et accompagnement des situations de ruptures dans les parcours des personnes accueillies en centre d’hébergement et de réinsertion sociale (CHRS)</t>
+  </si>
+  <si>
+    <t>Le document aborde les risques relatifs aux modifications de santé, relationnelles, économiques et spatiales dans lesquelles la personne évolue. Il envisage ces risques alors même que le projet personnalisé est élaboré et en cours de réalisation. La rupture d’un projet implique souvent, tant pour la personne elle-même que pour les professionnels de l’accompagnement, un questionnement quant aux causes de la rupture et aux conséquences sur le devenir de la personne.</t>
+  </si>
+  <si>
+    <t>09/07/2015 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835658/fr/reperage-et-accompagnement-des-situations-de-ruptures-dans-les-parcours-des-personnes-accueillies-en-centre-d-hebergement-et-de-reinsertion-sociale-chrs</t>
+  </si>
+  <si>
+    <t>c_2835658</t>
+  </si>
+  <si>
+    <t>L'exercice des visites en présence d'un tiers en assistance éducative – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Dans certaines situations, le juge des enfants peut décider de suspendre ou d’encadrer les droits de visite et d’hébergement accordés aux parents d’un enfant confié. Il peut également imposer que le droit de visite des parents ne soit exercé qu'en présence d'un tiers. Ces temps de rencontres spécifiques sont qualifiés de « visites en présence d’un tiers » (VPT).</t>
+  </si>
+  <si>
+    <t>09/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2024 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3548685/fr/l-exercice-des-visites-en-presence-d-un-tiers-en-assistance-educative-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3548685</t>
+  </si>
+  <si>
+    <t>Accompagner la vie intime, affective et sexuelle des personnes en ESSMS (volet 1 - socle transversal)</t>
+  </si>
+  <si>
+    <t>La vie intime, affective et sexuelle (VIAS) est une composante de la dignité humaine qui est une de nos libertés fondamentale ainsi qu’une dimension essentielle du bien-être et de l’existence humaine, et ce, bien au-delà des questions liées à la reproduction ou aux pratiques sexuelles.</t>
+  </si>
+  <si>
+    <t>12/02/2025 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590098/fr/accompagner-la-vie-intime-affective-et-sexuelle-des-personnes-en-essms-volet-1-socle-transversal</t>
+  </si>
+  <si>
+    <t>p_3590098</t>
+  </si>
+  <si>
+    <t>Prescription médicamenteuse par téléphone (ou téléprescription) dans le cadre de la régulation médicale</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été rédigées par la HAS à la demande de la DHOS. Elles ont pour objectif de définir des bonnes pratiques en matière de prescription médicamenteuse par téléphone (téléprescription) dans le cadre de la régulation médicale, afin : de garantir l'homogénéité de cette pratique et la qualité de la réponse apportée aux patients sur tout le territoire ; d’améliorer le délai d'accès aux médicaments pour les patients qui doivent en disposer rapidement ; de sécuriser les professionnels impliqués quant à leur responsabilité lors de cette activité ; de permettre la production de supports de formation des médecins concernant cette pratique.</t>
+  </si>
+  <si>
+    <t>15/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_784119/fr/prescription-medicamenteuse-par-telephone-ou-teleprescription-dans-le-cadre-de-la-regulation-medicale</t>
+  </si>
+  <si>
+    <t>c_784119</t>
+  </si>
+  <si>
+    <t>Accès aux informations concernant la santé d'une personne - Modalités pratiques et accompagnement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent les modalités et l’accompagnement de l’accès aux informations de santé relatives à une personne, détenues par des professionnels de santé, des établissements de santé, publics ou privés, ou des hébergeurs.</t>
+  </si>
+  <si>
+    <t>01/12/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272508/fr/acces-aux-informations-concernant-la-sante-d-une-personne-modalites-pratiques-et-accompagnement</t>
+  </si>
+  <si>
+    <t>c_272508</t>
+  </si>
+  <si>
+    <t>Dangerosité psychiatrique : étude et évaluation des facteurs de risque de violence hétéro-agressive chez les personnes ayant des troubles schizophréniques ou des troubles de l’humeur</t>
+  </si>
+  <si>
+    <t>A la demande du Ministère de la Santé, la HAS a organisé une audition publique sur l'évaluation de la dangerosité psychiatrique. Il s’agissait d'aborder la dimension psychiatrique de la dangerosité et de son évaluation pour aider la prise en charge des patients dans un objectif de prévention des passages à l'acte violent par une meilleure prise en compte de la clinique.</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2011 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069220/fr/dangerosite-psychiatrique-etude-et-evaluation-des-facteurs-de-risque-de-violence-hetero-agressive-chez-les-personnes-ayant-des-troubles-schizophreniques-ou-des-troubles-de-l-humeur</t>
+  </si>
+  <si>
+    <t>c_1069220</t>
+  </si>
+  <si>
+    <t>Participation des personnes protégées dans la mise en œuvre des mesures de protection juridique</t>
+  </si>
+  <si>
+    <t>La recommandation a pour objet de donner aux professionnels « des repères, des orientations, des pistes pour l’action » afin de rendre effectif le droit à la participation et la promotion de l’autonomie des personnes protégées. La recommandation décline les pratiques dans la relation entre les professionnels et les personnes protégées et au niveau du projet du service, de son organisation et du travail d’équipe. Elle s’adresse à l’ensemble des professionnels exerçant dans les services mandataires ainsi qu'aux préposés travaillant dans les établissements de santé ou médico-sociaux.</t>
+  </si>
+  <si>
+    <t>15/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836363/fr/participation-des-personnes-protegees-dans-la-mise-en-oeuvre-des-mesures-de-protection-juridique</t>
+  </si>
+  <si>
+    <t>c_2836363</t>
+  </si>
+  <si>
+    <t>Surpoids et obésité chez la femme : dépistage et accompagnement</t>
+  </si>
+  <si>
+    <t>Décrire les problématiques spécifiques aux femmes en surpoids ou en obésité et proposer des adaptations pour les soins et l’accompagnement en complément des recommandations publiées par la HAS sur le thème.</t>
+  </si>
+  <si>
+    <t>20/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591257/fr/surpoids-et-obesite-chez-la-femme-depistage-et-accompagnement</t>
+  </si>
+  <si>
+    <t>p_3591257</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>c_454394</t>
+  </si>
+  <si>
+    <t>Prise en charge en cas de mort inattendue du nourrisson (moins de 2 ans)</t>
+  </si>
+  <si>
+    <t>La «mort inattendue du nourrisson» est définie dans ce document comme «une mort survenant brutalement chez un nourrisson alors que rien, dans ses antécédents connus, ne pouvait le laisser prévoir».</t>
+  </si>
+  <si>
+    <t>14/02/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2007 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533467/fr/prise-en-charge-en-cas-de-mort-inattendue-du-nourrisson-moins-de-2-ans</t>
+  </si>
+  <si>
+    <t>c_533467</t>
+  </si>
+  <si>
+    <t>La crise suicidaire : reconnaître et prendre en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est d'améliorer le repérage de la crise suicidaire et l'organisation de la prise en charge afin de prévenir le suicide.</t>
+  </si>
+  <si>
+    <t>22/11/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271964/fr/la-crise-suicidaire-reconnaitre-et-prendre-en-charge</t>
+  </si>
+  <si>
+    <t>c_271964</t>
+  </si>
+  <si>
+    <t>La participation des usagers dans les établissements médico-sociaux relevant de l’addictologie</t>
+  </si>
+  <si>
+    <t>Cette recommandation vise à promouvoir la participation des usagers au fonctionnement de l’établissement, en apportant des réponses aux deux principales questions que posent les professionnels : Pourquoi encourager les usagers à participer au fonctionnement de l’établissement ? Comment s’y prendre pour amorcer puis pérenniser leur participation au fonctionnement de l’établissement ? Les structures concernées par la recommandation sont les établissements spécialisés en addictologie, c’est-à-dire : les centres de soin, d’accompagnement et de prévention en addictologie (Csapa) ; les centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (Caarud) ; les communautés thérapeutiques</t>
+  </si>
+  <si>
+    <t>05/04/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835358/fr/la-participation-des-usagers-dans-les-etablissements-medico-sociaux-relevant-de-l-addictologie</t>
+  </si>
+  <si>
+    <t>c_2835358</t>
+  </si>
+  <si>
+    <t>Masso-kinésithérapie et traitement orthopédique des déformations congénitales isolées du pied au cours des six premiers mois de la vie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes :# 1. Vers qui et dans quel délai orienter un nouveau-né présentant une déformation congénitale du pied ?# 2. Quelle déformation traiter ou surveiller ?# 3. Quelle démarche thérapeutique et quelles techniques de rééducation choisir ?# 4. Quelle information et participation des parents préconiser ?# 5. Quels résultats attendre des démarches thérapeutiques associant ou non rééducation, plâtres et chirurgie ?# Sont exclus de ces recommandations les déformations du pied avec pathologie ou malformation associées, les malpositions isolées des orteils et le pied creux congénital exceptionnellement isolé.</t>
+  </si>
+  <si>
+    <t>01/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272303/fr/masso-kinesitherapie-et-traitement-orthopedique-des-deformations-congenitales-isolees-du-pied-au-cours-des-six-premiers-mois-de-la-vie</t>
+  </si>
+  <si>
+    <t>c_272303</t>
+  </si>
+  <si>
+    <t>L’accompagnement à la santé de la personne handicapée</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont de mettre en évidence les conditions qui facilitent la prise en compte des besoins en matière de santé globale des personnes accompagnées et d’encourager le développement de pratiques et d’organisation au sein des établissements et services médico-sociaux. Il s’agit de formuler des recommandations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>01/07/2013 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836291/fr/l-accompagnement-a-la-sante-de-la-personne-handicapee</t>
+  </si>
+  <si>
+    <t>c_2836291</t>
+  </si>
+  <si>
+    <t>Modalités de prise de décision concernant l’indication en urgence d’une hospitalisation sans consentement d’une personne présentant des troubles mentaux</t>
+  </si>
+  <si>
+    <t>Préciser les acteurs concernés et les éléments à prendre en compte pour décider d’une hospitalisation sans consentement (hospitalisation à la demande d’un tiers ou hospitalisation d’office) : Patients potentiellement concernés Intervenant pré-hospitaliers concernés Appréciation de la capacité à consentir aux soins Moyens favorisant l’obtention d’un consentement aux soins Évaluation de l’entourage familial et social avant la mise en œuvre d’une hospitalisation sans consentement Indications d’une hospitalisation sans consentement Alternatives éventuelles à l’hospitalisation sans consentement Modalités de mise en œuvre d’une hospitalisation sans consentement (rédaction des certificats, modalités de transport, modalités d’accueil hospitalier)</t>
+  </si>
+  <si>
+    <t>01/04/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272435/fr/modalites-de-prise-de-decision-concernant-l-indication-en-urgence-d-une-hospitalisation-sans-consentement-d-une-personne-presentant-des-troubles-mentaux</t>
+  </si>
+  <si>
+    <t>c_272435</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique de l'enfant asthmatique</t>
+  </si>
+  <si>
+    <t>L'éducation thérapeutique vise à aider l'enfant et ses parents à acquérir et maintenir des compétences permettant une gestion optimale de la vie de l'enfant avec sa maladie.</t>
+  </si>
+  <si>
+    <t>01/06/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272191/fr/education-therapeutique-de-l-enfant-asthmatique</t>
+  </si>
+  <si>
+    <t>c_272191</t>
+  </si>
+  <si>
+    <t>Conduite à tenir lors de la découverte anténatale d’une ventriculomégalie cérébrale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : Quels sont les critères échographiques qui définissent une ventriculomégalie ? Comment confirmer une ventriculomégalie ? Quels sont les éléments obstétricaux, biologiques, cytogénétiques et familiaux à réunir pour établir un diagnostic étiologique et un pronostic ? Quels sont les critères de mauvais pronostic d'une ventriculomégalie ? Quelle est l'organisation de la démarche d'information des parents et d'accompagnement des futurs parents et de l'enfant à naître ?</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272301/fr/conduite-a-tenir-lors-de-la-decouverte-antenatale-d-une-ventriculomegalie-cerebrale</t>
+  </si>
+  <si>
+    <t>c_272301</t>
+  </si>
+  <si>
+    <t>Grossesses à risque : orientation des femmes enceintes entre les maternités en vue de l'accouchement</t>
+  </si>
+  <si>
+    <t>Définir selon des critères médicaux les femmes enceintes à orienter dans les maternités de type I, II et III selon les risques fœto-maternels. Harmoniser les indications d’orientation et de réorientation au sein des réseaux périnatals. Améliorer la compréhension par les professionnels autant que par les femmes enceintes de l’utilité et des limites de l’orientation entre les établissements d’un réseau périnatal. Mieux appréhender les outils nécessaires à une organisation efficace des orientations, afin d’en améliorer la sécurité et le confort.</t>
+  </si>
+  <si>
+    <t>01/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2012 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935540/fr/grossesses-a-risque-orientation-des-femmes-enceintes-entre-les-maternites-en-vue-de-l-accouchement</t>
+  </si>
+  <si>
+    <t>c_935540</t>
+  </si>
+  <si>
+    <t>L’accompagnement des jeunes en situation de handicap par les services d’éducation spéciale et de soins à domicile (Sessad)</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l’ensemble des services d’accompagnement (Sessad, Safep, Ssefis, Saaais, Ssad), quelle que soit leur spécialisation par type de handicap et/ou par âge et qu’ils soient autonomes ou non.</t>
+  </si>
+  <si>
+    <t>09/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2015 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835488/fr/l-accompagnement-des-jeunes-en-situation-de-handicap-par-les-services-d-education-speciale-et-de-soins-a-domicile-sessad</t>
+  </si>
+  <si>
+    <t>c_2835488</t>
+  </si>
+  <si>
+    <t>Expertise psychiatrique pénale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette audition publique était de réaliser un débat public multiprofessionnel autour de la question de l'expertise psychiatrique pénale et de répondre aux questions suivantes : Quelle est la place dans la procédure pénale de l’expertise psychiatrique pénale et quels sont les enjeux ? Quels sont les incidences, les problèmes et les débats actuels autour de la clinique expertale dans les différents temps judiciaires ? Quelles doivent être les évolutions de la pratique de l’expertise psychiatrique pénale ? Quelles doivent être les règles éthiques et déontologiques dans la pratique de l’expertise ? Comment développer la qualité expertale ?</t>
+  </si>
+  <si>
+    <t>30/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546807/fr/expertise-psychiatrique-penale</t>
+  </si>
+  <si>
+    <t>c_546807</t>
+  </si>
+  <si>
+    <t>Règles de bonnes pratiques en génétique constitutionnelle à des fins médicales (hors diagnostic prénatal)</t>
+  </si>
+  <si>
+    <t>Ces règles de bonnes pratiques ont pour objectif d'aider les professionnels de santé concernés dans la prescription et la réalisation d'un examen des caractéristiques génétiques d’une personne et de son identification par empreinte génétique à des fins médicales</t>
+  </si>
+  <si>
+    <t>19/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2013 10:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1360718/fr/regles-de-bonnes-pratiques-en-genetique-constitutionnelle-a-des-fins-medicales-hors-diagnostic-prenatal</t>
+  </si>
+  <si>
+    <t>c_1360718</t>
+  </si>
+  <si>
+    <t>Maltraitance chez l’enfant : repérage et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo a été modifiée suite à l’actualisation de la recommandation de bonne pratique sur le syndrome du bébé secoué en juillet 2017.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/fr/maltraitance-chez-l-enfant-reperage-et-conduite-a-tenir</t>
   </si>
   <si>
     <t>c_1760393</t>
   </si>
   <si>
-    <t>Memo : Prevention of positional skull deformities and sudden infant death syndrome</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+    <t>Accompagnement des personnes en fin de vie et de leurs proches</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes posées au jury : Accompagner jusqu'au bout ? Comment reconnaître et respecter les attentes, les demandes et les droits des personnes en fin de vie ? Quelles sont la place et les fonctions de la famille et de l'entourage dans la démarche d'accompagnement en institution et à domicile ? Quelles sont les dimensions et la spécificité de la place des bénévoles d'accompagnement ? Comment organiser en pratique la démarche d'accompagnement ?</t>
+  </si>
+  <si>
+    <t>14/02/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>14/02/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272290/fr/accompagnement-des-personnes-en-fin-de-vie-et-de-leurs-proches</t>
+  </si>
+  <si>
+    <t>c_272290</t>
+  </si>
+  <si>
+    <t>Accompagnement médico-psycho-social des femmes, des parents et de leur enfant, en situation de vulnérabilité, pendant la grossesse et en postnatal</t>
+  </si>
+  <si>
+    <t>Objectifs : Identifier les situations de vulnérabilité des couples mère-enfant et du conjoint, et leurs conséquences Favoriser le repérage, durant la grossesse, de situations de vulnérabilité Informer les professionnels, sur les acteurs et les outils d’accompagnement des couples mère-enfant au cours de la grossesse et en post partum Proposer des modalités d’accompagnement des couples mère-enfant et du conjoint en situations de vulnérabilité Favoriser une meilleure coordination des professionnels pour l’accompagnement des couples mère-enfant et du conjoint en situations de vulnérabilité</t>
+  </si>
+  <si>
+    <t>11/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271226/fr/accompagnement-medico-psycho-social-des-femmes-des-parents-et-de-leur-enfant-en-situation-de-vulnerabilite-pendant-la-grossesse-et-en-postnatal</t>
+  </si>
+  <si>
+    <t>p_3271226</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
+  </si>
+  <si>
+    <t>Les questions abordées dans les recommandations professionnelles sont les suivantes :# 1. Évaluation initiale et traitement de la surcharge martiale# 2. Modalités de détection des complications - Suivi du patient# 3. Modalités de prise en charge de la famille - Conseil génétique# 4. Critères d’éligibilité et modalités de prise en charge à domicile#</t>
+  </si>
+  <si>
+    <t>01/07/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
+  </si>
+  <si>
+    <t>c_432802</t>
+  </si>
+  <si>
+    <t>Prise en charge de la psychopathie</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations pour : Le diagnostic et la prise en charge des adultes dont l’organisation de la personnalité est à expression psychopathique, tant dans le domaine psychiatrique, que social, que judiciaire. Le repérage et la prise en charge des enfants et des adolescents ayant des troubles des conduites potentiellement à risque d’évolution vers une organisation de la personnalité à expression psychopathique.</t>
+  </si>
+  <si>
+    <t>01/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2006 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272478/fr/prise-en-charge-de-la-psychopathie</t>
+  </si>
+  <si>
+    <t>c_272478</t>
+  </si>
+  <si>
+    <t>Prise en charge hospitalière des adolescents après une tentative de suicide</t>
+  </si>
+  <si>
+    <t>Les recommandations répondent plus particulièrement aux trois problèmes suivants : l'accueil aux urgences hospitalières des adolescents et jeunes suicidants la réponse hospitalière le projet de sortie Le plan des recommandations est le suivant : les problèmes soulevés par une tentative de suicide chez un adolescent les principes généraux de la prise en charge des adolescents suicidants la prise en charge aux urgences des adolescents suicidants (accueil, examen somatique, évaluation psychologique, évaluation sociale) la prise en charge après la période de soins aux urgences le suivi ultérieur Les recommandations s'appliquent aux adolescents et jeunes suicidants âgés de 11 à 20 ans, voire jusqu'à 25 ans.</t>
+  </si>
+  <si>
+    <t>01/11/1998 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271908/fr/prise-en-charge-hospitaliere-des-adolescents-apres-une-tentative-de-suicide</t>
+  </si>
+  <si>
+    <t>c_271908</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Expression et participation des usagers des établissements relevant du secteur de l’inclusion sociale</t>
+  </si>
+  <si>
+    <t>« Les recommandations de l’Anesm ne constituent pas une liste exhaustive d’exigences mais un outil de dialogue, de responsabilité, destiné à une mise en œuvre adaptée selon les besoins et le contexte. » Didier Charlanne, directeur de l’Anesm.</t>
+  </si>
+  <si>
+    <t>01/04/2008 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835072/fr/expression-et-participation-des-usagers-des-etablissements-relevant-du-secteur-de-l-inclusion-sociale</t>
+  </si>
+  <si>
+    <t>c_2835072</t>
+  </si>
+  <si>
+    <t>Le questionnement éthique dans les établissements et services sociaux et médico-sociaux</t>
+  </si>
+  <si>
+    <t>Le champ du questionnement éthique est parfois difficile à appréhender pour les professionnels du secteur social et médico-social car il traverse différents domaines, en particulier : le droit des usagers ; la bientraitance ou la prévention de la maltraitance ; la démarche qualité ou l’évaluation. La recommandation a pour objectif de rechercher les modalités qui facilitent la mise en œuvre d’un questionnement allant vers une réflexion éthique sereine et distanciée au sein d’un service ou d’un établissement ainsi que les bénéfices apportés par cette démarche aux usagers, à leurs proches et aux professionnels.</t>
+  </si>
+  <si>
+    <t>05/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835426/fr/le-questionnement-ethique-dans-les-etablissements-et-services-sociaux-et-medico-sociaux</t>
+  </si>
+  <si>
+    <t>c_2835426</t>
+  </si>
+  <si>
+    <t>Indications de l’orthopédie dento-faciale et dento-maxillo-faciale chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Répondre aux questions suivantes : Quels sont les éléments sémiologiques qui, au cours d'un dépistage ou d'un examen clinique, vont orienter vers une consultation spécialisée ? Quels sont les éléments nécessaires à l'établissement du diagnostic ? Quelles sont les anomalies qui relèvent d'un traitement et quel doit être, en fonction de l'anomalie, l'âge optimal du début de traitement ?</t>
+  </si>
+  <si>
+    <t>01/07/2002 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272208/fr/indications-de-l-orthopedie-dento-faciale-et-dento-maxillo-faciale-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_272208</t>
+  </si>
+  <si>
+    <t>Prévention des addictions et réduction des risques et des dommages par les centres de soins, d'accompagnement et de prévention en addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>Les recommandations sont à destination principale des professionnels travaillant en CSAPA mais peuvent également être utiles à leurs partenaires (acteurs des champs sanitaire, social, médico-social, de la justice et de l'éducation) ainsi qu'aux personnes accueillies en CSAPA et à leur entourage.</t>
+  </si>
+  <si>
+    <t>17/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147889/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-par-les-centres-de-soins-d-accompagnement-et-de-prevention-en-addictologie-csapa</t>
+  </si>
+  <si>
+    <t>p_3147889</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Traitement préventif pré-exposition de l’infection par le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>06/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536524/fr/traitement-preventif-pre-exposition-de-l-infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>p_3536524</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Appréciation du risque carieux et indications du scellement prophylactique des sillons des premières et deuxièmes molaires permanentes chez les sujets de moins de 18 ans</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes :# 1. Quelles sont les modalités d’appréciation du risque de carie individuel (RCI) dans le cas des dents permanentes chez les sujets de moins de 18 ans ?# 2. Quelles sont les indications des scellements des sillons des premières et deuxièmes molaires permanentes chez les sujets de moins de 18 ans ?# 3. Quel est le protocole de mise en place des scellements ?# 4. Quel est le protocole de suivi des scellements ?# Ce document aborde également l'impact économique de la prévention des caries dentaires par cette technique.</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272496/fr/appreciation-du-risque-carieux-et-indications-du-scellement-prophylactique-des-sillons-des-premieres-et-deuxiemes-molaires-permanentes-chez-les-sujets-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>c_272496</t>
+  </si>
+  <si>
+    <t>Le soutien des aidants non professionnels.Une recommandation à destination des professionnels du secteur social et médico-social pour soutenir les aidants de personnes âgées, adultes handicapées ou souffrant de maladie chronique vivant à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations proposent des orientations et des pistes d’action aux professionnels de structures sociales et médico-sociales pour accompagner ou soutenir les aidants non professionnels des personnes âgées dépendantes, des personnes adultes handicapées et/ou des personnes adultes atteintes de maladies chroniques vivant à domicile.</t>
+  </si>
+  <si>
+    <t>05/01/2015 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835782/fr/le-soutien-des-aidants-non-professionnels-une-recommandation-a-destination-des-professionnels-du-secteur-social-et-medico-social-pour-soutenir-les-aidants-de-personnes-agees-adultes-handicapees-ou-souffrant-de-maladie-chronique-vivant-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2835782</t>
+  </si>
+  <si>
+    <t>Repérage, diagnostic et prise en charge des troubles psychiques périnatals - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est de favoriser le repérage, le diagnostic et la prise en charge des troubles psychiques durant la grossesse et dans la période postnatale (1 an après la naissance).</t>
+  </si>
+  <si>
+    <t>25/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2021 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234406/fr/reperage-diagnostic-et-prise-en-charge-des-troubles-psychiques-perinatals-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3234406</t>
+  </si>
+  <si>
+    <t>Acquisition d'une aide technique : quels acteurs ? quel processus ?</t>
+  </si>
+  <si>
+    <t>Le droit à la compensation est au cœur de la loi n°2005-102 du 11 février 2005 « pour l’égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées ». Cette loi institue une démarche d’évaluation des situation de handicap centrée sur le « projet de vie » des personnes, fondée sur le droit universel de chacun à disposer des moyens pour compenser les conséquences de la maladie ou de l’accident de vie.</t>
+  </si>
+  <si>
+    <t>25/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614534/fr/acquisition-d-une-aide-technique-quels-acteurs-quel-processus</t>
+  </si>
+  <si>
+    <t>c_614534</t>
+  </si>
+  <si>
+    <t>Place et gestion de la trachéotomie dans la prise en charge de la dépendance ventilatoire des patients atteints de maladies neuromusculaires lentement évolutives</t>
+  </si>
+  <si>
+    <t>Objectifs Il s’agit d’aider la prise de décision dans le choix des soins, améliorer et harmoniser les pratiques. La finalité est d’améliorer la prise en charge des patients, et donc la qualité et la sécurité des soins qui leur sont apportés, ainsi que leur qualité de vie</t>
+  </si>
+  <si>
+    <t>05/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2020 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217806/fr/place-et-gestion-de-la-tracheotomie-dans-la-prise-en-charge-de-la-dependance-ventilatoire-des-patients-atteints-de-maladies-neuromusculaires-lentement-evolutives</t>
+  </si>
+  <si>
+    <t>p_3217806</t>
+  </si>
+  <si>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_272220</t>
+  </si>
+  <si>
+    <t>Programme Qualité de vie en Ehpad</t>
+  </si>
+  <si>
+    <t>Les éléments concourant à la qualité de vie de la personne accueillie en Ehpad se situent à quatre niveaux distincts et complémentaires. L’Anesm a donc conçu un programme spécifique Qualité de vie en Ehpad qui sera décliné à travers quatre recommandations.</t>
+  </si>
+  <si>
+    <t>10/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835485/fr/programme-qualite-de-vie-en-ehpad</t>
+  </si>
+  <si>
+    <t>c_2835485</t>
+  </si>
+  <si>
+    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
+  </si>
+  <si>
+    <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>23/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736311/fr/acces-aux-soins-des-personnes-en-situation-de-handicap-rapport-de-la-commission-d-audition-publique</t>
+  </si>
+  <si>
+    <t>c_736311</t>
+  </si>
+  <si>
+    <t>Accompagner l’accès aux droits dans les établissements ou services de l’inclusion sociale relevant de l’article L312-1 du code de l’action sociale et des familles</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est de mettre en évidence les conditions et pratiques d’accompagnement qui facilitent et étayent l’accès aux droits des personnes accueillies.Elle s’adresse aux établissements/services relevant de l’inclusion sociale.</t>
+  </si>
+  <si>
+    <t>13/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836381/fr/accompagner-l-acces-aux-droits-dans-les-etablissements-ou-services-de-l-inclusion-sociale-relevant-de-l-article-l312-1-du-code-de-l-action-sociale-et-des-familles</t>
+  </si>
+  <si>
+    <t>c_2836381</t>
+  </si>
+  <si>
+    <t>L’adaptation de l’intervention auprès des personnes handicapées vieillissantes</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’apporter des jalons et des pistes pour l’action, destinés à permettre aux professionnels d’évaluer et de faire évoluer leurs pratiques d’accompagnement des personnes handicapées avançant en âge.</t>
+  </si>
+  <si>
+    <t>17/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835720/fr/l-adaptation-de-l-intervention-aupres-des-personnes-handicapees-vieillissantes</t>
+  </si>
+  <si>
+    <t>c_2835720</t>
+  </si>
+  <si>
+    <t>Accompagner la fin de vie des personnes âgées en Ehpad</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont destinées à l’ensemble des professionnels exerçant dans les Ehpad, et utiles aux établissements hébergeant des personnes handicapées vieillissantes. Elles leurs fournissent des repères pour mieux garantir le respect des droits des personnes en fin de vie et leur apporter des réponses adaptées, tout en soutenant les proches (y compris les autres résidents) et l’ensemble des professionnels et bénévoles de l’Ehpad. Avant d’être mises en œuvre, nombre d’entre elles nécessitent de la part de l’équipe d’organiser une réflexion éthique préalable.</t>
+  </si>
+  <si>
+    <t>31/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2017 10:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833689/fr/accompagner-la-fin-de-vie-des-personnes-agees-en-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833689</t>
+  </si>
+  <si>
+    <t>L’accueil et l’accompagnement des personnes atteintes d’une maladie neuro-dégénérative en Unité d’hébergement renforcé (UHR)</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d’apporter aux professionnels des réponses aux besoins des résidents souffrant de symptômes psychocomportementaux sévères consécutifs d’une maladie neuro-dégénérative qui altèrent la sécurité et la qualité de vie de la personne et des autres résidents. Ces recommandations proposent des pistes de réflexions sur la qualité de vie et d’accompagnement des résidents et sur la qualité de vie de professionnels intervenants régulièrement auprès de ces personnes.</t>
+  </si>
+  <si>
+    <t>13/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2016 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833728/fr/l-accueil-et-l-accompagnement-des-personnes-atteintes-d-une-maladie-neuro-degenerative-en-unite-d-hebergement-renforce-uhr</t>
+  </si>
+  <si>
+    <t>c_2833728</t>
+  </si>
+  <si>
+    <t>L’accueil et l’accompagnement des personnes atteintes d’une maladie neuro-dégénérative en Pôle d’activités et de soins adaptés (PASA)</t>
+  </si>
+  <si>
+    <t>En vue d’améliorer la qualité de l’accompagnement des personnes ayant des troubles du comportement modérés, consécutifs particulièrement d’une maladie neuro-dégénérative associée à un syndrome démentiel, hébergées en Ehpad et admises en PASA, ces recommandations viennent compléter le décret du 26 août 2016 qui fixe les conditions minimales de fonctionnement et d’organisation des PASA. En conséquence, pour les Ehpad, le décret susvisé et les recommandations de l’Anesm se substituent au cahier des charges PASA.</t>
+  </si>
+  <si>
+    <t>13/12/2016 10:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833747/fr/l-accueil-et-l-accompagnement-des-personnes-atteintes-d-une-maladie-neuro-degenerative-en-pole-d-activites-et-de-soins-adaptes-pasa</t>
+  </si>
+  <si>
+    <t>c_2833747</t>
+  </si>
+  <si>
+    <t>Répit des aidants</t>
+  </si>
+  <si>
+    <t>Ces travaux ont pour objectifs : de clarifier la notion de répit et de ses composantes pour mieux répondre aux besoins de répit du binôme aidant/aidé. de fournir des repères et outils aux professionnels mobilisés auprès des aidants, pour leur permettre d’adopter une approche préventive : de mieux repérer/identifier les aidants, évaluer leurs besoins et attentes en lien avec leur situation et celle de leur proche ; de prévenir les difficultés des aidants notamment en termes de santé ; d’apporter les meilleures réponses au bon moment/de proposer des modalités d’accompagnement adaptées à la situation du binôme aidant/aidé en matière de répit.</t>
+  </si>
+  <si>
+    <t>28/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351732/fr/repit-des-aidants</t>
+  </si>
+  <si>
+    <t>p_3351732</t>
+  </si>
+  <si>
+    <t>Comportements perturbateurs chez les personnes ayant des lésions cérébrales acquises avant l’âge de 2 ans : prévention et prise en charge</t>
+  </si>
+  <si>
+    <t>Les recommandations abordent les stratégies de prise en charge selon le type de trouble du comportement. Les mesures d’apaisement immédiates sont valorisées au même titre que les techniques intuitives mises en place par l’entourage. Les traitements non médicamenteux doivent toujours être préférés aux traitements médicamenteux. Si nécessaire, les traitements médicamenteux sont établis avec la posologie la plus faible possible, sur une durée déterminée, et réévalués régulièrement.</t>
+  </si>
+  <si>
+    <t>29/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2014 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778390/fr/comportements-perturbateurs-chez-les-personnes-ayant-des-lesions-cerebrales-acquises-avant-l-age-de-2-ans-prevention-et-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_1778390</t>
+  </si>
+  <si>
+    <t>Patient avec un trouble bipolaire : repérage et prise en charge initiale en premier recours</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’aider les médecins assurant les soins de premier recours à : Améliorer le repérage des patients adultes et adolescents souffrant d’un trouble bipolaire. Améliorer par un repérage précoce la prévention des complications des troubles bipolaires.</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2015 15:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747465/fr/patient-avec-un-trouble-bipolaire-reperage-et-prise-en-charge-initiale-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1747465</t>
+  </si>
+  <si>
+    <t>Les attentes de la personne et le projet personnalisé</t>
+  </si>
+  <si>
+    <t>Cette recommandation donnera des repères communs quant à la prise en compte des attentes et des projets de la personne dans l’élaboration et la mise en œuvre du « projet d’accueil et d’accompagnement », plus communément appelé « projet personnalisé ».</t>
+  </si>
+  <si>
+    <t>01/12/2008 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835163/fr/les-attentes-de-la-personne-et-le-projet-personnalise</t>
+  </si>
+  <si>
+    <t>c_2835163</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_272499</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique du patient asthmatique adulte et adolescent</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique fait partie intégrante de la stratégie de prise en charge de l’asthme et doit être proposée à tous les patients selon un programme structuré et individualisé.</t>
+  </si>
+  <si>
+    <t>01/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
+  </si>
+  <si>
+    <t>c_271954</t>
+  </si>
+  <si>
+    <t>La bientraitance : définition et repères pour la mise en œuvre</t>
+  </si>
+  <si>
+    <t>La bientraitance est une démarche collective pour identifier l’accompagnement le meilleur possible pour l’usager, dans le respect de ses choix et dans l’adaptation la plus juste à ses besoins.</t>
+  </si>
+  <si>
+    <t>01/07/2008 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835126/fr/la-bientraitance-definition-et-reperes-pour-la-mise-en-oeuvre</t>
+  </si>
+  <si>
+    <t>c_2835126</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+  </si>
+  <si>
+    <t>c_272030</t>
+  </si>
+  <si>
+    <t>Programme « Qualité de vie en Maison d’accueil spécialisée (MAS) et en Foyer d’accueil médicalisé (FAM) »</t>
+  </si>
+  <si>
+    <t>3 volets seront déclinés : l’expression, la communication, la participation et la citoyenneté, la vie quotidienne,sociale, la culture et les loisirs et le parcours, les formes souples d’accueil, l’articulation avec les autres partenaires et le lien avec les proches.</t>
+  </si>
+  <si>
+    <t>01/12/2014 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835860/fr/programme-qualite-de-vie-en-maison-d-accueil-specialisee-mas-et-en-foyer-d-accueil-medicalise-fam</t>
+  </si>
+  <si>
+    <t>c_2835860</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Adaptation de l’accompagnement aux attentes et besoins des travailleurs handicapés en Esat</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objet d’identifier les solutions mises en œuvres au sein des ESAT et celles travaillées avec leur environnement en vue de construire des réponses adaptées aux besoins et attentes des personnes accompagnées. Elle concerne les 1 400 ESAT existants quelque soit le public accueilli. Cependant, elle questionne particulièrement les adaptations de l’accompagnement des usagers d’ESAT en fonction des évolutions identifiées dans le secteur : évolution du public en termes d’âge et de handicap.</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836327/fr/adaptation-de-l-accompagnement-aux-attentes-et-besoins-des-travailleurs-handicapes-en-esat</t>
+  </si>
+  <si>
+    <t>c_2836327</t>
+  </si>
+  <si>
+    <t>Concevoir et soutenir la réussite scolaire et éducative  des enfants en situation de handicap et des enfants accompagnés par le dispositif de l’aide sociale à l’enfance - Note de cadrage</t>
+  </si>
+  <si>
+    <t>La HAS lance un projet de recommandations visant à accompagner la scolarité des enfants en situation de handicap et des enfants accompagnés par le dispositif de l’aide sociale à l’enfance.</t>
+  </si>
+  <si>
+    <t>24/07/2019 16:01:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3082536/fr/concevoir-et-soutenir-la-reussite-scolaire-et-educative-des-enfants-en-situation-de-handicap-et-des-enfants-accompagnes-par-le-dispositif-de-l-aide-sociale-a-l-enfance-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3082536</t>
+  </si>
+  <si>
+    <t>Spécificités de l’accompagnement des adultes handicapés psychiques</t>
+  </si>
+  <si>
+    <t>Cette programmation répond aux profondes transformations engendrées par la loi n° 2005-102 du 11 février 2005 « pour l’égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées », qui « reconnaît » le handicap psychique et a impulsé le développement ou la création de nouveaux dispositifs d’accompagnement dans le champ social et médico-social (les Savs, les Samsah, les résidences accueils, etc.).</t>
+  </si>
+  <si>
+    <t>18/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2015 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835191/fr/specificites-de-l-accompagnement-des-adultes-handicapes-psychiques</t>
+  </si>
+  <si>
+    <t>c_2835191</t>
+  </si>
+  <si>
+    <t>Les espaces de calme-retrait et d’apaisement</t>
+  </si>
+  <si>
+    <t>Ces recommandations accompagnent et soutiennent les professionnels dans leur démarche de bientraitance. Elles portent sur les méthodes alternatives pour prévenir une crise (évaluation des besoins au préalable, identification des stratégies mises en place par la personne, apprentissage et mise en œuvre des facteurs de protection préalablement identifiés) et pour prévenir l’apparition d’une situation de danger (réduction des dangers potentiels, diminution des stimuli environnementaux, etc.).</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833763/fr/les-espaces-de-calme-retrait-et-d-apaisement</t>
+  </si>
+  <si>
+    <t>c_2833763</t>
+  </si>
+  <si>
+    <t>Les « comportements-problèmes » au sein des établissements et services accueillant des enfants et adultes handicapés</t>
+  </si>
+  <si>
+    <t>Les « comportements-problèmes » s’appliquent à des manifestations dont la sévérité, l’intensité et la répétition sont telles que ces comportements génèrent des gênes très importantes pour la personne elle-même et pour autrui, de nature à bouleverser durablement sa vie quotidienne et celle de son entourage. Les répercussions concernent la qualité de vie des personnes handicapées, leur santé, le réseau social des familles et les professionnels, pour qui des espaces d’expression devront être réservés.</t>
+  </si>
+  <si>
+    <t>19/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834964/fr/les-comportements-problemes-au-sein-des-etablissements-et-services-accueillant-des-enfants-et-adultes-handicapes</t>
+  </si>
+  <si>
+    <t>c_2834964</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet résidences autonomie</t>
+  </si>
+  <si>
+    <t>Dans un contexte de transition démographique, les mesures préventives pour retarder les effets du vieillissement sont déterminantes.</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834910/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2834910</t>
+  </si>
+  <si>
+    <t>Épisode dépressif caractérisé de l’adulte : prise en charge en premier recours</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique (RBP) porte sur la prise en charge de la dépression de l’adulte en soins de premier recours, et aborde plus particulièrement le rôle du médecin généraliste.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739917/fr/episode-depressif-caracterise-de-l-adulte-prise-en-charge-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1739917</t>
+  </si>
+  <si>
+    <t>Prise en compte de la souffrance psychique de la personne âgée : prévention, repérage et accompagnement</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour finalité de permettre aux professionnels travaillant auprès de personnes âgées aidées à domicile ou accueillies en établissement, de faire évoluer leurs pratiques quant à la prise en compte de la souffrance psychique. Elles s’inscrivent dans un contexte de mobilisation nationale pour une amélioration de la prévention du suicide des personnes âgées. Elles s’adressent aux professionnels des établissements et services qui accueillent des personnes âgées ou qui leur apportent à domicile une assistance dans les actes quotidiens de la vie, des prestations de soins ou une aide à l’insertion.</t>
+  </si>
+  <si>
+    <t>03/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2014 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836216/fr/prise-en-compte-de-la-souffrance-psychique-de-la-personne-agee-prevention-reperage-et-accompagnement</t>
+  </si>
+  <si>
+    <t>c_2836216</t>
+  </si>
+  <si>
+    <t>Idées et conduites suicidaires chez l’enfant et l’adolescent : prévention, repérage, évaluation et prise en charge</t>
+  </si>
+  <si>
+    <t>En France, le suicide est la deuxième cause de mortalité chez les jeunes. Les tentatives de suicide ont un retentissement psychologique et social très lourd, en plus des blessures et de la potentielle invalidité à long terme. La HAS publie des recommandations de bonne pratique pour les professionnels chargés de repérer, évaluer et orienter les enfants et adolescents pouvant présenter un risque suicidaire à court, moyen ou long terme.</t>
+  </si>
+  <si>
+    <t>09/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2021 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288864/fr/idees-et-conduites-suicidaires-chez-l-enfant-et-l-adolescent-prevention-reperage-evaluation-et-prise-en-charge</t>
+  </si>
+  <si>
+    <t>p_3288864</t>
+  </si>
+  <si>
+    <t>Aide à la rédaction des certificats et avis médicaux dans le cadre des soins psychiatriques sans consentement d’une personne majeure à l’issue de la période d’observation de 72 heures</t>
+  </si>
+  <si>
+    <t>La prise en charge d’une personne en soins psychiatriques sans consentement implique que soient établis des certificats médicaux, ou que soient rendus des avis médicaux, dans les situations et délais prévus par la loi. Cependant, cette dernière ne précise pas leur contenu.</t>
+  </si>
+  <si>
+    <t>01/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/04/2018 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2837675/fr/aide-a-la-redaction-des-certificats-et-avis-medicaux-dans-le-cadre-des-soins-psychiatriques-sans-consentement-d-une-personne-majeure-a-l-issue-de-la-periode-d-observation-de-72-heures</t>
+  </si>
+  <si>
+    <t>c_2837675</t>
+  </si>
+  <si>
+    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
+  </si>
+  <si>
+    <t>c_272226</t>
+  </si>
+  <si>
+    <t>Protocole type d'examen autopsique foetal ou néonatal</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce protocole type sont : - d'harmoniser les pratiques professionnelles en matière d’examen autopsique fœtal ou néonatal - d'aider les professionnels de santé concernés à rechercher et définir aussi précisément que possible la cause de la mort du fœtus, de l’enfant déclaré sans vie, voire de l’enfant né vivant puis décédé, ou d’identifier et confirmer la pathologie ayant justifié la réalisation d’une interruption de grossesse pour motif médical (IMG).</t>
+  </si>
+  <si>
+    <t>04/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2014 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747470/fr/protocole-type-d-examen-autopsique-foetal-ou-neonatal</t>
+  </si>
+  <si>
+    <t>c_1747470</t>
+  </si>
+  <si>
+    <t>La prise en compte de la santé physique et psychique des personnes accueillies dans les centres d’hébergement et de réinsertion sociale</t>
+  </si>
+  <si>
+    <t>Ces recommandations intègrent la dimension santé dans la démarche d’accompagnement global, en ne la traitant pas « à part », mais au contraire comme faisant pleinement partie du projet personnalisé dans une approche participative visant l’autonomie des personnes. La question de la santé dans les établissements sociaux renvoie alors à celle du positionnement des intervenants sociaux quant aux parcours de soins des personnes accueillies. Les recommandations donneront ainsi des pistes de réflexion et d’action.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835291/fr/la-prise-en-compte-de-la-sante-physique-et-psychique-des-personnes-accueillies-dans-les-centres-d-hebergement-et-de-reinsertion-sociale</t>
+  </si>
+  <si>
+    <t>c_2835291</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Mission du responsable d’établissement et rôle de l’encadrement dans la prévention et le traitement de la maltraitance</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’apporter une contribution spécifique sur un aspect particulièrement stratégique : le rôle essentiel que joue l’encadrement au quotidien dans la prévention et le traitement de la maltraitance en établissement.</t>
+  </si>
+  <si>
+    <t>01/12/2008 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835208/fr/mission-du-responsable-d-etablissement-et-role-de-l-encadrement-dans-la-prevention-et-le-traitement-de-la-maltraitance</t>
+  </si>
+  <si>
+    <t>c_2835208</t>
+  </si>
+  <si>
+    <t>Mission du responsable de service et rôle de l’encadrement dans la prévention et le traitement de la maltraitance à domicile</t>
+  </si>
+  <si>
+    <t>L’objet de la recommandation est de placer les acteurs de terrain en situation de responsabilité par rapport aux risques de maltraitance et aux actes de maltraitance avérés.</t>
+  </si>
+  <si>
+    <t>01/09/2009 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835316/fr/mission-du-responsable-de-service-et-role-de-l-encadrement-dans-la-prevention-et-le-traitement-de-la-maltraitance-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2835316</t>
+  </si>
+  <si>
+    <t>Concilier vie en collectivité et personnalisation de l’accueil et de l’accompagnement</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif de promouvoir des pratiques professionnelles basées sur un dépassement des tensions et des contradictions potentielles entre points de vue individuel et collectif au sein des établissements sociaux et médico-sociaux.</t>
+  </si>
+  <si>
+    <t>02/11/2009 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835356/fr/concilier-vie-en-collectivite-et-personnalisation-de-l-accueil-et-de-l-accompagnement</t>
+  </si>
+  <si>
+    <t>c_2835356</t>
+  </si>
+  <si>
+    <t>Conduites violentes dans les établissements accueillant des adolescents : prévention et réponses</t>
+  </si>
+  <si>
+    <t>Ce document propose des points de repère sur les conduites à tenir et les pratiques à développer avec deux objectifs : - développer une culture de la prévention et du traitement de la violence à tous les niveaux de l’organisation et pour tous les acteurs ; - aider les professionnels à construire leurs réponses en fonction de leur réalité propre, dans le respect des actuelles dispositions législatives et réglementaires.</t>
+  </si>
+  <si>
+    <t>01/07/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835094/fr/conduites-violentes-dans-les-etablissements-accueillant-des-adolescents-prevention-et-reponses</t>
+  </si>
+  <si>
+    <t>c_2835094</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - volet Résidences autonomie</t>
+  </si>
+  <si>
+    <t>L’objectif des travaux portant sur le repérage du risque de perte d’autonomie, ou de son aggravation, pour les personnes âgées est d’apporter un appui aux structures sociales et médico-sociales.</t>
+  </si>
+  <si>
+    <t>01/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2016 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834985/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2834985</t>
+  </si>
+  <si>
+    <t>Repérage et signalement de l'inceste par les médecins : reconnaître les maltraitances sexuelles intrafamiliales chez le mineur</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur l’inceste, soit les maltraitances sexuelles envers un mineur, au sein de sa « famille », telles que définies par la loi du 8 février 2010. Ce choix est guidé par le contexte particulier (poids du secret, retentissement psychologique important, ..) dans lequel ont lieu ces agressions. Elles ont été élaborées à la demande de la Direction générale de la santé dans la continuité des travaux déjà engagés sur les violences interpersonnelles et de leur impact sur la santé.</t>
+  </si>
+  <si>
+    <t>01/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2012 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1067136/fr/reperage-et-signalement-de-l-inceste-par-les-medecins-reconnaitre-les-maltraitances-sexuelles-intrafamiliales-chez-le-mineur</t>
+  </si>
+  <si>
+    <t>c_1067136</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - Volet domicile</t>
+  </si>
+  <si>
+    <t>L’objectif de s travaux portant sur le repérage du risque de perte d’autonomie, ou de son aggravation, pour les personnes âgées est d’apporter un appui aux structures sociales et médico-sociales.</t>
+  </si>
+  <si>
+    <t>15/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835100/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-domicile</t>
+  </si>
+  <si>
+    <t>c_2835100</t>
+  </si>
+  <si>
+    <t>Accompagner la personne nécessitant une mesure de protection juridique</t>
+  </si>
+  <si>
+    <t>03/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2025 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343657/fr/accompagner-la-personne-necessitant-une-mesure-de-protection-juridique</t>
+  </si>
+  <si>
+    <t>p_3343657</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>15/02/2016 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835073/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2835073</t>
+  </si>
+  <si>
+    <t>Structuration du Projet Personnalisé d’Accompagnement en vue de sa numérisation – Note de cadrage</t>
+  </si>
+  <si>
+    <t>06/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2025 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604128/fr/structuration-du-projet-personnalise-d-accompagnement-en-vue-de-sa-numerisation-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3604128</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Vie affective et sexuelle dans le cadre de l’accompagnement des ESSMS – Note de cadrage</t>
+  </si>
+  <si>
+    <t>La vie affective et sexuelle reste un sujet tabou dans certains ESSMS, avec des pratiques professionnelles très variées. Souvent abordée sous l’angle des risques, cette thématique devrait pourtant s’inscrire dans une approche positive, conformément à la définition de la santé sexuelle de l’OMS (2002), qui la considère comme une source d’épanouissement. Fondée sur le consentement et les droits humains, la sexualité est un aspect central de la vie qu’il est légitime d’intégrer à l’accompagnement social et médico-social.</t>
+  </si>
+  <si>
+    <t>31/05/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2022 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3400386/fr/vie-affective-et-sexuelle-dans-le-cadre-de-l-accompagnement-des-essms-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3400386</t>
+  </si>
+  <si>
+    <t>Mise en œuvre d’une stratégie d’adaptation à l’emploi des personnels au regard des populations accompagnées</t>
+  </si>
+  <si>
+    <t>Cette publication offre aux populations accompagnées des pratiques professionnelles adaptées, différenciées et bientraitantes. Ses objectifs : faciliter la prise de fonction des personnels, l’exercice professionnel dans la durée et les changements d’emploi au sein du secteur social et médico-social. Et contribuer à la prévention des risques de maltraitance involontaire des populations accompagnées ainsi qu’à la prévention des risques professionnels.</t>
+  </si>
+  <si>
+    <t>01/07/2008 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835081/fr/mise-en-oeuvre-d-une-strategie-d-adaptation-a-l-emploi-des-personnels-au-regard-des-populations-accompagnees</t>
+  </si>
+  <si>
+    <t>c_2835081</t>
+  </si>
+  <si>
+    <t>Lits halte soins santé (Lhss), Lits d’accueil médicalisés (Lam) et Appartements de coordination thérapeutique (Act) : l’accompagnement des personnes et la continuité des parcours</t>
+  </si>
+  <si>
+    <t>La recommandation propose aux professionnels des principes, postures et techniques d’accompagnement soutenant l’autodétermination de la personne dans la définition et la mise en œuvre de son projet : bienveillance, non-jugement, respect de sa temporalité, recherche de son consentement éclairé, adoption d’une communication claire et adaptée, prise en compte de ses priorités et ressources. Elle propose également des éléments d’organisation permettant et facilitant la délivrance d’un accompagnement au plus près des besoins des personnes ...</t>
+  </si>
+  <si>
+    <t>14/01/2021 08:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229978/fr/lits-halte-soins-sante-lhss-lits-d-accueil-medicalises-lam-et-appartements-de-coordination-therapeutique-act-l-accompagnement-des-personnes-et-la-continuite-des-parcours</t>
+  </si>
+  <si>
+    <t>p_3229978</t>
+  </si>
+  <si>
+    <t>Anorexie mentale : prise en charge</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonne pratique ont pour objectif d’aider à : repérer plus précocement l’anorexie mentale ; améliorer l’accompagnement du patient et de son entourage ; améliorer la prise en charge et l’orientation initiale des patients ; améliorer la prise en charge hospitalière lorsqu’elle est nécessaire et la prise en charge post-hospitalière. Sont concernés : les préadolescents, les adolescents et les jeunes adultes.</t>
+  </si>
+  <si>
+    <t>01/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2010 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_985715/fr/anorexie-mentale-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_985715</t>
+  </si>
+  <si>
+    <t>Accompagner la fin de vie des personnes âgées à domicile</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent aux professionnels d’aide et de soins intervenant à domicile. Elles ont pour objectif de les guider afin « d’accompagner la mort dans le grand âge de la façon la plus digne possible ». reposent sur les principes fondamentaux d’une démarche concourant à la bientraitance.</t>
+  </si>
+  <si>
+    <t>05/12/2017 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833702/fr/accompagner-la-fin-de-vie-des-personnes-agees-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2833702</t>
+  </si>
+  <si>
+    <t>Sortie de maternité après accouchement : conditions et organisation du retour à domicile des mères et de leurs nouveau-nés</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a pour but de préciser les conditions et modalités optimales d’accompagnement des mères et des nouveau-nés à la sortie de maternité dans le contexte du bas risque. Ce travail vient entre autre actualiser la recommandation de bonne pratique publiée en 2004 par l’ANAES sur « la sortie précoce après accouchement – conditions pour proposer un retour précoce à domicile ».</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/03/2014 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1290110/fr/sortie-de-maternite-apres-accouchement-conditions-et-organisation-du-retour-a-domicile-des-meres-et-de-leurs-nouveau-nes</t>
+  </si>
+  <si>
+    <t>c_1290110</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : s'informer pour décider</t>
+  </si>
+  <si>
+    <t>Dans le cadre du programme national de dépistage néonatal piloté par le ministère chargé de la santé, la Haute Autorité de santé (HAS) et le Centre national de coordination du dépistage néonatal (CNCDN) publient un ensemble de documents portant sur l’information à délivrer aux parents. Il s’agit notamment de donner des clefs aux professionnels pour les aider à expliquer les maladies dépistées et l’intérêt de les détecter dès la naissance. Ce document a été actualisé en octobre 2024 pour tenir compte de la généralisation du dépistage néonatal de la drépanocytose sur l'ensemble du territoire français au 1er novembre 2024.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285576/fr/depistage-neonatal-s-informer-pour-decider</t>
+  </si>
+  <si>
+    <t>p_3285576</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Toxoplasmose et rubéole : la HAS précise les conditions d’un dépistage efficace</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS), saisie par la Direction Générale de la Santé (DGS), rend public son [[c_893585][rapport sur la surveillance sérologique et la prévention de la toxoplasmose et de la rubéole durant la grossesse]]. Elle insiste sur l’importance de l’information à fournir aux femmes enceintes aux différents temps de la séquence de dépistage. De plus, elle recommande l’organisation d’une prise en charge structurée en cas de séroconversion en cours de grossesse. -</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_890769/fr/toxoplasmose-et-rubeole-la-has-precise-les-conditions-d-un-depistage-efficace</t>
+  </si>
+  <si>
+    <t>c_890769</t>
+  </si>
+  <si>
+    <t>09/02/2006 12:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240523/fr/preparation-a-la-naissance-et-a-la-parentalite</t>
+  </si>
+  <si>
+    <t>c_240523</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Dépression de l’adolescent : comment repérer et prendre en charge ?</t>
+  </si>
+  <si>
+    <t>On estime que près de 8 % des adolescents entre 12 et 18 ans souffriraient d’une dépression. Or à cet âge, la dépression passe souvent inaperçue : l’adolescent a des difficultés à exprimer ses ressentis, manifeste sa souffrance différemment des adultes et sa dépression peut être confondue avec les sentiments de déprime, courants à l'adolescence.</t>
+  </si>
+  <si>
+    <t>16/12/2014 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1795182/fr/depression-de-l-adolescent-comment-reperer-et-prendre-en-charge</t>
+  </si>
+  <si>
+    <t>c_1795182</t>
+  </si>
+  <si>
+    <t>Cancer du sein : quel dépistage selon vos facteurs de risque ?</t>
+  </si>
+  <si>
+    <t>En France, les femmes âgées de 50 à 74 ans sont invitées à participer au programme national de dépistage organisé du cancer du sein et celles porteuses d’une mutation génétique (BRCA1 et 2) bénéficient d’un suivi spécifique défini par l’Institut National du Cancer (INCa). Pourtant, d’autres facteurs de risque de cancer du sein existent. Ils peuvent inquiéter les femmes et donner lieu à des pratiques de dépistage hétérogènes.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741484/fr/cancer-du-sein-quel-depistage-selon-vos-facteurs-de-risque</t>
+  </si>
+  <si>
+    <t>c_1741484</t>
+  </si>
+  <si>
+    <t>Autisme : la HAS et l’Anesm recommandent un projet personnalisé d’interventions pour chaque enfant</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) et l’Agence nationale de l’évaluation et de la qualité des établissements et services sociaux et médico-sociaux (Anesm) publient ce jour des recommandations de bonne pratique sur les interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent avec autisme ou autres troubles envahissants du développement (TED).</t>
+  </si>
+  <si>
+    <t>08/03/2012 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1224096/fr/autisme-la-has-et-l-anesm-recommandent-un-projet-personnalise-d-interventions-pour-chaque-enfant</t>
+  </si>
+  <si>
+    <t>c_1224096</t>
+  </si>
+  <si>
+    <t>Autotests VIH : un document d’information pour accompagner leur utilisation</t>
+  </si>
+  <si>
+    <t>Malgré la diversité des dispositifs actuels de dépistage du VIH, 20% des personnes infectées ignorent encore leur séropositivité et près de 30% la découvrent à un stade avancé de la maladie. L’arrivée prochaine d’autotests complètera l’offre de dépistage et permettra peut-être d’augmenter le nombre de personnes traitées à un stade précoce. Afin d’accompagner l’utilisation de ces tests, la HAS met à disposition des professionnels de santé et des associations un document d’information pour les aider à répondre aux utilisateurs potentiels.</t>
+  </si>
+  <si>
+    <t>15/04/2015 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2026839/fr/autotests-vih-un-document-d-information-pour-accompagner-leur-utilisation</t>
+  </si>
+  <si>
+    <t>c_2026839</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Aides Auditives</t>
+  </si>
+  <si>
+    <t>28/08/2018 12:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867624/fr/aides-auditives</t>
+  </si>
+  <si>
+    <t>c_2867624</t>
+  </si>
+  <si>
+    <t>Évaluation des appareils électroniques correcteurs de surdité</t>
+  </si>
+  <si>
+    <t>Cette révision a pour objectif de s’assurer du bien fondé du renouvellement de leur remboursement. Elle vise à définir médicalement chaque description générique par des indications précises et des conditions de prescription et d’utilisation, afin de préciser la place dans la stratégie thérapeutique de chacune d’entre elles.</t>
+  </si>
+  <si>
+    <t>26/11/2008 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_702730/fr/evaluation-des-appareils-electroniques-correcteurs-de-surdite</t>
+  </si>
+  <si>
+    <t>c_702730</t>
+  </si>
+  <si>
+    <t>Aspirateurs trachéaux (Forfait hebdomadaire 8)</t>
+  </si>
+  <si>
+    <t>Cette évaluation concerne les dispositifs médicaux d’aspiration mécanique des sécrétions du nasopharynx, de l’oropharynx et de la trachée (aspirateurs trachéaux) ainsi que leur prestation associée. L’objectif est de réaliser l’actualisation des modalités de remboursement de ces dispositifs et de leurs prestations sur la LPPR.</t>
+  </si>
+  <si>
+    <t>11/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2017 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641074/fr/aspirateurs-tracheaux-forfait-hebdomadaire-8</t>
+  </si>
+  <si>
+    <t>c_2641074</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puce à ADN (ACPA) en contexte postnatal</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») - ACPA - CGH array – postnatal – diagnostic – génétique</t>
+  </si>
+  <si>
+    <t>13/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/fr/analyse-chromosomique-sur-puce-a-adn-acpa-en-contexte-postnatal</t>
+  </si>
+  <si>
+    <t>p_3453213</t>
+  </si>
+  <si>
+    <t>L’hormone de croissance chez l’enfant non déficitaire, évaluation du service rendu à la collectivité</t>
+  </si>
+  <si>
+    <t>L’évaluation avait pour objectif de : répondre aux interrogations de la Commission de la transparence portant sur l’amélioration de la taille adulte, la tolérance à long terme et sur le caractère pathologique de la petite taille ; de documenter les dimensions du Service Rendu à la Collectivité (SeRC). Elle vise à éclairer en premier lieu la décision publique. Elle contient également des données scientifiques nécessaires à l’élaboration de documents destinés au prescripteur.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2012 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1173766/fr/l-hormone-de-croissance-chez-l-enfant-non-deficitaire-evaluation-du-service-rendu-a-la-collectivite</t>
+  </si>
+  <si>
+    <t>c_1173766</t>
+  </si>
+  <si>
+    <t>Recommandations organisationnelles de la chirurgie ambulatoire : outils et guide</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est de proposer des processus organisationnels opérationnels et des outils associés permettant aux acteurs de terrain de développer la chirurgie ambulatoire.</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/05/2013 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1337911/fr/recommandations-organisationnelles-de-la-chirurgie-ambulatoire-outils-et-guide</t>
+  </si>
+  <si>
+    <t>c_1337911</t>
+  </si>
+  <si>
+    <t>Éléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Eléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire. Evaluation de chaque patient au cas par cas, basée sur le triptyque patient-acte-structure.</t>
+  </si>
+  <si>
+    <t>02/07/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
   <si>
-    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>Détection de mutations par expansion de nucléotides – Rapports d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’intérêt médical de la détection de mutations par expansion de nucléotides en vue de son éventuelle inscription sur la NABM en postnatal, prénatal et préimplantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich, du CANVAS, des dystrophies myotoniques de type 1 (maladie de Steinert) et de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique et/ou de la démence fronto-temporale et de l’amyotrophie bulbo-spinale liée à l’X (maladie de Kennedy), du syndrome de l’X fragile, de l'insuffisance ovarienne prématurée associée à l’X fragile, du syndrome de tremblement-ataxie associé à l’X fragile</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491330/fr/detection-de-mutations-par-expansion-de-nucleotides-rapports-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3491330</t>
+  </si>
+  <si>
+    <t>Dispositifs de Compression/Contention médicale à usage individuel - Utilisation en Orthopédie/Rhumatologie/Traumatologie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt thérapeutique des orthèses tubulaires et des bandes pour leur usage en orthopédie/traumatologie/rhumatologie en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise in fine à établir des recommandations sur leurs indications en vue du remboursement en précisant si besoin, leurs modalités d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/10/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1318289/fr/dispositifs-de-compression/contention-medicale-a-usage-individuel-utilisation-en-orthopedie/rhumatologie/traumatologie</t>
+  </si>
+  <si>
+    <t>c_1318289</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé (SHD ou NGS) ; panel de gènes ; génétique ; biologie moléculaire ; cardiomyopathies héréditaires ; altérations moléculaires ; diagnostic ; postnatal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de vitrification et réchauffement ovocytaire - vitrification et réchauffement embryonnaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les actes de vitrification ovocytaire et embryonnaire comparés notamment à la technique de congélation lente, afin de statuer sur la pertinence de leur inscription dans la Nomenclature des actes de biologie médicale (NABM)</t>
+  </si>
+  <si>
+    <t>26/07/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749002/fr/evaluation-des-actes-de-vitrification-et-rechauffement-ovocytaire-vitrification-et-rechauffement-embryonnaire</t>
+  </si>
+  <si>
+    <t>c_2749002</t>
+  </si>
+  <si>
+    <t>Chirurgie ambulatoire – socle de connaissances</t>
+  </si>
+  <si>
+    <t>Le rapport « socle de connaissances » est un état des lieux et des connaissances réalisé à partir des données françaises et internationales, construit pour servir de base d’informations sur laquelle les futurs travaux de la HAS et de l’ANAP se fonderont. Il reprend les définitions de la chirurgie ambulatoire, ainsi qu’un point sur la réglementation française, la description de l’environnement et des différentes modalités d’organisation, une analyse des bénéfices/risques pour les patients, un état des lieux de son développement en France et des modalités actuelles de tarification.</t>
+  </si>
+  <si>
+    <t>05/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>20/04/2012 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242334/fr/chirurgie-ambulatoire-socle-de-connaissances</t>
+  </si>
+  <si>
+    <t>c_1242334</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Comparative genomic hybridization array (CGHA)  analysis in postnatal context - INAHTA Brief</t>
-[...65 lines deleted...]
-    <t>Medicine</t>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Évaluation des systèmes implantables de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réaliser une évaluation de l’efficacité et de la sécurité des systèmes implantables de neurostimulation médullaire destinés au traitement des douleurs chroniques et actualiser leurs indications, leur place dans la stratégie thérapeutique et les conditions de réalisation de la technique. Cette évaluation clarifie également les données cliniques minimales attendues par la Commission Nationale d’Evaluation des Dispositifs Médicaux et des Technologies de Santé (CNEDiMTS) pour toute demande de remboursement de nouveau système qui lui serait soumise.</t>
+  </si>
+  <si>
+    <t>01/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1351767/fr/evaluation-des-systemes-implantables-de-neurostimulation-medullaire</t>
+  </si>
+  <si>
+    <t>c_1351767</t>
+  </si>
+  <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
+    <t>Évaluation de l’analyse chromosomique sur puce à ADN (ACPA) en cancérologie</t>
+  </si>
+  <si>
+    <t>L’analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») est une technique de cytogénétique moléculaire qui permet de détecter des variations quantitatives du génome (pertes ou gains de matériel chromosomique) avec une résolution très supérieure à celle du caryotype conventionnel. Objectif de l'évaluation : déterminer à quelles fins l’ACPA est utilisée en pratique courante en cancérologie et la place de l’ACPA au regard des techniques plus classiquement utilisées dans ces situations cliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2019 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066998/fr/evaluation-de-l-analyse-chromosomique-sur-puce-a-adn-acpa-en-cancerologie</t>
+  </si>
+  <si>
+    <t>p_3066998</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses externes de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les prothèses externes de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement au regard de leur intérêt ; définir les indications et les situations cliniques d’utilisation des prothèses externes de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les prothèses externes de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>18/11/2010 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999782/fr/evaluation-des-protheses-externes-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999782</t>
+  </si>
+  <si>
+    <t>Détection des génomes du virus de la grippe A et B, et du SARS-CoV-2 par RT-PCR dans un contexte d’exposition à risque à un virus influenza zoonotique</t>
+  </si>
+  <si>
+    <t>Définir la place de la détection des génomes des virus Influenza A et B de la grippe et du SARS-CoV-2 par RT-PCR dans la stratégie diagnostique d’un cas suspect de grippe humaine due à un virus influenza d’origine zoonotique et évaluer ses performances diagnostiques chez les patients présentant des symptômes compatibles avec une infection par le virus SARS-CoV-2 ou une infection respiratoire hivernale, dont la grippe, dans un contexte d’exposition à risque à un virus influenza zoonotique.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520845/fr/detection-des-genomes-du-virus-de-la-grippe-a-et-b-et-du-sars-cov-2-par-rt-pcr-dans-un-contexte-d-exposition-a-risque-a-un-virus-influenza-zoonotique</t>
+  </si>
+  <si>
+    <t>p_3520845</t>
+  </si>
+  <si>
+    <t>Évaluation de la Stimulation Phrénique Implantée</t>
+  </si>
+  <si>
+    <t>Les dispositifs de stimulation phrénique sont des dispositifs d’assistance respiratoire implantée définitive, destinés aux patients dont la commande respiratoire est atteinte alors que le système neuromusculaire périphérique est intact. Selon les technologies, la stimulation porte sur la portion thoracique du nerf phrénique (stimulateurs phréniques intrathoraciques) ou au niveau des points moteurs du nerf phrénique situés sur le diaphragme (stimulateurs phréniques intradiaphragmatiques). L’objectif de ce travail est d’évaluer l’intérêt clinique des différents dispositifs de stimulation phrénique implantés et des actes qui leur sont associés et d’en définir, en vue du remboursement : - les indications ; - les conditions de prise en charge : modalités d’implantation et de suivi ; - les données cliniques complémentaires nécessaires.</t>
+  </si>
+  <si>
+    <t>01/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2009 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_797191/fr/evaluation-de-la-stimulation-phrenique-implantee</t>
+  </si>
+  <si>
+    <t>c_797191</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0012/AC/SESPEV du 6 mars 2025 du collège de la Haute Autorité de santé relatif à l’actualisation du calendrier des vaccinations pour l’année 2025</t>
+  </si>
+  <si>
+    <t>Le Collège de la HAS rend son avis sur le projet d'édition 2025 du calendrier des vaccinations et recommandations vaccinales A qui s’adresse ces recommandations ? Aux pouvoirs publics Lien vers la page du site du ministère de la santé dédié au calendrier des vaccinations.</t>
+  </si>
+  <si>
+    <t>06/03/2025 15:03:00</t>
+  </si>
+  <si>
+    <t>04/04/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600200/fr/avis-n2025-0012/ac/sespev-du-6-mars-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-actualisation-du-calendrier-des-vaccinations-pour-l-annee-2025</t>
+  </si>
+  <si>
+    <t>p_3600200</t>
+  </si>
+  <si>
+    <t>Avis n° 2022.0020/SESPEV du 7 avril 2022 du collège de la Haute Autorité de santé relatif à l’édition 2022 du calendrier des vaccinations</t>
+  </si>
+  <si>
+    <t>Avis de la Haute Autorité de santé sur l’édition 2022 du calendrier des vaccinations et recommandations vaccinales A qui s’adresse ces recommandations ? Aux pouvoirs publics Recommandations : En application des articles L.3111-1 du code de la santé publique et L. 161-37 du code de la sécurité sociale, le directeur général de la santé a sollicité l'avis de la Haute Autorité de santé sur l’édition 2021 du calendrier des vaccinations et recommandations vaccinales. Lien vers la page du site du ministère de la santé dédié au calendrier des vaccinations.</t>
+  </si>
+  <si>
+    <t>07/04/2022 15:03:00</t>
+  </si>
+  <si>
+    <t>13/04/2022 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331585/fr/avis-n-2022-0020/sespev-du-7-avril-2022-du-college-de-la-haute-autorite-de-sante-relatif-a-l-edition-2022-du-calendrier-des-vaccinations</t>
+  </si>
+  <si>
+    <t>p_3331585</t>
+  </si>
+  <si>
+    <t>Avis n° 2024.0058/AC/SESPEV du 29 août 2024 du collège de la Haute Autorité de santé relatif à la stratégie de vaccination contre le mpox</t>
+  </si>
+  <si>
+    <t>Dans le contexte de maintien d’une circulation du clade II du virus MPXV sur le territoire national depuis l’épidémie de 2022 et de l’épidémie en cours dans plusieurs pays africains, avec plusieurs clades circulants, dont le clade I, qui a conduit l’Organisation Mondiale de la Santé au déclenchement d’une Urgence de santé publique de portée internationale le mercredi 14 août 2024, la Direction générale de la Santé a saisi la HAS afin qu’elle actualise ses recommandations vaccinales contre le MPXV. En réponse, la HAS publie aujourd’hui un avis dans lequel elle précise les différents schémas de vaccination contre le MPXV à effectuer chez les personnes éligibles en fonction des antécédents d’infection et de vaccination.</t>
+  </si>
+  <si>
+    <t>29/08/2024 10:06:00</t>
+  </si>
+  <si>
+    <t>02/09/2024 15:03:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538025/fr/avis-n-2024-0058/ac/sespev-du-29-aout-2024-du-college-de-la-haute-autorite-de-sante-relatif-a-la-strategie-de-vaccination-contre-le-mpox</t>
+  </si>
+  <si>
+    <t>p_3538025</t>
+  </si>
+  <si>
+    <t>Avis n°2022.0054/AC/SESPEV du 6 octobre 2022 du collège de la Haute Autorité de santé relatif à la stratégie de vaccination contre le Monkeypox</t>
+  </si>
+  <si>
+    <t>Cet avis répond aux questions relatives au délai à respecter pour l’administration de la seconde dose de vaccin contre le Monkeypox, la possibilité d’administration par voie intradermique en cas de tensions d’approvisionnement, l’extension de la population cible de la vaccination préexposition aux femmes vivant avec un HSH multipartenaire. Il reprend les positions de la HAS mentionnées dans les réponses rapides du 1er septembre relatives à la vaccination après une infection à Monkeypox, sur le consentement des parents pour une vaccination préventive des mineurs et sur la co-administration possible avec un vaccin contre la Covid-19. Quels sont les objectifs de cet avis ? Préciser la stratégie vaccinale contre le Monkeypox compte tenu de l’évolution de l’épidémie et des approvisionnements limités en doses de vaccins. Principales conclusions de la recommandation La HAS confirme la nécessité d’administrer la deuxième dose dans les meilleurs délais à partir de 28 jours, en fonction des possibilité logistiques, afin de garantir une protection optimale contre l’infection à Monkeypox. En cas de tension d’approvisionnement, la HAS rappelle sa recommandation de prioriser l’injection de la première dose au plus grand nombre et de différer l’administration de la seconde dose si la situation le nécessite. Conformément à l’avis de l’ANSM, dans le cas d’approvisionnement limité en vaccins, la HAS estime que la voie intradermique (ID) à la dose de 0,1 ml (contre 0,5 ml pour la voie sous-cutanée) peut être envisagée comme une alternative possible chez les adultes. La HAS recommande d’utiliser la voie ID préférentiellement en deuxième dose chez les personnes ayant reçu une première dose par voie sous-cutanée (SC) et n’ayant pas ou peu présenté de réaction au site d’injection. Elle précise que les deux voies d’administration sont interchangeables pour finir le schéma de vaccination. Pour les personnes immunodéprimées, les femmes enceintes, les enfants et les personnes avec antécédents de cicatrice chéloïde, la HAS précise que seule la voie SC est recommandée. En outre, en cohérence avec l’avis de l’ANSM, la HAS rappelle que l’administration par voie ID nécessite la mise à disposition de matériel d’injection spécifique (seringues à tuberculine avec aiguilles de 27 ou 26 gauges (code couleur gris ou marron en Europe), de 6,35 mm à 12,7 mm à biseau court) et devra être effectuée par des professionnels de santé expérimentés dans la technique d’injection intradermique ou ayant bénéficié d’une formation, afin de réduire le risque de mésusage au moment de l’injection. La HAS encourage l’acquisition de données supplémentaires d’efficacité et de sécurité lors d’études en vie réelle dans le cadre de l’utilisation de la voie ID. La HAS recommande que la vaccination en préexposition par les vaccins de 3ème génération MVA-BN (Imvanex et Jynneos) puisse être proposée aux femmes partenaires occasionnelles ou partageant le même lieu de vie que des personnes à très haut risque d’exposition incluant les HSH rapportant des partenaires sexuels multiples et les personnes trans rapportant des partenaires sexuels multiples, les personnes en situation de prostitution et les professionnels des lieux de consommation sexuelle, quel que soit le statut de ces lieux. Par ailleurs, la HAS confirme ses recommandations formulées dans les réponses rapides sur l’infection par le virus Monkeypox du 5 septembre 2022 : La HAS rappelle que, compte tenu de l’immunité naturelle conférée par l’infection, il n’y a pas d’indication à vacciner les personnes infectées ni à faire une deuxième dose de vaccin (troisième dose pour les sujets immunodéprimés) chez les personnes ayant contracté l’infection après une première dose (ou deuxième dose chez les sujets immunodéprimés) ; Concernant la vaccination des mineurs, la HAS précise qu’elle doit être envisagée au cas par cas (situations particulières) aux mineurs entrant dans les cibles vaccinales (notamment ceux pris en charge dans les CEGIDD), par les seuls spécialistes, après une évaluation stricte des bénéfices et des risques pour le mineur concerné, dans le cadre d’une décision médicale partagée, et dans les conditions fixées aux articles L.1111-2 et suivants du code de la santé publique, concernant l’information et le consentement des mineurs et des titulaires de l'autorité parentale ; Le vaccin de 3ème génération (Imvanex/ Jynneos) est un vaccin vivant atténué non replicatif. Il peut de ce fait être utilisé chez les personnes immunodéprimés. Il peut être coadministré avec tout autre vaccin du calendrier vaccinal, y compris les vaccins Covid-19. Si l’administration n’a pas été simultanée, aucun délai n’est à respecter entre ce vaccin et tout autre vaccin du calendrier vaccinal, à l’exception des autres vaccins vivants atténués viraux (ROR, varicelle, zona, fièvre jaune) pour lesquels un intervalle d’au moins 4 semaines doit être ménagé. La HAS souligne l’importance de disposer prochainement de : Données en vie réelle complémentaires relatives à l’efficacité et à la tolérance du vaccin antivariolique de 3ème génération, administré en pré exposition et en post exposition au virus de Monkeypox, sur la prévention des formes graves et sur la transmission de la maladie dans les différents sous-groupes de population ; Données d’efficacité et de sécurité en vie réelle dans le cadre de l’utilisation de la voie ID. Ainsi, afin d’améliorer les connaissances autour de la vaccination, la HAS encourage vivement les personnes qui le souhaitent à participer aux études en cours sur le Monkeypox. Plusieurs cohortes ont été mises en place : Une cohorte existante de l’ANRS - Maladies infectieuses émergentes pour l’Europe (ANRS-MIE) chez les personnes sous PrEP qui intégrera les données de la vaccination contre le Monkeypox ; Une cohorte internationale de personnes infectées par le Monkeypox (ANRS MOSAIC), en collaboration avec l’Université d’Oxford, les Hôpitaux Universitaires de Genève, et coordonnée par l’ANRS-MIE. Ce projet vise à mieux comprendre la maladie et évaluer l’impact de la prise en charge des patients infectés. Les premiers patients ont été inclus en France le 13 juillet 2022 ; Une nouvelle cohorte de personnes contacts à risque d’infection Monkeypox (MONKEY VAX) mise en place par l’ANRS-MIE et l’AP-HP qui permettra d’étudier l’efficacité de la vaccination post-exposition des vaccins de troisième génération et dont les premiers patients ont été inclus en France le 13 juillet 2022. La HAS poursuit ses travaux de veille scientifique et adaptera ses avis en conséquence. La HAS rappelle par ailleurs la nécessité de respecter les mesures de prévention de la transmission du virus Monkeypox en milieu hospitalier et au domicile, telles que préconisées par le HCSP dans son avis du 8 juillet 2022 et la conduite à tenir telle que préconisée par Santé Publique France (www.sexosafe.fr) pour se protéger contre la variole du singe, y compris pour les personnes vaccinées.</t>
+  </si>
+  <si>
+    <t>06/10/2022 13:07:00</t>
+  </si>
+  <si>
+    <t>11/10/2022 14:11:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376041/fr/avis-n2022-0054/ac/sespev-du-6-octobre-2022-du-college-de-la-haute-autorite-de-sante-relatif-a-la-strategie-de-vaccination-contre-le-monkeypox</t>
+  </si>
+  <si>
+    <t>p_3376041</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0001/AC/SA3P du 8 janvier 2020 du collège de la Haute Autorité de santé relatif au protocole de coopération « Échoguidage pour ponction veineuse, pose de voie veineuse périphérique du membre supérieur ou ponction artérielle radiale ; délégation d’un médecin de MCO à un(e) infirmier(e). »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l’Agence régionale de santé de la région Occitanie a sollicité l'avis de la Haute Autorité de santé sur le protocole de coopération entre professionnels de santé « Échoguidage pour ponction veineuse, pose de voie veineuse périphérique du membre supérieur ou ponction artérielle radiale ; délégation d’un médecin de MCO à un(e) infirmier(e). » Professionnels concernés : Médecin Infirmier</t>
+  </si>
+  <si>
+    <t>08/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2020 18:19:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146190/fr/avis-n-2020-0001/ac/sa3p-du-8-janvier-2020-du-college-de-la-haute-autorite-de-sante-relatif-au-protocole-de-cooperation-echoguidage-pour-ponction-veineuse-pose-de-voie-veineuse-peripherique-du-membre-superieur-ou-ponction-arterielle-radiale-delegation-d-un-medecin-de-mco-a-un-e-infirmier-e</t>
+  </si>
+  <si>
+    <t>p_3146190</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0017/AC/SEVAM du 19 février 2014 du collège de la HAS de santé relatif au protocole de coopération « Evaluation et suivi de plaies complexes et/ou à retard de cicatrisation par un(e) infirmier(e) expert(e) en plaies et cicatrisation dans le cadre d'un réseau pouvant fonctionner en télémédecine. »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Languedoc-Roussillon, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «Evaluation et suivi de plaies complexes et/ou à retard de cicatrisation par un ide expert en plaies et cicatrisation dans le cadre d'un réseau pouvant fonctionner en télémédecine.». Professionnels concernés : Médecin Infirmier</t>
+  </si>
+  <si>
+    <t>19/02/2014 10:50:00</t>
+  </si>
+  <si>
+    <t>02/04/2014 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1732955/fr/avis-n-2014-0017/ac/sevam-du-19-fevrier-2014-du-college-de-la-has-de-sante-relatif-au-protocole-de-cooperation-evaluation-et-suivi-de-plaies-complexes-et/ou-a-retard-de-cicatrisation-par-un-e-infirmier-e-expert-e-en-plaies-et-cicatrisation-dans-le-cadre-d-un-reseau-pouvant-fonctionner-en-telemedecine</t>
+  </si>
+  <si>
+    <t>c_1732955</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0196/DC/SEM du 2 septembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de CIRCADIN (melatonine) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# *la pathologie, le trouble du rythme veille-sommeil (TRSV) est fréquente chez l’enfant ayant une pathologie du développement neurologique ou psychiatrique et peut être associé à d’importantes répercussions sur la qualité de vie de l’enfant et de sa famille,# *l’absence d’alternative appropriée et remboursable, chez les patients chez lesquels le TRVS est associé à des troubles développementaux et des maladies neurogénétiques comme le syndrome de Rett, le syndrome de Smith-Magenis, le syndrome d’Angelman, la sclérose tubéreuse de Bourneville ou des troubles autistique,# *le fait que l’utilisation de ce médicament semble indispensable pour le traitement de ces enfants afin d’améliorer leur état de santé ou d’éviter sa dégradation,# le Collège de la HAS considère que les spécialités CIRCADIN 2 mg, comprimés à libération prolongée doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « enfants âgés de 6 ans et plus ayant un trouble du rythme veille-sommeil associé à des troubles développementaux et des maladies neurogénétiques comme le syndrome de Rett, le syndrome de Smith-Magenis, le syndrome d’Angelman, la sclérose tubéreuse de Bourneville ou des troubles autistiques ».</t>
+  </si>
+  <si>
+    <t>02/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2015 09:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058360/fr/decision-n-2015-0196/dc/sem-du-2-septembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-circadin-melatonine-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2058360</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0054/AC/SEESP du 1 er octobre 2020 du collège de la Haute Autorité de santé relatif à la place de FLUENZ TETRA, vaccin vivant atténué, quadrivalent, administré par voie intra-nasale, dans la stratégie de vaccination contre la grippe saisonnière chez les enfants de plus de 2 ans</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, dans le contexte de l’épidémie de SARS-Cov2 et d’une possible tension d’approvisionnement concernant les vaccins antigrippaux pour la saison 2020-2021, considère que FLUENZ TETRA, vaccin vivant atténué, quadrivalent, administré par voie intra-nasale, peut être utilisé, conformément à son autorisation de mise sur le marché, chez les enfants âgés de 2 à 17 ans révolus, pour lesquels la vaccination antigrippale est recommandée en raison de maladies sous-jacentes favorisant la survenue de complications graves de grippe, telles que définies dans le calendrier vaccinal 2020 .</t>
+  </si>
+  <si>
+    <t>01/10/2020 15:03:00</t>
+  </si>
+  <si>
+    <t>13/10/2020 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212033/fr/avis-n-2020-0054/ac/seesp-du-1-er-octobre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-la-place-de-fluenz-tetra-vaccin-vivant-attenue-quadrivalent-administre-par-voie-intra-nasale-dans-la-strategie-de-vaccination-contre-la-grippe-saisonniere-chez-les-enfants-de-plus-de-2-ans</t>
+  </si>
+  <si>
+    <t>p_3212033</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0045/AC/SESPEV du 6 juin 2024 du collège de la Haute Autorité de santé portant sur le projet d’arrêté modifiant l'arrêté du 22 février 2018 relatif à l'organisation du programme national de dépistage néonatal recourant à des examens de biologie médicale</t>
+  </si>
+  <si>
+    <t>En France, le dépistage néonatal systématique de la drépanocytose a d’abord été déployé aux Antilles françaises (1984 en Guadeloupe, 1989 en Martinique) pour être élargi, à partir de 1992, à l’ensemble des nouveau-nés des départements et régions d’Outre-mer. En Métropole, un dépistage ciblé de la drépanocytose a été introduit en 1995 en Île-de-France puis progressivement généralisé pour couvrir l’ensemble du territoire en 2000. Il est restreint aux nouveau-nés de parents originaires de régions à risque (dépistage ciblé). Dans son avis du 10 novembre 2022, la HAS a recommandé l’arrêt du dépistage ciblé au profit d’un dépistage universel à l’ensemble des nouveau-nés en France métropolitaine, dans la perspective de réduire les cas d’échappement au dépistage néonatal de la drépanocytose. Le présent avis de la HAS prend acte du projet d’arrêté inscrivant la généralisation du dépistage de la drépanocytose au programme et précisant par ailleurs la gouvernance du programme avec la création d’une commission scientifique de prospectives.</t>
+  </si>
+  <si>
+    <t>06/06/2024 16:23:00</t>
+  </si>
+  <si>
+    <t>13/06/2024 08:20:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520730/fr/avis-n2024-0045/ac/sespev-du-6-juin-2024-du-college-de-la-haute-autorite-de-sante-portant-sur-le-projet-d-arrete-modifiant-l-arrete-du-22-fevrier-2018-relatif-a-l-organisation-du-programme-national-de-depistage-neonatal-recourant-a-des-examens-de-biologie-medicale</t>
+  </si>
+  <si>
+    <t>p_3520730</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge des maladies rares dans le cadre du dispositif ALD</t>
+  </si>
+  <si>
+    <t>Si la rareté de la maladie et la prise en compte de ses conséquences pour les malades justifient une organisation spécifique des soins reposant sur des centres de référence, elles ne justifient pas la création d’une ALD spécifique. Outre le fait que la fréquence ne saurait définir une maladie, une telle création éclaterait le cadre nosologique actuel des ALD et serait source de difficultés importantes pour définir les critères médicaux d’admission sans que l’on soit assuré que cela ait un impact positif réel pour les malades. La création d’une ALD spécifique maladies rares n’est donc pas recommandée. Plusieurs modifications du dispositif d’ALD sont en revanche proposées afin de parvenir à une prise en charge plus complète et équitable des maladies rares au sein du dispositif actuel des ALD.</t>
+  </si>
+  <si>
+    <t>24/11/2005 11:24:00</t>
+  </si>
+  <si>
+    <t>24/11/2005 13:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739352/fr/avis-de-la-has-sur-la-prise-en-charge-des-maladies-rares-dans-le-cadre-du-dispositif-ald</t>
+  </si>
+  <si>
+    <t>c_739352</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ADAFLEX (mélatonine)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:06:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3742069/fr/adaflex-melatonine</t>
+  </si>
+  <si>
+    <t>p_3742069</t>
+  </si>
+  <si>
+    <t>mélatonine</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741591/fr/adaflex-melatonine-insomnie</t>
   </si>
   <si>
     <t>STRATTERA (atomoxétine)</t>
   </si>
   <si>
-    <t>01/19/2011 15:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985205/en/strattera-atomoxetine</t>
+    <t>19/01/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985205/fr/strattera-atomoxetine</t>
   </si>
   <si>
     <t>pprd_2985205</t>
   </si>
   <si>
     <t>atomoxétine</t>
   </si>
   <si>
     <t>Laboratoire LILLY FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1025881/en/strattera</t>
+    <t>https://www.has-sante.fr/jcms/c_1025881/fr/strattera-atomoxetine</t>
+  </si>
+  <si>
+    <t>MEDIKINET (méthylphénidate (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/03/2023 17:41:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982941/fr/medikinet-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982941</t>
+  </si>
+  <si>
+    <t>méthylphénidate (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334805/fr/medikinet-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893478/fr/medikinet-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210115/fr/medikinet-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419433/fr/medikinet-methylphenidate-trouble-deficitaire-de-l-attention-avec-hyperactivite-tdah-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>CONCERTA LP (méthylphénidate (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/03/2023 17:35:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984462/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984462</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399886/fr/concerta-lp-18-mg-comprime-boite-de-28-concerta-lp-36-mg-comprime-boite-de-28-concerta-lp-54-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_750923/fr/concerta-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334823/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047012/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210109/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419448/fr/concerta-lp-methylphenidate-trouble-deficitaire-de-l-attention-avec-hyperactivite-tdah-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>RITALINE - RITALINE LP (méthylphénidate (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/01/2022 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982913/fr/ritaline-ritaline-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982913</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399583/fr/ritaline-10-mg-comprimes-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399926/fr/ritaline-lp-20-mg-gelules-boite-de-30-ritaline-lp-30-mg-gelules-boite-de-30-ritaline-lp-40-mg-gelules-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334799/fr/ritaline-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897010/fr/ritaline-ritaline-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210112/fr/ritaline-ritaline-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305318/fr/ritaline-lp-methylphenidate-tdah</t>
+  </si>
+  <si>
+    <t>QUASYM LP (méthylphénidate (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>30/09/2020 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984144/fr/quasym-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984144</t>
+  </si>
+  <si>
+    <t>SHIRE FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939181/fr/quasym-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334808/fr/quasym-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621698/fr/quasym-lp-methylphenidate-psychostimulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210094/fr/quasym-lp-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>GENOTONORM (somatropine)</t>
   </si>
   <si>
-    <t>05/17/2024 09:19:14</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984428/en/genotonorm-somatropine</t>
+    <t>17/05/2024 09:19:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984428/fr/genotonorm-somatropine</t>
   </si>
   <si>
     <t>pprd_2984428</t>
   </si>
   <si>
     <t>somatropine</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398956/en/genotonorm-miniquick-0-6-ui-0-2-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-2-ui-0-4-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-8-ui-0-6-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-2-4-ui-0-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-ui-1mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-6-ui-1-2mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-2-ui-1-4mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-8-ui-1-6mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-5-4-ui-1-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3517166/en/genotonorm-somatropin-growth-disturbance</t>
+    <t>https://www.has-sante.fr/jcms/c_398956/fr/genotonorm-miniquick-0-6-ui-0-2-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-2-ui-0-4-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-8-ui-0-6-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-2-4-ui-0-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-ui-1mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-6-ui-1-2mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-2-ui-1-4mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-8-ui-1-6mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-5-4-ui-1-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399145/fr/genotonorm-miniquick-0-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-8mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-2mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-4mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-6mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-8mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-2mg/0-25-ml-poudre-et-solvant-pour-solution-inje</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399745/fr/genotonorm-miniquick-0-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-8-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-8-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotono</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400036/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400192/fr/genotonorm-5-3-mg/1-ml-genotonorm-12-mg/1-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334814/fr/genotonorm-genotonorm-miniquick-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190364/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2057637/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108936/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517166/fr/genotonorm-somatropine-hormone-de-croissance</t>
   </si>
   <si>
     <t>UMATROPE (somatropine)</t>
   </si>
   <si>
-    <t>05/17/2024 10:38:45</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984459/en/umatrope-somatropine</t>
+    <t>17/05/2024 10:38:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984459/fr/umatrope-somatropine</t>
   </si>
   <si>
     <t>pprd_2984459</t>
   </si>
   <si>
     <t>LILLY FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400202/en/umatrope-1-3-mg/2-ml-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-umatrope-6-mg/3-ml-umatrope-12-mg/3-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-multidose-boite-de-1</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3517408/en/umatrope-somatropine-growth-disturbance</t>
+    <t>https://www.has-sante.fr/jcms/c_400202/fr/umatrope-1-3-mg/2-ml-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-umatrope-6-mg/3-ml-umatrope-12-mg/3-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-multidose-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574649/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684131/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190382/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336447/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048961/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108939/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517408/fr/umatrope-somatropine-hormone-de-croissance</t>
   </si>
   <si>
     <t>OMNITROPE (somatropine)</t>
   </si>
   <si>
-    <t>09/07/2023 15:25:49</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984824/en/omnitrope-somatropine</t>
+    <t>07/09/2023 15:25:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984824/fr/omnitrope-somatropine</t>
   </si>
   <si>
     <t>pprd_2984824</t>
   </si>
   <si>
     <t>SANDOZ SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_486595/en/omnitrope</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459847/en/omnitrope-somatropin-growth-hormone</t>
+    <t>https://www.has-sante.fr/jcms/c_486595/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190353/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334829/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724454/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459847/fr/omnitrope-somatropine-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>NORDITROPINE (somatropine)</t>
+  </si>
+  <si>
+    <t>09/09/2022 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984245/fr/norditropine-somatropine</t>
+  </si>
+  <si>
+    <t>pprd_2984245</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400037/fr/norditropine-1-3-mg/1-ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-norditropine-simplexx-5-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche-norditropine-simplexx-10-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche-norditropine-simplexx-15-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400812/fr/norditropine-simplexx-10-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-089-1-norditropine-simplexx-15-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-093-9-norditropine-simplexx-5-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-086-2-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190361/fr/norditropine-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334796/fr/norditropine-simplex-et-nordiflex-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598132/fr/norditropine-simplexx-nordiflex-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108982/fr/norditropine-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3077006/fr/norditropine-flexpro-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214282/fr/norditropine-somatropine-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358585/fr/norditropine-flexpro-somatropine</t>
   </si>
   <si>
     <t>SAIZEN - SAIZEN CLICKEASY (somatropine)</t>
   </si>
   <si>
-    <t>09/22/2022 14:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984968/en/saizen-saizen-clickeasy-somatropine</t>
+    <t>22/09/2022 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984968/fr/saizen-saizen-clickeasy-somatropine</t>
   </si>
   <si>
     <t>pprd_2984968</t>
   </si>
   <si>
     <t>MERCK SERONO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399515/en/saizen-somatropine</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3358585/en/norditropine-flexpro-somatropine</t>
+    <t>https://www.has-sante.fr/jcms/c_399515/fr/saizen-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400946/fr/saizen-saizen-clickeasy-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_559895/fr/saizen-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190350/fr/saizen-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336435/fr/saizen-saizen-clickeasy-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361553/fr/saizen-somatropine-hormone-de-croissance</t>
   </si>
   <si>
     <t>NUTROPINAQ (somatropine)</t>
   </si>
   <si>
-    <t>10/03/2019 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984604/en/nutropinaq-somatropine</t>
+    <t>03/10/2019 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984604/fr/nutropinaq-somatropine</t>
   </si>
   <si>
     <t>pprd_2984604</t>
   </si>
   <si>
     <t>IPSEN PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400048/en/nutropinaq-10-mg-/-2-ml-solution-injectable-en-cartouche-boite-de-1</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3108930/en/nutropinaq-somatropine</t>
+    <t>https://www.has-sante.fr/jcms/c_400048/fr/nutropinaq-10-mg-/-2-ml-solution-injectable-en-cartouche-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190370/fr/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334817/fr/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013177/fr/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108930/fr/nutropinaq-somatropine</t>
   </si>
   <si>
     <t>ZOMACTON (somatropine)</t>
   </si>
   <si>
-    <t>08/06/2015 09:28:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984444/en/zomacton-somatropine</t>
+    <t>06/08/2015 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984444/fr/zomacton-somatropine</t>
   </si>
   <si>
     <t>pprd_2984444</t>
   </si>
   <si>
     <t>FERRING SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399209/en/zomacton-1-3-mg/ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-zomacton-4-mg-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-flacon</t>
-[...74 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983753/en/lanzor</t>
+    <t>https://www.has-sante.fr/jcms/c_399209/fr/zomacton-1-3-mg/ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-zomacton-4-mg-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460289/fr/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190373/fr/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336444/fr/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052647/fr/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>BEYFORTUS (nirsévimab)</t>
+  </si>
+  <si>
+    <t>20/11/2024 08:37:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456691/fr/beyfortus-nirsevimab</t>
+  </si>
+  <si>
+    <t>p_3456691</t>
+  </si>
+  <si>
+    <t>nirsévimab</t>
+  </si>
+  <si>
+    <t>SANOFI PASTEUR EUROPE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456503/fr/beyfortus-nirsevimab-virus-respiratoire-syncytial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556743/fr/beyfortus-nirsevimab-virus-respiratoire-syncytial</t>
+  </si>
+  <si>
+    <t>APRETUDE (cabotégravir)</t>
+  </si>
+  <si>
+    <t>27/06/2024 08:28:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527311/fr/apretude-cabotegravir</t>
+  </si>
+  <si>
+    <t>p_3527311</t>
+  </si>
+  <si>
+    <t>cabotégravir</t>
+  </si>
+  <si>
+    <t>VIIV HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3526084/fr/apretude-cabotegravir-vih-/-prep</t>
+  </si>
+  <si>
+    <t>XURTA (lisdexamphétamine)</t>
+  </si>
+  <si>
+    <t>16/10/2025 12:36:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700310/fr/xurta-lisdexamphetamine</t>
+  </si>
+  <si>
+    <t>p_3700310</t>
+  </si>
+  <si>
+    <t>lisdexamphétamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3699640/fr/xurta-lisdexamphetamine-trouble-deficitaire-de-l-attention-avec-ou-sans-hyperactivite-tdah-chez-l-adulte-et-l-enfant-age-de-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>TEZSPIRE (tézépélumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:25:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398494/fr/tezspire-tezepelumab</t>
+  </si>
+  <si>
+    <t>p_3398494</t>
+  </si>
+  <si>
+    <t>tézépélumab</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398479/fr/tezspire-tezepelumab-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402822/fr/tezspire-tezepelumab-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448876/fr/tezspire-tezepelumab-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479050/fr/tezspire-tezepelumab-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539123/fr/tezspire-tezepelumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ACARIZAX (Extrait allergénique standardisé d’acariens Dermatophagoides pteronyss...)</t>
+  </si>
+  <si>
+    <t>14/01/2019 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982916/fr/acarizax-extrait-allergenique-standardise-d-acariens-dermatophagoides-pteronyss</t>
+  </si>
+  <si>
+    <t>pprd_2982916</t>
+  </si>
+  <si>
+    <t>Extrait allergénique standardisé d’acariens Dermatophagoides pteronyssinus,Extrait allergénique standardisé d’acariens Dermatophagoides farinae</t>
+  </si>
+  <si>
+    <t>SA ALK-ABELLO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748733/fr/acarizax-extrait-allergenique-standardise-d-acariens-dermatophagoides-pteronyssinus-et-dermatophagoides-farinae</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896998/fr/acarizax-extrait-allergenique-standardise-d-acariens-dermatophagoides-pteronyss</t>
+  </si>
+  <si>
+    <t>GARDASIL - GARDASIL 9 (vaccin papillomavirus humain 9-valent, recombinant, adsorbé)</t>
+  </si>
+  <si>
+    <t>03/07/2025 17:06:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983518/fr/gardasil-gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
+  </si>
+  <si>
+    <t>pprd_2983518</t>
+  </si>
+  <si>
+    <t>vaccin papillomavirus humain 9-valent, recombinant, adsorbé</t>
+  </si>
+  <si>
+    <t>MSD VACCINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523363/fr/gardasil-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1232860/fr/gardasil-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525559/fr/gardasil-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796800/fr/gardasil-9-vaccin-papillomavirus-humain-9-valent-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160954/fr/gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634549/fr/gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe-vaccin-hpv</t>
+  </si>
+  <si>
+    <t>SYNAGIS (palivizumab)</t>
+  </si>
+  <si>
+    <t>18/04/2017 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983651/fr/synagis-palivizumab</t>
+  </si>
+  <si>
+    <t>pprd_2983651</t>
+  </si>
+  <si>
+    <t>palivizumab</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399705/fr/synagis-50-mg-poudre-et-solvant-injectable-b/1-synagis-100-mg-poudre-et-solvant-injectable-b/1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400108/fr/synagis-50-mg-poudre-et-solvant-injectable-boite-de-1-synagis-100-mg-poudre-et-solvant-injectable-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468682/fr/synagis-palivizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_627637/fr/synagis-palivizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756580/fr/synagis-palivizumab</t>
+  </si>
+  <si>
+    <t>REVOLADE (eltrombopag)</t>
+  </si>
+  <si>
+    <t>04/03/2020 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983678/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>pprd_2983678</t>
+  </si>
+  <si>
+    <t>eltrombopag</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969539/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015425/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671734/fr/revolade-eltrombopag-agoniste-des-recepteurs-a-la-thrombopoietine-ams</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748397/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748739/fr/revolade-ri-thrombopenie-vhc-aplasie-medullaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752842/fr/revolade-eltrombopag-agonistes-des-recepteurs-a-la-thrombopoietine-pti-adulte-non-splenectomise-pti-enfant-ri-pti-adulte-splenectomise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151443/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>ILARIS (canakinumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:20:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982751/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>pprd_2982751</t>
+  </si>
+  <si>
+    <t>canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928146/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725323/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735624/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743367/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040093/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806277/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806295/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969189/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222371/fr/ilaris-maladie-de-still-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518649/fr/ilaris-canakinumab-crise-d-arthrite-goutteuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539069/fr/ilaris-canakinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>FLUENZ - FLUENZ TETRA (virus grippal réassorti, vivant atténué)</t>
+  </si>
+  <si>
+    <t>07/04/2025 09:10:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984533/fr/fluenz-fluenz-tetra-virus-grippal-reassorti-vivant-attenue</t>
+  </si>
+  <si>
+    <t>pprd_2984533</t>
+  </si>
+  <si>
+    <t>virus grippal réassorti, vivant atténué</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284808/fr/fluenz-virus-grippal-reassorti-vivant-attenue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035692/fr/fluenz-tetra-vaccin-tetravalent-contre-la-grippe-saisonniere-de-l-enfant-virus-grippal-reassorti-vivant-attenue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443740/fr/fluenz-tetra-virus-grippal-reassorti-vivant-attenue-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483264/fr/fluenz-tetra-vaccin-grippal-quadrivalent-vivant-attenue-nasal-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600306/fr/fluenz-vaccin-grippal-trivalent-vivant-attenue-nasal-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>PARIET (rabéprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982991/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>pprd_2982991</t>
+  </si>
+  <si>
+    <t>rabéprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399406/fr/pariet-10-mg-20-mg-comprime-gastro-resistant-b/14-b/28-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399451/fr/pariet-10-mg-comprimes-gastro-resistants-b/14-b/28-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400127/fr/pariet-10-mg-comprime-gastroresistant-boite-de-14-code-cip-336-742-8-pariet-10-mg-comprime-gastroresistant-boite-de-28-code-cip-356-744-0-pariet-20-mg-comprime-gastroresistant-boite-de-14-code-cip-355-145-6-pariet-20-mg-comprime-gastroresistant-boite-de-28-code-cip-355-147-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400128/fr/pariet-10-mg-20-mg-comprimes-gastroresistants-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763750/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923065/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343130/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888450/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215594/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>LANZOR (lansoprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983753/fr/lanzor-lansoprazole</t>
   </si>
   <si>
     <t>pprd_2983753</t>
   </si>
   <si>
     <t>lansoprazole</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398985/en/lanzor-30-mg-microgranules-gastro-resistant-en-gelule-b/7-b/14-b/60</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984407/en/mopral-zoltum</t>
+    <t>https://www.has-sante.fr/jcms/c_398985/fr/lanzor-30-mg-microgranules-gastro-resistant-en-gelule-b/7-b/14-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399434/fr/lanzor-15-mg-microgranules-gastro-resistants-en-gelule-b/15-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399749/fr/lanzor-15-mg-microgranules-gastroresistants-en-gelule-sous-plaquettes-thermoformees-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399750/fr/lanzor-30-mg-microgranules-gastroresistants-en-gelule-sous-plaquette-thermoformee-boite-de-7-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622222/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763753/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332059/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741824/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215600/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>MOPRAL - ZOLTUM (oméprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984407/fr/mopral-zoltum-omeprazole</t>
   </si>
   <si>
     <t>pprd_2984407</t>
   </si>
   <si>
     <t>oméprazole</t>
   </si>
   <si>
-    <t>ASTRAZENECA</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984969/en/ogast-ogastoro</t>
+    <t>https://www.has-sante.fr/jcms/c_399005/fr/mopral-10-mg-microgranules-gastro-resistants-en-gelule-b/14-b/28-b/50-mopral-20-mg-microgranules-gastro-resistants-en-gelule-b/7-b/14-b/28-b/50-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399503/fr/mopral-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400743/fr/mopral-10-mg-microgranules-gastroresistants-en-gelule-b/14-341-300-4-b/28-341-301-0-mopral-20-mg-microgranules-gastroresistants-en-gelule-b/7-340-810-9-b/14-340-812-1-b/28-340-814-4-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763738/fr/mopral-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954780/fr/mopral-zoltum-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559097/fr/mopral-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559100/fr/mopral-zoltum-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215588/fr/mopral-zoltum-omeprazole</t>
+  </si>
+  <si>
+    <t>OGAST - OGASTORO (lansoprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984969/fr/ogast-ogastoro-lansoprazole</t>
   </si>
   <si>
     <t>pprd_2984969</t>
   </si>
   <si>
     <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398905/en/ogast-lansoprazole</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3215582/en/ogast-ogastoro</t>
+    <t>https://www.has-sante.fr/jcms/c_398905/fr/ogast-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399643/fr/ogast-15-mg-microgranule-gastroresistant-en-gelule-sous-plaquettes-thermoformees-b/30-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399644/fr/ogast-30-mg-microgranule-gastroresistant-en-gelule-b/7-b/14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335893/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763768/fr/ogast-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622226/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679422/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399446/fr/ogast15-mg-microgranules-gastro-resistants-en-gelule-b/15-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215582/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>AJOVY (frémanezumab)</t>
+  </si>
+  <si>
+    <t>11/04/2025 17:03:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202599/fr/ajovy-fremanezumab</t>
+  </si>
+  <si>
+    <t>p_3202599</t>
+  </si>
+  <si>
+    <t>frémanezumab</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202357/fr/ajovy-fremanezumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367543/fr/ajovy-fremanezumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601431/fr/ajovy-fremanezumab-migraine</t>
+  </si>
+  <si>
+    <t>SOGROYA (somapacitan)</t>
+  </si>
+  <si>
+    <t>04/03/2024 09:12:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498641/fr/sogroya-somapacitan</t>
+  </si>
+  <si>
+    <t>p_3498641</t>
+  </si>
+  <si>
+    <t>somapacitan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498565/fr/sogroya-somapacitan-deficit-en-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>ZURZUVAE (zuranolone)</t>
+  </si>
+  <si>
+    <t>23/06/2025 08:38:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632473/fr/zurzuvae-zuranolone</t>
+  </si>
+  <si>
+    <t>p_3632473</t>
+  </si>
+  <si>
+    <t>zuranolone</t>
+  </si>
+  <si>
+    <t>BIOGEN France SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632455/fr/zurzuvae-zuranolone-depression-post-partum</t>
+  </si>
+  <si>
+    <t>INCRELEX (mécasermine)</t>
+  </si>
+  <si>
+    <t>17/07/2020 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983638/fr/increlex-mecasermine</t>
+  </si>
+  <si>
+    <t>pprd_2983638</t>
+  </si>
+  <si>
+    <t>mécasermine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_668833/fr/increlex-mecasermine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1080273/fr/increlex-mecasermine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761840/fr/increlex-mecasermine-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193753/fr/increlex-mecasermine</t>
+  </si>
+  <si>
+    <t>OXLUMO (lumasiran)</t>
+  </si>
+  <si>
+    <t>24/09/2021 09:56:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285357/fr/oxlumo-lumasiran</t>
+  </si>
+  <si>
+    <t>p_3285357</t>
+  </si>
+  <si>
+    <t>lumasiran</t>
+  </si>
+  <si>
+    <t>ALNYLAM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266578/fr/oxlumo-94-5-mg/0-5-ml-lumasiran</t>
+  </si>
+  <si>
+    <t>TRANSILANE (hemicellulose de psyllium/ ispaghul (plantago ovata Forssk.) poudre de tégument de la graine)</t>
+  </si>
+  <si>
+    <t>07/05/2018 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983312/fr/transilane-hemicellulose-de-psyllium/-ispaghul-plantago-ovata-forssk-poudre-de-tegument-de-la-graine</t>
+  </si>
+  <si>
+    <t>pprd_2983312</t>
+  </si>
+  <si>
+    <t>hemicellulose de psyllium,ispaghul (plantago ovata Forssk.) poudre de tégument de la graine</t>
+  </si>
+  <si>
+    <t>INNOTECH INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401037/fr/transilane-hemicellulose-de-psyllium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106794/fr/transilane-transilane-sans-sucre-hemicellulose-de-psyllium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847918/fr/transilane-ispaghul-plantago-ovata-forssk-poudre-de-tegument-de-la-graine</t>
+  </si>
+  <si>
+    <t>REVESTIVE (teduglutide)</t>
+  </si>
+  <si>
+    <t>21/05/2024 08:38:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983473/fr/revestive-teduglutide</t>
+  </si>
+  <si>
+    <t>pprd_2983473</t>
+  </si>
+  <si>
+    <t>teduglutide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2007289/fr/revestive-teduglutide-analogue-de-synthese-du-glp-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582560/fr/revestive-teduglutide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752851/fr/revestive-teduglutide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752866/fr/revestive-teduglutide-analogue-de-synthese-du-glp-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806909/fr/revestive-teduglutide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517563/fr/revestive-teduglutide-syndrome-du-grele-court-chez-les-nourrissons-ages-de-4-a-12-mois</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518114/fr/revestive-teduglutide-syndrome-du-grele-court-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518108/fr/revestive-teduglutide-syndrome-du-grele-court-chez-les-enfants-ages-de-1-an-et-plus</t>
+  </si>
+  <si>
+    <t>APROVEL (irbésartan)</t>
+  </si>
+  <si>
+    <t>26/11/2012 16:00:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984984/fr/aprovel-irbesartan</t>
+  </si>
+  <si>
+    <t>pprd_2984984</t>
+  </si>
+  <si>
+    <t>irbésartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399734/fr/aprovel-75-mg-comprimes-boite-de-28-aprovel-150-mg-comprimes-boite-de-28-aprovel-300-mg-comprimes-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400689/fr/aprovel-75-mg-comprime-pellicule-boite-de-28-cip-364-049-6-aprovel-150-mg-comprime-pellicule-boite-de-28-cip-364-051-0-aprovel-300-mg-comprime-pellicule-boite-de-28-code-cip-364-053-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322224/fr/aprovel-irbesartan</t>
+  </si>
+  <si>
+    <t>OXBRYTA (voxelotor)</t>
+  </si>
+  <si>
+    <t>30/09/2024 08:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3348627/fr/oxbryta-voxelotor</t>
+  </si>
+  <si>
+    <t>p_3348627</t>
+  </si>
+  <si>
+    <t>voxelotor</t>
+  </si>
+  <si>
+    <t>PHARMA BLUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3348600/fr/oxbryta-voxelotor-anemie-hemolytique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361556/fr/oxbryta-voxelotor-anemie-hemolytique-severe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448025/fr/oxbryta-voxelotor-anemie-hemolytique</t>
+  </si>
+  <si>
+    <t>RISPERDAL - RISPERDALCONSTA - RISPERDALORO (rispéridone)</t>
+  </si>
+  <si>
+    <t>30/03/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984165/fr/risperdal-risperdalconsta-risperdaloro-risperidone</t>
+  </si>
+  <si>
+    <t>pprd_2984165</t>
+  </si>
+  <si>
+    <t>rispéridone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399101/fr/risperdal-0-1-pour-cent-1-mg/ml-solution-buvable-flacons-de-60-et-120-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399342/fr/risperdal-1-mg-comprime-risperdal-2-mg-comprime-boites-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400148/fr/risperdal-0-5-mg-risperdal-1-mg-risperdal-1-mg/ml-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400989/fr/risperdal-1-mg-comprime-pellicule-b/60-risperdal-2-mg-comprime-pellicule-b/60-risperdal-4-mg-comprime-pellicule-b/60-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml-60ml-et-120ml-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969961/fr/risperdal-risperdaloro-risperdalconsta-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241693/fr/risperdal-risperdaloro-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728502/fr/risperdal-risperdaloro-risperidone-antipsychotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619974/fr/risperdal-risperdalconsta-lp-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957062/fr/risperdalconsta-l-p-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400016/fr/risperdalconsta-lp-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400339/fr/risperdaloro-0-5-mg-comprime-orodispersible-boite-de-28-risperdaloro-1-mg-comprime-orodispersible-boite-de-28-risperdaloro-2-mg-comprime-orodispersible-boite-de-28-risperdaloro-3-mg-comprime-orodispersible-boite-de-28-risperdaloro-4-mg-comprime-orodispersible-boite-de-28-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml</t>
+  </si>
+  <si>
+    <t>LIBMELDY (atidarsagène autotemcel)</t>
+  </si>
+  <si>
+    <t>28/10/2025 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263782/fr/libmeldy-atidarsagene-autotemcel</t>
+  </si>
+  <si>
+    <t>p_3263782</t>
+  </si>
+  <si>
+    <t>atidarsagène autotemcel</t>
+  </si>
+  <si>
+    <t>ORCHARD THERAPEUTICS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263243/fr/libmeldy-population-autologue-enrichie-en-cellules-cd34-qui-contient-des-cellules-souches-progenitrices-hematopoietiques-transduites-ex-vivo-avec-un-vecteur-lentiviral-codant-le-gene-de-l-arylsulfatase-a-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295376/fr/libmeldy-2-10-x-106-cellules/ml-dispersion-pour-perfusion-atidarsagene-autotemcel-leucodystrophie-metachromatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3379875/fr/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466391/fr/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543093/fr/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555789/fr/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique-ldm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602613/fr/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique-30-mois-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702884/fr/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique-30-mois-6-ans</t>
+  </si>
+  <si>
+    <t>FYCOMPA (pérampanel)</t>
+  </si>
+  <si>
+    <t>24/06/2021 15:41:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982727/fr/fycompa-perampanel</t>
+  </si>
+  <si>
+    <t>pprd_2982727</t>
+  </si>
+  <si>
+    <t>pérampanel</t>
+  </si>
+  <si>
+    <t>EISAI SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638077/fr/fycompa-perampanel-antiepileptique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682097/fr/fycompa-perampanel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972296/fr/fycompa-perampanel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106646/fr/fycompa-perampanel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273462/fr/fycompa-perampanel-crises-d-epilepsie-gtcp-et-egi</t>
+  </si>
+  <si>
+    <t>ECALTA (anidulafungine)</t>
+  </si>
+  <si>
+    <t>18/06/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983800/fr/ecalta-anidulafungine</t>
+  </si>
+  <si>
+    <t>pprd_2983800</t>
+  </si>
+  <si>
+    <t>anidulafungine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_663748/fr/ecalta-anidulafungine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987168/fr/ecalta-anidulafungine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730845/fr/ecalta-anidulafungine-echinocandine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272112/fr/ecalta-anidulafungine-candidoses-pediatriques</t>
+  </si>
+  <si>
+    <t>COAPROVEL (hydrochlorothiazide/ irbésartan)</t>
+  </si>
+  <si>
+    <t>22/10/2012 13:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984978/fr/coaprovel-hydrochlorothiazide/-irbesartan</t>
+  </si>
+  <si>
+    <t>pprd_2984978</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,irbésartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399417/fr/coaprovel-150mg/12-5mg-comprimes-coaprovel-300mg/12-5mg-comprimes-boites-de-28-hydrochlorothiazide/-irbesartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532065/fr/coaprovel-hydrochlorothiazide/-irbesartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323134/fr/coaprovel-hydrochlorothiazide/-irbesartan</t>
+  </si>
+  <si>
+    <t>LUVERIS (Lutropine Alfa)</t>
+  </si>
+  <si>
+    <t>09/02/2017 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983739/fr/luveris-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983739</t>
+  </si>
+  <si>
+    <t>Lutropine Alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398994/fr/luveris-75-ui-poudre-et-solvant-pour-solution-injectable-boites-de-1-3-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455925/fr/luveris-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352593/fr/luveris-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744496/fr/luveris-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>PERGOVERIS (follitropine alfa/ lutropine alfa)</t>
+  </si>
+  <si>
+    <t>30/11/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983034/fr/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983034</t>
+  </si>
+  <si>
+    <t>follitropine alfa,lutropine alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677439/fr/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1646903/fr/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798157/fr/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883469/fr/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>WINREVAIR (sotatercept)</t>
+  </si>
+  <si>
+    <t>16/09/2025 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508336/fr/winrevair-sotatercept</t>
+  </si>
+  <si>
+    <t>p_3508336</t>
+  </si>
+  <si>
+    <t>sotatercept</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508311/fr/winrevair-sotatercept-hypertension-arterielle-pulmonaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587114/fr/winrevair-sotatercept-hypertension-arterielle-pulmonaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606289/fr/winrevair-sotatercept-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658407/fr/winrevair-sotatercept-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>PEDMARQSI (thiosulfate de sodium)</t>
+  </si>
+  <si>
+    <t>05/06/2025 11:03:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602002/fr/pedmarqsi-thiosulfate-de-sodium</t>
+  </si>
+  <si>
+    <t>p_3602002</t>
+  </si>
+  <si>
+    <t>thiosulfate de sodium</t>
+  </si>
+  <si>
+    <t>NORGINE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601988/fr/pedmarqsi-thiosulfate-de-sodium-prevention-de-l-ototoxicite-du-cisplatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608587/fr/pedmarqsi-thiosulfate-de-sodium-prevention-de-l-ototoxicite-du-cisplatine-chez-les-patients-ages-de-1mois-a-18ans</t>
+  </si>
+  <si>
+    <t>XALKORI (crizotinib)</t>
+  </si>
+  <si>
+    <t>09/06/2023 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983566/fr/xalkori-crizotinib</t>
+  </si>
+  <si>
+    <t>pprd_2983566</t>
+  </si>
+  <si>
+    <t>crizotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543504/fr/xalkori-crizotinib-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769263/fr/xalkori-crizotinib-inhibiteur-de-tyrosine-kinase-cpnpc-alk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779442/fr/xalkori-crizotinib-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181549/fr/xalkori-crizotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184923/fr/xalkori-crizotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359507/fr/xalkori-crizotinib-lymphome-t-anaplasique-a-grandes-cellules-lagc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3428384/fr/xalkori-crizotinib-lymphome-t-anaplasique-a-grandes-cellules-lagc-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442461/fr/xalkori-crizotinib-tumeurs-myofibroblastiques-inflammatoires-tmi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444785/fr/xalkori-crizotinib-lymphome-anaplasique-a-grandes-cellules-lagc</t>
+  </si>
+  <si>
+    <t>LAMZEDE (velmanase alfa)</t>
+  </si>
+  <si>
+    <t>10/01/2025 08:45:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982928/fr/lamzede-velmanase-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2982928</t>
+  </si>
+  <si>
+    <t>velmanase alfa</t>
+  </si>
+  <si>
+    <t>CHIESI SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894917/fr/lamzede-velmanase-alpha-enzyme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313547/fr/lamzede-velmanase-alfa-alpha-mannosidose-legere-a-moderee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577018/fr/lamzede-velmanase-alfa-alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>TEPEZZA (téprotumumab)</t>
+  </si>
+  <si>
+    <t>10/12/2025 16:26:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592975/fr/tepezza-teprotumumab</t>
+  </si>
+  <si>
+    <t>p_3592975</t>
+  </si>
+  <si>
+    <t>téprotumumab</t>
+  </si>
+  <si>
+    <t>AMGEN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592956/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785356/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
+  </si>
+  <si>
+    <t>OFEV (nintedanib)</t>
+  </si>
+  <si>
+    <t>15/01/2026 08:31:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809039/fr/ofev-nintedanib</t>
+  </si>
+  <si>
+    <t>p_3809039</t>
+  </si>
+  <si>
+    <t>nintedanib</t>
+  </si>
+  <si>
+    <t>Boehringer Ingelheim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809016/fr/ofev-nintedanib-pneumopathie-interstitielle-diffuse-enfants-et-adolescents-6-17-ans</t>
+  </si>
+  <si>
+    <t>EZMEKLY (mirdamétinib)</t>
+  </si>
+  <si>
+    <t>16/01/2026 16:33:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785413/fr/ezmekly-mirdametinib</t>
+  </si>
+  <si>
+    <t>p_3785413</t>
+  </si>
+  <si>
+    <t>mirdamétinib</t>
+  </si>
+  <si>
+    <t>CEVIDRA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785393/fr/ezmekly-mirdametinib-neurofibromatose-de-type-a-nf1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807407/fr/ezmekly-mirdametinib-neurofibromatose-de-type-a-nf1-chez-l-adulte-et-l-enfant-a-partir-de-2-ans</t>
+  </si>
+  <si>
+    <t>ORPHACOL (acide cholique)</t>
+  </si>
+  <si>
+    <t>25/04/2014 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984819/fr/orphacol-acide-cholique</t>
+  </si>
+  <si>
+    <t>pprd_2984819</t>
+  </si>
+  <si>
+    <t>acide cholique</t>
+  </si>
+  <si>
+    <t>CTRS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726511/fr/orphacol-acide-cholique-acide-biliaire</t>
+  </si>
+  <si>
+    <t>VORANIGO (vorasidenib)</t>
+  </si>
+  <si>
+    <t>20/01/2026 17:37:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3825961/fr/voranigo-vorasidenib</t>
+  </si>
+  <si>
+    <t>p_3825961</t>
+  </si>
+  <si>
+    <t>vorasidenib</t>
+  </si>
+  <si>
+    <t>LES LABORATOIRES SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3825906/fr/voranigo-vorasidenib-astrocytome-et-oligodendrogliome-adultes-et-adolescents-12-ans</t>
+  </si>
+  <si>
+    <t>IMCIVREE (setmélanotide)</t>
+  </si>
+  <si>
+    <t>26/01/2026 17:57:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310643/fr/imcivree-setmelanotide</t>
+  </si>
+  <si>
+    <t>p_3310643</t>
+  </si>
+  <si>
+    <t>setmélanotide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310631/fr/imcivree-setmelanotide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324540/fr/imcivree-setmelanotide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352501/fr/imcivree-setmelanotide-obesite-et-controle-de-la-faim-sbb-adultes-et-enfants-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403261/fr/imcivree-setmelanotide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3416571/fr/imcivree-setmelanotide-pomc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421149/fr/imcivree-setmelanotide-syndrome-de-bardet-biedl-sbb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456790/fr/imcivree-setmelanotide-obesite-et-controle-de-la-faim-adultes-et-enfants-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463613/fr/imcivree-setmelanotide-traitement-de-l-obesite-et-du-controle-de-la-faim-sbb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547474/fr/imcivree-setmelanotide-obesite-et-controle-de-la-faim-adultes-et-enfants-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608590/fr/imcivree-setmelanotide-obesite-chez-les-enfants-de-2-a-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806737/fr/imcivree-setmelanotide-traitement-de-l-obesite-et-du-controle-de-la-faim-sbb-chez-les-patients-ages-de-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3835284/fr/imcivree-setmelanotide-obesite-et-controle-de-la-faim-adultes-et-enfants-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>ULTOMIRIS (ravulizumab)</t>
+  </si>
+  <si>
+    <t>01/07/2024 08:38:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202655/fr/ultomiris-ravulizumab</t>
+  </si>
+  <si>
+    <t>p_3202655</t>
+  </si>
+  <si>
+    <t>ravulizumab</t>
+  </si>
+  <si>
+    <t>ALEXION PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281239/fr/ultomiris-300-mg/3-ml-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274202/fr/ultomiris-ravulizumab-shua</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202251/fr/ultomiris-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341428/fr/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358127/fr/ultomiris-ravulizumab-hemoglobinurie-paroxystique-nocturne-chez-les-patients-pediatriques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419442/fr/ultomiris-ravulizumab-myasthenie-acquise-generalisee-mag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433398/fr/ultomiris-ravulizumab-syndrome-hemolytique-et-uremique-atypique-shua</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455563/fr/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456902/fr/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460121/fr/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527465/fr/ultomiris-ravulizumab-inhibiteur-du-complement-c5</t>
+  </si>
+  <si>
+    <t>ALDURAZYME (laronidase)</t>
+  </si>
+  <si>
+    <t>04/02/2022 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983669/fr/aldurazyme-laronidase</t>
+  </si>
+  <si>
+    <t>pprd_2983669</t>
+  </si>
+  <si>
+    <t>laronidase</t>
+  </si>
+  <si>
+    <t>GENZYME S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399954/fr/aldurazyme-laronidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754219/fr/aldurazyme-laronidase-enzyme-de-substitution</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312308/fr/aldurazyme-100-u/ml-laronidase</t>
+  </si>
+  <si>
+    <t>DOVPRELA (prétomanide)</t>
+  </si>
+  <si>
+    <t>02/10/2025 10:42:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644419/fr/dovprela-pretomanide</t>
+  </si>
+  <si>
+    <t>p_3644419</t>
+  </si>
+  <si>
+    <t>prétomanide</t>
+  </si>
+  <si>
+    <t>VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644405/fr/dovprela-pretomanide-tuberculose-pulmonaire-multiresistante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689059/fr/dovprela-pretomanide-tuberculose-pulmonaire-multiresistante</t>
+  </si>
+  <si>
+    <t>COLUMVI (glofitamab)</t>
+  </si>
+  <si>
+    <t>23/10/2025 16:42:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453050/fr/columvi-glofitamab</t>
+  </si>
+  <si>
+    <t>p_3453050</t>
+  </si>
+  <si>
+    <t>glofitamab</t>
+  </si>
+  <si>
+    <t>ROCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453038/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487097/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b-ldgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3532956/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639677/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687404/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b-non-specifie-ldgcb-nos</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701929/fr/columvi-glofitamab-lymphome-diffus-a-grandes-cellules-b-non-specifie-ldgcb-nos</t>
+  </si>
+  <si>
+    <t>FINLEE (dabrafenib) / SPEXOTRAS (trametinib)</t>
+  </si>
+  <si>
+    <t>14/03/2025 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3450991/fr/finlee-dabrafenib-/-spexotras-trametinib</t>
+  </si>
+  <si>
+    <t>p_3450991</t>
+  </si>
+  <si>
+    <t>dabrafenib,trametinib</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3450970/fr/finlee-spexotras-dabrafenib-trametinib-gliome-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515581/fr/finlee-spexotras-dabrafenib-trametinib-gliome-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530986/fr/finlee-/-spexotras-dabrafenib-/-trametinib-gliome</t>
+  </si>
+  <si>
+    <t>RUCONEST (conestat alpha)</t>
+  </si>
+  <si>
+    <t>31/03/2021 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982871/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>pprd_2982871</t>
+  </si>
+  <si>
+    <t>conestat alpha</t>
+  </si>
+  <si>
+    <t>PHARMING GROUP NV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036554/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873713/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873722/fr/ruconest-conestat-alpha-medicaments-de-l-angioedeme-hereditaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905739/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258709/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>YORVIPATH (palopegtériparatide)</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:04:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545143/fr/yorvipath-palopegteriparatide</t>
+  </si>
+  <si>
+    <t>p_3545143</t>
+  </si>
+  <si>
+    <t>palopegtériparatide</t>
+  </si>
+  <si>
+    <t>ASCENDIS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545107/fr/yorvipath-palopegteriparatide-hypoparathyroidie-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545560/fr/yorvipath-palopegteriparatide-hypoparathyroidie-chronique</t>
+  </si>
+  <si>
+    <t>TAKHZYRO (lanadélumab)</t>
+  </si>
+  <si>
+    <t>12/12/2025 08:34:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982720/fr/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>pprd_2982720</t>
+  </si>
+  <si>
+    <t>lanadélumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973363/fr/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201790/fr/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495394/fr/takhzyro-lanadelumab-angioedeme-hereditaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498741/fr/takhzyro-lanadelumab-angiooedeme-hereditaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785142/fr/takhzyro-lanadelumab-angioedeme-hereditaire-aoh-chez-les-patients-ages-de-12-ans-et-plus</t>
+  </si>
+  <si>
+    <t>ITOVEBI (inavolisib)</t>
+  </si>
+  <si>
+    <t>21/01/2026 15:56:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806090/fr/itovebi-inavolisib</t>
+  </si>
+  <si>
+    <t>p_3806090</t>
+  </si>
+  <si>
+    <t>inavolisib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806073/fr/itovebi-inavolisib-cancer-du-sein-localement-avance-ou-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826119/fr/itovebi-inavolisib-cancer-du-sein-localement-avance-ou-metastatique</t>
+  </si>
+  <si>
+    <t>VYLOY (zolbétuximab)</t>
+  </si>
+  <si>
+    <t>28/11/2025 16:50:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576575/fr/vyloy-zolbetuximab</t>
+  </si>
+  <si>
+    <t>p_3576575</t>
+  </si>
+  <si>
+    <t>zolbétuximab</t>
+  </si>
+  <si>
+    <t>ASTELLAS PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576557/fr/vyloy-zolbetuximab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594155/fr/vyloy-zolbetuximab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610362/fr/vyloy-zolbetuximab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3763036/fr/vyloy-zolbetuximab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>ZIIHERA (zanidatamab)</t>
+  </si>
+  <si>
+    <t>29/12/2025 14:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563117/fr/ziihera-zanidatamab</t>
+  </si>
+  <si>
+    <t>p_3563117</t>
+  </si>
+  <si>
+    <t>zanidatamab</t>
+  </si>
+  <si>
+    <t>JAZZ PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563099/fr/ziihera-zanidatamab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806763/fr/ziihera-zanidatamab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>EVKEEZA (évinacumab)</t>
+  </si>
+  <si>
+    <t>10/09/2025 11:33:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386112/fr/evkeeza-evinacumab</t>
+  </si>
+  <si>
+    <t>p_3386112</t>
+  </si>
+  <si>
+    <t>évinacumab</t>
+  </si>
+  <si>
+    <t>ULTRAGENYX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385348/fr/evkeeza-evinacumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448101/fr/evkeeza-evinacumab-hypercholesterolemie-homozygote-familiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460124/fr/evkeeza-evinacumab-hypercholesterolemie-homozygote-familiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503277/fr/evkeeza-evinacumab-hypercholesterolemie-homozygote-familiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515705/fr/evkeeza-evinacumab-hypercholesterolemie-homozygote-familiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515708/fr/evkeeza-evinacumab-hypercholesterolemie-familiale-homozygote-chez-l-enfant-de-5-a-11-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602593/fr/evkeeza-evinacumab-hypercholesterolemie-homozygote-familiale-pediatrie-6-mois-a-4-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643896/fr/evkeeza-evinacumab-hypercholesterolemie-familiale-homozygote-chez-l-enfant-de-6-mois-a-4-ans</t>
+  </si>
+  <si>
+    <t>ELAHERE (mirvetuximab soravtansine)</t>
+  </si>
+  <si>
+    <t>11/04/2025 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593014/fr/elahere-mirvetuximab-soravtansine</t>
+  </si>
+  <si>
+    <t>p_3593014</t>
+  </si>
+  <si>
+    <t>mirvetuximab soravtansine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592985/fr/elahere-mirvetuximab-soravtansine-cancer-de-l-ovaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601719/fr/elahere-mirvetuximab-soravtansine-cancer-de-l-ovaire</t>
+  </si>
+  <si>
+    <t>PRIMAQUINE SANOFI (primaquine phosphate)</t>
+  </si>
+  <si>
+    <t>06/10/2025 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318410/fr/primaquine-sanofi-primaquine-phosphate</t>
+  </si>
+  <si>
+    <t>p_3318410</t>
+  </si>
+  <si>
+    <t>primaquine phosphate</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318397/fr/primaquine-primaquine-phosphate-paludisme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426693/fr/primaquine-primaquine-phosphate-paludisme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519815/fr/primaquine-primaquine-phosphate-paludisme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577039/fr/primaquine-sanofi-primaquine-phosphate-paludisme</t>
+  </si>
+  <si>
+    <t>WELIREG (belzutifan)</t>
+  </si>
+  <si>
+    <t>16/07/2025 16:46:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633425/fr/welireg-belzutifan</t>
+  </si>
+  <si>
+    <t>p_3633425</t>
+  </si>
+  <si>
+    <t>belzutifan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633406/fr/welireg-belzutifan-maladie-de-von-hippel-lindau</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635779/fr/welireg-belzutifan-maladie-de-von-hippel-lindau-vhl</t>
+  </si>
+  <si>
+    <t>FABHALTA (iptacopan)</t>
+  </si>
+  <si>
+    <t>06/11/2025 09:30:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517036/fr/fabhalta-iptacopan</t>
+  </si>
+  <si>
+    <t>p_3517036</t>
+  </si>
+  <si>
+    <t>iptacopan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517015/fr/fabhalta-iptacopan-hemoglobinurie-paroxystique-nocturne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560827/fr/fabhalta-iptacopan-hemoglobinurie-paroxystique-nocturne-hpn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689646/fr/fabhalta-iptacopan-glomerulopathie-a-depots-de-c3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704152/fr/fabhalta-iptacopan-glomerulopathie-a-depots-de-c3</t>
+  </si>
+  <si>
+    <t>SPEVIGO (spésolimab)</t>
+  </si>
+  <si>
+    <t>16/10/2025 12:34:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423187/fr/spevigo-spesolimab</t>
+  </si>
+  <si>
+    <t>p_3423187</t>
+  </si>
+  <si>
+    <t>spésolimab</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423139/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430425/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576495/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585078/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-de-l-adolescent-ppg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594961/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg-chez-l-adulte-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3699637/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg</t>
+  </si>
+  <si>
+    <t>ALHEMO (concizumab)</t>
+  </si>
+  <si>
+    <t>01/12/2025 14:29:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466254/fr/alhemo-concizumab</t>
+  </si>
+  <si>
+    <t>p_3466254</t>
+  </si>
+  <si>
+    <t>concizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466237/fr/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563330/fr/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658189/fr/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3752762/fr/alhemo-concizumab-hemophilie-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>PYLCLARI ((18F) piflufolastat)</t>
+  </si>
+  <si>
+    <t>31/05/2024 09:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474617/fr/pylclari-18f-piflufolastat</t>
+  </si>
+  <si>
+    <t>p_3474617</t>
+  </si>
+  <si>
+    <t>(18F) piflufolastat</t>
+  </si>
+  <si>
+    <t>CURIUM PET FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474603/fr/pylclari-18f-piflufolastat-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498744/fr/pylclari-18f-piflufolastat-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>XELJANZ (tofacitinib)</t>
+  </si>
+  <si>
+    <t>08/01/2024 12:20:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982824/fr/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>pprd_2982824</t>
+  </si>
+  <si>
+    <t>tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798163/fr/xeljanz-tofacitinib-anti-jak-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894923/fr/xeljanz-tofacitinib-anti-jak-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912419/fr/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182797/fr/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305315/fr/xeljanz-11-mg-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337944/fr/xeljanz-tofacitinib-arthrite-juvenile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337941/fr/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-polyarticulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403968/fr/xeljanz-tofacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482864/fr/xeljanz-tofacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482879/fr/xeljanz-tofacitinib-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486199/fr/xeljanz-tofacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486201/fr/xeljanz-tofacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486233/fr/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-aji</t>
+  </si>
+  <si>
+    <t>CASGEVY (exagamglogene autotemcel)</t>
+  </si>
+  <si>
+    <t>20/12/2024 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490709/fr/casgevy-exagamglogene-autotemcel</t>
+  </si>
+  <si>
+    <t>p_3490709</t>
+  </si>
+  <si>
+    <t>exagamglogene autotemcel</t>
+  </si>
+  <si>
+    <t>VERTEX PHARMACEUTICALS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490695/fr/casgevy-exagamglogene-autotemcel-thalassemie-dependante-des-transfusions-tdt</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534430/fr/casgevy-exagamglogene-autotemcel-drepanocytose-severe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541918/fr/casgevy-exagamglogene-autotemcel-drepanocytose-severe-chez-les-patients-ages-de-plus-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545557/fr/casgevy-exagamglogene-autotemcel-ss-thalassemie-dependante-des-transfusions-tdt</t>
+  </si>
+  <si>
+    <t>ORKAMBI (ivacaftor/lumacaftor)</t>
+  </si>
+  <si>
+    <t>15/04/2024 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982975/fr/orkambi-ivacaftor/lumacaftor</t>
+  </si>
+  <si>
+    <t>pprd_2982975</t>
+  </si>
+  <si>
+    <t>ivacaftor,lumacaftor</t>
+  </si>
+  <si>
+    <t>VERTEX PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656337/fr/orkambi-lumacaftor-/-ivacaftor-correcteur-et-potentialisateur-du-gene-cftr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889886/fr/orkambi-lumacaftor-/-ivacaftor-correcteur-et-potentialisateur-du-gene-cftr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109937/fr/orkambi-ivacaftor/-lumacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470456/fr/orkambi-lumacaftor/ivacaftor-mucoviscidose-enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471694/fr/orkambi-lumacaftor/ivacaftor-mucoviscidose</t>
+  </si>
+  <si>
+    <t>LIVMARLI (maralixibat)</t>
+  </si>
+  <si>
+    <t>15/05/2025 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418168/fr/livmarli-maralixibat</t>
+  </si>
+  <si>
+    <t>p_3418168</t>
+  </si>
+  <si>
+    <t>maralixibat</t>
+  </si>
+  <si>
+    <t>MIRUM PHARMACEUTICALS INTERNATIONAL B.V.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418145/fr/livmarli-maralixibat-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421134/fr/livmarli-maralixibat-syndrome-d-alagille-sag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500260/fr/livmarli-maralixibat-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554585/fr/livmarli-maralixibat-cholestase-intrahepatique-progressive-familiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556731/fr/livmarli-maralixibat-cholestase-intrahepatique-progressive-familiale-pfic</t>
+  </si>
+  <si>
+    <t>OGSIVEO (nirogacestat)</t>
+  </si>
+  <si>
+    <t>07/01/2025 15:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576541/fr/ogsiveo-nirogacestat</t>
+  </si>
+  <si>
+    <t>p_3576541</t>
+  </si>
+  <si>
+    <t>nirogacestat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576525/fr/ogsiveo-nirogacestat-tumeurs-desmoides</t>
+  </si>
+  <si>
+    <t>VYJUVEK (bérémagène géperpavec)</t>
+  </si>
+  <si>
+    <t>06/11/2025 09:33:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543163/fr/vyjuvek-beremagene-geperpavec</t>
+  </si>
+  <si>
+    <t>p_3543163</t>
+  </si>
+  <si>
+    <t>bérémagène géperpavec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543140/fr/vyjuvek-beremagene-geperpavec-epidermolyse-bulleuse-dystrophique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689626/fr/vyjuvek-beremagene-geperpavec-epidermolyse-bulleuse-dystrophique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704146/fr/vyjuvek-beremagene-geperpavec-epidermolyse-bulleuse-dystrophique-des-la-naissance</t>
+  </si>
+  <si>
+    <t>ZILBRYSQ (zilucoplan sodique)</t>
+  </si>
+  <si>
+    <t>29/11/2024 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505560/fr/zilbrysq-zilucoplan-sodique</t>
+  </si>
+  <si>
+    <t>p_3505560</t>
+  </si>
+  <si>
+    <t>zilucoplan sodique</t>
+  </si>
+  <si>
+    <t>UCB PHARMA S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503160/fr/zilbrysq-zilucoplan-sodique-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420820/fr/zilbrysq-zilucoplan-myasthenie</t>
+  </si>
+  <si>
+    <t>ZILUCOPLAN (zilucoplan)</t>
+  </si>
+  <si>
+    <t>17/03/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421286/fr/zilucoplan-zilucoplan</t>
+  </si>
+  <si>
+    <t>p_3421286</t>
+  </si>
+  <si>
+    <t>zilucoplan</t>
+  </si>
+  <si>
+    <t>UCB PHARMA SA</t>
+  </si>
+  <si>
+    <t>ALECENSA (alectinib (chlorhydrate d'))</t>
+  </si>
+  <si>
+    <t>06/05/2025 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983220/fr/alecensa-alectinib-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983220</t>
+  </si>
+  <si>
+    <t>alectinib (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>ROCHE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821756/fr/alecensa-alectinib-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857802/fr/alecensa-alectinib-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552767/fr/alecensa-alectinib-cancer-bronchique-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557276/fr/alecensa-alectinib-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>SKYCLARYS (omaveloxolone)</t>
+  </si>
+  <si>
+    <t>10/02/2025 08:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474040/fr/skyclarys-omaveloxolone</t>
+  </si>
+  <si>
+    <t>p_3474040</t>
+  </si>
+  <si>
+    <t>omaveloxolone</t>
+  </si>
+  <si>
+    <t>BIOGEN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474022/fr/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542845/fr/skyclarys-omaveloxolone-ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589534/fr/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
+  </si>
+  <si>
+    <t>EMBLAVEO (aztreonam/avibactam)</t>
+  </si>
+  <si>
+    <t>05/09/2024 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534518/fr/emblaveo-aztreonam/avibactam</t>
+  </si>
+  <si>
+    <t>p_3534518</t>
+  </si>
+  <si>
+    <t>aztreonam/avibactam</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534502/fr/emblaveo-aztreonam/avibactam-infections-graves</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538249/fr/emblaveo-aztreonam/avibactam-beta-lactamines-et-inhibiteur-non-beta-lactame-de-beta-lactamase</t>
+  </si>
+  <si>
+    <t>LOARGYS (pegzilarginase)</t>
+  </si>
+  <si>
+    <t>31/05/2024 16:44:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517001/fr/loargys-pegzilarginase</t>
+  </si>
+  <si>
+    <t>p_3517001</t>
+  </si>
+  <si>
+    <t>pegzilarginase</t>
+  </si>
+  <si>
+    <t>IMMEDICA PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516966/fr/loargys-pegzilarginase-deficit-en-arginase-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519797/fr/loargys-pegzilarginase-deficit-en-arginase-1</t>
+  </si>
+  <si>
+    <t>RICIMED (fragments F(ab')2 d’immunoglobuline équine anti-ricine)</t>
+  </si>
+  <si>
+    <t>19/12/2025 12:00:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806165/fr/ricimed-fragments-f-ab-2-d-immunoglobuline-equine-anti-ricine</t>
+  </si>
+  <si>
+    <t>p_3806165</t>
+  </si>
+  <si>
+    <t>fragments F(ab')2 d’immunoglobuline équine anti-ricine</t>
+  </si>
+  <si>
+    <t>FABENTECH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806133/fr/ricimed-fragments-f-ab-2-d-immunoglobuline-equine-anti-ricine-antidote-a-la-ricine</t>
+  </si>
+  <si>
+    <t>KOSELUGO (sélumétinib)</t>
+  </si>
+  <si>
+    <t>10/09/2025 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322927/fr/koselugo-selumetinib</t>
+  </si>
+  <si>
+    <t>p_3322927</t>
+  </si>
+  <si>
+    <t>sélumétinib</t>
+  </si>
+  <si>
+    <t>Laboratoire AstraZeneca</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322781/fr/koselugo-selumetinib-neurofibromes-plexiformes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644451/fr/koselugo-selumetinib-neurofibromatose-de-type-1-nf1</t>
+  </si>
+  <si>
+    <t>KAYFANDA (odevixibat)</t>
+  </si>
+  <si>
+    <t>10/03/2025 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427786/fr/kayfanda-odevixibat</t>
+  </si>
+  <si>
+    <t>p_3427786</t>
+  </si>
+  <si>
+    <t>odevixibat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427763/fr/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586458/fr/kayfanda-odevixibat-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500210/fr/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>JEMPERLI (dostarlimab)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:16:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466151/fr/jemperli-dostarlimab</t>
+  </si>
+  <si>
+    <t>p_3466151</t>
+  </si>
+  <si>
+    <t>dostarlimab</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466095/fr/jemperli-dostarlimab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296883/fr/jemperli-500-mg-dostarlimab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488415/fr/jemperli-dostarlimab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547525/fr/jemperli-dostarlimab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547545/fr/jemperli-dostarlimab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578491/fr/jemperli-dostarlimab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639405/fr/jemperli-dostarlimab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741961/fr/jemperli-dostarlimab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement</t>
+  </si>
+  <si>
+    <t>Ce travail répond à la mesure 1 du Plan Autisme. L’objectif de cette mesure est d’élaborer un corpus de connaissances commun sur l’autisme. Plus précisément, ce travail a permis d’identifier les messages-clés permettant de diffuser les connaissances relatives : à la définition de l’autisme et des autres TED et leurs différentes formes cliniques ; aux données épidémiologiques et facteurs associés à l’autisme et autres TED ; aux spécificités du fonctionnement de la personne avec TED ; aux outils d’évaluation du fonctionnement à disposition des professionnels (outils de repérage, de diagnostic, de suivi de l'évolution) ; aux interventions proposées (description, objectifs, critères de jugement de l’efficacité).</t>
+  </si>
+  <si>
+    <t>24/03/2010 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935617/fr/autisme-et-autres-troubles-envahissants-du-developpement</t>
+  </si>
+  <si>
+    <t>c_935617</t>
+  </si>
+  <si>
+    <t>Historique des rapports annuels d'activité de l'ANESM</t>
+  </si>
+  <si>
+    <t>Historique des rapports annuel d’activité de l'ANESM depuis 2007.</t>
+  </si>
+  <si>
+    <t>24/07/2018 08:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865309/fr/historique-des-rapports-annuels-d-activite-de-l-anesm</t>
+  </si>
+  <si>
+    <t>c_2865309</t>
+  </si>
+  <si>
+    <t>Bientraitance et enfants : état des lieux</t>
+  </si>
+  <si>
+    <t>La HAS a mené une enquête sur la bientraitance dans les établissements de la protection de l’enfance. Objectif ? Réaliser, au niveau national, un état des lieux des pratiques de bientraitance dans les structures relevant de l’Aide sociale à l’enfance (ASE) et de la Protection judiciaire de la jeunesse (PJJ). Près de la moitié des structures de l’ASE et 76% des EPJJ sollicités y ont répondu, représentant respectivement 24 000 et 879 mineurs placés.</t>
+  </si>
+  <si>
+    <t>13/02/2019 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974163/fr/bientraitance-et-enfants-etat-des-lieux</t>
+  </si>
+  <si>
+    <t>pprd_2974163</t>
+  </si>
+  <si>
+    <t>Papillomavirus : la vaccination recommandée pour tous les garçons</t>
+  </si>
+  <si>
+    <t>En 2020, la vaccination contre le HPV devrait concernée tous les garçons de 11 à 14 ans. Un rattrapage sera possible jusqu’à 19 ans.</t>
+  </si>
+  <si>
+    <t>24/01/2020 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147966/fr/papillomavirus-la-vaccination-recommandee-pour-tous-les-garcons</t>
+  </si>
+  <si>
+    <t>p_3147966</t>
+  </si>
+  <si>
+    <t>Syndrome fibromyalgique de l'adulte</t>
+  </si>
+  <si>
+    <t>Rédigé par la HAS à la demande du Ministère de la santé, ce rapport d'orientation fait un état des lieux des données disponibles (hors sciences fondamentales) concernant le syndrome fibromyalgique de l’adulte et propose des orientations aux professionnels de santé pour prendre en charge les personnes qui en souffrent. Ce rapport d'orientation repose sur une analyse des recommandations étrangères existantes et sur les résultats d’enquêtes qui dessinent les contours de la réalité de ce syndrome en France.</t>
+  </si>
+  <si>
+    <t>25/10/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993899/fr/syndrome-fibromyalgique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_993899</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : la HAS partie prenante du programme national</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN), qui a débuté en France en 1972, est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves, d’origine génétique pour la plupart, et à mettre en œuvre, avant l’apparition de symptômes, les mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. Le dépistage à la naissance fait l’objet d’un programme national qui concerne tous les nouveau-nés qui naissent en France. Dans le cadre d’une recentralisation de ce programme national de dépistage néonatal, la HAS a des missions renforcées.</t>
+  </si>
+  <si>
+    <t>18/11/2021 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296719/fr/depistage-neonatal-la-has-partie-prenante-du-programme-national</t>
+  </si>
+  <si>
+    <t>p_3296719</t>
+  </si>
+  <si>
+    <t>Réglementation</t>
+  </si>
+  <si>
+    <t>L'accréditation des médecins est une démarche volontaire de gestion des risques qui a été instituée par la loi du 13 août 2004. Elle repose sur des textes législatifs et réglementaires dont les plus récents datent de 2022.</t>
+  </si>
+  <si>
+    <t>27/01/2015 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008271/fr/reglementation</t>
+  </si>
+  <si>
+    <t>c_2008271</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement (TED)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1501360/fr/autisme-et-autres-troubles-envahissants-du-developpement-ted</t>
+  </si>
+  <si>
+    <t>r_1501360</t>
+  </si>
+  <si>
+    <t>Sédation profonde jusqu'au décès : une décision collégiale</t>
+  </si>
+  <si>
+    <t>Lorsque la situation d'un patient le permet, à l’issue d'une procédure collégiale, le médecin du patient peut mettre en place une sédation profonde et continue jusqu’à son décès.</t>
+  </si>
+  <si>
+    <t>11/02/2020 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151633/fr/sedation-profonde-jusqu-au-deces-une-decision-collegiale</t>
+  </si>
+  <si>
+    <t>p_3151633</t>
+  </si>
+  <si>
+    <t>Trouble déficit de l’attention avec ou sans hyperactivité (TDAH) : repérer la souffrance, accompagner l’enfant et la famille - questions / réponses</t>
+  </si>
+  <si>
+    <t>Le déficit de l’attention avec ou sans hyperactivité (TDAH) est un trouble du neurodéveloppement associant 3 symptômes, dont l’intensité varie selon la personne. Les questions/réponses TDAH orientent l’entourage sur la prise en charge des enfants et adolescents via le repérage, diagnostic et prise en charge. Elles mentionnent les ressources à mobiliser telles que les professionnels de santé ainsi que l’environnement familial et scolaire.</t>
+  </si>
+  <si>
+    <t>22/01/2025 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025618/fr/trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite-tdah-reperer-la-souffrance-accompagner-l-enfant-et-la-famille-questions-/-reponses</t>
+  </si>
+  <si>
+    <t>c_2025618</t>
+  </si>
+  <si>
+    <t>Cancer du sein : quel dépistage selon vos facteurs de risque ? - questions / réponses</t>
+  </si>
+  <si>
+    <t>Détecté à un stade précoce, le cancer du sein peut être guéri dans plus de 90 % des cas et soigné par des traitements moins agressifs. C’est pourquoi un programme national de dépistage organisé du cancer du sein (DO) a été mis en place par les pouvoirs publics en 1994 et généralisé sur toute la France depuis 2004. Ce « dépistage organisé » s’adresse aux femmes de 50 à 74 ans, qui ne présentent pas de symptôme apparent mais qui, en raison de leur âge, sont les plus susceptibles de développer un cancer du sein.</t>
+  </si>
+  <si>
+    <t>19/05/2014 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741602/fr/cancer-du-sein-quel-depistage-selon-vos-facteurs-de-risque-questions-/-reponses</t>
+  </si>
+  <si>
+    <t>c_1741602</t>
+  </si>
+  <si>
+    <t>Tribune violences faites aux femmes au sein du couple</t>
+  </si>
+  <si>
+    <t>25/11/2019 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106350/fr/tribune-violences-faites-aux-femmes-au-sein-du-couple</t>
+  </si>
+  <si>
+    <t>p_3106350</t>
+  </si>
+  <si>
+    <t>Comprendre la nouvelle évaluation des ESSMS</t>
+  </si>
+  <si>
+    <t>Les établissements et services sociaux et médico-sociaux sont tenus de procéder à des évaluations régulières de leurs activités et de la qualité de leurs prestations.</t>
+  </si>
+  <si>
+    <t>10/03/2022 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838131/fr/comprendre-la-nouvelle-evaluation-des-essms</t>
+  </si>
+  <si>
+    <t>c_2838131</t>
+  </si>
+  <si>
+    <t>État des lieux des pratiques contraceptives et des freins à l’accès et au choix d’une contraception adaptée</t>
+  </si>
+  <si>
+    <t>Le document de synthèse intitulé « État des lieux des pratiques contraceptives et des freins à l’accès et au choix d’une contraception adaptée », à destination principale du décideur public, a pour objectif d’identifier des leviers d’action afin de faciliter l’accès et le choix d’une contraception adaptée. Il s’adresse également aux professionnels de santé et au grand public.</t>
+  </si>
+  <si>
+    <t>15/05/2013 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545927/fr/etat-des-lieux-des-pratiques-contraceptives-et-des-freins-a-l-acces-et-au-choix-d-une-contraception-adaptee</t>
+  </si>
+  <si>
+    <t>c_1545927</t>
+  </si>
+  <si>
+    <t>Mettre en œuvre le 6e cycle de certification</t>
+  </si>
+  <si>
+    <t>Le 6e cycle de certification des établissements de santé s’inscrit naturellement dans la continuité du dispositif actuel. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la lisibilité aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des informations, documents et outils nécessaires à l'appropriation de la certification des établissements de santé.</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563407/fr/mettre-en-oeuvre-le-6e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>p_3563407</t>
+  </si>
+  <si>
+    <t>Comprendre la certification pour la qualité des soins</t>
+  </si>
+  <si>
+    <t>Mise en œuvre par la HAS, la certification est un dispositif d’évaluation externe obligatoire pour tout établissement de santé, public ou privé, quelles que soient sa taille et son activité. Cette évaluation est effectuée tous les 4 ans par des professionnels mandatés par la HAS. Son objectif est de porter une appréciation indépendante sur la qualité des prestations des hôpitaux et cliniques en France.</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_411173/fr/comprendre-la-certification-pour-la-qualite-des-soins</t>
+  </si>
+  <si>
+    <t>c_411173</t>
+  </si>
+  <si>
+    <t>Contrat de travail et statut des agents de la HAS</t>
+  </si>
+  <si>
+    <t>Les statuts de la Haute Autorité de Santé offrent des possibilités de recrutement sur divers contrats en fonction de nos besoins et de la situation de l'agent.</t>
+  </si>
+  <si>
+    <t>31/08/2006 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_410222/fr/contrat-de-travail-et-statut-des-agents-de-la-has</t>
+  </si>
+  <si>
+    <t>c_410222</t>
+  </si>
+  <si>
+    <t>Expérimentation Pacte</t>
+  </si>
+  <si>
+    <t>L’expérimentation du projet Pacte a été lancée en avril 2014 avec pour objectif, la coproduction du déroulement de ce programme et des outils. Consultez le rapport final de l'expérimentation Pacte.</t>
+  </si>
+  <si>
+    <t>17/09/2020 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1733417/fr/experimentation-pacte</t>
+  </si>
+  <si>
+    <t>c_1733417</t>
+  </si>
+  <si>
+    <t>Accès précoce à un médicament</t>
+  </si>
+  <si>
+    <t>L'accès précoce est un dispositif qui régit l'utilisation, à titre exceptionnel et temporaire, de certains médicaments non autorisés dans des indications thérapeutiques précises, pour des patients en impasse thérapeutique.</t>
+  </si>
+  <si>
+    <t>01/07/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
+  </si>
+  <si>
+    <t>r_1500918</t>
+  </si>
+  <si>
+    <t>Prescrire un médicament en accès précoce</t>
+  </si>
+  <si>
+    <t>Depuis juillet 2021, les différents régimes d’ATU, RTU ont été remplacés par deux dispositifs : l’accès compassionnel et l’accès précoce et une nouvelle répartition des rôles entre l’agence nationale du médicament (ANSM) et la HAS est en place. Ce que cela change pour les prescripteurs.</t>
+  </si>
+  <si>
+    <t>09/07/2021 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274103/fr/prescrire-un-medicament-en-acces-precoce</t>
+  </si>
+  <si>
+    <t>p_3274103</t>
+  </si>
+  <si>
+    <t>The certification of hospitals for quality of care</t>
+  </si>
+  <si>
+    <t>Certification is a compulsory independent assessment procedure for the quality and safety of care in public and private hospitals. It is conducted every 4 years by professionals (peers) appointed by the HAS (surveyors).</t>
+  </si>
+  <si>
+    <t>22/06/2021 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044304/fr/the-certification-of-hospitals-for-quality-of-care</t>
+  </si>
+  <si>
+    <t>c_2044304</t>
+  </si>
+  <si>
+    <t>IQSS 2024 - CA - Indicateurs de processus en chirurgie ambulatoire : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2024 de mesure des indicateurs de qualité et de sécurité des soins de processus en chirurgie ambulatoire (MCO) à partir du dossier patient (données 2023).</t>
+  </si>
+  <si>
+    <t>25/10/2022 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807207/fr/iqss-2024-ca-indicateurs-de-processus-en-chirurgie-ambulatoire-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>c_2807207</t>
+  </si>
+  <si>
+    <t>IQSS 2025 - MCO - Coordination à la sortie et prise en charge de la douleur : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2025 de mesure des indicateurs de qualité et de sécurité des soins en MCO à partir du dossier patient : coordination à la sortie et prise en charge de la douleur (données 2024).</t>
+  </si>
+  <si>
+    <t>03/04/2023 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_627698/fr/iqss-2025-mco-coordination-a-la-sortie-et-prise-en-charge-de-la-douleur-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>c_627698</t>
+  </si>
+  <si>
+    <t>IQSS 2016 : outils pour l’expérimentation des indicateurs de processus et de résultat en « Chirurgie ambulatoire »</t>
+  </si>
+  <si>
+    <t>05/12/2017 09:03:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582338/fr/iqss-2016-outils-pour-l-experimentation-des-indicateurs-de-processus-et-de-resultat-en-chirurgie-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_2582338</t>
+  </si>
+  <si>
+    <t>Accréditation des établissements de santé étrangers</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS), autorité publique indépendante à caractère scientifique, propose aux établissements de santé étrangers son savoir-faire et son expertise en matière d'évaluation via son dispositif de certification pour la qualité des soins, accrédité par l’International Society for Quality in Health Care (ISQua).</t>
+  </si>
+  <si>
+    <t>23/05/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433849/fr/accreditation-des-etablissements-de-sante-etrangers</t>
+  </si>
+  <si>
+    <t>p_3433849</t>
+  </si>
+  <si>
+    <t>Un état des lieux fondé sur des témoignages d'usagers et de professionnels : la maltraitance « ordinaire » dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>Écouter l'expérience et le ressenti des usagers des établissements de santé. Lieux d’excellence dans la prise en charge des patients, les établissements de santé sont aussi des lieux de vie pour les patients comme pour les professionnels qui y travaillent ; les logiques humaines, professionnelles ou d’organisation doivent se concilier, exercice délicat au quotidien. Les patients hospitalisés et leurs proches témoignent bien souvent et en même temps de l’humanité des professionnels de santé et des difficultés qu’ils ont rencontrées au sein de l’institution hospitalière.</t>
+  </si>
+  <si>
+    <t>27/01/2010 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_915259/fr/un-etat-des-lieux-fonde-sur-des-temoignages-d-usagers-et-de-professionnels-la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_915259</t>
+  </si>
+  <si>
+    <t>5e cycle de certification</t>
+  </si>
+  <si>
+    <t>Membres de la gouvernance, professionnels des établissements de santé, représentants des usagers, cette page vous concerne. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la clarté aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des documents et outils nécessaires à la préparation de la visite de certification.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1495044/fr/5e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>r_1495044</t>
+  </si>
+  <si>
+    <t>IQSS 2025 - SMR - Coordination des prises en charge et pratiques cliniques : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2025 de mesure des indicateurs de qualité et de sécurité des soins en SMR à partir du dossier patient : Coordination des prises en charge et pratiques cliniques (données 2024).</t>
+  </si>
+  <si>
+    <t>03/04/2023 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_701657/fr/iqss-2025-smr-coordination-des-prises-en-charge-et-pratiques-cliniques-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>c_701657</t>
+  </si>
+  <si>
+    <t>IQSS 2025 - PSY : Coordination et prises en charge somatiques en hospitalisation temps plein : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2025 de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie en hospitalisation à temps plein à partir du dossier patient : Coordination, prises en charge somatiques et addictions (données 2024).</t>
+  </si>
+  <si>
+    <t>03/04/2023 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148091/fr/iqss-2025-psy-coordination-et-prises-en-charge-somatiques-en-hospitalisation-temps-plein-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3148091</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1060,1371 +11509,19457 @@
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2524</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2525</v>
+      </c>
+      <c r="E2" t="s">
+        <v>349</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2526</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2527</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2529</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2530</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2531</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2532</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2533</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2534</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2535</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2536</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2537</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2538</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2539</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2540</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2541</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2542</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2543</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2544</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2545</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2546</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1612</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2547</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2548</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2549</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2550</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2551</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2552</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2554</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2555</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2556</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2557</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2558</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H22"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2560</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2562</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2564</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2565</v>
+      </c>
+      <c r="D3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2566</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2567</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2570</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2571</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2572</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2573</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2574</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2575</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2576</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2577</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2578</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2579</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2580</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2581</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2582</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2583</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2584</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2585</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2586</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2588</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2589</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2590</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2591</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2592</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2593</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2594</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1605</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2595</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2596</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2597</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2598</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2599</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2600</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2601</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2602</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2603</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2604</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2605</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2606</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2607</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2608</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2609</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2610</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2611</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2600</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2601</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2612</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2613</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2614</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2615</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1669</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2616</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2617</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2618</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2619</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2620</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2621</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2622</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2623</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2624</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2625</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2626</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2627</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2628</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2629</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2630</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2631</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2632</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2633</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2634</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2635</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2636</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2638</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2197</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2639</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2640</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2641</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2642</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2643</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2646</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2647</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2648</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2649</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2650</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2651</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2652</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2653</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2654</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2655</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2656</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2657</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2658</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2659</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2660</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2661</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2663</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2664</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2665</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2666</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2667</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2668</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2669</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2670</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2671</v>
+      </c>
+      <c r="C22" t="s">
+        <v>2672</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2673</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2674</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2675</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2676</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2678</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2679</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2680</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2681</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2682</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2683</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2684</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2686</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2687</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2688</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2689</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2690</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2691</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2694</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2695</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2696</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2697</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2698</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2699</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2700</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2701</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2702</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2703</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2704</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2705</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2706</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2707</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2708</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2709</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2710</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2711</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2712</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2713</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2714</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2715</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2718</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2719</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2720</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2721</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2722</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2723</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2724</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2725</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2726</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2727</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2728</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2729</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2730</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2731</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2732</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2733</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2734</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2735</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2736</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2737</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:X89"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>2738</v>
+      </c>
+      <c r="J1" t="s">
+        <v>52</v>
+      </c>
+      <c r="K1" t="s">
+        <v>2739</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2741</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2742</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2743</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2744</v>
+      </c>
+      <c r="I2" t="s">
+        <v>2745</v>
+      </c>
+      <c r="J2" t="s">
+        <v>2746</v>
+      </c>
+      <c r="K2" t="s">
+        <v>2747</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2748</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2750</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2751</v>
+      </c>
+      <c r="I3" t="s">
+        <v>2752</v>
+      </c>
+      <c r="J3" t="s">
+        <v>2753</v>
+      </c>
+      <c r="K3" t="s">
+        <v>2754</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2755</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2756</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2757</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2758</v>
+      </c>
+      <c r="I4" t="s">
+        <v>2759</v>
+      </c>
+      <c r="J4" t="s">
+        <v>2746</v>
+      </c>
+      <c r="K4" t="s">
+        <v>2760</v>
+      </c>
+      <c r="L4" t="s">
+        <v>2761</v>
+      </c>
+      <c r="M4" t="s">
+        <v>2762</v>
+      </c>
+      <c r="N4" t="s">
+        <v>2763</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2764</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2765</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2766</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2767</v>
+      </c>
+      <c r="I5" t="s">
+        <v>2759</v>
+      </c>
+      <c r="J5" t="s">
+        <v>2768</v>
+      </c>
+      <c r="K5" t="s">
+        <v>2769</v>
+      </c>
+      <c r="L5" t="s">
+        <v>2770</v>
+      </c>
+      <c r="M5" t="s">
+        <v>2771</v>
+      </c>
+      <c r="N5" t="s">
+        <v>2772</v>
+      </c>
+      <c r="O5" t="s">
+        <v>2773</v>
+      </c>
+      <c r="P5" t="s">
+        <v>2774</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2775</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2776</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2777</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2778</v>
+      </c>
+      <c r="I6" t="s">
+        <v>2759</v>
+      </c>
+      <c r="J6" t="s">
+        <v>2779</v>
+      </c>
+      <c r="K6" t="s">
+        <v>2780</v>
+      </c>
+      <c r="L6" t="s">
+        <v>2781</v>
+      </c>
+      <c r="M6" t="s">
+        <v>2782</v>
+      </c>
+      <c r="N6" t="s">
+        <v>2783</v>
+      </c>
+      <c r="O6" t="s">
+        <v>2784</v>
+      </c>
+      <c r="P6" t="s">
+        <v>2785</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2787</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2788</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2789</v>
+      </c>
+      <c r="I7" t="s">
+        <v>2759</v>
+      </c>
+      <c r="J7" t="s">
+        <v>2790</v>
+      </c>
+      <c r="K7" t="s">
+        <v>2791</v>
+      </c>
+      <c r="L7" t="s">
+        <v>2792</v>
+      </c>
+      <c r="M7" t="s">
+        <v>2793</v>
+      </c>
+      <c r="N7" t="s">
+        <v>2794</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2795</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2796</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2797</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2798</v>
+      </c>
+      <c r="I8" t="s">
+        <v>2799</v>
+      </c>
+      <c r="J8" t="s">
+        <v>2800</v>
+      </c>
+      <c r="K8" t="s">
+        <v>2801</v>
+      </c>
+      <c r="L8" t="s">
+        <v>2802</v>
+      </c>
+      <c r="M8" t="s">
+        <v>2803</v>
+      </c>
+      <c r="N8" t="s">
+        <v>2804</v>
+      </c>
+      <c r="O8" t="s">
+        <v>2805</v>
+      </c>
+      <c r="P8" t="s">
+        <v>2806</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>2807</v>
+      </c>
+      <c r="R8" t="s">
+        <v>2808</v>
+      </c>
+      <c r="S8" t="s">
+        <v>2809</v>
+      </c>
+      <c r="T8" t="s">
+        <v>2810</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2811</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2812</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2813</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2814</v>
+      </c>
+      <c r="I9" t="s">
+        <v>2799</v>
+      </c>
+      <c r="J9" t="s">
+        <v>2815</v>
+      </c>
+      <c r="K9" t="s">
+        <v>2816</v>
+      </c>
+      <c r="L9" t="s">
+        <v>2817</v>
+      </c>
+      <c r="M9" t="s">
+        <v>2818</v>
+      </c>
+      <c r="N9" t="s">
+        <v>2819</v>
+      </c>
+      <c r="O9" t="s">
+        <v>2820</v>
+      </c>
+      <c r="P9" t="s">
+        <v>2821</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>2822</v>
+      </c>
+      <c r="R9" t="s">
+        <v>2823</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2824</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2825</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2826</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2827</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2799</v>
+      </c>
+      <c r="J10" t="s">
+        <v>2828</v>
+      </c>
+      <c r="K10" t="s">
+        <v>2829</v>
+      </c>
+      <c r="L10" t="s">
+        <v>2830</v>
+      </c>
+      <c r="M10" t="s">
+        <v>2831</v>
+      </c>
+      <c r="N10" t="s">
+        <v>2832</v>
+      </c>
+      <c r="O10" t="s">
+        <v>2833</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2834</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2835</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2836</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2837</v>
+      </c>
+      <c r="I11" t="s">
+        <v>2799</v>
+      </c>
+      <c r="J11" t="s">
+        <v>2838</v>
+      </c>
+      <c r="K11" t="s">
+        <v>2839</v>
+      </c>
+      <c r="L11" t="s">
+        <v>2840</v>
+      </c>
+      <c r="M11" t="s">
+        <v>2841</v>
+      </c>
+      <c r="N11" t="s">
+        <v>2842</v>
+      </c>
+      <c r="O11" t="s">
+        <v>2843</v>
+      </c>
+      <c r="P11" t="s">
+        <v>2844</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>2845</v>
+      </c>
+      <c r="R11" t="s">
+        <v>2846</v>
+      </c>
+      <c r="S11" t="s">
+        <v>2847</v>
+      </c>
+      <c r="T11" t="s">
+        <v>2847</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2848</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2849</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2850</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2851</v>
+      </c>
+      <c r="I12" t="s">
+        <v>2799</v>
+      </c>
+      <c r="J12" t="s">
+        <v>2852</v>
+      </c>
+      <c r="K12" t="s">
+        <v>2853</v>
+      </c>
+      <c r="L12" t="s">
+        <v>2854</v>
+      </c>
+      <c r="M12" t="s">
+        <v>2855</v>
+      </c>
+      <c r="N12" t="s">
+        <v>2856</v>
+      </c>
+      <c r="O12" t="s">
+        <v>2857</v>
+      </c>
+      <c r="P12" t="s">
+        <v>2858</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>2858</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2860</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2861</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2862</v>
+      </c>
+      <c r="I13" t="s">
+        <v>2799</v>
+      </c>
+      <c r="J13" t="s">
+        <v>2863</v>
+      </c>
+      <c r="K13" t="s">
+        <v>2864</v>
+      </c>
+      <c r="L13" t="s">
+        <v>2865</v>
+      </c>
+      <c r="M13" t="s">
+        <v>2866</v>
+      </c>
+      <c r="N13" t="s">
+        <v>2867</v>
+      </c>
+      <c r="O13" t="s">
+        <v>2868</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2869</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2870</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2871</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2872</v>
+      </c>
+      <c r="I14" t="s">
+        <v>2799</v>
+      </c>
+      <c r="J14" t="s">
+        <v>2873</v>
+      </c>
+      <c r="K14" t="s">
+        <v>2874</v>
+      </c>
+      <c r="L14" t="s">
+        <v>2875</v>
+      </c>
+      <c r="M14" t="s">
+        <v>2876</v>
+      </c>
+      <c r="N14" t="s">
+        <v>2877</v>
+      </c>
+      <c r="O14" t="s">
+        <v>2878</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2879</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2880</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2881</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2882</v>
+      </c>
+      <c r="I15" t="s">
+        <v>2883</v>
+      </c>
+      <c r="J15" t="s">
+        <v>2884</v>
+      </c>
+      <c r="K15" t="s">
+        <v>2885</v>
+      </c>
+      <c r="L15" t="s">
+        <v>2886</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2887</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2888</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2889</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2890</v>
+      </c>
+      <c r="I16" t="s">
+        <v>2891</v>
+      </c>
+      <c r="J16" t="s">
+        <v>2892</v>
+      </c>
+      <c r="K16" t="s">
+        <v>2893</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2894</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2895</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2896</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2897</v>
+      </c>
+      <c r="I17" t="s">
+        <v>2898</v>
+      </c>
+      <c r="J17" t="s">
+        <v>2746</v>
+      </c>
+      <c r="K17" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2900</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2901</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2902</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2903</v>
+      </c>
+      <c r="I18" t="s">
+        <v>2904</v>
+      </c>
+      <c r="J18" t="s">
+        <v>2905</v>
+      </c>
+      <c r="K18" t="s">
+        <v>2906</v>
+      </c>
+      <c r="L18" t="s">
+        <v>2907</v>
+      </c>
+      <c r="M18" t="s">
+        <v>2908</v>
+      </c>
+      <c r="N18" t="s">
+        <v>2909</v>
+      </c>
+      <c r="O18" t="s">
+        <v>2910</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2911</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2912</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2913</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2914</v>
+      </c>
+      <c r="I19" t="s">
+        <v>2915</v>
+      </c>
+      <c r="J19" t="s">
+        <v>2916</v>
+      </c>
+      <c r="K19" t="s">
+        <v>2917</v>
+      </c>
+      <c r="L19" t="s">
+        <v>2918</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2919</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2920</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2921</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2922</v>
+      </c>
+      <c r="I20" t="s">
+        <v>2923</v>
+      </c>
+      <c r="J20" t="s">
+        <v>2924</v>
+      </c>
+      <c r="K20" t="s">
+        <v>2925</v>
+      </c>
+      <c r="L20" t="s">
+        <v>2926</v>
+      </c>
+      <c r="M20" t="s">
+        <v>2927</v>
+      </c>
+      <c r="N20" t="s">
+        <v>2928</v>
+      </c>
+      <c r="O20" t="s">
+        <v>2929</v>
+      </c>
+      <c r="P20" t="s">
+        <v>2930</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2931</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2932</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2933</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2934</v>
+      </c>
+      <c r="I21" t="s">
+        <v>2935</v>
+      </c>
+      <c r="J21" t="s">
+        <v>2936</v>
+      </c>
+      <c r="K21" t="s">
+        <v>2937</v>
+      </c>
+      <c r="L21" t="s">
+        <v>2938</v>
+      </c>
+      <c r="M21" t="s">
+        <v>2939</v>
+      </c>
+      <c r="N21" t="s">
+        <v>2940</v>
+      </c>
+      <c r="O21" t="s">
+        <v>2941</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2942</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2943</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2944</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2945</v>
+      </c>
+      <c r="I22" t="s">
+        <v>2946</v>
+      </c>
+      <c r="J22" t="s">
+        <v>2947</v>
+      </c>
+      <c r="K22" t="s">
+        <v>2948</v>
+      </c>
+      <c r="L22" t="s">
+        <v>2949</v>
+      </c>
+      <c r="M22" t="s">
+        <v>2950</v>
+      </c>
+      <c r="N22" t="s">
+        <v>2951</v>
+      </c>
+      <c r="O22" t="s">
+        <v>2952</v>
+      </c>
+      <c r="P22" t="s">
+        <v>2953</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>2954</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2955</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2956</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2957</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2958</v>
+      </c>
+      <c r="I23" t="s">
+        <v>2959</v>
+      </c>
+      <c r="J23" t="s">
+        <v>2779</v>
+      </c>
+      <c r="K23" t="s">
+        <v>2960</v>
+      </c>
+      <c r="L23" t="s">
+        <v>2961</v>
+      </c>
+      <c r="M23" t="s">
+        <v>2962</v>
+      </c>
+      <c r="N23" t="s">
+        <v>2963</v>
+      </c>
+      <c r="O23" t="s">
+        <v>2964</v>
+      </c>
+      <c r="P23" t="s">
+        <v>2965</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>2966</v>
+      </c>
+      <c r="R23" t="s">
+        <v>2967</v>
+      </c>
+      <c r="S23" t="s">
+        <v>2968</v>
+      </c>
+      <c r="T23" t="s">
+        <v>2969</v>
+      </c>
+      <c r="U23" t="s">
+        <v>2970</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2971</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2973</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2974</v>
+      </c>
+      <c r="I24" t="s">
+        <v>2975</v>
+      </c>
+      <c r="J24" t="s">
+        <v>2905</v>
+      </c>
+      <c r="K24" t="s">
+        <v>2976</v>
+      </c>
+      <c r="L24" t="s">
+        <v>2977</v>
+      </c>
+      <c r="M24" t="s">
+        <v>2978</v>
+      </c>
+      <c r="N24" t="s">
+        <v>2979</v>
+      </c>
+      <c r="O24" t="s">
+        <v>2980</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2981</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2982</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2983</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2984</v>
+      </c>
+      <c r="I25" t="s">
+        <v>2985</v>
+      </c>
+      <c r="J25" t="s">
+        <v>2768</v>
+      </c>
+      <c r="K25" t="s">
+        <v>2986</v>
+      </c>
+      <c r="L25" t="s">
+        <v>2987</v>
+      </c>
+      <c r="M25" t="s">
+        <v>2988</v>
+      </c>
+      <c r="N25" t="s">
+        <v>2989</v>
+      </c>
+      <c r="O25" t="s">
+        <v>2990</v>
+      </c>
+      <c r="P25" t="s">
+        <v>2991</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>2992</v>
+      </c>
+      <c r="R25" t="s">
+        <v>2993</v>
+      </c>
+      <c r="S25" t="s">
+        <v>2994</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2995</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2996</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2997</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2998</v>
+      </c>
+      <c r="I26" t="s">
+        <v>2999</v>
+      </c>
+      <c r="J26" t="s">
+        <v>3000</v>
+      </c>
+      <c r="K26" t="s">
+        <v>3001</v>
+      </c>
+      <c r="L26" t="s">
+        <v>3002</v>
+      </c>
+      <c r="M26" t="s">
+        <v>3003</v>
+      </c>
+      <c r="N26" t="s">
+        <v>3004</v>
+      </c>
+      <c r="O26" t="s">
+        <v>3005</v>
+      </c>
+      <c r="P26" t="s">
+        <v>3006</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>3007</v>
+      </c>
+      <c r="R26" t="s">
+        <v>3008</v>
+      </c>
+      <c r="S26" t="s">
+        <v>3009</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B27" t="s">
+        <v>3010</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>3011</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>3012</v>
+      </c>
+      <c r="H27" t="s">
+        <v>3013</v>
+      </c>
+      <c r="I27" t="s">
+        <v>3014</v>
+      </c>
+      <c r="J27" t="s">
+        <v>2905</v>
+      </c>
+      <c r="K27" t="s">
+        <v>3015</v>
+      </c>
+      <c r="L27" t="s">
+        <v>3016</v>
+      </c>
+      <c r="M27" t="s">
+        <v>3017</v>
+      </c>
+      <c r="N27" t="s">
+        <v>3018</v>
+      </c>
+      <c r="O27" t="s">
+        <v>3019</v>
+      </c>
+      <c r="P27" t="s">
+        <v>3020</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>3021</v>
+      </c>
+      <c r="R27" t="s">
+        <v>3022</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B28" t="s">
+        <v>3023</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>3024</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>3025</v>
+      </c>
+      <c r="H28" t="s">
+        <v>3026</v>
+      </c>
+      <c r="I28" t="s">
+        <v>2999</v>
+      </c>
+      <c r="J28" t="s">
+        <v>3027</v>
+      </c>
+      <c r="K28" t="s">
+        <v>3028</v>
+      </c>
+      <c r="L28" t="s">
+        <v>3029</v>
+      </c>
+      <c r="M28" t="s">
+        <v>3030</v>
+      </c>
+      <c r="N28" t="s">
+        <v>3031</v>
+      </c>
+      <c r="O28" t="s">
+        <v>3032</v>
+      </c>
+      <c r="P28" t="s">
+        <v>3033</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>3034</v>
+      </c>
+      <c r="R28" t="s">
+        <v>3035</v>
+      </c>
+      <c r="S28" t="s">
+        <v>3036</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B29" t="s">
+        <v>3037</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>3038</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>3039</v>
+      </c>
+      <c r="H29" t="s">
+        <v>3040</v>
+      </c>
+      <c r="I29" t="s">
+        <v>3041</v>
+      </c>
+      <c r="J29" t="s">
+        <v>3042</v>
+      </c>
+      <c r="K29" t="s">
+        <v>3043</v>
+      </c>
+      <c r="L29" t="s">
+        <v>3044</v>
+      </c>
+      <c r="M29" t="s">
+        <v>3045</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B30" t="s">
+        <v>3046</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>3047</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>3048</v>
+      </c>
+      <c r="H30" t="s">
+        <v>3049</v>
+      </c>
+      <c r="I30" t="s">
+        <v>3050</v>
+      </c>
+      <c r="J30" t="s">
+        <v>2838</v>
+      </c>
+      <c r="K30" t="s">
+        <v>3051</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B31" t="s">
+        <v>3052</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>3053</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>3054</v>
+      </c>
+      <c r="H31" t="s">
+        <v>3055</v>
+      </c>
+      <c r="I31" t="s">
+        <v>3056</v>
+      </c>
+      <c r="J31" t="s">
+        <v>3057</v>
+      </c>
+      <c r="K31" t="s">
+        <v>3058</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B32" t="s">
+        <v>3059</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>3060</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>3061</v>
+      </c>
+      <c r="H32" t="s">
+        <v>3062</v>
+      </c>
+      <c r="I32" t="s">
+        <v>3063</v>
+      </c>
+      <c r="J32" t="s">
+        <v>2863</v>
+      </c>
+      <c r="K32" t="s">
+        <v>3064</v>
+      </c>
+      <c r="L32" t="s">
+        <v>3065</v>
+      </c>
+      <c r="M32" t="s">
+        <v>3066</v>
+      </c>
+      <c r="N32" t="s">
+        <v>3067</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B33" t="s">
+        <v>3068</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>3069</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>3070</v>
+      </c>
+      <c r="H33" t="s">
+        <v>3071</v>
+      </c>
+      <c r="I33" t="s">
+        <v>3072</v>
+      </c>
+      <c r="J33" t="s">
+        <v>3073</v>
+      </c>
+      <c r="K33" t="s">
+        <v>3074</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B34" t="s">
+        <v>3075</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>3076</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>3077</v>
+      </c>
+      <c r="H34" t="s">
+        <v>3078</v>
+      </c>
+      <c r="I34" t="s">
+        <v>3079</v>
+      </c>
+      <c r="J34" t="s">
+        <v>3080</v>
+      </c>
+      <c r="K34" t="s">
+        <v>3081</v>
+      </c>
+      <c r="L34" t="s">
+        <v>3082</v>
+      </c>
+      <c r="M34" t="s">
+        <v>3083</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B35" t="s">
+        <v>3084</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>3085</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>3086</v>
+      </c>
+      <c r="H35" t="s">
+        <v>3087</v>
+      </c>
+      <c r="I35" t="s">
+        <v>3088</v>
+      </c>
+      <c r="J35" t="s">
+        <v>3027</v>
+      </c>
+      <c r="K35" t="s">
+        <v>3089</v>
+      </c>
+      <c r="L35" t="s">
+        <v>3090</v>
+      </c>
+      <c r="M35" t="s">
+        <v>3091</v>
+      </c>
+      <c r="N35" t="s">
+        <v>3092</v>
+      </c>
+      <c r="O35" t="s">
+        <v>3093</v>
+      </c>
+      <c r="P35" t="s">
+        <v>3094</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>3095</v>
+      </c>
+      <c r="R35" t="s">
+        <v>3096</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B36" t="s">
+        <v>3097</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>3098</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>3099</v>
+      </c>
+      <c r="H36" t="s">
+        <v>3100</v>
+      </c>
+      <c r="I36" t="s">
+        <v>3101</v>
+      </c>
+      <c r="J36" t="s">
+        <v>3000</v>
+      </c>
+      <c r="K36" t="s">
+        <v>3102</v>
+      </c>
+      <c r="L36" t="s">
+        <v>3103</v>
+      </c>
+      <c r="M36" t="s">
+        <v>3104</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B37" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>3106</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>3107</v>
+      </c>
+      <c r="H37" t="s">
+        <v>3108</v>
+      </c>
+      <c r="I37" t="s">
+        <v>3109</v>
+      </c>
+      <c r="J37" t="s">
+        <v>3110</v>
+      </c>
+      <c r="K37" t="s">
+        <v>3111</v>
+      </c>
+      <c r="L37" t="s">
+        <v>3112</v>
+      </c>
+      <c r="M37" t="s">
+        <v>3111</v>
+      </c>
+      <c r="N37" t="s">
+        <v>3113</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B38" t="s">
+        <v>3114</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>3115</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>3116</v>
+      </c>
+      <c r="H38" t="s">
+        <v>3117</v>
+      </c>
+      <c r="I38" t="s">
+        <v>3118</v>
+      </c>
+      <c r="J38" t="s">
+        <v>2768</v>
+      </c>
+      <c r="K38" t="s">
+        <v>3119</v>
+      </c>
+      <c r="L38" t="s">
+        <v>3120</v>
+      </c>
+      <c r="M38" t="s">
+        <v>3121</v>
+      </c>
+      <c r="N38" t="s">
+        <v>3122</v>
+      </c>
+      <c r="O38" t="s">
+        <v>3123</v>
+      </c>
+      <c r="P38" t="s">
+        <v>3124</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>3125</v>
+      </c>
+      <c r="R38" t="s">
+        <v>3126</v>
+      </c>
+      <c r="S38" t="s">
+        <v>3127</v>
+      </c>
+      <c r="T38" t="s">
+        <v>3128</v>
+      </c>
+      <c r="U38" t="s">
+        <v>3129</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B39" t="s">
+        <v>3130</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>3131</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>3132</v>
+      </c>
+      <c r="H39" t="s">
+        <v>3133</v>
+      </c>
+      <c r="I39" t="s">
+        <v>3134</v>
+      </c>
+      <c r="J39" t="s">
+        <v>3135</v>
+      </c>
+      <c r="K39" t="s">
+        <v>3136</v>
+      </c>
+      <c r="L39" t="s">
+        <v>3137</v>
+      </c>
+      <c r="M39" t="s">
+        <v>3138</v>
+      </c>
+      <c r="N39" t="s">
+        <v>3139</v>
+      </c>
+      <c r="O39" t="s">
+        <v>3140</v>
+      </c>
+      <c r="P39" t="s">
+        <v>3141</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>3142</v>
+      </c>
+      <c r="R39" t="s">
+        <v>3143</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B40" t="s">
+        <v>3144</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>3145</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>3146</v>
+      </c>
+      <c r="H40" t="s">
+        <v>3147</v>
+      </c>
+      <c r="I40" t="s">
+        <v>3148</v>
+      </c>
+      <c r="J40" t="s">
+        <v>3149</v>
+      </c>
+      <c r="K40" t="s">
+        <v>3150</v>
+      </c>
+      <c r="L40" t="s">
+        <v>3151</v>
+      </c>
+      <c r="M40" t="s">
+        <v>3152</v>
+      </c>
+      <c r="N40" t="s">
+        <v>3153</v>
+      </c>
+      <c r="O40" t="s">
+        <v>3154</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B41" t="s">
+        <v>3155</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>3156</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>3157</v>
+      </c>
+      <c r="H41" t="s">
+        <v>3158</v>
+      </c>
+      <c r="I41" t="s">
+        <v>3159</v>
+      </c>
+      <c r="J41" t="s">
+        <v>2800</v>
+      </c>
+      <c r="K41" t="s">
+        <v>3160</v>
+      </c>
+      <c r="L41" t="s">
+        <v>3161</v>
+      </c>
+      <c r="M41" t="s">
+        <v>3162</v>
+      </c>
+      <c r="N41" t="s">
+        <v>3163</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B42" t="s">
+        <v>3164</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>3165</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>3166</v>
+      </c>
+      <c r="H42" t="s">
+        <v>3167</v>
+      </c>
+      <c r="I42" t="s">
+        <v>3168</v>
+      </c>
+      <c r="J42" t="s">
+        <v>3000</v>
+      </c>
+      <c r="K42" t="s">
+        <v>3169</v>
+      </c>
+      <c r="L42" t="s">
+        <v>3170</v>
+      </c>
+      <c r="M42" t="s">
+        <v>3171</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B43" t="s">
+        <v>3172</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>3173</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>3174</v>
+      </c>
+      <c r="H43" t="s">
+        <v>3175</v>
+      </c>
+      <c r="I43" t="s">
+        <v>3176</v>
+      </c>
+      <c r="J43" t="s">
+        <v>2852</v>
+      </c>
+      <c r="K43" t="s">
+        <v>3177</v>
+      </c>
+      <c r="L43" t="s">
+        <v>3178</v>
+      </c>
+      <c r="M43" t="s">
+        <v>3179</v>
+      </c>
+      <c r="N43" t="s">
+        <v>3180</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B44" t="s">
+        <v>3181</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>3182</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>3183</v>
+      </c>
+      <c r="H44" t="s">
+        <v>3184</v>
+      </c>
+      <c r="I44" t="s">
+        <v>3185</v>
+      </c>
+      <c r="J44" t="s">
+        <v>2852</v>
+      </c>
+      <c r="K44" t="s">
+        <v>3186</v>
+      </c>
+      <c r="L44" t="s">
+        <v>3187</v>
+      </c>
+      <c r="M44" t="s">
+        <v>3188</v>
+      </c>
+      <c r="N44" t="s">
+        <v>3189</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B45" t="s">
+        <v>3190</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>3191</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>3192</v>
+      </c>
+      <c r="H45" t="s">
+        <v>3193</v>
+      </c>
+      <c r="I45" t="s">
+        <v>3194</v>
+      </c>
+      <c r="J45" t="s">
+        <v>3195</v>
+      </c>
+      <c r="K45" t="s">
+        <v>3196</v>
+      </c>
+      <c r="L45" t="s">
+        <v>3197</v>
+      </c>
+      <c r="M45" t="s">
+        <v>3198</v>
+      </c>
+      <c r="N45" t="s">
+        <v>3199</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B46" t="s">
+        <v>3200</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>3201</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>3202</v>
+      </c>
+      <c r="H46" t="s">
+        <v>3203</v>
+      </c>
+      <c r="I46" t="s">
+        <v>3204</v>
+      </c>
+      <c r="J46" t="s">
+        <v>3205</v>
+      </c>
+      <c r="K46" t="s">
+        <v>3206</v>
+      </c>
+      <c r="L46" t="s">
+        <v>3207</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B47" t="s">
+        <v>3208</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>3209</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>3210</v>
+      </c>
+      <c r="H47" t="s">
+        <v>3211</v>
+      </c>
+      <c r="I47" t="s">
+        <v>3212</v>
+      </c>
+      <c r="J47" t="s">
+        <v>2800</v>
+      </c>
+      <c r="K47" t="s">
+        <v>3213</v>
+      </c>
+      <c r="L47" t="s">
+        <v>3214</v>
+      </c>
+      <c r="M47" t="s">
+        <v>3215</v>
+      </c>
+      <c r="N47" t="s">
+        <v>3216</v>
+      </c>
+      <c r="O47" t="s">
+        <v>3217</v>
+      </c>
+      <c r="P47" t="s">
+        <v>3218</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>3219</v>
+      </c>
+      <c r="R47" t="s">
+        <v>3220</v>
+      </c>
+      <c r="S47" t="s">
+        <v>3221</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B48" t="s">
+        <v>3222</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>3223</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>3224</v>
+      </c>
+      <c r="H48" t="s">
+        <v>3225</v>
+      </c>
+      <c r="I48" t="s">
+        <v>3226</v>
+      </c>
+      <c r="J48" t="s">
+        <v>3227</v>
+      </c>
+      <c r="K48" t="s">
+        <v>3228</v>
+      </c>
+      <c r="L48" t="s">
+        <v>3229</v>
+      </c>
+      <c r="M48" t="s">
+        <v>3229</v>
+      </c>
+      <c r="N48" t="s">
+        <v>3230</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B49" t="s">
+        <v>3231</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>3232</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>3233</v>
+      </c>
+      <c r="H49" t="s">
+        <v>3234</v>
+      </c>
+      <c r="I49" t="s">
+        <v>3235</v>
+      </c>
+      <c r="J49" t="s">
+        <v>3236</v>
+      </c>
+      <c r="K49" t="s">
+        <v>3237</v>
+      </c>
+      <c r="L49" t="s">
+        <v>3238</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B50" t="s">
+        <v>3239</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>3240</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>3241</v>
+      </c>
+      <c r="H50" t="s">
+        <v>3242</v>
+      </c>
+      <c r="I50" t="s">
+        <v>3243</v>
+      </c>
+      <c r="J50" t="s">
+        <v>3244</v>
+      </c>
+      <c r="K50" t="s">
+        <v>3245</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B51" t="s">
+        <v>3246</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>3247</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>3248</v>
+      </c>
+      <c r="H51" t="s">
+        <v>3249</v>
+      </c>
+      <c r="I51" t="s">
+        <v>3250</v>
+      </c>
+      <c r="J51" t="s">
+        <v>3251</v>
+      </c>
+      <c r="K51" t="s">
+        <v>3252</v>
+      </c>
+      <c r="L51" t="s">
+        <v>3253</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B52" t="s">
+        <v>3254</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>3255</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>3256</v>
+      </c>
+      <c r="H52" t="s">
+        <v>3257</v>
+      </c>
+      <c r="I52" t="s">
+        <v>3258</v>
+      </c>
+      <c r="J52" t="s">
+        <v>3259</v>
+      </c>
+      <c r="K52" t="s">
+        <v>3260</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B53" t="s">
+        <v>3261</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>3262</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>3263</v>
+      </c>
+      <c r="H53" t="s">
+        <v>3264</v>
+      </c>
+      <c r="I53" t="s">
+        <v>3265</v>
+      </c>
+      <c r="J53" t="s">
+        <v>3266</v>
+      </c>
+      <c r="K53" t="s">
+        <v>3267</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B54" t="s">
+        <v>3268</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>3269</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>3270</v>
+      </c>
+      <c r="H54" t="s">
+        <v>3271</v>
+      </c>
+      <c r="I54" t="s">
+        <v>3272</v>
+      </c>
+      <c r="J54" t="s">
+        <v>3110</v>
+      </c>
+      <c r="K54" t="s">
+        <v>3273</v>
+      </c>
+      <c r="L54" t="s">
+        <v>3274</v>
+      </c>
+      <c r="M54" t="s">
+        <v>3275</v>
+      </c>
+      <c r="N54" t="s">
+        <v>3276</v>
+      </c>
+      <c r="O54" t="s">
+        <v>3277</v>
+      </c>
+      <c r="P54" t="s">
+        <v>3278</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>3279</v>
+      </c>
+      <c r="R54" t="s">
+        <v>3280</v>
+      </c>
+      <c r="S54" t="s">
+        <v>3276</v>
+      </c>
+      <c r="T54" t="s">
+        <v>3281</v>
+      </c>
+      <c r="U54" t="s">
+        <v>3282</v>
+      </c>
+      <c r="V54" t="s">
+        <v>3283</v>
+      </c>
+      <c r="W54" t="s">
+        <v>3284</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B55" t="s">
+        <v>3285</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>3286</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>3287</v>
+      </c>
+      <c r="H55" t="s">
+        <v>3288</v>
+      </c>
+      <c r="I55" t="s">
+        <v>3289</v>
+      </c>
+      <c r="J55" t="s">
+        <v>3290</v>
+      </c>
+      <c r="K55" t="s">
+        <v>3291</v>
+      </c>
+      <c r="L55" t="s">
+        <v>3292</v>
+      </c>
+      <c r="M55" t="s">
+        <v>3293</v>
+      </c>
+      <c r="N55" t="s">
+        <v>3294</v>
+      </c>
+      <c r="O55" t="s">
+        <v>3295</v>
+      </c>
+      <c r="P55" t="s">
+        <v>3296</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>3297</v>
+      </c>
+      <c r="R55" t="s">
+        <v>3298</v>
+      </c>
+      <c r="S55" t="s">
+        <v>3299</v>
+      </c>
+      <c r="T55" t="s">
+        <v>3300</v>
+      </c>
+      <c r="U55" t="s">
+        <v>3301</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B56" t="s">
+        <v>3302</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>3303</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>3304</v>
+      </c>
+      <c r="H56" t="s">
+        <v>3305</v>
+      </c>
+      <c r="I56" t="s">
+        <v>3306</v>
+      </c>
+      <c r="J56" t="s">
+        <v>3307</v>
+      </c>
+      <c r="K56" t="s">
+        <v>3308</v>
+      </c>
+      <c r="L56" t="s">
+        <v>3309</v>
+      </c>
+      <c r="M56" t="s">
+        <v>3310</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B57" t="s">
+        <v>3311</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>3312</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>3313</v>
+      </c>
+      <c r="H57" t="s">
+        <v>3314</v>
+      </c>
+      <c r="I57" t="s">
+        <v>3315</v>
+      </c>
+      <c r="J57" t="s">
+        <v>3316</v>
+      </c>
+      <c r="K57" t="s">
+        <v>3317</v>
+      </c>
+      <c r="L57" t="s">
+        <v>3318</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B58" t="s">
+        <v>3319</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>3320</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>3321</v>
+      </c>
+      <c r="H58" t="s">
+        <v>3322</v>
+      </c>
+      <c r="I58" t="s">
+        <v>3323</v>
+      </c>
+      <c r="J58" t="s">
+        <v>3324</v>
+      </c>
+      <c r="K58" t="s">
+        <v>3325</v>
+      </c>
+      <c r="L58" t="s">
+        <v>3326</v>
+      </c>
+      <c r="M58" t="s">
+        <v>3327</v>
+      </c>
+      <c r="N58" t="s">
+        <v>3328</v>
+      </c>
+      <c r="O58" t="s">
+        <v>3329</v>
+      </c>
+      <c r="P58" t="s">
+        <v>3330</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B59" t="s">
+        <v>3331</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>3332</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>3333</v>
+      </c>
+      <c r="H59" t="s">
+        <v>3334</v>
+      </c>
+      <c r="I59" t="s">
+        <v>3335</v>
+      </c>
+      <c r="J59" t="s">
+        <v>3336</v>
+      </c>
+      <c r="K59" t="s">
+        <v>3337</v>
+      </c>
+      <c r="L59" t="s">
+        <v>3338</v>
+      </c>
+      <c r="M59" t="s">
+        <v>3339</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B60" t="s">
+        <v>3340</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>3341</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>3342</v>
+      </c>
+      <c r="H60" t="s">
+        <v>3343</v>
+      </c>
+      <c r="I60" t="s">
+        <v>3344</v>
+      </c>
+      <c r="J60" t="s">
+        <v>3345</v>
+      </c>
+      <c r="K60" t="s">
+        <v>3346</v>
+      </c>
+      <c r="L60" t="s">
+        <v>3347</v>
+      </c>
+      <c r="M60" t="s">
+        <v>3348</v>
+      </c>
+      <c r="N60" t="s">
+        <v>3349</v>
+      </c>
+      <c r="O60" t="s">
+        <v>3350</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B61" t="s">
+        <v>3351</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>3352</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>3353</v>
+      </c>
+      <c r="H61" t="s">
+        <v>3354</v>
+      </c>
+      <c r="I61" t="s">
+        <v>3355</v>
+      </c>
+      <c r="J61" t="s">
+        <v>3356</v>
+      </c>
+      <c r="K61" t="s">
+        <v>3357</v>
+      </c>
+      <c r="L61" t="s">
+        <v>3358</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B62" t="s">
+        <v>3359</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>3360</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>3361</v>
+      </c>
+      <c r="H62" t="s">
+        <v>3362</v>
+      </c>
+      <c r="I62" t="s">
+        <v>3363</v>
+      </c>
+      <c r="J62" t="s">
+        <v>3027</v>
+      </c>
+      <c r="K62" t="s">
+        <v>3364</v>
+      </c>
+      <c r="L62" t="s">
+        <v>3365</v>
+      </c>
+      <c r="M62" t="s">
+        <v>3366</v>
+      </c>
+      <c r="N62" t="s">
+        <v>3367</v>
+      </c>
+      <c r="O62" t="s">
+        <v>3368</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B63" t="s">
+        <v>3369</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>3370</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>3371</v>
+      </c>
+      <c r="H63" t="s">
+        <v>3372</v>
+      </c>
+      <c r="I63" t="s">
+        <v>3373</v>
+      </c>
+      <c r="J63" t="s">
+        <v>3324</v>
+      </c>
+      <c r="K63" t="s">
+        <v>3374</v>
+      </c>
+      <c r="L63" t="s">
+        <v>3375</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B64" t="s">
+        <v>3376</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>3377</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>3378</v>
+      </c>
+      <c r="H64" t="s">
+        <v>3379</v>
+      </c>
+      <c r="I64" t="s">
+        <v>3380</v>
+      </c>
+      <c r="J64" t="s">
+        <v>3381</v>
+      </c>
+      <c r="K64" t="s">
+        <v>3382</v>
+      </c>
+      <c r="L64" t="s">
+        <v>3383</v>
+      </c>
+      <c r="M64" t="s">
+        <v>3384</v>
+      </c>
+      <c r="N64" t="s">
+        <v>3385</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B65" t="s">
+        <v>3386</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>3387</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>3388</v>
+      </c>
+      <c r="H65" t="s">
+        <v>3389</v>
+      </c>
+      <c r="I65" t="s">
+        <v>3390</v>
+      </c>
+      <c r="J65" t="s">
+        <v>3391</v>
+      </c>
+      <c r="K65" t="s">
+        <v>3392</v>
+      </c>
+      <c r="L65" t="s">
+        <v>3393</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B66" t="s">
+        <v>3394</v>
+      </c>
+      <c r="C66" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>3395</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>3396</v>
+      </c>
+      <c r="H66" t="s">
+        <v>3397</v>
+      </c>
+      <c r="I66" t="s">
+        <v>3398</v>
+      </c>
+      <c r="J66" t="s">
+        <v>3399</v>
+      </c>
+      <c r="K66" t="s">
+        <v>3400</v>
+      </c>
+      <c r="L66" t="s">
+        <v>3401</v>
+      </c>
+      <c r="M66" t="s">
+        <v>3402</v>
+      </c>
+      <c r="N66" t="s">
+        <v>3403</v>
+      </c>
+      <c r="O66" t="s">
+        <v>3404</v>
+      </c>
+      <c r="P66" t="s">
+        <v>3405</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>3406</v>
+      </c>
+      <c r="R66" t="s">
+        <v>3407</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B67" t="s">
+        <v>3408</v>
+      </c>
+      <c r="C67" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>3409</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>3410</v>
+      </c>
+      <c r="H67" t="s">
+        <v>3411</v>
+      </c>
+      <c r="I67" t="s">
+        <v>3412</v>
+      </c>
+      <c r="J67" t="s">
+        <v>2936</v>
+      </c>
+      <c r="K67" t="s">
+        <v>3413</v>
+      </c>
+      <c r="L67" t="s">
+        <v>3414</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B68" t="s">
+        <v>3415</v>
+      </c>
+      <c r="C68" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>3416</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>3417</v>
+      </c>
+      <c r="H68" t="s">
+        <v>3418</v>
+      </c>
+      <c r="I68" t="s">
+        <v>3419</v>
+      </c>
+      <c r="J68" t="s">
+        <v>3420</v>
+      </c>
+      <c r="K68" t="s">
+        <v>3421</v>
+      </c>
+      <c r="L68" t="s">
+        <v>3422</v>
+      </c>
+      <c r="M68" t="s">
+        <v>3423</v>
+      </c>
+      <c r="N68" t="s">
+        <v>3424</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B69" t="s">
+        <v>3425</v>
+      </c>
+      <c r="C69" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>3426</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>3427</v>
+      </c>
+      <c r="H69" t="s">
+        <v>3428</v>
+      </c>
+      <c r="I69" t="s">
+        <v>3429</v>
+      </c>
+      <c r="J69" t="s">
+        <v>3195</v>
+      </c>
+      <c r="K69" t="s">
+        <v>3430</v>
+      </c>
+      <c r="L69" t="s">
+        <v>3431</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B70" t="s">
+        <v>3432</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>3433</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>3434</v>
+      </c>
+      <c r="H70" t="s">
+        <v>3435</v>
+      </c>
+      <c r="I70" t="s">
+        <v>3436</v>
+      </c>
+      <c r="J70" t="s">
+        <v>2947</v>
+      </c>
+      <c r="K70" t="s">
+        <v>3437</v>
+      </c>
+      <c r="L70" t="s">
+        <v>3438</v>
+      </c>
+      <c r="M70" t="s">
+        <v>3439</v>
+      </c>
+      <c r="N70" t="s">
+        <v>3440</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B71" t="s">
+        <v>3441</v>
+      </c>
+      <c r="C71" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>3442</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>3443</v>
+      </c>
+      <c r="H71" t="s">
+        <v>3444</v>
+      </c>
+      <c r="I71" t="s">
+        <v>3445</v>
+      </c>
+      <c r="J71" t="s">
+        <v>3446</v>
+      </c>
+      <c r="K71" t="s">
+        <v>3447</v>
+      </c>
+      <c r="L71" t="s">
+        <v>3448</v>
+      </c>
+      <c r="M71" t="s">
+        <v>3449</v>
+      </c>
+      <c r="N71" t="s">
+        <v>3450</v>
+      </c>
+      <c r="O71" t="s">
+        <v>3451</v>
+      </c>
+      <c r="P71" t="s">
+        <v>3452</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B72" t="s">
+        <v>3453</v>
+      </c>
+      <c r="C72" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>3454</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>3455</v>
+      </c>
+      <c r="H72" t="s">
+        <v>3456</v>
+      </c>
+      <c r="I72" t="s">
+        <v>3457</v>
+      </c>
+      <c r="J72" t="s">
+        <v>2838</v>
+      </c>
+      <c r="K72" t="s">
+        <v>3458</v>
+      </c>
+      <c r="L72" t="s">
+        <v>3459</v>
+      </c>
+      <c r="M72" t="s">
+        <v>3460</v>
+      </c>
+      <c r="N72" t="s">
+        <v>3461</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B73" t="s">
+        <v>3462</v>
+      </c>
+      <c r="C73" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>3463</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>3464</v>
+      </c>
+      <c r="H73" t="s">
+        <v>3465</v>
+      </c>
+      <c r="I73" t="s">
+        <v>3466</v>
+      </c>
+      <c r="J73" t="s">
+        <v>3467</v>
+      </c>
+      <c r="K73" t="s">
+        <v>3468</v>
+      </c>
+      <c r="L73" t="s">
+        <v>3469</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B74" t="s">
+        <v>3470</v>
+      </c>
+      <c r="C74" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>3471</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>3472</v>
+      </c>
+      <c r="H74" t="s">
+        <v>3473</v>
+      </c>
+      <c r="I74" t="s">
+        <v>3474</v>
+      </c>
+      <c r="J74" t="s">
+        <v>2800</v>
+      </c>
+      <c r="K74" t="s">
+        <v>3475</v>
+      </c>
+      <c r="L74" t="s">
+        <v>3476</v>
+      </c>
+      <c r="M74" t="s">
+        <v>3477</v>
+      </c>
+      <c r="N74" t="s">
+        <v>3478</v>
+      </c>
+      <c r="O74" t="s">
+        <v>3479</v>
+      </c>
+      <c r="P74" t="s">
+        <v>3480</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>3481</v>
+      </c>
+      <c r="R74" t="s">
+        <v>3480</v>
+      </c>
+      <c r="S74" t="s">
+        <v>3482</v>
+      </c>
+      <c r="T74" t="s">
+        <v>3483</v>
+      </c>
+      <c r="U74" t="s">
+        <v>3484</v>
+      </c>
+      <c r="V74" t="s">
+        <v>3485</v>
+      </c>
+      <c r="W74" t="s">
+        <v>3486</v>
+      </c>
+      <c r="X74" t="s">
+        <v>3487</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B75" t="s">
+        <v>3488</v>
+      </c>
+      <c r="C75" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>3489</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>3490</v>
+      </c>
+      <c r="H75" t="s">
+        <v>3491</v>
+      </c>
+      <c r="I75" t="s">
+        <v>3492</v>
+      </c>
+      <c r="J75" t="s">
+        <v>3493</v>
+      </c>
+      <c r="K75" t="s">
+        <v>3494</v>
+      </c>
+      <c r="L75" t="s">
+        <v>3495</v>
+      </c>
+      <c r="M75" t="s">
+        <v>3496</v>
+      </c>
+      <c r="N75" t="s">
+        <v>3497</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B76" t="s">
+        <v>3498</v>
+      </c>
+      <c r="C76" t="s">
+        <v>13</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>3499</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>3500</v>
+      </c>
+      <c r="H76" t="s">
+        <v>3501</v>
+      </c>
+      <c r="I76" t="s">
+        <v>3502</v>
+      </c>
+      <c r="J76" t="s">
+        <v>3503</v>
+      </c>
+      <c r="K76" t="s">
+        <v>3504</v>
+      </c>
+      <c r="L76" t="s">
+        <v>3505</v>
+      </c>
+      <c r="M76" t="s">
+        <v>3506</v>
+      </c>
+      <c r="N76" t="s">
+        <v>3507</v>
+      </c>
+      <c r="O76" t="s">
+        <v>3508</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B77" t="s">
+        <v>3509</v>
+      </c>
+      <c r="C77" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>3510</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>3511</v>
+      </c>
+      <c r="H77" t="s">
+        <v>3512</v>
+      </c>
+      <c r="I77" t="s">
+        <v>3513</v>
+      </c>
+      <c r="J77" t="s">
+        <v>3514</v>
+      </c>
+      <c r="K77" t="s">
+        <v>3515</v>
+      </c>
+      <c r="L77" t="s">
+        <v>3516</v>
+      </c>
+      <c r="M77" t="s">
+        <v>3517</v>
+      </c>
+      <c r="N77" t="s">
+        <v>3518</v>
+      </c>
+      <c r="O77" t="s">
+        <v>3519</v>
+      </c>
+      <c r="P77" t="s">
+        <v>3518</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B78" t="s">
+        <v>3520</v>
+      </c>
+      <c r="C78" t="s">
+        <v>13</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>3521</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>3522</v>
+      </c>
+      <c r="H78" t="s">
+        <v>3523</v>
+      </c>
+      <c r="I78" t="s">
+        <v>3524</v>
+      </c>
+      <c r="J78" t="s">
+        <v>3251</v>
+      </c>
+      <c r="K78" t="s">
+        <v>3525</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B79" t="s">
+        <v>3526</v>
+      </c>
+      <c r="C79" t="s">
+        <v>13</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>3527</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>3528</v>
+      </c>
+      <c r="H79" t="s">
+        <v>3529</v>
+      </c>
+      <c r="I79" t="s">
+        <v>3530</v>
+      </c>
+      <c r="J79" t="s">
+        <v>3110</v>
+      </c>
+      <c r="K79" t="s">
+        <v>3531</v>
+      </c>
+      <c r="L79" t="s">
+        <v>3532</v>
+      </c>
+      <c r="M79" t="s">
+        <v>3533</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B80" t="s">
+        <v>3534</v>
+      </c>
+      <c r="C80" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>3535</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>3536</v>
+      </c>
+      <c r="H80" t="s">
+        <v>3537</v>
+      </c>
+      <c r="I80" t="s">
+        <v>3538</v>
+      </c>
+      <c r="J80" t="s">
+        <v>3539</v>
+      </c>
+      <c r="K80" t="s">
+        <v>3540</v>
+      </c>
+      <c r="L80" t="s">
+        <v>3541</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B81" t="s">
+        <v>3542</v>
+      </c>
+      <c r="C81" t="s">
+        <v>13</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>3543</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>3544</v>
+      </c>
+      <c r="H81" t="s">
+        <v>3545</v>
+      </c>
+      <c r="I81" t="s">
+        <v>3546</v>
+      </c>
+      <c r="J81" t="s">
+        <v>3547</v>
+      </c>
+      <c r="K81" t="s">
+        <v>3541</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B82" t="s">
+        <v>3548</v>
+      </c>
+      <c r="C82" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>3549</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>3550</v>
+      </c>
+      <c r="H82" t="s">
+        <v>3551</v>
+      </c>
+      <c r="I82" t="s">
+        <v>3552</v>
+      </c>
+      <c r="J82" t="s">
+        <v>3553</v>
+      </c>
+      <c r="K82" t="s">
+        <v>3554</v>
+      </c>
+      <c r="L82" t="s">
+        <v>3555</v>
+      </c>
+      <c r="M82" t="s">
+        <v>3556</v>
+      </c>
+      <c r="N82" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B83" t="s">
+        <v>3558</v>
+      </c>
+      <c r="C83" t="s">
+        <v>13</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>3559</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>3560</v>
+      </c>
+      <c r="H83" t="s">
+        <v>3561</v>
+      </c>
+      <c r="I83" t="s">
+        <v>3562</v>
+      </c>
+      <c r="J83" t="s">
+        <v>3563</v>
+      </c>
+      <c r="K83" t="s">
+        <v>3564</v>
+      </c>
+      <c r="L83" t="s">
+        <v>3565</v>
+      </c>
+      <c r="M83" t="s">
+        <v>3566</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B84" t="s">
+        <v>3567</v>
+      </c>
+      <c r="C84" t="s">
+        <v>13</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>3568</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>3569</v>
+      </c>
+      <c r="H84" t="s">
+        <v>3570</v>
+      </c>
+      <c r="I84" t="s">
+        <v>3571</v>
+      </c>
+      <c r="J84" t="s">
+        <v>3572</v>
+      </c>
+      <c r="K84" t="s">
+        <v>3573</v>
+      </c>
+      <c r="L84" t="s">
+        <v>3574</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B85" t="s">
+        <v>3575</v>
+      </c>
+      <c r="C85" t="s">
+        <v>13</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>3576</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>3577</v>
+      </c>
+      <c r="H85" t="s">
+        <v>3578</v>
+      </c>
+      <c r="I85" t="s">
+        <v>3579</v>
+      </c>
+      <c r="J85" t="s">
+        <v>3580</v>
+      </c>
+      <c r="K85" t="s">
+        <v>3581</v>
+      </c>
+      <c r="L85" t="s">
+        <v>3582</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B86" t="s">
+        <v>3583</v>
+      </c>
+      <c r="C86" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>3584</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>3585</v>
+      </c>
+      <c r="H86" t="s">
+        <v>3586</v>
+      </c>
+      <c r="I86" t="s">
+        <v>3587</v>
+      </c>
+      <c r="J86" t="s">
+        <v>3588</v>
+      </c>
+      <c r="K86" t="s">
+        <v>3589</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B87" t="s">
+        <v>3590</v>
+      </c>
+      <c r="C87" t="s">
+        <v>13</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>3591</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>3592</v>
+      </c>
+      <c r="H87" t="s">
+        <v>3593</v>
+      </c>
+      <c r="I87" t="s">
+        <v>3594</v>
+      </c>
+      <c r="J87" t="s">
+        <v>3595</v>
+      </c>
+      <c r="K87" t="s">
+        <v>3596</v>
+      </c>
+      <c r="L87" t="s">
+        <v>3597</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B88" t="s">
+        <v>3598</v>
+      </c>
+      <c r="C88" t="s">
+        <v>13</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>3599</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>3600</v>
+      </c>
+      <c r="H88" t="s">
+        <v>3601</v>
+      </c>
+      <c r="I88" t="s">
+        <v>3602</v>
+      </c>
+      <c r="J88" t="s">
+        <v>2863</v>
+      </c>
+      <c r="K88" t="s">
+        <v>3603</v>
+      </c>
+      <c r="L88" t="s">
+        <v>3604</v>
+      </c>
+      <c r="M88" t="s">
+        <v>3605</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B89" t="s">
+        <v>3606</v>
+      </c>
+      <c r="C89" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>3607</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>3608</v>
+      </c>
+      <c r="H89" t="s">
+        <v>3609</v>
+      </c>
+      <c r="I89" t="s">
+        <v>3610</v>
+      </c>
+      <c r="J89" t="s">
+        <v>3611</v>
+      </c>
+      <c r="K89" t="s">
+        <v>3612</v>
+      </c>
+      <c r="L89" t="s">
+        <v>3613</v>
+      </c>
+      <c r="M89" t="s">
+        <v>3614</v>
+      </c>
+      <c r="N89" t="s">
+        <v>3614</v>
+      </c>
+      <c r="O89" t="s">
+        <v>3615</v>
+      </c>
+      <c r="P89" t="s">
+        <v>3616</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>3617</v>
+      </c>
+      <c r="R89" t="s">
+        <v>3618</v>
+      </c>
+      <c r="S89" t="s">
+        <v>3619</v>
+      </c>
+      <c r="T89" t="s">
+        <v>3619</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B2" t="s">
+        <v>3621</v>
+      </c>
+      <c r="C2" t="s">
+        <v>3622</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>3623</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>3624</v>
+      </c>
+      <c r="H2" t="s">
+        <v>3625</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B3" t="s">
+        <v>3626</v>
+      </c>
+      <c r="C3" t="s">
+        <v>3627</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>3628</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>3629</v>
+      </c>
+      <c r="H3" t="s">
+        <v>3630</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B4" t="s">
+        <v>3631</v>
+      </c>
+      <c r="C4" t="s">
+        <v>3632</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>3633</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>3634</v>
+      </c>
+      <c r="H4" t="s">
+        <v>3635</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B5" t="s">
+        <v>3636</v>
+      </c>
+      <c r="C5" t="s">
+        <v>3637</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>3638</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>3639</v>
+      </c>
+      <c r="H5" t="s">
+        <v>3640</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B6" t="s">
+        <v>3641</v>
+      </c>
+      <c r="C6" t="s">
+        <v>3642</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>3643</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>3644</v>
+      </c>
+      <c r="H6" t="s">
+        <v>3645</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B7" t="s">
+        <v>3646</v>
+      </c>
+      <c r="C7" t="s">
+        <v>3647</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>3648</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>3649</v>
+      </c>
+      <c r="H7" t="s">
+        <v>3650</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B8" t="s">
+        <v>3651</v>
+      </c>
+      <c r="C8" t="s">
+        <v>3652</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>3653</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>3654</v>
+      </c>
+      <c r="H8" t="s">
+        <v>3655</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B9" t="s">
+        <v>3656</v>
+      </c>
+      <c r="C9" t="s">
+        <v>3657</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>3658</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>3659</v>
+      </c>
+      <c r="H9" t="s">
+        <v>3660</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B10" t="s">
+        <v>3661</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2551</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>3662</v>
+      </c>
+      <c r="H10" t="s">
+        <v>3663</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B11" t="s">
+        <v>3664</v>
+      </c>
+      <c r="C11" t="s">
+        <v>3665</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>3666</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>3667</v>
+      </c>
+      <c r="H11" t="s">
+        <v>3668</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B12" t="s">
+        <v>3669</v>
+      </c>
+      <c r="C12" t="s">
+        <v>3670</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>3671</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>3672</v>
+      </c>
+      <c r="H12" t="s">
+        <v>3673</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B13" t="s">
+        <v>3674</v>
+      </c>
+      <c r="C13" t="s">
+        <v>3675</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>3676</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>3677</v>
+      </c>
+      <c r="H13" t="s">
+        <v>3678</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B14" t="s">
+        <v>3679</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>3680</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>3681</v>
+      </c>
+      <c r="H14" t="s">
+        <v>3682</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B15" t="s">
+        <v>3683</v>
+      </c>
+      <c r="C15" t="s">
+        <v>3684</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>3685</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>3686</v>
+      </c>
+      <c r="H15" t="s">
+        <v>3687</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B16" t="s">
+        <v>3688</v>
+      </c>
+      <c r="C16" t="s">
+        <v>3689</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>3690</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>3691</v>
+      </c>
+      <c r="H16" t="s">
+        <v>3692</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B17" t="s">
+        <v>3693</v>
+      </c>
+      <c r="C17" t="s">
+        <v>3694</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>3695</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>3696</v>
+      </c>
+      <c r="H17" t="s">
+        <v>3697</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B18" t="s">
+        <v>3698</v>
+      </c>
+      <c r="C18" t="s">
+        <v>3699</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>3700</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>3701</v>
+      </c>
+      <c r="H18" t="s">
+        <v>3702</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B19" t="s">
+        <v>3703</v>
+      </c>
+      <c r="C19" t="s">
+        <v>3704</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>3705</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>3706</v>
+      </c>
+      <c r="H19" t="s">
+        <v>3707</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B20" t="s">
+        <v>3708</v>
+      </c>
+      <c r="C20" t="s">
+        <v>3709</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>3710</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>3711</v>
+      </c>
+      <c r="H20" t="s">
+        <v>3712</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B21" t="s">
+        <v>3713</v>
+      </c>
+      <c r="C21" t="s">
+        <v>3714</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>3715</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>3716</v>
+      </c>
+      <c r="H21" t="s">
+        <v>3717</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B22" t="s">
+        <v>3718</v>
+      </c>
+      <c r="C22" t="s">
+        <v>3719</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>3720</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>3721</v>
+      </c>
+      <c r="H22" t="s">
+        <v>3722</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B23" t="s">
+        <v>3723</v>
+      </c>
+      <c r="C23" t="s">
+        <v>3724</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>3725</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>3726</v>
+      </c>
+      <c r="H23" t="s">
+        <v>3727</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B24" t="s">
+        <v>3728</v>
+      </c>
+      <c r="C24" t="s">
+        <v>3729</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>3730</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>3731</v>
+      </c>
+      <c r="H24" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B25" t="s">
+        <v>3733</v>
+      </c>
+      <c r="C25" t="s">
+        <v>3734</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>3736</v>
+      </c>
+      <c r="H25" t="s">
+        <v>3737</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B26" t="s">
+        <v>3738</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>3739</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>3740</v>
+      </c>
+      <c r="H26" t="s">
+        <v>3741</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B27" t="s">
+        <v>3742</v>
+      </c>
+      <c r="C27" t="s">
+        <v>3743</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>3744</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>3745</v>
+      </c>
+      <c r="H27" t="s">
+        <v>3746</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B28" t="s">
+        <v>3747</v>
+      </c>
+      <c r="C28" t="s">
+        <v>3748</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>3749</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>3750</v>
+      </c>
+      <c r="H28" t="s">
+        <v>3751</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B29" t="s">
+        <v>3752</v>
+      </c>
+      <c r="C29" t="s">
+        <v>3753</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>3700</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>3754</v>
+      </c>
+      <c r="H29" t="s">
+        <v>3755</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B30" t="s">
+        <v>3756</v>
+      </c>
+      <c r="C30" t="s">
+        <v>3757</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>3758</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>3759</v>
+      </c>
+      <c r="H30" t="s">
+        <v>3760</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B31" t="s">
+        <v>3761</v>
+      </c>
+      <c r="C31" t="s">
+        <v>3762</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>3763</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>3764</v>
+      </c>
+      <c r="H31" t="s">
+        <v>3765</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:J11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J1" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="C2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="E2" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="H2" t="s">
-        <v>34</v>
+        <v>58</v>
+      </c>
+      <c r="I2" t="s">
+        <v>13</v>
+      </c>
+      <c r="J2" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="C3" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="E3" t="s">
-        <v>38</v>
+        <v>62</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H3" t="s">
-        <v>40</v>
+        <v>64</v>
+      </c>
+      <c r="I3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J3" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>43</v>
+        <v>68</v>
       </c>
       <c r="E4" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H4" t="s">
-        <v>46</v>
+        <v>70</v>
+      </c>
+      <c r="I4" t="s">
+        <v>13</v>
+      </c>
+      <c r="J4" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="C5" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="H5" t="s">
-        <v>52</v>
+        <v>74</v>
+      </c>
+      <c r="I5" t="s">
+        <v>13</v>
+      </c>
+      <c r="J5" t="s">
+        <v>75</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="C6" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="E6" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>57</v>
+        <v>79</v>
       </c>
       <c r="H6" t="s">
-        <v>58</v>
+        <v>80</v>
+      </c>
+      <c r="I6" t="s">
+        <v>81</v>
+      </c>
+      <c r="J6" t="s">
+        <v>82</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>83</v>
       </c>
       <c r="C7" t="s">
-        <v>60</v>
+        <v>84</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="E7" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="H7" t="s">
-        <v>64</v>
+        <v>88</v>
+      </c>
+      <c r="I7" t="s">
+        <v>89</v>
+      </c>
+      <c r="J7" t="s">
+        <v>90</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="B8" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="C8" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>67</v>
+        <v>92</v>
       </c>
       <c r="E8" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="H8" t="s">
-        <v>70</v>
+        <v>95</v>
+      </c>
+      <c r="I8" t="s">
+        <v>13</v>
+      </c>
+      <c r="J8" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="B9" t="s">
-        <v>71</v>
+        <v>97</v>
       </c>
       <c r="C9" t="s">
-        <v>72</v>
+        <v>98</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>99</v>
       </c>
       <c r="E9" t="s">
-        <v>74</v>
+        <v>100</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="H9" t="s">
-        <v>76</v>
+        <v>102</v>
+      </c>
+      <c r="I9" t="s">
+        <v>13</v>
+      </c>
+      <c r="J9" t="s">
+        <v>103</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="B10" t="s">
-        <v>77</v>
+        <v>60</v>
       </c>
       <c r="C10" t="s">
-        <v>78</v>
+        <v>104</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>105</v>
       </c>
       <c r="E10" t="s">
-        <v>74</v>
+        <v>106</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="H10" t="s">
-        <v>80</v>
+        <v>108</v>
+      </c>
+      <c r="I10" t="s">
+        <v>104</v>
+      </c>
+      <c r="J10" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="B11" t="s">
-        <v>81</v>
+        <v>110</v>
       </c>
       <c r="C11" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>67</v>
+        <v>111</v>
       </c>
       <c r="E11" t="s">
-        <v>83</v>
+        <v>112</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>84</v>
+        <v>113</v>
       </c>
       <c r="H11" t="s">
-        <v>85</v>
-[...25 lines deleted...]
-        <v>91</v>
+        <v>114</v>
+      </c>
+      <c r="I11" t="s">
+        <v>115</v>
+      </c>
+      <c r="J11" t="s">
+        <v>116</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H207"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>92</v>
+        <v>117</v>
       </c>
       <c r="B2" t="s">
-        <v>93</v>
+        <v>118</v>
       </c>
       <c r="C2" t="s">
-        <v>94</v>
+        <v>119</v>
       </c>
       <c r="D2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>97</v>
+        <v>121</v>
       </c>
       <c r="H2" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>92</v>
+        <v>117</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>123</v>
       </c>
       <c r="C3" t="s">
-        <v>100</v>
+        <v>124</v>
       </c>
       <c r="D3" t="s">
-        <v>101</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>102</v>
+        <v>125</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="H3" t="s">
-        <v>104</v>
+        <v>127</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B4" t="s">
+        <v>128</v>
+      </c>
+      <c r="C4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>130</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>131</v>
+      </c>
+      <c r="H4" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>117</v>
+      </c>
+      <c r="B5" t="s">
+        <v>133</v>
+      </c>
+      <c r="C5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>136</v>
+      </c>
+      <c r="H5" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>117</v>
+      </c>
+      <c r="B6" t="s">
+        <v>138</v>
+      </c>
+      <c r="C6" t="s">
+        <v>139</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>140</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>141</v>
+      </c>
+      <c r="H6" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>117</v>
+      </c>
+      <c r="B7" t="s">
+        <v>143</v>
+      </c>
+      <c r="C7" t="s">
+        <v>144</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>145</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>146</v>
+      </c>
+      <c r="H7" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>117</v>
+      </c>
+      <c r="B8" t="s">
+        <v>148</v>
+      </c>
+      <c r="C8" t="s">
+        <v>149</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>150</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>151</v>
+      </c>
+      <c r="H8" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>117</v>
+      </c>
+      <c r="B9" t="s">
+        <v>153</v>
+      </c>
+      <c r="C9" t="s">
+        <v>154</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>155</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>156</v>
+      </c>
+      <c r="H9" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>117</v>
+      </c>
+      <c r="B10" t="s">
+        <v>158</v>
+      </c>
+      <c r="C10" t="s">
+        <v>159</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>160</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>161</v>
+      </c>
+      <c r="H10" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>117</v>
+      </c>
+      <c r="B11" t="s">
+        <v>163</v>
+      </c>
+      <c r="C11" t="s">
+        <v>164</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>125</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>165</v>
+      </c>
+      <c r="H11" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>117</v>
+      </c>
+      <c r="B12" t="s">
+        <v>167</v>
+      </c>
+      <c r="C12" t="s">
+        <v>168</v>
+      </c>
+      <c r="D12" t="s">
+        <v>169</v>
+      </c>
+      <c r="E12" t="s">
+        <v>170</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>171</v>
+      </c>
+      <c r="H12" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>117</v>
+      </c>
+      <c r="B13" t="s">
+        <v>173</v>
+      </c>
+      <c r="C13" t="s">
+        <v>174</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>175</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>176</v>
+      </c>
+      <c r="H13" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>178</v>
+      </c>
+      <c r="C14" t="s">
+        <v>179</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>180</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>181</v>
+      </c>
+      <c r="H14" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>183</v>
+      </c>
+      <c r="C15" t="s">
+        <v>184</v>
+      </c>
+      <c r="D15" t="s">
+        <v>185</v>
+      </c>
+      <c r="E15" t="s">
+        <v>186</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>187</v>
+      </c>
+      <c r="H15" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>189</v>
+      </c>
+      <c r="C16" t="s">
+        <v>190</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>191</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>192</v>
+      </c>
+      <c r="H16" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>194</v>
+      </c>
+      <c r="C17" t="s">
+        <v>195</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>196</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>197</v>
+      </c>
+      <c r="H17" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>117</v>
+      </c>
+      <c r="B18" t="s">
+        <v>199</v>
+      </c>
+      <c r="C18" t="s">
+        <v>200</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>201</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>202</v>
+      </c>
+      <c r="H18" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>117</v>
+      </c>
+      <c r="B19" t="s">
+        <v>204</v>
+      </c>
+      <c r="C19" t="s">
+        <v>205</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>206</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>207</v>
+      </c>
+      <c r="H19" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>117</v>
+      </c>
+      <c r="B20" t="s">
+        <v>209</v>
+      </c>
+      <c r="C20" t="s">
+        <v>210</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>120</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>211</v>
+      </c>
+      <c r="H20" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>117</v>
+      </c>
+      <c r="B21" t="s">
+        <v>213</v>
+      </c>
+      <c r="C21" t="s">
+        <v>214</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>215</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>216</v>
+      </c>
+      <c r="H21" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>117</v>
+      </c>
+      <c r="B22" t="s">
+        <v>218</v>
+      </c>
+      <c r="C22" t="s">
+        <v>219</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>220</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>221</v>
+      </c>
+      <c r="H22" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>117</v>
+      </c>
+      <c r="B23" t="s">
+        <v>223</v>
+      </c>
+      <c r="C23" t="s">
+        <v>224</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>225</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>226</v>
+      </c>
+      <c r="H23" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>117</v>
+      </c>
+      <c r="B24" t="s">
+        <v>228</v>
+      </c>
+      <c r="C24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>230</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>231</v>
+      </c>
+      <c r="H24" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>117</v>
+      </c>
+      <c r="B25" t="s">
+        <v>233</v>
+      </c>
+      <c r="C25" t="s">
+        <v>234</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>155</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>235</v>
+      </c>
+      <c r="H25" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>117</v>
+      </c>
+      <c r="B26" t="s">
+        <v>237</v>
+      </c>
+      <c r="C26" t="s">
+        <v>238</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>155</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>239</v>
+      </c>
+      <c r="H26" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>117</v>
+      </c>
+      <c r="B27" t="s">
+        <v>241</v>
+      </c>
+      <c r="C27" t="s">
+        <v>242</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>230</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>243</v>
+      </c>
+      <c r="H27" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" t="s">
+        <v>245</v>
+      </c>
+      <c r="C28" t="s">
+        <v>246</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>160</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>247</v>
+      </c>
+      <c r="H28" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>117</v>
+      </c>
+      <c r="B29" t="s">
+        <v>249</v>
+      </c>
+      <c r="C29" t="s">
+        <v>250</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>251</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>252</v>
+      </c>
+      <c r="H29" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>117</v>
+      </c>
+      <c r="B30" t="s">
+        <v>254</v>
+      </c>
+      <c r="C30" t="s">
+        <v>255</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>256</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>257</v>
+      </c>
+      <c r="H30" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>117</v>
+      </c>
+      <c r="B31" t="s">
+        <v>259</v>
+      </c>
+      <c r="C31" t="s">
+        <v>260</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>220</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>261</v>
+      </c>
+      <c r="H31" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>117</v>
+      </c>
+      <c r="B32" t="s">
+        <v>263</v>
+      </c>
+      <c r="C32" t="s">
+        <v>264</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>265</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>266</v>
+      </c>
+      <c r="H32" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>117</v>
+      </c>
+      <c r="B33" t="s">
+        <v>268</v>
+      </c>
+      <c r="C33" t="s">
+        <v>269</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>270</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>271</v>
+      </c>
+      <c r="H33" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>117</v>
+      </c>
+      <c r="B34" t="s">
+        <v>273</v>
+      </c>
+      <c r="C34" t="s">
+        <v>274</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>275</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>276</v>
+      </c>
+      <c r="H34" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>117</v>
+      </c>
+      <c r="B35" t="s">
+        <v>278</v>
+      </c>
+      <c r="C35" t="s">
+        <v>279</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>280</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>281</v>
+      </c>
+      <c r="H35" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>117</v>
+      </c>
+      <c r="B36" t="s">
+        <v>283</v>
+      </c>
+      <c r="C36" t="s">
+        <v>284</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>285</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>286</v>
+      </c>
+      <c r="H36" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>117</v>
+      </c>
+      <c r="B37" t="s">
+        <v>288</v>
+      </c>
+      <c r="C37" t="s">
+        <v>289</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>290</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>291</v>
+      </c>
+      <c r="H37" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>117</v>
+      </c>
+      <c r="B38" t="s">
+        <v>293</v>
+      </c>
+      <c r="C38" t="s">
+        <v>294</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>295</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>296</v>
+      </c>
+      <c r="H38" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>117</v>
+      </c>
+      <c r="B39" t="s">
+        <v>298</v>
+      </c>
+      <c r="C39" t="s">
+        <v>299</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>300</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>301</v>
+      </c>
+      <c r="H39" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>117</v>
+      </c>
+      <c r="B40" t="s">
+        <v>303</v>
+      </c>
+      <c r="C40" t="s">
+        <v>304</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>125</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>305</v>
+      </c>
+      <c r="H40" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>117</v>
+      </c>
+      <c r="B41" t="s">
+        <v>307</v>
+      </c>
+      <c r="C41" t="s">
+        <v>308</v>
+      </c>
+      <c r="D41" t="s">
+        <v>309</v>
+      </c>
+      <c r="E41" t="s">
+        <v>310</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>311</v>
+      </c>
+      <c r="H41" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>117</v>
+      </c>
+      <c r="B42" t="s">
+        <v>313</v>
+      </c>
+      <c r="C42" t="s">
+        <v>314</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>225</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>315</v>
+      </c>
+      <c r="H42" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>117</v>
+      </c>
+      <c r="B43" t="s">
+        <v>317</v>
+      </c>
+      <c r="C43" t="s">
+        <v>318</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>319</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>320</v>
+      </c>
+      <c r="H43" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>117</v>
+      </c>
+      <c r="B44" t="s">
+        <v>322</v>
+      </c>
+      <c r="C44" t="s">
+        <v>323</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>225</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>324</v>
+      </c>
+      <c r="H44" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>117</v>
+      </c>
+      <c r="B45" t="s">
+        <v>326</v>
+      </c>
+      <c r="C45" t="s">
+        <v>327</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>328</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>329</v>
+      </c>
+      <c r="H45" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>117</v>
+      </c>
+      <c r="B46" t="s">
+        <v>331</v>
+      </c>
+      <c r="C46" t="s">
+        <v>332</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>333</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>334</v>
+      </c>
+      <c r="H46" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>117</v>
+      </c>
+      <c r="B47" t="s">
+        <v>336</v>
+      </c>
+      <c r="C47" t="s">
+        <v>337</v>
+      </c>
+      <c r="D47" t="s">
+        <v>338</v>
+      </c>
+      <c r="E47" t="s">
+        <v>339</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>340</v>
+      </c>
+      <c r="H47" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>117</v>
+      </c>
+      <c r="B48" t="s">
+        <v>342</v>
+      </c>
+      <c r="C48" t="s">
+        <v>343</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>344</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>345</v>
+      </c>
+      <c r="H48" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>117</v>
+      </c>
+      <c r="B49" t="s">
+        <v>347</v>
+      </c>
+      <c r="C49" t="s">
+        <v>348</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>349</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>350</v>
+      </c>
+      <c r="H49" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>117</v>
+      </c>
+      <c r="B50" t="s">
+        <v>352</v>
+      </c>
+      <c r="C50" t="s">
+        <v>353</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>354</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>355</v>
+      </c>
+      <c r="H50" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>117</v>
+      </c>
+      <c r="B51" t="s">
+        <v>357</v>
+      </c>
+      <c r="C51" t="s">
+        <v>358</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>215</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>359</v>
+      </c>
+      <c r="H51" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>117</v>
+      </c>
+      <c r="B52" t="s">
+        <v>361</v>
+      </c>
+      <c r="C52" t="s">
+        <v>362</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>220</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>363</v>
+      </c>
+      <c r="H52" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>117</v>
+      </c>
+      <c r="B53" t="s">
+        <v>365</v>
+      </c>
+      <c r="C53" t="s">
+        <v>366</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>367</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>368</v>
+      </c>
+      <c r="H53" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>117</v>
+      </c>
+      <c r="B54" t="s">
+        <v>370</v>
+      </c>
+      <c r="C54" t="s">
+        <v>371</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>372</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>373</v>
+      </c>
+      <c r="H54" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>117</v>
+      </c>
+      <c r="B55" t="s">
+        <v>375</v>
+      </c>
+      <c r="C55" t="s">
+        <v>376</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>230</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>377</v>
+      </c>
+      <c r="H55" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>117</v>
+      </c>
+      <c r="B56" t="s">
+        <v>379</v>
+      </c>
+      <c r="C56" t="s">
+        <v>380</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>230</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>381</v>
+      </c>
+      <c r="H56" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
+        <v>383</v>
+      </c>
+      <c r="C57" t="s">
+        <v>384</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>385</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>386</v>
+      </c>
+      <c r="H57" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>117</v>
+      </c>
+      <c r="B58" t="s">
+        <v>388</v>
+      </c>
+      <c r="C58" t="s">
+        <v>389</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>390</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>391</v>
+      </c>
+      <c r="H58" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>117</v>
+      </c>
+      <c r="B59" t="s">
+        <v>393</v>
+      </c>
+      <c r="C59" t="s">
+        <v>394</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>395</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>396</v>
+      </c>
+      <c r="H59" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>117</v>
+      </c>
+      <c r="B60" t="s">
+        <v>398</v>
+      </c>
+      <c r="C60" t="s">
+        <v>399</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>290</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>400</v>
+      </c>
+      <c r="H60" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>117</v>
+      </c>
+      <c r="B61" t="s">
+        <v>388</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>402</v>
+      </c>
+      <c r="E61" t="s">
+        <v>403</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>404</v>
+      </c>
+      <c r="H61" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>117</v>
+      </c>
+      <c r="B62" t="s">
+        <v>406</v>
+      </c>
+      <c r="C62" t="s">
+        <v>407</v>
+      </c>
+      <c r="D62" t="s">
+        <v>408</v>
+      </c>
+      <c r="E62" t="s">
+        <v>409</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>410</v>
+      </c>
+      <c r="H62" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>117</v>
+      </c>
+      <c r="B63" t="s">
+        <v>412</v>
+      </c>
+      <c r="C63" t="s">
+        <v>413</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>414</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>415</v>
+      </c>
+      <c r="H63" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>117</v>
+      </c>
+      <c r="B64" t="s">
+        <v>417</v>
+      </c>
+      <c r="C64" t="s">
+        <v>418</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>419</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>420</v>
+      </c>
+      <c r="H64" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>117</v>
+      </c>
+      <c r="B65" t="s">
+        <v>422</v>
+      </c>
+      <c r="C65" t="s">
+        <v>423</v>
+      </c>
+      <c r="D65" t="s">
+        <v>309</v>
+      </c>
+      <c r="E65" t="s">
+        <v>310</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>424</v>
+      </c>
+      <c r="H65" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>117</v>
+      </c>
+      <c r="B66" t="s">
+        <v>426</v>
+      </c>
+      <c r="C66" t="s">
+        <v>427</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>220</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>428</v>
+      </c>
+      <c r="H66" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>117</v>
+      </c>
+      <c r="B67" t="s">
+        <v>430</v>
+      </c>
+      <c r="C67" t="s">
+        <v>431</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>432</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>433</v>
+      </c>
+      <c r="H67" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>117</v>
+      </c>
+      <c r="B68" t="s">
+        <v>435</v>
+      </c>
+      <c r="C68" t="s">
+        <v>436</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>437</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>438</v>
+      </c>
+      <c r="H68" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>117</v>
+      </c>
+      <c r="B69" t="s">
+        <v>440</v>
+      </c>
+      <c r="C69" t="s">
+        <v>441</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>120</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>442</v>
+      </c>
+      <c r="H69" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>117</v>
+      </c>
+      <c r="B70" t="s">
+        <v>444</v>
+      </c>
+      <c r="C70" t="s">
+        <v>445</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>446</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>447</v>
+      </c>
+      <c r="H70" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>117</v>
+      </c>
+      <c r="B71" t="s">
+        <v>449</v>
+      </c>
+      <c r="C71" t="s">
+        <v>450</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>451</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>452</v>
+      </c>
+      <c r="H71" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>117</v>
+      </c>
+      <c r="B72" t="s">
+        <v>454</v>
+      </c>
+      <c r="C72" t="s">
+        <v>455</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>456</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>457</v>
+      </c>
+      <c r="H72" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>117</v>
+      </c>
+      <c r="B73" t="s">
+        <v>459</v>
+      </c>
+      <c r="C73" t="s">
+        <v>460</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>461</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>462</v>
+      </c>
+      <c r="H73" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>117</v>
+      </c>
+      <c r="B74" t="s">
+        <v>464</v>
+      </c>
+      <c r="C74" t="s">
+        <v>465</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>466</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>467</v>
+      </c>
+      <c r="H74" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>117</v>
+      </c>
+      <c r="B75" t="s">
+        <v>469</v>
+      </c>
+      <c r="C75" t="s">
+        <v>470</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>471</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>472</v>
+      </c>
+      <c r="H75" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>117</v>
+      </c>
+      <c r="B76" t="s">
+        <v>474</v>
+      </c>
+      <c r="C76" t="s">
+        <v>475</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>476</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>477</v>
+      </c>
+      <c r="H76" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>117</v>
+      </c>
+      <c r="B77" t="s">
+        <v>479</v>
+      </c>
+      <c r="C77" t="s">
+        <v>480</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>481</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>482</v>
+      </c>
+      <c r="H77" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>117</v>
+      </c>
+      <c r="B78" t="s">
+        <v>484</v>
+      </c>
+      <c r="C78" t="s">
+        <v>485</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>196</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>486</v>
+      </c>
+      <c r="H78" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>117</v>
+      </c>
+      <c r="B79" t="s">
+        <v>488</v>
+      </c>
+      <c r="C79" t="s">
+        <v>489</v>
+      </c>
+      <c r="D79" t="s">
+        <v>490</v>
+      </c>
+      <c r="E79" t="s">
+        <v>491</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>492</v>
+      </c>
+      <c r="H79" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>117</v>
+      </c>
+      <c r="B80" t="s">
+        <v>494</v>
+      </c>
+      <c r="C80" t="s">
+        <v>495</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>496</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>497</v>
+      </c>
+      <c r="H80" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>117</v>
+      </c>
+      <c r="B81" t="s">
+        <v>499</v>
+      </c>
+      <c r="C81" t="s">
+        <v>500</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>501</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>502</v>
+      </c>
+      <c r="H81" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>117</v>
+      </c>
+      <c r="B82" t="s">
+        <v>504</v>
+      </c>
+      <c r="C82" t="s">
+        <v>505</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>506</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>507</v>
+      </c>
+      <c r="H82" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>117</v>
+      </c>
+      <c r="B83" t="s">
+        <v>509</v>
+      </c>
+      <c r="C83" t="s">
+        <v>510</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>511</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>512</v>
+      </c>
+      <c r="H83" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>117</v>
+      </c>
+      <c r="B84" t="s">
+        <v>514</v>
+      </c>
+      <c r="C84" t="s">
+        <v>515</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>516</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>517</v>
+      </c>
+      <c r="H84" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>117</v>
+      </c>
+      <c r="B85" t="s">
+        <v>519</v>
+      </c>
+      <c r="C85" t="s">
+        <v>520</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>521</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>522</v>
+      </c>
+      <c r="H85" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>117</v>
+      </c>
+      <c r="B86" t="s">
+        <v>524</v>
+      </c>
+      <c r="C86" t="s">
+        <v>525</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>526</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>527</v>
+      </c>
+      <c r="H86" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>117</v>
+      </c>
+      <c r="B87" t="s">
+        <v>529</v>
+      </c>
+      <c r="C87" t="s">
+        <v>530</v>
+      </c>
+      <c r="D87" t="s">
+        <v>531</v>
+      </c>
+      <c r="E87" t="s">
+        <v>532</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>533</v>
+      </c>
+      <c r="H87" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>117</v>
+      </c>
+      <c r="B88" t="s">
+        <v>535</v>
+      </c>
+      <c r="C88" t="s">
+        <v>536</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>120</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>537</v>
+      </c>
+      <c r="H88" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>117</v>
+      </c>
+      <c r="B89" t="s">
+        <v>539</v>
+      </c>
+      <c r="C89" t="s">
+        <v>540</v>
+      </c>
+      <c r="D89" t="s">
+        <v>541</v>
+      </c>
+      <c r="E89" t="s">
+        <v>542</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>543</v>
+      </c>
+      <c r="H89" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>117</v>
+      </c>
+      <c r="B90" t="s">
+        <v>545</v>
+      </c>
+      <c r="C90" t="s">
+        <v>546</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>290</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>547</v>
+      </c>
+      <c r="H90" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>117</v>
+      </c>
+      <c r="B91" t="s">
+        <v>549</v>
+      </c>
+      <c r="C91" t="s">
+        <v>550</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>220</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>551</v>
+      </c>
+      <c r="H91" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>117</v>
+      </c>
+      <c r="B92" t="s">
+        <v>553</v>
+      </c>
+      <c r="C92" t="s">
+        <v>554</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>155</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>555</v>
+      </c>
+      <c r="H92" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>117</v>
+      </c>
+      <c r="B93" t="s">
+        <v>557</v>
+      </c>
+      <c r="C93" t="s">
+        <v>558</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>559</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>560</v>
+      </c>
+      <c r="H93" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>117</v>
+      </c>
+      <c r="B94" t="s">
+        <v>562</v>
+      </c>
+      <c r="C94" t="s">
+        <v>563</v>
+      </c>
+      <c r="D94" t="s">
+        <v>564</v>
+      </c>
+      <c r="E94" t="s">
+        <v>565</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>566</v>
+      </c>
+      <c r="H94" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>117</v>
+      </c>
+      <c r="B95" t="s">
+        <v>568</v>
+      </c>
+      <c r="C95" t="s">
+        <v>569</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>570</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>571</v>
+      </c>
+      <c r="H95" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>117</v>
+      </c>
+      <c r="B96" t="s">
+        <v>573</v>
+      </c>
+      <c r="C96" t="s">
+        <v>574</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>575</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>576</v>
+      </c>
+      <c r="H96" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>117</v>
+      </c>
+      <c r="B97" t="s">
+        <v>578</v>
+      </c>
+      <c r="C97" t="s">
+        <v>579</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>120</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>580</v>
+      </c>
+      <c r="H97" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>117</v>
+      </c>
+      <c r="B98" t="s">
+        <v>582</v>
+      </c>
+      <c r="C98" t="s">
+        <v>583</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>155</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>584</v>
+      </c>
+      <c r="H98" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>117</v>
+      </c>
+      <c r="B99" t="s">
+        <v>586</v>
+      </c>
+      <c r="C99" t="s">
+        <v>587</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>588</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>589</v>
+      </c>
+      <c r="H99" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>117</v>
+      </c>
+      <c r="B100" t="s">
+        <v>591</v>
+      </c>
+      <c r="C100" t="s">
+        <v>592</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>125</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>593</v>
+      </c>
+      <c r="H100" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>117</v>
+      </c>
+      <c r="B101" t="s">
+        <v>595</v>
+      </c>
+      <c r="C101" t="s">
+        <v>596</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>501</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>597</v>
+      </c>
+      <c r="H101" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>117</v>
+      </c>
+      <c r="B102" t="s">
+        <v>599</v>
+      </c>
+      <c r="C102" t="s">
+        <v>600</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>601</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>602</v>
+      </c>
+      <c r="H102" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>117</v>
+      </c>
+      <c r="B103" t="s">
+        <v>604</v>
+      </c>
+      <c r="C103" t="s">
+        <v>605</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>606</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>607</v>
+      </c>
+      <c r="H103" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>117</v>
+      </c>
+      <c r="B104" t="s">
+        <v>609</v>
+      </c>
+      <c r="C104" t="s">
+        <v>610</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>290</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>611</v>
+      </c>
+      <c r="H104" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>117</v>
+      </c>
+      <c r="B105" t="s">
+        <v>613</v>
+      </c>
+      <c r="C105" t="s">
+        <v>614</v>
+      </c>
+      <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
+        <v>615</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>616</v>
+      </c>
+      <c r="H105" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>117</v>
+      </c>
+      <c r="B106" t="s">
+        <v>618</v>
+      </c>
+      <c r="C106" t="s">
+        <v>619</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>196</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>620</v>
+      </c>
+      <c r="H106" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>117</v>
+      </c>
+      <c r="B107" t="s">
+        <v>622</v>
+      </c>
+      <c r="C107" t="s">
+        <v>623</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>466</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>624</v>
+      </c>
+      <c r="H107" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>117</v>
+      </c>
+      <c r="B108" t="s">
+        <v>626</v>
+      </c>
+      <c r="C108" t="s">
+        <v>627</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>628</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>629</v>
+      </c>
+      <c r="H108" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>117</v>
+      </c>
+      <c r="B109" t="s">
+        <v>631</v>
+      </c>
+      <c r="C109" t="s">
+        <v>632</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>633</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>634</v>
+      </c>
+      <c r="H109" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>117</v>
+      </c>
+      <c r="B110" t="s">
+        <v>636</v>
+      </c>
+      <c r="C110" t="s">
+        <v>637</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>140</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>638</v>
+      </c>
+      <c r="H110" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>117</v>
+      </c>
+      <c r="B111" t="s">
+        <v>640</v>
+      </c>
+      <c r="C111" t="s">
+        <v>641</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>385</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>642</v>
+      </c>
+      <c r="H111" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>117</v>
+      </c>
+      <c r="B112" t="s">
+        <v>644</v>
+      </c>
+      <c r="C112" t="s">
+        <v>645</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>265</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>646</v>
+      </c>
+      <c r="H112" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>117</v>
+      </c>
+      <c r="B113" t="s">
+        <v>648</v>
+      </c>
+      <c r="C113" t="s">
+        <v>649</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>225</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>650</v>
+      </c>
+      <c r="H113" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>117</v>
+      </c>
+      <c r="B114" t="s">
+        <v>652</v>
+      </c>
+      <c r="C114" t="s">
+        <v>653</v>
+      </c>
+      <c r="D114" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>225</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>654</v>
+      </c>
+      <c r="H114" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>117</v>
+      </c>
+      <c r="B115" t="s">
+        <v>656</v>
+      </c>
+      <c r="C115" t="s">
+        <v>657</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>466</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>658</v>
+      </c>
+      <c r="H115" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>117</v>
+      </c>
+      <c r="B116" t="s">
+        <v>660</v>
+      </c>
+      <c r="C116" t="s">
+        <v>661</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>662</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>663</v>
+      </c>
+      <c r="H116" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>117</v>
+      </c>
+      <c r="B117" t="s">
+        <v>665</v>
+      </c>
+      <c r="C117" t="s">
+        <v>666</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>667</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>668</v>
+      </c>
+      <c r="H117" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>117</v>
+      </c>
+      <c r="B118" t="s">
+        <v>670</v>
+      </c>
+      <c r="C118" t="s">
+        <v>671</v>
+      </c>
+      <c r="D118" t="s">
+        <v>672</v>
+      </c>
+      <c r="E118" t="s">
+        <v>673</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>674</v>
+      </c>
+      <c r="H118" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>117</v>
+      </c>
+      <c r="B119" t="s">
+        <v>676</v>
+      </c>
+      <c r="C119" t="s">
+        <v>677</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>120</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>678</v>
+      </c>
+      <c r="H119" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>117</v>
+      </c>
+      <c r="B120" t="s">
+        <v>680</v>
+      </c>
+      <c r="C120" t="s">
+        <v>681</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
+        <v>206</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>682</v>
+      </c>
+      <c r="H120" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>117</v>
+      </c>
+      <c r="B121" t="s">
+        <v>684</v>
+      </c>
+      <c r="C121" t="s">
+        <v>685</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>686</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>687</v>
+      </c>
+      <c r="H121" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>117</v>
+      </c>
+      <c r="B122" t="s">
+        <v>689</v>
+      </c>
+      <c r="C122" t="s">
+        <v>690</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>155</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>691</v>
+      </c>
+      <c r="H122" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>117</v>
+      </c>
+      <c r="B123" t="s">
+        <v>693</v>
+      </c>
+      <c r="C123" t="s">
+        <v>694</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>201</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>695</v>
+      </c>
+      <c r="H123" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>117</v>
+      </c>
+      <c r="B124" t="s">
+        <v>697</v>
+      </c>
+      <c r="C124" t="s">
+        <v>698</v>
+      </c>
+      <c r="D124" t="s">
+        <v>699</v>
+      </c>
+      <c r="E124" t="s">
+        <v>700</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>701</v>
+      </c>
+      <c r="H124" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>117</v>
+      </c>
+      <c r="B125" t="s">
+        <v>703</v>
+      </c>
+      <c r="C125" t="s">
+        <v>704</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>196</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>705</v>
+      </c>
+      <c r="H125" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>117</v>
+      </c>
+      <c r="B126" t="s">
+        <v>707</v>
+      </c>
+      <c r="C126" t="s">
+        <v>708</v>
+      </c>
+      <c r="D126" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" t="s">
+        <v>709</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>710</v>
+      </c>
+      <c r="H126" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>117</v>
+      </c>
+      <c r="B127" t="s">
+        <v>712</v>
+      </c>
+      <c r="C127" t="s">
+        <v>713</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" t="s">
+        <v>120</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>714</v>
+      </c>
+      <c r="H127" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>117</v>
+      </c>
+      <c r="B128" t="s">
+        <v>716</v>
+      </c>
+      <c r="C128" t="s">
+        <v>717</v>
+      </c>
+      <c r="D128" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" t="s">
+        <v>718</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>719</v>
+      </c>
+      <c r="H128" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>117</v>
+      </c>
+      <c r="B129" t="s">
+        <v>721</v>
+      </c>
+      <c r="C129" t="s">
+        <v>13</v>
+      </c>
+      <c r="D129" t="s">
+        <v>722</v>
+      </c>
+      <c r="E129" t="s">
+        <v>723</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>724</v>
+      </c>
+      <c r="H129" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>117</v>
+      </c>
+      <c r="B130" t="s">
+        <v>726</v>
+      </c>
+      <c r="C130" t="s">
+        <v>727</v>
+      </c>
+      <c r="D130" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" t="s">
+        <v>125</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>728</v>
+      </c>
+      <c r="H130" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>117</v>
+      </c>
+      <c r="B131" t="s">
+        <v>730</v>
+      </c>
+      <c r="C131" t="s">
+        <v>731</v>
+      </c>
+      <c r="D131" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" t="s">
+        <v>732</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>733</v>
+      </c>
+      <c r="H131" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>117</v>
+      </c>
+      <c r="B132" t="s">
+        <v>735</v>
+      </c>
+      <c r="C132" t="s">
+        <v>736</v>
+      </c>
+      <c r="D132" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" t="s">
+        <v>737</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>738</v>
+      </c>
+      <c r="H132" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>117</v>
+      </c>
+      <c r="B133" t="s">
+        <v>740</v>
+      </c>
+      <c r="C133" t="s">
+        <v>741</v>
+      </c>
+      <c r="D133" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" t="s">
+        <v>742</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>743</v>
+      </c>
+      <c r="H133" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>117</v>
+      </c>
+      <c r="B134" t="s">
+        <v>745</v>
+      </c>
+      <c r="C134" t="s">
+        <v>746</v>
+      </c>
+      <c r="D134" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" t="s">
+        <v>747</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>748</v>
+      </c>
+      <c r="H134" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>117</v>
+      </c>
+      <c r="B135" t="s">
+        <v>750</v>
+      </c>
+      <c r="C135" t="s">
+        <v>751</v>
+      </c>
+      <c r="D135" t="s">
+        <v>13</v>
+      </c>
+      <c r="E135" t="s">
+        <v>230</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" t="s">
+        <v>752</v>
+      </c>
+      <c r="H135" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>117</v>
+      </c>
+      <c r="B136" t="s">
+        <v>754</v>
+      </c>
+      <c r="C136" t="s">
+        <v>755</v>
+      </c>
+      <c r="D136" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" t="s">
+        <v>225</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>756</v>
+      </c>
+      <c r="H136" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>117</v>
+      </c>
+      <c r="B137" t="s">
+        <v>758</v>
+      </c>
+      <c r="C137" t="s">
+        <v>759</v>
+      </c>
+      <c r="D137" t="s">
+        <v>13</v>
+      </c>
+      <c r="E137" t="s">
+        <v>760</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" t="s">
+        <v>761</v>
+      </c>
+      <c r="H137" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>117</v>
+      </c>
+      <c r="B138" t="s">
+        <v>763</v>
+      </c>
+      <c r="C138" t="s">
+        <v>764</v>
+      </c>
+      <c r="D138" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" t="s">
+        <v>765</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" t="s">
+        <v>766</v>
+      </c>
+      <c r="H138" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>117</v>
+      </c>
+      <c r="B139" t="s">
+        <v>768</v>
+      </c>
+      <c r="C139" t="s">
+        <v>769</v>
+      </c>
+      <c r="D139" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" t="s">
+        <v>770</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" t="s">
+        <v>771</v>
+      </c>
+      <c r="H139" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>117</v>
+      </c>
+      <c r="B140" t="s">
+        <v>773</v>
+      </c>
+      <c r="C140" t="s">
+        <v>774</v>
+      </c>
+      <c r="D140" t="s">
+        <v>775</v>
+      </c>
+      <c r="E140" t="s">
+        <v>776</v>
+      </c>
+      <c r="F140" t="s">
+        <v>13</v>
+      </c>
+      <c r="G140" t="s">
+        <v>777</v>
+      </c>
+      <c r="H140" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>117</v>
+      </c>
+      <c r="B141" t="s">
+        <v>779</v>
+      </c>
+      <c r="C141" t="s">
+        <v>780</v>
+      </c>
+      <c r="D141" t="s">
+        <v>13</v>
+      </c>
+      <c r="E141" t="s">
+        <v>781</v>
+      </c>
+      <c r="F141" t="s">
+        <v>13</v>
+      </c>
+      <c r="G141" t="s">
+        <v>782</v>
+      </c>
+      <c r="H141" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>117</v>
+      </c>
+      <c r="B142" t="s">
+        <v>784</v>
+      </c>
+      <c r="C142" t="s">
+        <v>785</v>
+      </c>
+      <c r="D142" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" t="s">
+        <v>290</v>
+      </c>
+      <c r="F142" t="s">
+        <v>13</v>
+      </c>
+      <c r="G142" t="s">
+        <v>786</v>
+      </c>
+      <c r="H142" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>117</v>
+      </c>
+      <c r="B143" t="s">
+        <v>788</v>
+      </c>
+      <c r="C143" t="s">
+        <v>789</v>
+      </c>
+      <c r="D143" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" t="s">
+        <v>230</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" t="s">
+        <v>790</v>
+      </c>
+      <c r="H143" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>117</v>
+      </c>
+      <c r="B144" t="s">
+        <v>792</v>
+      </c>
+      <c r="C144" t="s">
+        <v>793</v>
+      </c>
+      <c r="D144" t="s">
+        <v>794</v>
+      </c>
+      <c r="E144" t="s">
+        <v>795</v>
+      </c>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" t="s">
+        <v>796</v>
+      </c>
+      <c r="H144" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>117</v>
+      </c>
+      <c r="B145" t="s">
+        <v>798</v>
+      </c>
+      <c r="C145" t="s">
+        <v>799</v>
+      </c>
+      <c r="D145" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" t="s">
+        <v>220</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" t="s">
+        <v>800</v>
+      </c>
+      <c r="H145" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>117</v>
+      </c>
+      <c r="B146" t="s">
+        <v>802</v>
+      </c>
+      <c r="C146" t="s">
+        <v>803</v>
+      </c>
+      <c r="D146" t="s">
+        <v>804</v>
+      </c>
+      <c r="E146" t="s">
+        <v>805</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" t="s">
+        <v>806</v>
+      </c>
+      <c r="H146" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>117</v>
+      </c>
+      <c r="B147" t="s">
+        <v>808</v>
+      </c>
+      <c r="C147" t="s">
+        <v>809</v>
+      </c>
+      <c r="D147" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" t="s">
+        <v>810</v>
+      </c>
+      <c r="F147" t="s">
+        <v>13</v>
+      </c>
+      <c r="G147" t="s">
+        <v>811</v>
+      </c>
+      <c r="H147" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>117</v>
+      </c>
+      <c r="B148" t="s">
+        <v>813</v>
+      </c>
+      <c r="C148" t="s">
+        <v>814</v>
+      </c>
+      <c r="D148" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" t="s">
+        <v>815</v>
+      </c>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" t="s">
+        <v>816</v>
+      </c>
+      <c r="H148" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>117</v>
+      </c>
+      <c r="B149" t="s">
+        <v>818</v>
+      </c>
+      <c r="C149" t="s">
+        <v>819</v>
+      </c>
+      <c r="D149" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" t="s">
+        <v>280</v>
+      </c>
+      <c r="F149" t="s">
+        <v>13</v>
+      </c>
+      <c r="G149" t="s">
+        <v>820</v>
+      </c>
+      <c r="H149" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>117</v>
+      </c>
+      <c r="B150" t="s">
+        <v>822</v>
+      </c>
+      <c r="C150" t="s">
+        <v>823</v>
+      </c>
+      <c r="D150" t="s">
+        <v>13</v>
+      </c>
+      <c r="E150" t="s">
+        <v>824</v>
+      </c>
+      <c r="F150" t="s">
+        <v>13</v>
+      </c>
+      <c r="G150" t="s">
+        <v>825</v>
+      </c>
+      <c r="H150" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>117</v>
+      </c>
+      <c r="B151" t="s">
+        <v>827</v>
+      </c>
+      <c r="C151" t="s">
+        <v>828</v>
+      </c>
+      <c r="D151" t="s">
+        <v>13</v>
+      </c>
+      <c r="E151" t="s">
+        <v>230</v>
+      </c>
+      <c r="F151" t="s">
+        <v>13</v>
+      </c>
+      <c r="G151" t="s">
+        <v>829</v>
+      </c>
+      <c r="H151" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>117</v>
+      </c>
+      <c r="B152" t="s">
+        <v>831</v>
+      </c>
+      <c r="C152" t="s">
+        <v>832</v>
+      </c>
+      <c r="D152" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" t="s">
+        <v>285</v>
+      </c>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" t="s">
+        <v>833</v>
+      </c>
+      <c r="H152" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>117</v>
+      </c>
+      <c r="B153" t="s">
+        <v>835</v>
+      </c>
+      <c r="C153" t="s">
+        <v>836</v>
+      </c>
+      <c r="D153" t="s">
+        <v>13</v>
+      </c>
+      <c r="E153" t="s">
+        <v>837</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" t="s">
+        <v>838</v>
+      </c>
+      <c r="H153" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>117</v>
+      </c>
+      <c r="B154" t="s">
+        <v>840</v>
+      </c>
+      <c r="C154" t="s">
+        <v>841</v>
+      </c>
+      <c r="D154" t="s">
+        <v>13</v>
+      </c>
+      <c r="E154" t="s">
+        <v>842</v>
+      </c>
+      <c r="F154" t="s">
+        <v>13</v>
+      </c>
+      <c r="G154" t="s">
+        <v>843</v>
+      </c>
+      <c r="H154" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>117</v>
+      </c>
+      <c r="B155" t="s">
+        <v>845</v>
+      </c>
+      <c r="C155" t="s">
+        <v>846</v>
+      </c>
+      <c r="D155" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" t="s">
+        <v>847</v>
+      </c>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" t="s">
+        <v>848</v>
+      </c>
+      <c r="H155" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>117</v>
+      </c>
+      <c r="B156" t="s">
+        <v>850</v>
+      </c>
+      <c r="C156" t="s">
+        <v>851</v>
+      </c>
+      <c r="D156" t="s">
+        <v>13</v>
+      </c>
+      <c r="E156" t="s">
+        <v>852</v>
+      </c>
+      <c r="F156" t="s">
+        <v>13</v>
+      </c>
+      <c r="G156" t="s">
+        <v>853</v>
+      </c>
+      <c r="H156" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>117</v>
+      </c>
+      <c r="B157" t="s">
+        <v>855</v>
+      </c>
+      <c r="C157" t="s">
+        <v>856</v>
+      </c>
+      <c r="D157" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" t="s">
+        <v>857</v>
+      </c>
+      <c r="F157" t="s">
+        <v>13</v>
+      </c>
+      <c r="G157" t="s">
+        <v>858</v>
+      </c>
+      <c r="H157" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>117</v>
+      </c>
+      <c r="B158" t="s">
+        <v>860</v>
+      </c>
+      <c r="C158" t="s">
+        <v>861</v>
+      </c>
+      <c r="D158" t="s">
+        <v>862</v>
+      </c>
+      <c r="E158" t="s">
+        <v>863</v>
+      </c>
+      <c r="F158" t="s">
+        <v>13</v>
+      </c>
+      <c r="G158" t="s">
+        <v>864</v>
+      </c>
+      <c r="H158" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>117</v>
+      </c>
+      <c r="B159" t="s">
+        <v>866</v>
+      </c>
+      <c r="C159" t="s">
+        <v>867</v>
+      </c>
+      <c r="D159" t="s">
+        <v>13</v>
+      </c>
+      <c r="E159" t="s">
+        <v>868</v>
+      </c>
+      <c r="F159" t="s">
+        <v>13</v>
+      </c>
+      <c r="G159" t="s">
+        <v>869</v>
+      </c>
+      <c r="H159" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>117</v>
+      </c>
+      <c r="B160" t="s">
+        <v>871</v>
+      </c>
+      <c r="C160" t="s">
+        <v>872</v>
+      </c>
+      <c r="D160" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" t="s">
+        <v>873</v>
+      </c>
+      <c r="F160" t="s">
+        <v>13</v>
+      </c>
+      <c r="G160" t="s">
+        <v>874</v>
+      </c>
+      <c r="H160" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>117</v>
+      </c>
+      <c r="B161" t="s">
+        <v>876</v>
+      </c>
+      <c r="C161" t="s">
+        <v>877</v>
+      </c>
+      <c r="D161" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" t="s">
+        <v>220</v>
+      </c>
+      <c r="F161" t="s">
+        <v>13</v>
+      </c>
+      <c r="G161" t="s">
+        <v>878</v>
+      </c>
+      <c r="H161" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>117</v>
+      </c>
+      <c r="B162" t="s">
+        <v>880</v>
+      </c>
+      <c r="C162" t="s">
+        <v>881</v>
+      </c>
+      <c r="D162" t="s">
+        <v>13</v>
+      </c>
+      <c r="E162" t="s">
+        <v>882</v>
+      </c>
+      <c r="F162" t="s">
+        <v>13</v>
+      </c>
+      <c r="G162" t="s">
+        <v>883</v>
+      </c>
+      <c r="H162" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>117</v>
+      </c>
+      <c r="B163" t="s">
+        <v>885</v>
+      </c>
+      <c r="C163" t="s">
+        <v>886</v>
+      </c>
+      <c r="D163" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" t="s">
+        <v>196</v>
+      </c>
+      <c r="F163" t="s">
+        <v>13</v>
+      </c>
+      <c r="G163" t="s">
+        <v>887</v>
+      </c>
+      <c r="H163" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>117</v>
+      </c>
+      <c r="B164" t="s">
+        <v>889</v>
+      </c>
+      <c r="C164" t="s">
+        <v>890</v>
+      </c>
+      <c r="D164" t="s">
+        <v>13</v>
+      </c>
+      <c r="E164" t="s">
+        <v>891</v>
+      </c>
+      <c r="F164" t="s">
+        <v>13</v>
+      </c>
+      <c r="G164" t="s">
+        <v>892</v>
+      </c>
+      <c r="H164" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>117</v>
+      </c>
+      <c r="B165" t="s">
+        <v>894</v>
+      </c>
+      <c r="C165" t="s">
+        <v>895</v>
+      </c>
+      <c r="D165" t="s">
+        <v>13</v>
+      </c>
+      <c r="E165" t="s">
+        <v>896</v>
+      </c>
+      <c r="F165" t="s">
+        <v>13</v>
+      </c>
+      <c r="G165" t="s">
+        <v>897</v>
+      </c>
+      <c r="H165" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>117</v>
+      </c>
+      <c r="B166" t="s">
+        <v>899</v>
+      </c>
+      <c r="C166" t="s">
+        <v>900</v>
+      </c>
+      <c r="D166" t="s">
+        <v>13</v>
+      </c>
+      <c r="E166" t="s">
+        <v>901</v>
+      </c>
+      <c r="F166" t="s">
+        <v>13</v>
+      </c>
+      <c r="G166" t="s">
+        <v>902</v>
+      </c>
+      <c r="H166" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>117</v>
+      </c>
+      <c r="B167" t="s">
+        <v>904</v>
+      </c>
+      <c r="C167" t="s">
+        <v>905</v>
+      </c>
+      <c r="D167" t="s">
+        <v>13</v>
+      </c>
+      <c r="E167" t="s">
+        <v>220</v>
+      </c>
+      <c r="F167" t="s">
+        <v>13</v>
+      </c>
+      <c r="G167" t="s">
+        <v>906</v>
+      </c>
+      <c r="H167" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>117</v>
+      </c>
+      <c r="B168" t="s">
+        <v>908</v>
+      </c>
+      <c r="C168" t="s">
+        <v>909</v>
+      </c>
+      <c r="D168" t="s">
+        <v>13</v>
+      </c>
+      <c r="E168" t="s">
+        <v>910</v>
+      </c>
+      <c r="F168" t="s">
+        <v>13</v>
+      </c>
+      <c r="G168" t="s">
+        <v>911</v>
+      </c>
+      <c r="H168" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>117</v>
+      </c>
+      <c r="B169" t="s">
+        <v>913</v>
+      </c>
+      <c r="C169" t="s">
+        <v>914</v>
+      </c>
+      <c r="D169" t="s">
+        <v>13</v>
+      </c>
+      <c r="E169" t="s">
+        <v>915</v>
+      </c>
+      <c r="F169" t="s">
+        <v>13</v>
+      </c>
+      <c r="G169" t="s">
+        <v>916</v>
+      </c>
+      <c r="H169" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>117</v>
+      </c>
+      <c r="B170" t="s">
+        <v>918</v>
+      </c>
+      <c r="C170" t="s">
+        <v>919</v>
+      </c>
+      <c r="D170" t="s">
+        <v>13</v>
+      </c>
+      <c r="E170" t="s">
+        <v>920</v>
+      </c>
+      <c r="F170" t="s">
+        <v>13</v>
+      </c>
+      <c r="G170" t="s">
+        <v>921</v>
+      </c>
+      <c r="H170" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>117</v>
+      </c>
+      <c r="B171" t="s">
+        <v>923</v>
+      </c>
+      <c r="C171" t="s">
+        <v>924</v>
+      </c>
+      <c r="D171" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" t="s">
+        <v>742</v>
+      </c>
+      <c r="F171" t="s">
+        <v>13</v>
+      </c>
+      <c r="G171" t="s">
+        <v>925</v>
+      </c>
+      <c r="H171" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>117</v>
+      </c>
+      <c r="B172" t="s">
+        <v>927</v>
+      </c>
+      <c r="C172" t="s">
+        <v>928</v>
+      </c>
+      <c r="D172" t="s">
+        <v>13</v>
+      </c>
+      <c r="E172" t="s">
+        <v>929</v>
+      </c>
+      <c r="F172" t="s">
+        <v>13</v>
+      </c>
+      <c r="G172" t="s">
+        <v>930</v>
+      </c>
+      <c r="H172" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>117</v>
+      </c>
+      <c r="B173" t="s">
+        <v>932</v>
+      </c>
+      <c r="C173" t="s">
+        <v>933</v>
+      </c>
+      <c r="D173" t="s">
+        <v>13</v>
+      </c>
+      <c r="E173" t="s">
+        <v>140</v>
+      </c>
+      <c r="F173" t="s">
+        <v>13</v>
+      </c>
+      <c r="G173" t="s">
+        <v>934</v>
+      </c>
+      <c r="H173" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>117</v>
+      </c>
+      <c r="B174" t="s">
+        <v>936</v>
+      </c>
+      <c r="C174" t="s">
+        <v>937</v>
+      </c>
+      <c r="D174" t="s">
+        <v>13</v>
+      </c>
+      <c r="E174" t="s">
+        <v>196</v>
+      </c>
+      <c r="F174" t="s">
+        <v>13</v>
+      </c>
+      <c r="G174" t="s">
+        <v>938</v>
+      </c>
+      <c r="H174" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>117</v>
+      </c>
+      <c r="B175" t="s">
+        <v>940</v>
+      </c>
+      <c r="C175" t="s">
+        <v>941</v>
+      </c>
+      <c r="D175" t="s">
+        <v>13</v>
+      </c>
+      <c r="E175" t="s">
+        <v>220</v>
+      </c>
+      <c r="F175" t="s">
+        <v>13</v>
+      </c>
+      <c r="G175" t="s">
+        <v>942</v>
+      </c>
+      <c r="H175" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>117</v>
+      </c>
+      <c r="B176" t="s">
+        <v>944</v>
+      </c>
+      <c r="C176" t="s">
+        <v>945</v>
+      </c>
+      <c r="D176" t="s">
+        <v>13</v>
+      </c>
+      <c r="E176" t="s">
+        <v>946</v>
+      </c>
+      <c r="F176" t="s">
+        <v>13</v>
+      </c>
+      <c r="G176" t="s">
+        <v>947</v>
+      </c>
+      <c r="H176" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>117</v>
+      </c>
+      <c r="B177" t="s">
+        <v>949</v>
+      </c>
+      <c r="C177" t="s">
+        <v>950</v>
+      </c>
+      <c r="D177" t="s">
+        <v>13</v>
+      </c>
+      <c r="E177" t="s">
+        <v>120</v>
+      </c>
+      <c r="F177" t="s">
+        <v>13</v>
+      </c>
+      <c r="G177" t="s">
+        <v>951</v>
+      </c>
+      <c r="H177" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>117</v>
+      </c>
+      <c r="B178" t="s">
+        <v>953</v>
+      </c>
+      <c r="C178" t="s">
+        <v>954</v>
+      </c>
+      <c r="D178" t="s">
+        <v>955</v>
+      </c>
+      <c r="E178" t="s">
+        <v>956</v>
+      </c>
+      <c r="F178" t="s">
+        <v>13</v>
+      </c>
+      <c r="G178" t="s">
+        <v>957</v>
+      </c>
+      <c r="H178" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>117</v>
+      </c>
+      <c r="B179" t="s">
+        <v>959</v>
+      </c>
+      <c r="C179" t="s">
+        <v>960</v>
+      </c>
+      <c r="D179" t="s">
+        <v>13</v>
+      </c>
+      <c r="E179" t="s">
+        <v>961</v>
+      </c>
+      <c r="F179" t="s">
+        <v>13</v>
+      </c>
+      <c r="G179" t="s">
+        <v>962</v>
+      </c>
+      <c r="H179" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>117</v>
+      </c>
+      <c r="B180" t="s">
+        <v>964</v>
+      </c>
+      <c r="C180" t="s">
+        <v>965</v>
+      </c>
+      <c r="D180" t="s">
+        <v>966</v>
+      </c>
+      <c r="E180" t="s">
+        <v>967</v>
+      </c>
+      <c r="F180" t="s">
+        <v>13</v>
+      </c>
+      <c r="G180" t="s">
+        <v>968</v>
+      </c>
+      <c r="H180" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>117</v>
+      </c>
+      <c r="B181" t="s">
+        <v>970</v>
+      </c>
+      <c r="C181" t="s">
+        <v>971</v>
+      </c>
+      <c r="D181" t="s">
+        <v>13</v>
+      </c>
+      <c r="E181" t="s">
+        <v>972</v>
+      </c>
+      <c r="F181" t="s">
+        <v>13</v>
+      </c>
+      <c r="G181" t="s">
+        <v>973</v>
+      </c>
+      <c r="H181" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>117</v>
+      </c>
+      <c r="B182" t="s">
+        <v>975</v>
+      </c>
+      <c r="C182" t="s">
+        <v>976</v>
+      </c>
+      <c r="D182" t="s">
+        <v>13</v>
+      </c>
+      <c r="E182" t="s">
+        <v>977</v>
+      </c>
+      <c r="F182" t="s">
+        <v>13</v>
+      </c>
+      <c r="G182" t="s">
+        <v>978</v>
+      </c>
+      <c r="H182" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>117</v>
+      </c>
+      <c r="B183" t="s">
+        <v>980</v>
+      </c>
+      <c r="C183" t="s">
+        <v>981</v>
+      </c>
+      <c r="D183" t="s">
+        <v>13</v>
+      </c>
+      <c r="E183" t="s">
+        <v>982</v>
+      </c>
+      <c r="F183" t="s">
+        <v>13</v>
+      </c>
+      <c r="G183" t="s">
+        <v>983</v>
+      </c>
+      <c r="H183" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>117</v>
+      </c>
+      <c r="B184" t="s">
+        <v>985</v>
+      </c>
+      <c r="C184" t="s">
+        <v>986</v>
+      </c>
+      <c r="D184" t="s">
+        <v>13</v>
+      </c>
+      <c r="E184" t="s">
+        <v>987</v>
+      </c>
+      <c r="F184" t="s">
+        <v>13</v>
+      </c>
+      <c r="G184" t="s">
+        <v>988</v>
+      </c>
+      <c r="H184" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>117</v>
+      </c>
+      <c r="B185" t="s">
+        <v>990</v>
+      </c>
+      <c r="C185" t="s">
+        <v>991</v>
+      </c>
+      <c r="D185" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" t="s">
+        <v>992</v>
+      </c>
+      <c r="F185" t="s">
+        <v>13</v>
+      </c>
+      <c r="G185" t="s">
+        <v>993</v>
+      </c>
+      <c r="H185" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>117</v>
+      </c>
+      <c r="B186" t="s">
+        <v>995</v>
+      </c>
+      <c r="C186" t="s">
+        <v>13</v>
+      </c>
+      <c r="D186" t="s">
+        <v>722</v>
+      </c>
+      <c r="E186" t="s">
+        <v>996</v>
+      </c>
+      <c r="F186" t="s">
+        <v>13</v>
+      </c>
+      <c r="G186" t="s">
+        <v>997</v>
+      </c>
+      <c r="H186" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>117</v>
+      </c>
+      <c r="B187" t="s">
+        <v>999</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D187" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" t="s">
+        <v>225</v>
+      </c>
+      <c r="F187" t="s">
+        <v>13</v>
+      </c>
+      <c r="G187" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H187" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>117</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D188" t="s">
+        <v>13</v>
+      </c>
+      <c r="E188" t="s">
+        <v>230</v>
+      </c>
+      <c r="F188" t="s">
+        <v>13</v>
+      </c>
+      <c r="G188" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H188" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>117</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D189" t="s">
+        <v>13</v>
+      </c>
+      <c r="E189" t="s">
+        <v>196</v>
+      </c>
+      <c r="F189" t="s">
+        <v>13</v>
+      </c>
+      <c r="G189" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H189" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>117</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D190" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F190" t="s">
+        <v>13</v>
+      </c>
+      <c r="G190" t="s">
+        <v>1014</v>
+      </c>
+      <c r="H190" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>117</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D191" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F191" t="s">
+        <v>13</v>
+      </c>
+      <c r="G191" t="s">
+        <v>1019</v>
+      </c>
+      <c r="H191" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>117</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D192" t="s">
+        <v>13</v>
+      </c>
+      <c r="E192" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F192" t="s">
+        <v>13</v>
+      </c>
+      <c r="G192" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H192" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>117</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D193" t="s">
+        <v>13</v>
+      </c>
+      <c r="E193" t="s">
+        <v>385</v>
+      </c>
+      <c r="F193" t="s">
+        <v>13</v>
+      </c>
+      <c r="G193" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H193" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>117</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E194" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F194" t="s">
+        <v>13</v>
+      </c>
+      <c r="G194" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H194" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>117</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D195" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" t="s">
+        <v>120</v>
+      </c>
+      <c r="F195" t="s">
+        <v>13</v>
+      </c>
+      <c r="G195" t="s">
+        <v>1038</v>
+      </c>
+      <c r="H195" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>117</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D196" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" t="s">
+        <v>290</v>
+      </c>
+      <c r="F196" t="s">
+        <v>13</v>
+      </c>
+      <c r="G196" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H196" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>117</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D197" t="s">
+        <v>13</v>
+      </c>
+      <c r="E197" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F197" t="s">
+        <v>13</v>
+      </c>
+      <c r="G197" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H197" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>117</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D198" t="s">
+        <v>13</v>
+      </c>
+      <c r="E198" t="s">
+        <v>1051</v>
+      </c>
+      <c r="F198" t="s">
+        <v>13</v>
+      </c>
+      <c r="G198" t="s">
+        <v>1052</v>
+      </c>
+      <c r="H198" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>117</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D199" t="s">
+        <v>13</v>
+      </c>
+      <c r="E199" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F199" t="s">
+        <v>13</v>
+      </c>
+      <c r="G199" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H199" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>117</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D200" t="s">
+        <v>13</v>
+      </c>
+      <c r="E200" t="s">
+        <v>125</v>
+      </c>
+      <c r="F200" t="s">
+        <v>13</v>
+      </c>
+      <c r="G200" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H200" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>117</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C201" t="s">
+        <v>13</v>
+      </c>
+      <c r="D201" t="s">
+        <v>13</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F201" t="s">
+        <v>13</v>
+      </c>
+      <c r="G201" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H201" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>117</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D202" t="s">
+        <v>13</v>
+      </c>
+      <c r="E202" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F202" t="s">
+        <v>13</v>
+      </c>
+      <c r="G202" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H202" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>117</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D203" t="s">
+        <v>13</v>
+      </c>
+      <c r="E203" t="s">
+        <v>290</v>
+      </c>
+      <c r="F203" t="s">
+        <v>13</v>
+      </c>
+      <c r="G203" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H203" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>117</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D204" t="s">
+        <v>13</v>
+      </c>
+      <c r="E204" t="s">
+        <v>920</v>
+      </c>
+      <c r="F204" t="s">
+        <v>13</v>
+      </c>
+      <c r="G204" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H204" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>117</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D205" t="s">
+        <v>13</v>
+      </c>
+      <c r="E205" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F205" t="s">
+        <v>13</v>
+      </c>
+      <c r="G205" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H205" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>117</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D206" t="s">
+        <v>13</v>
+      </c>
+      <c r="E206" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F206" t="s">
+        <v>13</v>
+      </c>
+      <c r="G206" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H206" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>117</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D207" t="s">
+        <v>13</v>
+      </c>
+      <c r="E207" t="s">
+        <v>230</v>
+      </c>
+      <c r="F207" t="s">
+        <v>13</v>
+      </c>
+      <c r="G207" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H207" t="s">
+        <v>1093</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:I61"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>1094</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>105</v>
+        <v>1095</v>
       </c>
       <c r="B2" t="s">
-        <v>106</v>
+        <v>1096</v>
       </c>
       <c r="C2" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>107</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>108</v>
+        <v>1097</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>109</v>
+        <v>1098</v>
       </c>
       <c r="H2" t="s">
-        <v>110</v>
+        <v>1099</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1100</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>105</v>
+        <v>1095</v>
       </c>
       <c r="B3" t="s">
-        <v>111</v>
+        <v>1101</v>
       </c>
       <c r="C3" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>114</v>
+        <v>1102</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>115</v>
+        <v>1103</v>
       </c>
       <c r="H3" t="s">
-        <v>116</v>
+        <v>1104</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1100</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>105</v>
+        <v>1095</v>
       </c>
       <c r="B4" t="s">
-        <v>117</v>
+        <v>1105</v>
       </c>
       <c r="C4" t="s">
-        <v>118</v>
+        <v>1106</v>
       </c>
       <c r="D4" t="s">
-        <v>119</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>120</v>
+        <v>1107</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>121</v>
+        <v>1108</v>
       </c>
       <c r="H4" t="s">
-        <v>122</v>
+        <v>1109</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1114</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1118</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1122</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1126</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1130</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1135</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1137</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1141</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1144</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1145</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1147</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1149</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1152</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1156</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1160</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1164</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1168</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1172</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1176</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1180</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1184</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1186</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1188</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1192</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1195</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1196</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1199</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1202</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1203</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1207</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1208</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1212</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1217</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1219</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1221</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1223</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1224</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1228</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1231</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1232</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1234</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1236</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1242</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1244</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1246</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1247</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1248</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1251</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1252</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1256</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1260</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1264</v>
+      </c>
+      <c r="I43" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1268</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1269</v>
+      </c>
+      <c r="I44" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1273</v>
+      </c>
+      <c r="I45" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1276</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1277</v>
+      </c>
+      <c r="I46" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1281</v>
+      </c>
+      <c r="I47" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1284</v>
+      </c>
+      <c r="I48" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I49" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1290</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1291</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1292</v>
+      </c>
+      <c r="I50" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1296</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1298</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1299</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1300</v>
+      </c>
+      <c r="I52" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1303</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1304</v>
+      </c>
+      <c r="I53" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1308</v>
+      </c>
+      <c r="I54" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1311</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1313</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1317</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1319</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1320</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1321</v>
+      </c>
+      <c r="I57" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1325</v>
+      </c>
+      <c r="I58" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1327</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1329</v>
+      </c>
+      <c r="I59" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1333</v>
+      </c>
+      <c r="I60" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1335</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1336</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1337</v>
+      </c>
+      <c r="I61" t="s">
+        <v>1100</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>123</v>
+        <v>1338</v>
       </c>
       <c r="B2" t="s">
-        <v>124</v>
+        <v>1339</v>
       </c>
       <c r="C2" t="s">
-        <v>125</v>
+        <v>1340</v>
       </c>
       <c r="D2" t="s">
-        <v>126</v>
+        <v>1341</v>
       </c>
       <c r="E2" t="s">
-        <v>127</v>
+        <v>1342</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>128</v>
+        <v>1343</v>
       </c>
       <c r="H2" t="s">
-        <v>129</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>123</v>
+        <v>1338</v>
       </c>
       <c r="B3" t="s">
-        <v>130</v>
+        <v>1345</v>
       </c>
       <c r="C3" t="s">
-        <v>131</v>
+        <v>1346</v>
       </c>
       <c r="D3" t="s">
-        <v>132</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>133</v>
+        <v>1347</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>134</v>
+        <v>1348</v>
       </c>
       <c r="H3" t="s">
-        <v>135</v>
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1352</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1353</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1359</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1363</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1365</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1369</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1375</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1376</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1381</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1382</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1383</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1384</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:V13"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>139</v>
+        <v>1385</v>
       </c>
       <c r="B2" t="s">
-        <v>140</v>
+        <v>1386</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>1387</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>141</v>
+        <v>1388</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>142</v>
+        <v>1389</v>
       </c>
       <c r="H2" t="s">
-        <v>143</v>
-[...8 lines deleted...]
-        <v>146</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>139</v>
+        <v>1385</v>
       </c>
       <c r="B3" t="s">
-        <v>147</v>
+        <v>1391</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>148</v>
+        <v>1392</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>149</v>
+        <v>1393</v>
       </c>
       <c r="H3" t="s">
-        <v>150</v>
-[...35 lines deleted...]
-        <v>162</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>139</v>
+        <v>1385</v>
       </c>
       <c r="B4" t="s">
-        <v>163</v>
+        <v>1395</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>1396</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>164</v>
+        <v>1397</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>165</v>
+        <v>1398</v>
       </c>
       <c r="H4" t="s">
-        <v>166</v>
-[...29 lines deleted...]
-        <v>175</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>139</v>
+        <v>1385</v>
       </c>
       <c r="B5" t="s">
-        <v>176</v>
+        <v>1400</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>1401</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>177</v>
+        <v>1402</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>178</v>
+        <v>1403</v>
       </c>
       <c r="H5" t="s">
-        <v>179</v>
-[...20 lines deleted...]
-        <v>185</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>139</v>
+        <v>1385</v>
       </c>
       <c r="B6" t="s">
-        <v>186</v>
+        <v>1405</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>187</v>
+        <v>1406</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>188</v>
+        <v>1407</v>
       </c>
       <c r="H6" t="s">
-        <v>189</v>
-[...26 lines deleted...]
-        <v>196</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>139</v>
+        <v>1385</v>
       </c>
       <c r="B7" t="s">
-        <v>197</v>
+        <v>1409</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>1410</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>198</v>
+        <v>1411</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>199</v>
+        <v>1412</v>
       </c>
       <c r="H7" t="s">
-        <v>200</v>
-[...35 lines deleted...]
-        <v>210</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>139</v>
+        <v>1385</v>
       </c>
       <c r="B8" t="s">
-        <v>211</v>
+        <v>1414</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>212</v>
+        <v>1415</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>213</v>
+        <v>1416</v>
       </c>
       <c r="H8" t="s">
-        <v>214</v>
-[...20 lines deleted...]
-        <v>220</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>139</v>
+        <v>1385</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>1418</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>222</v>
+        <v>1419</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>223</v>
+        <v>1420</v>
       </c>
       <c r="H9" t="s">
-        <v>224</v>
-[...20 lines deleted...]
-        <v>230</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>139</v>
+        <v>1385</v>
       </c>
       <c r="B10" t="s">
-        <v>231</v>
+        <v>1422</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>1423</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>232</v>
+        <v>1424</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>233</v>
+        <v>1425</v>
       </c>
       <c r="H10" t="s">
-        <v>234</v>
-[...41 lines deleted...]
-        <v>248</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>139</v>
+        <v>1385</v>
       </c>
       <c r="B11" t="s">
-        <v>249</v>
+        <v>1427</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>1428</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>250</v>
+        <v>1429</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>251</v>
+        <v>1430</v>
       </c>
       <c r="H11" t="s">
-        <v>252</v>
-[...32 lines deleted...]
-        <v>263</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>139</v>
+        <v>1385</v>
       </c>
       <c r="B12" t="s">
-        <v>264</v>
+        <v>1432</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>1433</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>265</v>
+        <v>1434</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>266</v>
+        <v>1435</v>
       </c>
       <c r="H12" t="s">
-        <v>267</v>
-[...29 lines deleted...]
-        <v>277</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>139</v>
+        <v>1385</v>
       </c>
       <c r="B13" t="s">
-        <v>278</v>
+        <v>1437</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>1438</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>279</v>
+        <v>1439</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>280</v>
+        <v>1440</v>
       </c>
       <c r="H13" t="s">
-        <v>281</v>
-[...32 lines deleted...]
-        <v>291</v>
+        <v>1441</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1445</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1446</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1452</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1458</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1475</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1476</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1477</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1489</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1493</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1494</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1495</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1499</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1500</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1501</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1445</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1446</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1511</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1515</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1516</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1521</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1522</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1526</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1527</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1535</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1539</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1540</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1546</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1547</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1551</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1552</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1553</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1559</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1562</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1563</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1571</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1575</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1576</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1581</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1582</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1587</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1593</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1594</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1595</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1598</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1599</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1600</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1601</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1605</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1607</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1611</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1612</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1613</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1617</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1618</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1619</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1623</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1624</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1625</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D18" t="s">
+        <v>794</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1629</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1630</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1633</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1634</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1635</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1636</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1642</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1647</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1648</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1653</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1654</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1605</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1658</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1659</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1660</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1663</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1664</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1665</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1669</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1670</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1671</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1675</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1676</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1677</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1678</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1681</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1683</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1687</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1689</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1693</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1694</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1695</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1699</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1701</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1705</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1706</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1707</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1708</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H148"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1712</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1713</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1714</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1719</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1720</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1724</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1726</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1730</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1731</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1732</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1736</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1743</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1748</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1749</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1752</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1753</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1754</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1755</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1756</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1757</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1759</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1760</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1761</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1764</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1767</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1771</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1772</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1773</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1777</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1778</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1779</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1783</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1784</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1789</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1790</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1791</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1795</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1796</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1797</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1801</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1802</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1807</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1808</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1809</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1811</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1812</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1813</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1814</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1817</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1818</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1818</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1819</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1822</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1823</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1824</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1825</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1828</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1829</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1830</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1831</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1833</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1834</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1835</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1836</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1837</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1840</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1841</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1842</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1843</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1846</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1847</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1848</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1854</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1856</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1859</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1860</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1863</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1864</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1865</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1866</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1870</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1871</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1875</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1876</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1881</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1882</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1883</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1885</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1886</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1887</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1888</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1890</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1891</v>
+      </c>
+      <c r="D33" t="s">
+        <v>42</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1892</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1893</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1881</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1897</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1898</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1900</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1902</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1903</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1906</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1907</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1908</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1909</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1913</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1914</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1915</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1916</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1917</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1918</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1919</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1920</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D39" t="s">
+        <v>776</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1924</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1930</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1931</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1933</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1934</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1935</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1936</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1941</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1942</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D43" t="s">
+        <v>77</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1947</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1948</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1957</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1958</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1959</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1962</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1963</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1964</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1965</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1969</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1970</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1971</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1977</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1981</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1982</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1983</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1984</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1987</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1988</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1992</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1993</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1994</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1957</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1998</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1999</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B53" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C53" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D53" t="s">
+        <v>2003</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2004</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2005</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B54" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C54" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D54" t="s">
+        <v>2009</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2010</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2011</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C55" t="s">
+        <v>2014</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1992</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2015</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2016</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C56" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1941</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2020</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2021</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B57" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C57" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D57" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2027</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B58" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C58" t="s">
+        <v>2030</v>
+      </c>
+      <c r="D58" t="s">
+        <v>77</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2031</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2032</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B59" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C59" t="s">
+        <v>2035</v>
+      </c>
+      <c r="D59" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E59" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>2038</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B60" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C60" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D60" t="s">
+        <v>2042</v>
+      </c>
+      <c r="E60" t="s">
+        <v>2043</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>2044</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B61" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C61" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D61" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2049</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2050</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2051</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B62" t="s">
+        <v>2052</v>
+      </c>
+      <c r="C62" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2054</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>2055</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2057</v>
+      </c>
+      <c r="C63" t="s">
+        <v>2058</v>
+      </c>
+      <c r="D63" t="s">
+        <v>2059</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2060</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2061</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C64" t="s">
+        <v>2064</v>
+      </c>
+      <c r="D64" t="s">
+        <v>2065</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2066</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2068</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B65" t="s">
+        <v>2069</v>
+      </c>
+      <c r="C65" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D65" t="s">
+        <v>2071</v>
+      </c>
+      <c r="E65" t="s">
+        <v>2072</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>2073</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B66" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C66" t="s">
+        <v>2076</v>
+      </c>
+      <c r="D66" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E66" t="s">
+        <v>2078</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B67" t="s">
+        <v>2081</v>
+      </c>
+      <c r="C67" t="s">
+        <v>2082</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>2083</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2085</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B68" t="s">
+        <v>2086</v>
+      </c>
+      <c r="C68" t="s">
+        <v>2087</v>
+      </c>
+      <c r="D68" t="s">
+        <v>2088</v>
+      </c>
+      <c r="E68" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>2090</v>
+      </c>
+      <c r="H68" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B69" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C69" t="s">
+        <v>2093</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>2094</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>2095</v>
+      </c>
+      <c r="H69" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B70" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C70" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D70" t="s">
+        <v>2065</v>
+      </c>
+      <c r="E70" t="s">
+        <v>2099</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>2100</v>
+      </c>
+      <c r="H70" t="s">
+        <v>2101</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B71" t="s">
+        <v>2102</v>
+      </c>
+      <c r="C71" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D71" t="s">
+        <v>2104</v>
+      </c>
+      <c r="E71" t="s">
+        <v>2105</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>2106</v>
+      </c>
+      <c r="H71" t="s">
+        <v>2107</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B72" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C72" t="s">
+        <v>2109</v>
+      </c>
+      <c r="D72" t="s">
+        <v>2088</v>
+      </c>
+      <c r="E72" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>2110</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B73" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C73" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D73" t="s">
+        <v>2114</v>
+      </c>
+      <c r="E73" t="s">
+        <v>2115</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>2116</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2117</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B74" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C74" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D74" t="s">
+        <v>2120</v>
+      </c>
+      <c r="E74" t="s">
+        <v>2121</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>2122</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2123</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B75" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C75" t="s">
+        <v>2125</v>
+      </c>
+      <c r="D75" t="s">
+        <v>2126</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2127</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2128</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B76" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C76" t="s">
+        <v>2131</v>
+      </c>
+      <c r="D76" t="s">
+        <v>2132</v>
+      </c>
+      <c r="E76" t="s">
+        <v>2133</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B77" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C77" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D77" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2138</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B78" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C78" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D78" t="s">
+        <v>2142</v>
+      </c>
+      <c r="E78" t="s">
+        <v>2143</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>2144</v>
+      </c>
+      <c r="H78" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B79" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C79" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D79" t="s">
+        <v>2148</v>
+      </c>
+      <c r="E79" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>2150</v>
+      </c>
+      <c r="H79" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B80" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C80" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D80" t="s">
+        <v>1634</v>
+      </c>
+      <c r="E80" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>2155</v>
+      </c>
+      <c r="H80" t="s">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B81" t="s">
+        <v>2157</v>
+      </c>
+      <c r="C81" t="s">
+        <v>2158</v>
+      </c>
+      <c r="D81" t="s">
+        <v>2159</v>
+      </c>
+      <c r="E81" t="s">
+        <v>2160</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>2161</v>
+      </c>
+      <c r="H81" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B82" t="s">
+        <v>2163</v>
+      </c>
+      <c r="C82" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D82" t="s">
+        <v>2165</v>
+      </c>
+      <c r="E82" t="s">
+        <v>2165</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>2166</v>
+      </c>
+      <c r="H82" t="s">
+        <v>2167</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B83" t="s">
+        <v>2168</v>
+      </c>
+      <c r="C83" t="s">
+        <v>2169</v>
+      </c>
+      <c r="D83" t="s">
+        <v>2170</v>
+      </c>
+      <c r="E83" t="s">
+        <v>2171</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>2172</v>
+      </c>
+      <c r="H83" t="s">
+        <v>2173</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B84" t="s">
+        <v>2174</v>
+      </c>
+      <c r="C84" t="s">
+        <v>2175</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>2176</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>2177</v>
+      </c>
+      <c r="H84" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B85" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C85" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>2181</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>2182</v>
+      </c>
+      <c r="H85" t="s">
+        <v>2183</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B86" t="s">
+        <v>2184</v>
+      </c>
+      <c r="C86" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D86" t="s">
+        <v>2104</v>
+      </c>
+      <c r="E86" t="s">
+        <v>2186</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>2187</v>
+      </c>
+      <c r="H86" t="s">
+        <v>2188</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B87" t="s">
+        <v>2189</v>
+      </c>
+      <c r="C87" t="s">
+        <v>2190</v>
+      </c>
+      <c r="D87" t="s">
+        <v>2191</v>
+      </c>
+      <c r="E87" t="s">
+        <v>2192</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>2193</v>
+      </c>
+      <c r="H87" t="s">
+        <v>2194</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B88" t="s">
+        <v>2195</v>
+      </c>
+      <c r="C88" t="s">
+        <v>2196</v>
+      </c>
+      <c r="D88" t="s">
+        <v>2197</v>
+      </c>
+      <c r="E88" t="s">
+        <v>2198</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>2199</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B89" t="s">
+        <v>2201</v>
+      </c>
+      <c r="C89" t="s">
+        <v>2202</v>
+      </c>
+      <c r="D89" t="s">
+        <v>2203</v>
+      </c>
+      <c r="E89" t="s">
+        <v>2204</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2205</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2206</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2207</v>
+      </c>
+      <c r="C90" t="s">
+        <v>2208</v>
+      </c>
+      <c r="D90" t="s">
+        <v>36</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2209</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2210</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C91" t="s">
+        <v>2213</v>
+      </c>
+      <c r="D91" t="s">
+        <v>1864</v>
+      </c>
+      <c r="E91" t="s">
+        <v>2214</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2215</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2216</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B92" t="s">
+        <v>2217</v>
+      </c>
+      <c r="C92" t="s">
+        <v>2218</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>2219</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>2220</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2221</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B93" t="s">
+        <v>2222</v>
+      </c>
+      <c r="C93" t="s">
+        <v>2223</v>
+      </c>
+      <c r="D93" t="s">
+        <v>2224</v>
+      </c>
+      <c r="E93" t="s">
+        <v>2225</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>2226</v>
+      </c>
+      <c r="H93" t="s">
+        <v>2227</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B94" t="s">
+        <v>2228</v>
+      </c>
+      <c r="C94" t="s">
+        <v>2229</v>
+      </c>
+      <c r="D94" t="s">
+        <v>2230</v>
+      </c>
+      <c r="E94" t="s">
+        <v>2231</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>2232</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2233</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B95" t="s">
+        <v>2234</v>
+      </c>
+      <c r="C95" t="s">
+        <v>2235</v>
+      </c>
+      <c r="D95" t="s">
+        <v>2236</v>
+      </c>
+      <c r="E95" t="s">
+        <v>2237</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2239</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B96" t="s">
+        <v>2240</v>
+      </c>
+      <c r="C96" t="s">
+        <v>2241</v>
+      </c>
+      <c r="D96" t="s">
+        <v>2242</v>
+      </c>
+      <c r="E96" t="s">
+        <v>2243</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>2244</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B97" t="s">
+        <v>2246</v>
+      </c>
+      <c r="C97" t="s">
+        <v>2247</v>
+      </c>
+      <c r="D97" t="s">
+        <v>2248</v>
+      </c>
+      <c r="E97" t="s">
+        <v>2249</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>2250</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2251</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B98" t="s">
+        <v>2252</v>
+      </c>
+      <c r="C98" t="s">
+        <v>2253</v>
+      </c>
+      <c r="D98" t="s">
+        <v>2254</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2255</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>2256</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2257</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B99" t="s">
+        <v>2258</v>
+      </c>
+      <c r="C99" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D99" t="s">
+        <v>2260</v>
+      </c>
+      <c r="E99" t="s">
+        <v>2260</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>2261</v>
+      </c>
+      <c r="H99" t="s">
+        <v>2262</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B100" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C100" t="s">
+        <v>2264</v>
+      </c>
+      <c r="D100" t="s">
+        <v>2265</v>
+      </c>
+      <c r="E100" t="s">
+        <v>2266</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>2267</v>
+      </c>
+      <c r="H100" t="s">
+        <v>2268</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B101" t="s">
+        <v>2269</v>
+      </c>
+      <c r="C101" t="s">
+        <v>2270</v>
+      </c>
+      <c r="D101" t="s">
+        <v>2271</v>
+      </c>
+      <c r="E101" t="s">
+        <v>2272</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>2273</v>
+      </c>
+      <c r="H101" t="s">
+        <v>2274</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B102" t="s">
+        <v>2275</v>
+      </c>
+      <c r="C102" t="s">
+        <v>2276</v>
+      </c>
+      <c r="D102" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E102" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>2279</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B103" t="s">
+        <v>2281</v>
+      </c>
+      <c r="C103" t="s">
+        <v>2282</v>
+      </c>
+      <c r="D103" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E103" t="s">
+        <v>2283</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>2284</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2285</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B104" t="s">
+        <v>2286</v>
+      </c>
+      <c r="C104" t="s">
+        <v>2287</v>
+      </c>
+      <c r="D104" t="s">
+        <v>2288</v>
+      </c>
+      <c r="E104" t="s">
+        <v>2289</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>2290</v>
+      </c>
+      <c r="H104" t="s">
+        <v>2291</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B105" t="s">
+        <v>2292</v>
+      </c>
+      <c r="C105" t="s">
+        <v>2293</v>
+      </c>
+      <c r="D105" t="s">
+        <v>2294</v>
+      </c>
+      <c r="E105" t="s">
+        <v>2295</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>2296</v>
+      </c>
+      <c r="H105" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B106" t="s">
+        <v>2298</v>
+      </c>
+      <c r="C106" t="s">
+        <v>2299</v>
+      </c>
+      <c r="D106" t="s">
+        <v>2300</v>
+      </c>
+      <c r="E106" t="s">
+        <v>2301</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>2302</v>
+      </c>
+      <c r="H106" t="s">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B107" t="s">
+        <v>2304</v>
+      </c>
+      <c r="C107" t="s">
+        <v>2305</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>2307</v>
+      </c>
+      <c r="H107" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B108" t="s">
+        <v>2309</v>
+      </c>
+      <c r="C108" t="s">
+        <v>2310</v>
+      </c>
+      <c r="D108" t="s">
+        <v>1539</v>
+      </c>
+      <c r="E108" t="s">
+        <v>2311</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>2312</v>
+      </c>
+      <c r="H108" t="s">
+        <v>2313</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B109" t="s">
+        <v>2314</v>
+      </c>
+      <c r="C109" t="s">
+        <v>2315</v>
+      </c>
+      <c r="D109" t="s">
+        <v>1864</v>
+      </c>
+      <c r="E109" t="s">
+        <v>2214</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>2316</v>
+      </c>
+      <c r="H109" t="s">
+        <v>2317</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B110" t="s">
+        <v>2318</v>
+      </c>
+      <c r="C110" t="s">
+        <v>2319</v>
+      </c>
+      <c r="D110" t="s">
+        <v>2320</v>
+      </c>
+      <c r="E110" t="s">
+        <v>2320</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>2321</v>
+      </c>
+      <c r="H110" t="s">
+        <v>2322</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B111" t="s">
+        <v>2323</v>
+      </c>
+      <c r="C111" t="s">
+        <v>2324</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>2325</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>2326</v>
+      </c>
+      <c r="H111" t="s">
+        <v>2327</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B112" t="s">
+        <v>2328</v>
+      </c>
+      <c r="C112" t="s">
+        <v>2329</v>
+      </c>
+      <c r="D112" t="s">
+        <v>2330</v>
+      </c>
+      <c r="E112" t="s">
+        <v>2330</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>2331</v>
+      </c>
+      <c r="H112" t="s">
+        <v>2332</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B113" t="s">
+        <v>2333</v>
+      </c>
+      <c r="C113" t="s">
+        <v>2334</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>2335</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>2336</v>
+      </c>
+      <c r="H113" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B114" t="s">
+        <v>2338</v>
+      </c>
+      <c r="C114" t="s">
+        <v>2339</v>
+      </c>
+      <c r="D114" t="s">
+        <v>2340</v>
+      </c>
+      <c r="E114" t="s">
+        <v>2341</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>2342</v>
+      </c>
+      <c r="H114" t="s">
+        <v>2343</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B115" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C115" t="s">
+        <v>2339</v>
+      </c>
+      <c r="D115" t="s">
+        <v>2340</v>
+      </c>
+      <c r="E115" t="s">
+        <v>2341</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>2345</v>
+      </c>
+      <c r="H115" t="s">
+        <v>2346</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B116" t="s">
+        <v>2347</v>
+      </c>
+      <c r="C116" t="s">
+        <v>2339</v>
+      </c>
+      <c r="D116" t="s">
+        <v>2340</v>
+      </c>
+      <c r="E116" t="s">
+        <v>2341</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>2348</v>
+      </c>
+      <c r="H116" t="s">
+        <v>2349</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B117" t="s">
+        <v>2350</v>
+      </c>
+      <c r="C117" t="s">
+        <v>2351</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>2352</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>2353</v>
+      </c>
+      <c r="H117" t="s">
+        <v>2354</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B118" t="s">
+        <v>2355</v>
+      </c>
+      <c r="C118" t="s">
+        <v>2356</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>2357</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>2358</v>
+      </c>
+      <c r="H118" t="s">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B119" t="s">
+        <v>2360</v>
+      </c>
+      <c r="C119" t="s">
+        <v>2361</v>
+      </c>
+      <c r="D119" t="s">
+        <v>2362</v>
+      </c>
+      <c r="E119" t="s">
+        <v>2363</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>2364</v>
+      </c>
+      <c r="H119" t="s">
+        <v>2365</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B120" t="s">
+        <v>2366</v>
+      </c>
+      <c r="C120" t="s">
+        <v>2367</v>
+      </c>
+      <c r="D120" t="s">
+        <v>2271</v>
+      </c>
+      <c r="E120" t="s">
+        <v>2271</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>2368</v>
+      </c>
+      <c r="H120" t="s">
+        <v>2369</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B121" t="s">
+        <v>2370</v>
+      </c>
+      <c r="C121" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D121" t="s">
+        <v>2372</v>
+      </c>
+      <c r="E121" t="s">
+        <v>2372</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>2373</v>
+      </c>
+      <c r="H121" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B122" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C122" t="s">
+        <v>2376</v>
+      </c>
+      <c r="D122" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E122" t="s">
+        <v>2377</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>2378</v>
+      </c>
+      <c r="H122" t="s">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B123" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C123" t="s">
+        <v>2381</v>
+      </c>
+      <c r="D123" t="s">
+        <v>2382</v>
+      </c>
+      <c r="E123" t="s">
+        <v>2383</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>2384</v>
+      </c>
+      <c r="H123" t="s">
+        <v>2385</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B124" t="s">
+        <v>2386</v>
+      </c>
+      <c r="C124" t="s">
+        <v>2387</v>
+      </c>
+      <c r="D124" t="s">
+        <v>2388</v>
+      </c>
+      <c r="E124" t="s">
+        <v>2389</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>2390</v>
+      </c>
+      <c r="H124" t="s">
+        <v>2391</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B125" t="s">
+        <v>2392</v>
+      </c>
+      <c r="C125" t="s">
+        <v>2393</v>
+      </c>
+      <c r="D125" t="s">
+        <v>2394</v>
+      </c>
+      <c r="E125" t="s">
+        <v>2395</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>2396</v>
+      </c>
+      <c r="H125" t="s">
+        <v>2397</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B126" t="s">
+        <v>2398</v>
+      </c>
+      <c r="C126" t="s">
+        <v>2399</v>
+      </c>
+      <c r="D126" t="s">
+        <v>2400</v>
+      </c>
+      <c r="E126" t="s">
+        <v>2401</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>2402</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B127" t="s">
+        <v>2404</v>
+      </c>
+      <c r="C127" t="s">
+        <v>2405</v>
+      </c>
+      <c r="D127" t="s">
+        <v>2406</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2407</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2408</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2409</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B128" t="s">
+        <v>2410</v>
+      </c>
+      <c r="C128" t="s">
+        <v>2411</v>
+      </c>
+      <c r="D128" t="s">
+        <v>2412</v>
+      </c>
+      <c r="E128" t="s">
+        <v>2413</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>2414</v>
+      </c>
+      <c r="H128" t="s">
+        <v>2415</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B129" t="s">
+        <v>2416</v>
+      </c>
+      <c r="C129" t="s">
+        <v>2417</v>
+      </c>
+      <c r="D129" t="s">
+        <v>2362</v>
+      </c>
+      <c r="E129" t="s">
+        <v>2362</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>2418</v>
+      </c>
+      <c r="H129" t="s">
+        <v>2419</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B130" t="s">
+        <v>2420</v>
+      </c>
+      <c r="C130" t="s">
+        <v>2421</v>
+      </c>
+      <c r="D130" t="s">
+        <v>2422</v>
+      </c>
+      <c r="E130" t="s">
+        <v>2423</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>2424</v>
+      </c>
+      <c r="H130" t="s">
+        <v>2425</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B131" t="s">
+        <v>2426</v>
+      </c>
+      <c r="C131" t="s">
+        <v>2427</v>
+      </c>
+      <c r="D131" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" t="s">
+        <v>2428</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>2429</v>
+      </c>
+      <c r="H131" t="s">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B132" t="s">
+        <v>2431</v>
+      </c>
+      <c r="C132" t="s">
+        <v>2432</v>
+      </c>
+      <c r="D132" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" t="s">
+        <v>2433</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>2434</v>
+      </c>
+      <c r="H132" t="s">
+        <v>2435</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B133" t="s">
+        <v>2436</v>
+      </c>
+      <c r="C133" t="s">
+        <v>2437</v>
+      </c>
+      <c r="D133" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" t="s">
+        <v>2438</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2439</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B134" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C134" t="s">
+        <v>2442</v>
+      </c>
+      <c r="D134" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" t="s">
+        <v>2443</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>2444</v>
+      </c>
+      <c r="H134" t="s">
+        <v>2445</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B135" t="s">
+        <v>2446</v>
+      </c>
+      <c r="C135" t="s">
+        <v>2447</v>
+      </c>
+      <c r="D135" t="s">
+        <v>2448</v>
+      </c>
+      <c r="E135" t="s">
+        <v>2449</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" t="s">
+        <v>2450</v>
+      </c>
+      <c r="H135" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B136" t="s">
+        <v>2452</v>
+      </c>
+      <c r="C136" t="s">
+        <v>2453</v>
+      </c>
+      <c r="D136" t="s">
+        <v>2454</v>
+      </c>
+      <c r="E136" t="s">
+        <v>2455</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>2456</v>
+      </c>
+      <c r="H136" t="s">
+        <v>2457</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B137" t="s">
+        <v>2458</v>
+      </c>
+      <c r="C137" t="s">
+        <v>2459</v>
+      </c>
+      <c r="D137" t="s">
+        <v>2460</v>
+      </c>
+      <c r="E137" t="s">
+        <v>2461</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" t="s">
+        <v>2462</v>
+      </c>
+      <c r="H137" t="s">
+        <v>2463</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B138" t="s">
+        <v>2464</v>
+      </c>
+      <c r="C138" t="s">
+        <v>13</v>
+      </c>
+      <c r="D138" t="s">
+        <v>2465</v>
+      </c>
+      <c r="E138" t="s">
+        <v>2466</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" t="s">
+        <v>2467</v>
+      </c>
+      <c r="H138" t="s">
+        <v>2468</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B139" t="s">
+        <v>2469</v>
+      </c>
+      <c r="C139" t="s">
+        <v>2459</v>
+      </c>
+      <c r="D139" t="s">
+        <v>2460</v>
+      </c>
+      <c r="E139" t="s">
+        <v>2470</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" t="s">
+        <v>2471</v>
+      </c>
+      <c r="H139" t="s">
+        <v>2472</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B140" t="s">
+        <v>2473</v>
+      </c>
+      <c r="C140" t="s">
+        <v>13</v>
+      </c>
+      <c r="D140" t="s">
+        <v>2474</v>
+      </c>
+      <c r="E140" t="s">
+        <v>2475</v>
+      </c>
+      <c r="F140" t="s">
+        <v>13</v>
+      </c>
+      <c r="G140" t="s">
+        <v>2476</v>
+      </c>
+      <c r="H140" t="s">
+        <v>2477</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B141" t="s">
+        <v>2478</v>
+      </c>
+      <c r="C141" t="s">
+        <v>2479</v>
+      </c>
+      <c r="D141" t="s">
+        <v>794</v>
+      </c>
+      <c r="E141" t="s">
+        <v>2480</v>
+      </c>
+      <c r="F141" t="s">
+        <v>13</v>
+      </c>
+      <c r="G141" t="s">
+        <v>2481</v>
+      </c>
+      <c r="H141" t="s">
+        <v>2482</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B142" t="s">
+        <v>2483</v>
+      </c>
+      <c r="C142" t="s">
+        <v>2484</v>
+      </c>
+      <c r="D142" t="s">
+        <v>2485</v>
+      </c>
+      <c r="E142" t="s">
+        <v>2486</v>
+      </c>
+      <c r="F142" t="s">
+        <v>13</v>
+      </c>
+      <c r="G142" t="s">
+        <v>2487</v>
+      </c>
+      <c r="H142" t="s">
+        <v>2488</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B143" t="s">
+        <v>2489</v>
+      </c>
+      <c r="C143" t="s">
+        <v>2490</v>
+      </c>
+      <c r="D143" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" t="s">
+        <v>2491</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" t="s">
+        <v>2492</v>
+      </c>
+      <c r="H143" t="s">
+        <v>2493</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B144" t="s">
+        <v>2494</v>
+      </c>
+      <c r="C144" t="s">
+        <v>2495</v>
+      </c>
+      <c r="D144" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E144" t="s">
+        <v>2496</v>
+      </c>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" t="s">
+        <v>2497</v>
+      </c>
+      <c r="H144" t="s">
+        <v>2498</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B145" t="s">
+        <v>2499</v>
+      </c>
+      <c r="C145" t="s">
+        <v>2500</v>
+      </c>
+      <c r="D145" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E145" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" t="s">
+        <v>2503</v>
+      </c>
+      <c r="H145" t="s">
+        <v>2504</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B146" t="s">
+        <v>2505</v>
+      </c>
+      <c r="C146" t="s">
+        <v>2506</v>
+      </c>
+      <c r="D146" t="s">
+        <v>2271</v>
+      </c>
+      <c r="E146" t="s">
+        <v>2507</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" t="s">
+        <v>2508</v>
+      </c>
+      <c r="H146" t="s">
+        <v>2509</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B147" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C147" t="s">
+        <v>2511</v>
+      </c>
+      <c r="D147" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E147" t="s">
+        <v>2513</v>
+      </c>
+      <c r="F147" t="s">
+        <v>13</v>
+      </c>
+      <c r="G147" t="s">
+        <v>2514</v>
+      </c>
+      <c r="H147" t="s">
+        <v>2515</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B148" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C148" t="s">
+        <v>2517</v>
+      </c>
+      <c r="D148" t="s">
+        <v>2518</v>
+      </c>
+      <c r="E148" t="s">
+        <v>2519</v>
+      </c>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" t="s">
+        <v>2520</v>
+      </c>
+      <c r="H148" t="s">
+        <v>2521</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>