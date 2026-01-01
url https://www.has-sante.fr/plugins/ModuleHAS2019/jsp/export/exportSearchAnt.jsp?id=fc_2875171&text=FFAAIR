--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -1,474 +1,2264 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="401" uniqueCount="235">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Role and management of tracheostomy in the care of ventilator-dependent patients with slowly progressive neuromuscular diseases</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Manuel et référentiel de la certification des établissements pour la qualité des soins</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>25/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219174/fr/manuel-et-referentiel-de-la-certification-des-etablissements-pour-la-qualite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3219174</t>
+  </si>
+  <si>
+    <t>Bonnes pratiques professionnelles des Prestataires de Services et Distributeurs de Matériel (PSDM)</t>
+  </si>
+  <si>
+    <t>Le référentiel des bonnes pratiques professionnelles des prestataires de services et distributeurs de matériel (PSDM) est le référentiel au regard duquel ces derniers seront certifiés.</t>
+  </si>
+  <si>
+    <t>13/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>18/06/2024 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293982/fr/bonnes-pratiques-professionnelles-des-prestataires-de-services-et-distributeurs-de-materiel-psdm</t>
+  </si>
+  <si>
+    <t>p_3293982</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique du patient (ETP) : évaluation de l’efficacité et de l’efficience dans les maladies chroniques</t>
+  </si>
+  <si>
+    <t>La HAS propose, dix ans après les premiers rapports d’évaluation, des orientations pour la mise en œuvre des interventions éducatives les plus adaptées aux besoins des patients et des repères pour analyser ou mener des études d’efficacité et d’efficience.</t>
+  </si>
+  <si>
+    <t>27/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2018 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884714/fr/education-therapeutique-du-patient-etp-evaluation-de-l-efficacite-et-de-l-efficience-dans-les-maladies-chroniques</t>
+  </si>
+  <si>
+    <t>c_2884714</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>WINX</t>
+  </si>
+  <si>
+    <t>Système de thérapie des apnées obstructives du sommeil</t>
+  </si>
+  <si>
+    <t>17/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2015 16:51:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725792/fr/winx</t>
+  </si>
+  <si>
+    <t>c_1725792</t>
+  </si>
+  <si>
+    <t>APNICURE Inc.</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins bronchopneumopathie chronique obstructive (BPCO)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une bronchopneumopathie chronique obstructive (BPCO). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques de la prise en charge et de 10 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>c_1242507</t>
+  </si>
+  <si>
+    <t>Insuffisance respiratoire des enfants avec maladie respiratoire rare</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants avec une maladie respiratoire rare et une IRC, incluant les indications à une transplantation pulmonaire. Il a été élaboré par le Centre de référence coordonnateur des maladies respiratoires rares - RespiRare / à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762549/fr/insuffisance-respiratoire-des-enfants-avec-maladie-respiratoire-rare</t>
+  </si>
+  <si>
+    <t>p_3762549</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>Prévention, diagnostic et prise en charge du syndrome du nez vide</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique s’intègre dans le parcours de soin des patients présentant une obstruction nasale chronique ou ayant développé un SNV après un geste turbinal. Elle s’inscrit dans le cadre d’une concertation pluridisciplinaire (associant l’ORL, le médecin généraliste et d’autres professionnels si nécessaire) et d’une décision partagée avec le patient dûment informé.</t>
+  </si>
+  <si>
+    <t>15/12/2022 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395700/fr/prevention-diagnostic-et-prise-en-charge-du-syndrome-du-nez-vide</t>
+  </si>
+  <si>
+    <t>p_3395700</t>
+  </si>
+  <si>
+    <t>Place et gestion de la trachéotomie dans la prise en charge de la dépendance ventilatoire des patients atteints de maladies neuromusculaires lentement évolutives</t>
   </si>
   <si>
     <t>Objectifs Il s’agit d’aider la prise de décision dans le choix des soins, améliorer et harmoniser les pratiques. La finalité est d’améliorer la prise en charge des patients, et donc la qualité et la sécurité des soins qui leur sont apportés, ainsi que leur qualité de vie</t>
   </si>
   <si>
-    <t>11/05/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3217806/en/role-and-management-of-tracheostomy-in-the-care-of-ventilator-dependent-patients-with-slowly-progressive-neuromuscular-diseases</t>
+    <t>05/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2020 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217806/fr/place-et-gestion-de-la-tracheotomie-dans-la-prise-en-charge-de-la-dependance-ventilatoire-des-patients-atteints-de-maladies-neuromusculaires-lentement-evolutives</t>
   </si>
   <si>
     <t>p_3217806</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2641074/en/assessment-of-tracheal-vacuum-suctionning-systems</t>
+    <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
+  </si>
+  <si>
+    <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
+  </si>
+  <si>
+    <t>06/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
+  </si>
+  <si>
+    <t>p_3118113</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Déclarations des aides versées aux associations de patients par les industriels de santé : la HAS publie les chiffres 2010</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) a la mission de collecter et publier les déclarations des aides versées par les industriels de santé aux associations de patients. Pour la seconde année, ces données sont rendues publiques et accessibles sur le site de la HAS. Pour l’année 2010, les industriels de santé ont déclaré avoir versé 5 millions d’euros à 360 associations de patients en France.</t>
+  </si>
+  <si>
+    <t>18/01/2012 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1191022/fr/declarations-des-aides-versees-aux-associations-de-patients-par-les-industriels-de-sante-la-has-publie-les-chiffres-2010</t>
+  </si>
+  <si>
+    <t>c_1191022</t>
+  </si>
+  <si>
+    <t>Troubles du sommeil : stop à la prescription systématique de somnifères chez les personnes âgées</t>
+  </si>
+  <si>
+    <t>Après 65 ans, le sommeil évolue : nuits plus courtes, réveils plus fréquents, sommeil fractionné sur la journée, ... Ces modifications d'ordre physiologique chez les personnes âgées sont source de plaintes du sommeil en consultation et débouchent trop souvent sur une prescription de somnifères. Près d’un tiers des personnes de plus de 65 ans consomme des somnifères de manière chronique, et dans plus d’un cas sur deux, ces traitements ne seraient pas indiqués. Ces somnifères peuvent provoquer des effets délétères : dépendance, chutes et troubles de la mémoire. Quel sommeil après 65 ans ? Comment aborder la question des troubles du sommeil en consultation ? Quel usage des somnifères ? Comment les arrêter ? Avec quel accompagnement ? Est-il possible de retrouver un sommeil de qualité sans médicament ?</t>
+  </si>
+  <si>
+    <t>25/09/2012 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1299994/fr/troubles-du-sommeil-stop-a-la-prescription-systematique-de-somniferes-chez-les-personnes-agees</t>
+  </si>
+  <si>
+    <t>c_1299994</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Aspirateurs trachéaux (Forfait hebdomadaire 8)</t>
+  </si>
+  <si>
+    <t>Cette évaluation concerne les dispositifs médicaux d’aspiration mécanique des sécrétions du nasopharynx, de l’oropharynx et de la trachée (aspirateurs trachéaux) ainsi que leur prestation associée. L’objectif est de réaliser l’actualisation des modalités de remboursement de ces dispositifs et de leurs prestations sur la LPPR.</t>
+  </si>
+  <si>
+    <t>11/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2017 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641074/fr/aspirateurs-tracheaux-forfait-hebdomadaire-8</t>
   </si>
   <si>
     <t>c_2641074</t>
   </si>
   <si>
-    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>ASSESSMENT OF THORACIC EXPANSION AND ASSISTED COUGHING DEVICES</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1778518/en/assessment-of-thoracic-expansion-and-assisted-coughing-devices</t>
+    <t>Évaluation clinique et économique des dispositifs médicaux et prestations associées pour prise en charge du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS)</t>
+  </si>
+  <si>
+    <t>La Commission nationale d'évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS) a effectué la révision des dispositifs médicaux et prestations associées pour le traitement de l’apnée du sommeil inscrits à la liste des produits et prestations remboursables (LPPR). En parallèle, à la demande du Comité économique des produits de santé, une évaluation économique des traitements de l’apnée du sommeil a été réalisée par la Commission évaluation économique et de santé publique (CEESP).</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2014 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761818/fr/evaluation-clinique-et-economique-des-dispositifs-medicaux-et-prestations-associees-pour-prise-en-charge-du-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos</t>
+  </si>
+  <si>
+    <t>c_1761818</t>
+  </si>
+  <si>
+    <t>Forfait hebdomadaire 7 : forfait de mobilisation thoracique et d’aide à la toux - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Cette évaluation concerne les deux types de dispositifs médicaux (in-exsufflateurs et relaxateurs de pression) permettant la mobilisation thoracique et l’aide à la toux ainsi que leur prestation associée. L’objectif est de réaliser l’actualisation des modalités de remboursement de ces dispositifs et de leurs prestations sur la LPPR.</t>
+  </si>
+  <si>
+    <t>04/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>05/12/2014 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778518/fr/forfait-hebdomadaire-7-forfait-de-mobilisation-thoracique-et-d-aide-a-la-toux-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1778518</t>
   </si>
   <si>
-    <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
+    <t>Amygdalectomie intracapsulaire dans le traitement de l’hypertrophie amygdalienne bilatérale symptomatique avec ou sans troubles respiratoires du sommeil - Note de cadrage</t>
+  </si>
+  <si>
+    <t>La HAS comparera l’efficacité à long terme et la sécurité intra et post-opératoire de l’amygdalectomie intracapsulaire versus l’amygdalectomie extracapsulaire chez les patients pédiatriques et adultes avec une hypertrophie amygdalienne de stades 3 ou 4 de Brodsky responsable notamment de troubles respiratoires nocturnes. Plus précisément, l’évaluation portera sur les deux indications suivantes : l’hypertrophie amygdalienne avec syndrome d’apnées obstructives du sommeil ou syndrome des hautes résistances ou d’augmentation des résistances des voies aériennes supérieures ; l’hypertrophie amygdalienne symptomatique sans trouble respiratoire nocturne associée à des signes d’obstruction oropharyngée comme un retard de croissance staturo-pondérale, des troubles de la déglutition, des difficultés de phonation, des troubles du développement oro-facial avec malocclusion dentaire et parfois squelettique.</t>
+  </si>
+  <si>
+    <t>05/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/03/2025 09:23:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3595538/fr/amygdalectomie-intracapsulaire-dans-le-traitement-de-l-hypertrophie-amygdalienne-bilaterale-symptomatique-avec-ou-sans-troubles-respiratoires-du-sommeil-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3595538</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux et prestations associées pour la ventilation mécanique à domicile</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de proposer une mise à jour des modalités de remboursement des dispositifs et des prestations de ventilation mécanique sur la LPPR. La ventilation mécanique est indiquée chez les patients atteints d’insuffisance respiratoire chronique avec hypoventilation alvéolaire (caractérisée par une hypercapnie).</t>
+  </si>
+  <si>
+    <t>20/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>27/12/2012 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1348270/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-la-ventilation-mecanique-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1348270</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile</t>
+  </si>
+  <si>
+    <t>Les objectifs de l’évaluation sont : d’évaluer l'intérêt des prestations et des dispositifs médicaux de l’oxygénothérapie à domicile en définissant leurs indications, leur rapport effet thérapeutique/risques, leur place dans la stratégie thérapeutique, d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, de définir le contenu des prestations en fonction des indications, de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, de préciser, si besoin, des conditions de prescription et d'utilisation, de comparer les dispositifs entre eux au sein d'une même indication, d’estimer les populations cibles. L’objectif final de cette évaluation est de proposer une mise à jour des modalités de remboursement des dispositifs et des prestations d’oxygénothérapie sur la LPPR.</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2012 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265304/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-l-oxygenotherapie-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1265304</t>
+  </si>
+  <si>
+    <t>Évaluation de l’endoscopie sous sommeil induit dans le syndrome d’apnées hypopnées obstructives du sommeil (SAHOS) chez les adultes</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, des performances diagnostiques et de la sécurité de l’endoscopie sous sommeil induit (ESSI) au sein de la stratégie de prise en charge des patients adultes atteints du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS), au travers d’une comparaison avec la stratégie incluant l’examen clinique et l’endoscopie réalisée en état d’éveil (sans induction de sommeil)</t>
+  </si>
+  <si>
+    <t>17/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
   <si>
-    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
-[...2 lines deleted...]
-    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/23/2024 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
+    <t>23/12/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
   </si>
   <si>
     <t>p_3573729</t>
   </si>
   <si>
-    <t>Web page</t>
-[...14 lines deleted...]
-    <t>c_2044304</t>
+    <t>Évaluation des dispositifs médicaux de ventilation auto-asservie, et prestations associées, pour la prise en charge du syndrome des apnées centrales du sommeil et de la respiration de Cheyne-Stokes</t>
+  </si>
+  <si>
+    <t>Après la révision des catégories homogènes des dispositifs médicaux de pression positive continue pour prise en charge de l’apnée obstructive du sommeil, la Commission nationale d'évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS) s’est prononcée sur l’intérêt des dispositifs médicaux de ventilation auto-asservie dans la prise en charge du syndrome des apnées centrales du sommeil et de la respiration de Cheyne-Stokes. La liste des produits et prestations remboursables (LPPR) ne prévoit pas le remboursement de ces dispositifs.</t>
+  </si>
+  <si>
+    <t>02/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036941/fr/evaluation-des-dispositifs-medicaux-de-ventilation-auto-asservie-et-prestations-associees-pour-la-prise-en-charge-du-syndrome-des-apnees-centrales-du-sommeil-et-de-la-respiration-de-cheyne-stokes</t>
+  </si>
+  <si>
+    <t>c_2036941</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 23 Octobre 2012</t>
+  </si>
+  <si>
+    <t>07/01/2013 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1324242/fr/cnedimts-reunion-du-23-octobre-2012</t>
+  </si>
+  <si>
+    <t>c_1324242</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CEDiag du 17 octobre 2023</t>
+  </si>
+  <si>
+    <t>08/11/2023 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468509/fr/cediag-du-17-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3468509</t>
+  </si>
+  <si>
+    <t>Comité d'interface et de suivi de la feuille de route "Renforcer l'engagement des usagers dans l'évaluation des technologies de santé à la HAS" - Réunion du 1er avril 2022</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du Comité d’interface et de suivi de la feuille de route « Renforcer l'engagement des usagers dans l'évlauation des technologies de santé à la HAS » du vendredi 1er avril 2022</t>
+  </si>
+  <si>
+    <t>04/04/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3327176/fr/comite-d-interface-et-de-suivi-de-la-feuille-de-route-renforcer-l-engagement-des-usagers-dans-l-evaluation-des-technologies-de-sante-a-la-has-reunion-du-1er-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3327176</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours - Livrables sur les indicateurs BPCO</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours des patients à risque ou atteints de bronchopneumopathie chronique obstructive (BPCO). Tous les livrables de ce parcours sont disponibles, notamment les « Résultats nationaux &amp; régionaux des 7 indicateurs mesurés dans le SNDS (PMSI-DCIR).</t>
+  </si>
+  <si>
+    <t>31/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2022 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333091/fr/indicateurs-de-qualite-du-parcours-livrables-sur-les-indicateurs-bpco</t>
+  </si>
+  <si>
+    <t>p_3333091</t>
+  </si>
+  <si>
+    <t>Patients à risque ou atteints de Bronchopneumopathie Chronique  Obstructive (BPCO) - Indicateurs de qualité du parcours de soins</t>
+  </si>
+  <si>
+    <t>Ce premier rapport est destiné à tous les acteurs intéressés par le parcours des patients à risque ou atteints de BPCO. Il présente les modalités de définition des dix-huit indicateurs de qualité du parcours BPCO. Ceux-ci ont été élaborés à partir des points critiques identifiés dans le guide parcours de soins, pour mesurer et améliorer la qualité de la prise en charge du patient.</t>
+  </si>
+  <si>
+    <t>14/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151500/fr/patients-a-risque-ou-atteints-de-bronchopneumopathie-chronique-obstructive-bpco-indicateurs-de-qualite-du-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>p_3151500</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>XEVUDY (sotrovimab)</t>
+  </si>
+  <si>
+    <t>08/03/2024 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308226/fr/xevudy-sotrovimab</t>
+  </si>
+  <si>
+    <t>p_3308226</t>
+  </si>
+  <si>
+    <t>sotrovimab</t>
+  </si>
+  <si>
+    <t>GlaxoSmithKline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308138/fr/xevudy-sotrovimab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3344048/fr/xevudy-sotrovimab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3344400/fr/xevudy-sotrovimab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411520/fr/xevudy-sotrovimab-covid-19</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Détecter et diagnostiquer la BPCO même sans symptôme apparent</t>
+  </si>
+  <si>
+    <t>Le symptôme majeur de la BPCO est la dyspnée qui induit une réduction de l’activité physique quotidienne. D’apparition progressive, au début, la dyspnée n'est pas souvent perçue par le patient.</t>
+  </si>
+  <si>
+    <t>31/01/2020 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118475/fr/detecter-et-diagnostiquer-la-bpco-meme-sans-symptome-apparent</t>
+  </si>
+  <si>
+    <t>p_3118475</t>
+  </si>
+  <si>
+    <t>5e cycle de certification</t>
+  </si>
+  <si>
+    <t>Membres de la gouvernance, professionnels des établissements de santé, représentants des usagers, cette page vous concerne. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la clarté aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des documents et outils nécessaires à la préparation de la visite de certification.</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1495044/fr/5e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>r_1495044</t>
+  </si>
+  <si>
+    <t>Accréditation des établissements de santé étrangers</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS), autorité publique indépendante à caractère scientifique, propose aux établissements de santé étrangers son savoir-faire et son expertise en matière d'évaluation via son dispositif de certification pour la qualité des soins, accrédité par l’International Society for Quality in Health Care (ISQua).</t>
+  </si>
+  <si>
+    <t>23/05/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433849/fr/accreditation-des-etablissements-de-sante-etrangers</t>
+  </si>
+  <si>
+    <t>p_3433849</t>
+  </si>
+  <si>
+    <t>Comité d'interface et de suivi</t>
+  </si>
+  <si>
+    <t>Un comité d’interface et de suivi a été mis en place afin de suivre les différentes actions définies dans le cadre de la feuille de route « Renforcer l’engagement des usagers dans l’évaluation des technologies de santé à la HAS ».</t>
+  </si>
+  <si>
+    <t>26/04/2022 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333541/fr/comite-d-interface-et-de-suivi</t>
+  </si>
+  <si>
+    <t>p_3333541</t>
+  </si>
+  <si>
+    <t>Bronchiolite aiguë : la kinésithérapie respiratoire de désencombrement bronchique n’est plus recommandée</t>
+  </si>
+  <si>
+    <t>En cas de bronchiolite aiguë du nourrisson, la kinésithérapie respiratoire de désencombrement bronchique n’est plus recommandée. Les formes graves relèvent d’une hospitalisation systématique. Explications.</t>
+  </si>
+  <si>
+    <t>20/11/2019 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118481/fr/bronchiolite-aigue-la-kinesitherapie-respiratoire-de-desencombrement-bronchique-n-est-plus-recommandee</t>
+  </si>
+  <si>
+    <t>p_3118481</t>
+  </si>
+  <si>
+    <t>BPCO, sevrage tabagique et réhabilitation respiratoire</t>
+  </si>
+  <si>
+    <t>Le sevrage tabagique est essentiel dans la prise en charge de la BPCO. La réhabilitation respiratoire est utile pour les patients symptomatiques afin de réduire leur dyspnée.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118947/fr/bpco-sevrage-tabagique-et-rehabilitation-respiratoire</t>
+  </si>
+  <si>
+    <t>p_3118947</t>
+  </si>
+  <si>
+    <t>Les traitements médicamenteux de la BPCO</t>
+  </si>
+  <si>
+    <t>Le traitement médicamenteux de la BPCO repose sur les bronchodilatateurs de courte puis de longue durée d’action en monothérapie, et si échec, en association.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118949/fr/les-traitements-medicamenteux-de-la-bpco</t>
+  </si>
+  <si>
+    <t>p_3118949</t>
+  </si>
+  <si>
+    <t>Les complications de la BPCO : une hospitalisation au cas par cas</t>
+  </si>
+  <si>
+    <t>La prise en charge des complications de la BPCO peut se faire en ville, mais l'hospitalisation est parfois nécessaire. Une exacerbation sévère avec insuffisance respiratoire aiguë est une urgence médicale.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118953/fr/les-complications-de-la-bpco-une-hospitalisation-au-cas-par-cas</t>
+  </si>
+  <si>
+    <t>p_3118953</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
         <v>23</v>
       </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B2" t="s">
+        <v>198</v>
+      </c>
+      <c r="C2" t="s">
+        <v>199</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>200</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>201</v>
+      </c>
+      <c r="H2" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C3" t="s">
+        <v>204</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>205</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>206</v>
+      </c>
+      <c r="H3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B4" t="s">
+        <v>208</v>
+      </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>209</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>210</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>211</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>212</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>197</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>214</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>215</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>216</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>217</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>197</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>218</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>219</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>220</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>221</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>222</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>197</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>223</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>224</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>200</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>225</v>
       </c>
       <c r="H7" t="s">
-        <v>46</v>
+        <v>226</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>47</v>
+        <v>197</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>227</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>228</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>229</v>
       </c>
       <c r="H8" t="s">
-        <v>52</v>
+        <v>230</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>197</v>
+      </c>
+      <c r="B9" t="s">
+        <v>231</v>
+      </c>
+      <c r="C9" t="s">
+        <v>232</v>
+      </c>
+      <c r="D9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" t="s">
+        <v>200</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>233</v>
+      </c>
+      <c r="H9" t="s">
+        <v>234</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>27</v>
+      </c>
+      <c r="J1" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H2" t="s">
+        <v>35</v>
+      </c>
+      <c r="I2" t="s">
+        <v>31</v>
+      </c>
+      <c r="J2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C4" t="s">
+        <v>50</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>52</v>
+      </c>
+      <c r="H4" t="s">
+        <v>53</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>63</v>
+      </c>
+      <c r="H3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C4" t="s">
+        <v>66</v>
+      </c>
+      <c r="D4" t="s">
+        <v>67</v>
+      </c>
+      <c r="E4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" t="s">
+        <v>71</v>
+      </c>
+      <c r="C5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D5" t="s">
+        <v>73</v>
+      </c>
+      <c r="E5" t="s">
+        <v>74</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>75</v>
+      </c>
+      <c r="H5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>77</v>
+      </c>
+      <c r="C6" t="s">
+        <v>78</v>
+      </c>
+      <c r="D6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E6" t="s">
+        <v>80</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>81</v>
+      </c>
+      <c r="H6" t="s">
+        <v>82</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C3" t="s">
+        <v>90</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E2" t="s">
+        <v>98</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>99</v>
+      </c>
+      <c r="H2" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B3" t="s">
+        <v>101</v>
+      </c>
+      <c r="C3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" t="s">
+        <v>103</v>
+      </c>
+      <c r="E3" t="s">
+        <v>104</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>105</v>
+      </c>
+      <c r="H3" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>94</v>
+      </c>
+      <c r="B4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C4" t="s">
+        <v>108</v>
+      </c>
+      <c r="D4" t="s">
+        <v>109</v>
+      </c>
+      <c r="E4" t="s">
+        <v>110</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>111</v>
+      </c>
+      <c r="H4" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>94</v>
+      </c>
+      <c r="B5" t="s">
+        <v>113</v>
+      </c>
+      <c r="C5" t="s">
+        <v>114</v>
+      </c>
+      <c r="D5" t="s">
+        <v>115</v>
+      </c>
+      <c r="E5" t="s">
+        <v>116</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>117</v>
+      </c>
+      <c r="H5" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>94</v>
+      </c>
+      <c r="B6" t="s">
+        <v>119</v>
+      </c>
+      <c r="C6" t="s">
+        <v>120</v>
+      </c>
+      <c r="D6" t="s">
+        <v>121</v>
+      </c>
+      <c r="E6" t="s">
+        <v>122</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>123</v>
+      </c>
+      <c r="H6" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>94</v>
+      </c>
+      <c r="B7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C7" t="s">
+        <v>126</v>
+      </c>
+      <c r="D7" t="s">
+        <v>127</v>
+      </c>
+      <c r="E7" t="s">
+        <v>128</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>129</v>
+      </c>
+      <c r="H7" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>94</v>
+      </c>
+      <c r="B8" t="s">
+        <v>131</v>
+      </c>
+      <c r="C8" t="s">
+        <v>132</v>
+      </c>
+      <c r="D8" t="s">
+        <v>133</v>
+      </c>
+      <c r="E8" t="s">
+        <v>134</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>135</v>
+      </c>
+      <c r="H8" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>94</v>
+      </c>
+      <c r="B9" t="s">
+        <v>137</v>
+      </c>
+      <c r="C9" t="s">
+        <v>138</v>
+      </c>
+      <c r="D9" t="s">
+        <v>139</v>
+      </c>
+      <c r="E9" t="s">
+        <v>140</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>141</v>
+      </c>
+      <c r="H9" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>94</v>
+      </c>
+      <c r="B10" t="s">
+        <v>143</v>
+      </c>
+      <c r="C10" t="s">
+        <v>144</v>
+      </c>
+      <c r="D10" t="s">
+        <v>145</v>
+      </c>
+      <c r="E10" t="s">
+        <v>146</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>147</v>
+      </c>
+      <c r="H10" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>149</v>
+      </c>
+      <c r="C11" t="s">
+        <v>150</v>
+      </c>
+      <c r="D11" t="s">
+        <v>151</v>
+      </c>
+      <c r="E11" t="s">
+        <v>152</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>153</v>
+      </c>
+      <c r="H11" t="s">
+        <v>154</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>156</v>
+      </c>
+      <c r="B2" t="s">
+        <v>157</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>158</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>159</v>
+      </c>
+      <c r="H2" t="s">
+        <v>160</v>
+      </c>
+      <c r="I2" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>163</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>164</v>
+      </c>
+      <c r="H3" t="s">
+        <v>165</v>
+      </c>
+      <c r="I3" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>156</v>
+      </c>
+      <c r="B4" t="s">
+        <v>166</v>
+      </c>
+      <c r="C4" t="s">
+        <v>167</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>168</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>169</v>
+      </c>
+      <c r="H4" t="s">
+        <v>170</v>
+      </c>
+      <c r="I4" t="s">
+        <v>161</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B2" t="s">
+        <v>172</v>
+      </c>
+      <c r="C2" t="s">
+        <v>173</v>
+      </c>
+      <c r="D2" t="s">
+        <v>174</v>
+      </c>
+      <c r="E2" t="s">
+        <v>175</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>176</v>
+      </c>
+      <c r="H2" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D3" t="s">
+        <v>180</v>
+      </c>
+      <c r="E3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>182</v>
+      </c>
+      <c r="H3" t="s">
+        <v>183</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>184</v>
+      </c>
+      <c r="J1" t="s">
+        <v>28</v>
+      </c>
+      <c r="K1" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>186</v>
+      </c>
+      <c r="B2" t="s">
+        <v>187</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>189</v>
+      </c>
+      <c r="H2" t="s">
+        <v>190</v>
+      </c>
+      <c r="I2" t="s">
+        <v>191</v>
+      </c>
+      <c r="J2" t="s">
+        <v>192</v>
+      </c>
+      <c r="K2" t="s">
+        <v>193</v>
+      </c>
+      <c r="L2" t="s">
+        <v>194</v>
+      </c>
+      <c r="M2" t="s">
+        <v>195</v>
+      </c>
+      <c r="N2" t="s">
+        <v>196</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>