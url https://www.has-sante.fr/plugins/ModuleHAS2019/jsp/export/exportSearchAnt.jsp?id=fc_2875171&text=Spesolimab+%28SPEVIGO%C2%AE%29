--- v0 (2026-02-02)
+++ v1 (2026-03-20)
@@ -140,51 +140,51 @@
   <si>
     <t>04/12/2024 08:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3565815/fr/commission-de-la-transparence-reunion-du-11-decembre-2024</t>
   </si>
   <si>
     <t>p_3565815</t>
   </si>
   <si>
     <t>Collège Délibératif du 16 mars 2023</t>
   </si>
   <si>
     <t>24/05/2023 10:55:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3443233/fr/college-deliberatif-du-16-mars-2023</t>
   </si>
   <si>
     <t>p_3443233</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 8 octobre 2025</t>
   </si>
   <si>
-    <t>01/10/2025 10:51:54</t>
+    <t>01/10/2025 10:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3688977/fr/commission-de-la-transparence-reunion-du-8-octobre-2025</t>
   </si>
   <si>
     <t>p_3688977</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
   </si>
   <si>
     <t>Décision n° 2024.0363/DC/SEM du 19 décembre 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité SPEVIGO (spésolimab)</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce octroyée à la spécialité SPEVIGO (spésolimab) dans l'indication « prévention des poussées de psoriasis pustuleux généralisé (PPG) chez les adultes et les adolescents à partir de 12 ans, présentant une maladie réfractaire, c’est-à-dire non répondeurs, non éligibles ou intolérants aux traitements actuellement disponibles ».</t>
   </si>
   <si>
     <t>19/12/2024 09:39:00</t>
   </si>
   <si>
     <t>07/01/2025 17:19:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3576505/fr/decision-n-2024-0363/dc/sem-du-19-decembre-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-spevigo-spesolimab</t>
   </si>
@@ -203,51 +203,51 @@
   <si>
     <t>22/03/2023 15:40:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3423172/fr/decision-n2023-0108/dc/sem-du-16-mars-2023-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-spevigo</t>
   </si>
   <si>
     <t>p_3423172</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>SPEVIGO (spésolimab)</t>
   </si>
   <si>
-    <t>16/10/2025 12:34:27</t>
+    <t>18/02/2026 10:42:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3423187/fr/spevigo-spesolimab</t>
   </si>
   <si>
     <t>p_3423187</t>
   </si>
   <si>
     <t>spésolimab</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3423139/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3430425/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3576495/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-ppg</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585078/fr/spevigo-spesolimab-psoriasis-pustuleux-generalise-de-l-adolescent-ppg</t>
   </si>