--- v0 (2025-12-17)
+++ v1 (2026-02-15)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
     <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
     <sheet name="Export Vaccine recommendation" r:id="rId5" sheetId="3"/>
     <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="505" uniqueCount="335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="506" uniqueCount="336">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -728,50 +728,80 @@
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984356/en/helicidine-helicidine</t>
   </si>
   <si>
     <t>pprd_2984356</t>
   </si>
   <si>
     <t>helicidine</t>
   </si>
   <si>
     <t>THERABEL LUCIEN PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_460053/en/helicidine-helicidine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_847978/en/helicidine-helicidine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1019651/en/helicidine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2565115/en/helicidine-helicidine</t>
   </si>
   <si>
+    <t>ENTRESTO</t>
+  </si>
+  <si>
+    <t>02/12/2026 15:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983756/en/entresto</t>
+  </si>
+  <si>
+    <t>pprd_2983756</t>
+  </si>
+  <si>
+    <t>sacubitril,valsartan</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740901/en/entresto-sacubitril/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632556/en/entresto-sacubitril/valsartan-a-neutral-endopeptidase-inhibitor-in-combination-with-an-angiotensin-ii-receptor-blocker-arb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483267/en/entresto-sacubitril/valsartan-symptomatic-chronic-heart</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859008/en/entresto-sacubitril/valsartan-insuffisance-cardiaque-chronique</t>
+  </si>
+  <si>
     <t>VERZENIOS (abémaciclib)</t>
   </si>
   <si>
     <t>04/10/2025 16:48:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982950/en/verzenios-abemaciclib</t>
   </si>
   <si>
     <t>pprd_2982950</t>
   </si>
   <si>
     <t>abémaciclib</t>
   </si>
   <si>
     <t>LILLY FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2892921/en/verzenios-abemaciclib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3237418/en/verzenios-abemaciclib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3359071/en/verzenios-abemaciclib-cancer-du-sein</t>
@@ -870,77 +900,50 @@
     <t>https://www.has-sante.fr/jcms/c_1751177/en/eylea</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2025589/en/eylea-aflibercept-anti-vegf</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2589764/en/eylea-aflibercept-anti-vegf</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2671791/en/eylea-aflibercept-anti-vegf</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3289074/en/eylea-aflibercept-omd</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3456512/en/eylea-aflibercept-retinopathy-of-prematurity-rop</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3535155/en/eylea-aflibercept-age-related-macular-degeneration-dmla</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3535158/en/eylea-114-3-mg/ml-aflibercept-diabetic-macular-oedema-dmo</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563526/en/eylea-aflibercept-degenerescence-maculaire-liee-a-l-age-oedeme-maculaire-diabetique</t>
-  </si>
-[...25 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3483267/en/entresto-sacubitril/valsartan-symptomatic-chronic-heart</t>
   </si>
   <si>
     <t>LORVIQUA (lorlatinib)</t>
   </si>
   <si>
     <t>11/09/2022 10:22:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3146726/en/lorviqua-lorlatinib</t>
   </si>
   <si>
     <t>p_3146726</t>
   </si>
   <si>
     <t>lorlatinib</t>
   </si>
   <si>
     <t>PFIZER FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3146314/en/lorviqua-lorlatinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3349484/en/lorviqua-lorlatinib-cancer-du-poumon-non-a-petites-cellules</t>
   </si>
@@ -2343,426 +2346,429 @@
       </c>
       <c r="G14" t="s">
         <v>238</v>
       </c>
       <c r="H14" t="s">
         <v>239</v>
       </c>
       <c r="I14" t="s">
         <v>240</v>
       </c>
       <c r="J14" t="s">
         <v>241</v>
       </c>
       <c r="K14" t="s">
         <v>242</v>
       </c>
       <c r="L14" t="s">
         <v>243</v>
       </c>
       <c r="M14" t="s">
         <v>244</v>
       </c>
       <c r="N14" t="s">
         <v>245</v>
       </c>
-      <c r="O14" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>112</v>
       </c>
       <c r="B15" t="s">
+        <v>246</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>247</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>248</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="H15" t="s">
         <v>249</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="I15" t="s">
         <v>250</v>
       </c>
-      <c r="H15" t="s">
+      <c r="J15" t="s">
         <v>251</v>
       </c>
-      <c r="I15" t="s">
+      <c r="K15" t="s">
         <v>252</v>
       </c>
-      <c r="J15" t="s">
-[...2 lines deleted...]
-      <c r="K15" t="s">
+      <c r="L15" t="s">
         <v>253</v>
       </c>
-      <c r="L15" t="s">
+      <c r="M15" t="s">
         <v>254</v>
       </c>
-      <c r="M15" t="s">
+      <c r="N15" t="s">
         <v>255</v>
       </c>
-      <c r="N15" t="s">
+      <c r="O15" t="s">
         <v>256</v>
       </c>
-      <c r="O15" t="s">
+      <c r="P15" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>112</v>
       </c>
       <c r="B16" t="s">
         <v>258</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
         <v>259</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>260</v>
       </c>
       <c r="H16" t="s">
         <v>261</v>
       </c>
       <c r="I16" t="s">
         <v>262</v>
       </c>
       <c r="J16" t="s">
+        <v>143</v>
+      </c>
+      <c r="K16" t="s">
         <v>263</v>
       </c>
-      <c r="K16" t="s">
+      <c r="L16" t="s">
         <v>264</v>
       </c>
-      <c r="L16" t="s">
+      <c r="M16" t="s">
         <v>265</v>
       </c>
-      <c r="M16" t="s">
+      <c r="N16" t="s">
         <v>266</v>
       </c>
-      <c r="N16" t="s">
+      <c r="O16" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>112</v>
       </c>
       <c r="B17" t="s">
         <v>268</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>269</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>270</v>
       </c>
       <c r="H17" t="s">
         <v>271</v>
       </c>
       <c r="I17" t="s">
         <v>272</v>
       </c>
       <c r="J17" t="s">
         <v>273</v>
       </c>
       <c r="K17" t="s">
         <v>274</v>
       </c>
       <c r="L17" t="s">
         <v>275</v>
       </c>
       <c r="M17" t="s">
         <v>276</v>
       </c>
       <c r="N17" t="s">
         <v>277</v>
       </c>
-      <c r="O17" t="s">
-[...16 lines deleted...]
-      </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>112</v>
       </c>
       <c r="B18" t="s">
+        <v>278</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>279</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>280</v>
+      </c>
+      <c r="H18" t="s">
+        <v>281</v>
+      </c>
+      <c r="I18" t="s">
+        <v>282</v>
+      </c>
+      <c r="J18" t="s">
+        <v>283</v>
+      </c>
+      <c r="K18" t="s">
         <v>284</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="L18" t="s">
         <v>285</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="M18" t="s">
         <v>286</v>
       </c>
-      <c r="H18" t="s">
+      <c r="N18" t="s">
         <v>287</v>
       </c>
-      <c r="I18" t="s">
+      <c r="O18" t="s">
         <v>288</v>
       </c>
-      <c r="J18" t="s">
+      <c r="P18" t="s">
         <v>289</v>
       </c>
-      <c r="K18" t="s">
+      <c r="Q18" t="s">
         <v>290</v>
       </c>
-      <c r="L18" t="s">
+      <c r="R18" t="s">
         <v>291</v>
       </c>
-      <c r="M18" t="s">
+      <c r="S18" t="s">
         <v>292</v>
+      </c>
+      <c r="T18" t="s">
+        <v>293</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>112</v>
       </c>
       <c r="B19" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H19" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I19" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="J19" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K19" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="L19" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="M19" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>112</v>
       </c>
       <c r="B20" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="H20" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="I20" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="J20" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="K20" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="L20" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>112</v>
       </c>
       <c r="B21" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H21" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="I21" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="J21" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="K21" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="L21" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="M21" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="N21" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="O21" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="P21" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="Q21" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="R21" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>112</v>
       </c>
       <c r="B22" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H22" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="I22" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="J22" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="K22" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="L22" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="M22" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N22" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="O22" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>