--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -1,152 +1,839 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Guide usagers" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
+    <sheet name="Export évènement de calendrier" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="423" uniqueCount="235">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/15/2012 00:00:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Guide méthodologique de recherche documentaire</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique décrit le processus d’identification de la littérature par le service documentation et veille de la HAS dans le cadre de l’élaboration des publications de l'institution. Ce document a également pour objectif de partager la méthode de recherche documentaire de la HAS.</t>
+  </si>
+  <si>
+    <t>27/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2024 11:04:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
+    <t>https://www.has-sante.fr/jcms/p_3447546/fr/guide-methodologique-de-recherche-documentaire</t>
+  </si>
+  <si>
+    <t>p_3447546</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>MYOBOCK</t>
+  </si>
+  <si>
+    <t>31/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2006 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451171/fr/myobock</t>
+  </si>
+  <si>
+    <t>c_451171</t>
+  </si>
+  <si>
+    <t>OTTO BOCK FRANCE</t>
+  </si>
+  <si>
+    <t>Véhicules pour personnes en situation de handicap - VPH (modification des modalités de prise en charge) : Phase contradictoire suite à un avis de projet au JO du 24 septembre 2021</t>
+  </si>
+  <si>
+    <t>Avis de projet de modification des modalités de prise en charge de dispositifs médicaux et prestations associées pour la prise en charge des véhicules pour personnes en situation de handicap (VPH) au titre IV de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale publié au Journal Officiel du 24 septembre 2021. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
+  </si>
+  <si>
+    <t>12/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2022 16:18:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332743/fr/vehicules-pour-personnes-en-situation-de-handicap-vph-modification-des-modalites-de-prise-en-charge-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-24-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3332743</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>BHR</t>
+  </si>
+  <si>
+    <t>25/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2024 10:00:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531481/fr/bhr</t>
+  </si>
+  <si>
+    <t>p_3531481</t>
+  </si>
+  <si>
+    <t>Prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>SYSTEME MYOBOCK</t>
+  </si>
+  <si>
+    <t>19/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244161/fr/systeme-myobock</t>
+  </si>
+  <si>
+    <t>p_3244161</t>
+  </si>
+  <si>
+    <t>Prothèse externe myoélectrique pour membre supérieur</t>
+  </si>
+  <si>
+    <t>Prothèse myoélectrique</t>
+  </si>
+  <si>
+    <t>24/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2015 18:09:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023882/fr/systeme-myobock</t>
+  </si>
+  <si>
+    <t>c_2023882</t>
+  </si>
+  <si>
+    <t>OTTO BOCK FRANCE SNC</t>
+  </si>
+  <si>
+    <t>MYOBOCK - 14 septembre 2010 (2534) avis</t>
+  </si>
+  <si>
+    <t>14/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2010 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977153/fr/myobock-14-septembre-2010-2534-avis</t>
+  </si>
+  <si>
+    <t>c_977153</t>
+  </si>
+  <si>
+    <t>OTTO BOCK France</t>
+  </si>
+  <si>
+    <t>E MOTION</t>
+  </si>
+  <si>
+    <t>03/07/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398340/fr/e-motion</t>
+  </si>
+  <si>
+    <t>c_398340</t>
+  </si>
+  <si>
+    <t>ALBER (Allemagne)</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Pertinence du dépistage du cancer broncho-pulmonaire en France - Point de situation sur les données disponibles - Analyse critique des études contrôlées randomisées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence du dépistage du cancer du poumon (cancer broncho-pulmonaire, cancer bronchopulmonaire, cancer bronchique) chez des individus fumeurs (fortement exposés au tabac) par scanner thoracique – (imagerie radiologique tomodensitométrique du thorax, tomodensitométrie du thorax).</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2016 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001613/fr/pertinence-du-depistage-du-cancer-broncho-pulmonaire-en-france-point-de-situation-sur-les-donnees-disponibles-analyse-critique-des-etudes-controlees-randomisees</t>
+  </si>
+  <si>
+    <t>c_2001613</t>
+  </si>
+  <si>
+    <t>Cancer de la prostate : identification des facteurs de risque et pertinence d’un dépistage par dosage de l’antigène spécifique de la prostate (PSA) de populations d’hommes à haut risque ?</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence d’un dépistage du cancer de la prostate par dosage du PSA ciblé sur des populations d’ hommes considérés comme à « haut risque » de survenue de ce cancer.</t>
+  </si>
+  <si>
+    <t>01/02/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2012 00:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1238318/fr/cancer-de-la-prostate-identification-des-facteurs-de-risque-et-pertinence-d-un-depistage-par-dosage-de-l-antigene-specifique-de-la-prostate-psa-de-populations-d-hommes-a-haut-risque</t>
+  </si>
+  <si>
+    <t>c_1238318</t>
+  </si>
+  <si>
+    <t>Dépistage du tabagisme et prévention des maladies liées au tabac</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage du tabagisme et la prévention des maladies liées au tabac à partir des données de la littérature issues principalement des recommandations françaises.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2016 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635050/fr/depistage-du-tabagisme-et-prevention-des-maladies-liees-au-tabac</t>
+  </si>
+  <si>
+    <t>c_2635050</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer bronchopulmonaire par scanner thoracique faible dose sans injection : actualisation de l’avis de 2016</t>
+  </si>
+  <si>
+    <t>Il n’existe pas jusqu’ici en France de dépistage organisé du cancer du poumon, la HAS ayant considéré en 2016 que toutes les conditions pour une mise en œuvre efficace et sûre n’étaient pas réunies. Aujourd’hui, l’analyse des nouvelles données disponibles montre que le dépistage par scanner à faible dose chez les personnes fortement exposées au tabac conduit à une réduction de la mortalité spécifique. Ceci amène la HAS à actualiser son avis et à encourager la mise en place d’expérimentations en vie réelle, et notamment d’un programme pilote par l’INCa, afin de ne pas retarder l’accès à cette modalité de dépistage. Elle définit également certaines des informations que devraient apporter ce programme pilote et les études à venir, avant d’envisager le déploiement d’un programme de dépistage organisé à large échelle.</t>
+  </si>
+  <si>
+    <t>02/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2022 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310940/fr/depistage-du-cancer-bronchopulmonaire-par-scanner-thoracique-faible-dose-sans-injection-actualisation-de-l-avis-de-2016</t>
+  </si>
+  <si>
+    <t>p_3310940</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Évaluation biométrologique des expositions individuelles aux agents chimiques de l'environnement - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce travail sont de déterminer : les indications et les limites de l'EBIEE les conditions et les modalités de sa mise en œuvre les modalités des restitutions individuelle et collective de ses résultats les mesures propres à assurer un suivi longitudinal et une bonne traçabilité individuelle et collective des expositions avec la création d'une base de données Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
+  </si>
+  <si>
+    <t>15/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 10:59:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701093/fr/evaluation-biometrologique-des-expositions-individuelles-aux-agents-chimiques-de-l-environnement-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3701093</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>Grossesse et tabac</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de préciser les risques, pour la mère et pour l’enfant, du tabagisme maternel et de celui de l’entourage, avant, pendant et au cours de la grossesse, et d'indiquer la conduite à tenir pour aider les futures mères à arrêter de fumer.</t>
+  </si>
+  <si>
+    <t>30/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>15/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272381/fr/grossesse-et-tabac</t>
   </si>
   <si>
     <t>c_272381</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Déficit congénital en sucrase-isomaltase (DCSI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de DCSI. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/04/2025 08:53:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601501/fr/deficit-congenital-en-sucrase-isomaltase-dcsi</t>
+  </si>
+  <si>
+    <t>p_3601501</t>
+  </si>
+  <si>
+    <t>Guides du parcours de soins des cancers broncho-pulmonaires et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>Les guides du parcours de soins décrivent la prise en charge usuelle d’une personne ayant un cancer broncho-pulmonaire ou un mésothéliome pleural malin. Ils ciblent principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, les guides abordent aussi le rôle, la place et les modalités de coordination des différents professionnels. Les guides du parcours de soins sont accompagnés d'une synthèse focalisée sur les points critiques de la prise en charge et d'un mémo destiné à être intégré dans un logiciel métier pour les cancers broncho-pulmonaires.</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_1650525</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Sols pollués par le cadmium - Suivi des résidents surexposés</t>
+  </si>
+  <si>
+    <t>Vous résidez sur ou à proximité d’un site où la concentration de cadmium dans le sol pourrait présenter des risques pour votre santé, ce document vous informe sur : comment limiter votre exposition au cadmium ; dans quels cas votre médecin vous propose de dépister une surexposition au cadmium ; votre prise en charge par votre médecin d’une intoxication par le cadmium.</t>
+  </si>
+  <si>
+    <t>18/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3544601/fr/sols-pollues-par-le-cadmium-suivi-des-residents-surexposes</t>
+  </si>
+  <si>
+    <t>p_3544601</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses externes de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les prothèses externes de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement au regard de leur intérêt ; définir les indications et les situations cliniques d’utilisation des prothèses externes de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les prothèses externes de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2010 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999782/fr/evaluation-des-protheses-externes-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999782</t>
+  </si>
+  <si>
+    <t>Évaluation de plusieurs actes relatifs au dépistage ciblé annuel de la maladie rénale chronique chez l'adulte</t>
+  </si>
+  <si>
+    <t>Evaluation de plusieurs actes relatifs au dépistage ciblé annuel de la maladie rénale chronique chez l'adulte</t>
+  </si>
+  <si>
+    <t>05/10/2023 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466023/fr/evaluation-de-plusieurs-actes-relatifs-au-depistage-cible-annuel-de-la-maladie-renale-chronique-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3466023</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 4 juillet 2024</t>
+  </si>
+  <si>
+    <t>04/07/2024 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528964/fr/pv-college-deliberatif-du-4-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3528964</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 28/06/2022</t>
+  </si>
+  <si>
+    <t>15/06/2023 08:36:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411389/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-28/06/2022</t>
+  </si>
+  <si>
+    <t>p_3411389</t>
+  </si>
+  <si>
+    <t>CEDiag du 15 octobre 2024</t>
+  </si>
+  <si>
+    <t>20/06/2024 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525389/fr/cediag-du-15-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3525389</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 26 septembre 2024</t>
+  </si>
+  <si>
+    <t>24/09/2024 14:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3544992/fr/college-deliberatif-du-26-septembre-2024</t>
+  </si>
+  <si>
+    <t>p_3544992</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 18 janvier 2024</t>
+  </si>
+  <si>
+    <t>29/03/2024 10:04:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3504411/fr/college-deliberatif-du-18-janvier-2024</t>
+  </si>
+  <si>
+    <t>p_3504411</t>
+  </si>
+  <si>
+    <t>CEDiag du 12 septembre 2023</t>
+  </si>
+  <si>
+    <t>07/09/2023 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460197/fr/cediag-du-12-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3460197</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0172/DC/SBP du 4 juillet 2024 du collège de la Haute  Autorité de santé portant adoption de la recommandation de bonne pratique  intitulée « Dépistage, prise en charge et suivi des personnes  potentiellement surexposées au cadmium du fait de leur lieu de résidence »</t>
+  </si>
+  <si>
+    <t>04/07/2024 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3544575/fr/decision-n2024-0172/dc/sbp-du-4-juillet-2024-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-la-recommandation-de-bonne-pratique-intitulee-depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3544575</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0061/AC/SEAP du 26 septembre 2024 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS des actes de dosage du cadmium dans les urines (cadmiurie) ou dans le sang total (cadmiémie)</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale des actes de dosage du cadmium dans les urines (cadmiurie) ou dans le sang total (cadmiémie)</t>
+  </si>
+  <si>
+    <t>26/09/2024 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545364/fr/avis-n2024-0061/ac/seap-du-26-septembre-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-des-actes-de-dosage-du-cadmium-dans-les-urines-cadmiurie-ou-dans-le-sang-total-cadmiemie</t>
+  </si>
+  <si>
+    <t>p_3545364</t>
+  </si>
+  <si>
+    <t>Avis n°2023.0034/AC/SEAP du 27 septembre 2023 du collège de la HAS relatif à la modification des conditions d’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS de plusieurs actes relatifs au dépistage ciblé annuel de la maladie rénale chronique chez l’adulte</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à la modification des conditions d’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale de plusieurs actes relatifs au dépistage ciblé annuel de la maladie rénale chronique chez l’adulte</t>
+  </si>
+  <si>
+    <t>27/09/2023 10:35:00</t>
+  </si>
+  <si>
+    <t>28/09/2023 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3464925/fr/avis-n2023-0034/ac/seap-du-27-septembre-2023-du-college-de-la-has-relatif-a-la-modification-des-conditions-d-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-plusieurs-actes-relatifs-au-depistage-cible-annuel-de-la-maladie-renale-chronique-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3464925</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Repérage et prise en charge du patient adulte atteint de maladie rénale chronique</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272490/fr/reperage-et-prise-en-charge-du-patient-adulte-atteint-de-maladie-renale-chronique</t>
+  </si>
+  <si>
+    <t>c_272490</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
+  </si>
+  <si>
+    <t>La HAS évalue le potentiel de l’IA pour assister le processus de revue de littérature</t>
+  </si>
+  <si>
+    <t>La revue de littérature occupe une place particulièrement importante au sein de la HAS. Les outils d’intelligence artificielle (IA), et en particulier l’IA générative, semblent prometteurs pour assister certaines étapes de ce processus chronophage. C’est pourquoi la HAS a lancé en 2024 une démarche d’expérimentation des outils d’IA pour la revue de littérature. L’objectif est de tester ces outils en évolution rapide, en évaluant leurs potentialités, leurs limites et les risques associés.</t>
+  </si>
+  <si>
+    <t>08/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599818/fr/la-has-evalue-le-potentiel-de-l-ia-pour-assister-le-processus-de-revue-de-litterature</t>
+  </si>
+  <si>
+    <t>p_3599818</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement</t>
+  </si>
+  <si>
+    <t>Ce travail répond à la mesure 1 du Plan Autisme. L’objectif de cette mesure est d’élaborer un corpus de connaissances commun sur l’autisme. Plus précisément, ce travail a permis d’identifier les messages-clés permettant de diffuser les connaissances relatives : à la définition de l’autisme et des autres TED et leurs différentes formes cliniques ; aux données épidémiologiques et facteurs associés à l’autisme et autres TED ; aux spécificités du fonctionnement de la personne avec TED ; aux outils d’évaluation du fonctionnement à disposition des professionnels (outils de repérage, de diagnostic, de suivi de l'évolution) ; aux interventions proposées (description, objectifs, critères de jugement de l’efficacité).</t>
+  </si>
+  <si>
+    <t>24/03/2010 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935617/fr/autisme-et-autres-troubles-envahissants-du-developpement</t>
+  </si>
+  <si>
+    <t>c_935617</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -163,45 +850,1502 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>209</v>
+      </c>
+      <c r="B2" t="s">
+        <v>210</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>211</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>212</v>
+      </c>
+      <c r="H2" t="s">
+        <v>213</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>214</v>
+      </c>
+      <c r="B2" t="s">
+        <v>215</v>
+      </c>
+      <c r="C2" t="s">
+        <v>216</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>217</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>218</v>
+      </c>
+      <c r="H2" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>214</v>
+      </c>
+      <c r="B3" t="s">
+        <v>220</v>
+      </c>
+      <c r="C3" t="s">
+        <v>221</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>223</v>
+      </c>
+      <c r="H3" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>214</v>
+      </c>
+      <c r="B4" t="s">
+        <v>225</v>
+      </c>
+      <c r="C4" t="s">
+        <v>226</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>227</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>228</v>
+      </c>
+      <c r="H4" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>214</v>
+      </c>
+      <c r="B5" t="s">
+        <v>230</v>
+      </c>
+      <c r="C5" t="s">
+        <v>231</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>232</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>233</v>
+      </c>
+      <c r="H5" t="s">
+        <v>234</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>13</v>
+      </c>
+      <c r="J2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C3" t="s">
+        <v>26</v>
+      </c>
+      <c r="D3" t="s">
+        <v>27</v>
+      </c>
+      <c r="E3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" t="s">
+        <v>30</v>
+      </c>
+      <c r="I3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
+        <v>36</v>
+      </c>
+      <c r="I4" t="s">
+        <v>37</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I5" t="s">
+        <v>44</v>
+      </c>
+      <c r="J5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6" t="s">
+        <v>49</v>
+      </c>
+      <c r="I6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7" t="s">
+        <v>55</v>
+      </c>
+      <c r="I7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E8" t="s">
+        <v>58</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>59</v>
+      </c>
+      <c r="H8" t="s">
+        <v>60</v>
+      </c>
+      <c r="I8" t="s">
+        <v>13</v>
+      </c>
+      <c r="J8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D2" t="s">
+        <v>65</v>
+      </c>
+      <c r="E2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>67</v>
+      </c>
+      <c r="H2" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D3" t="s">
+        <v>71</v>
+      </c>
+      <c r="E3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>73</v>
+      </c>
+      <c r="H3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C4" t="s">
+        <v>76</v>
+      </c>
+      <c r="D4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>79</v>
+      </c>
+      <c r="H4" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>62</v>
+      </c>
+      <c r="B5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C5" t="s">
+        <v>82</v>
+      </c>
+      <c r="D5" t="s">
+        <v>83</v>
+      </c>
+      <c r="E5" t="s">
+        <v>84</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>85</v>
+      </c>
+      <c r="H5" t="s">
+        <v>86</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B2" t="s">
+        <v>88</v>
+      </c>
+      <c r="C2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D2" t="s">
+        <v>90</v>
+      </c>
+      <c r="E2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>92</v>
+      </c>
+      <c r="H2" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D3" t="s">
+        <v>96</v>
+      </c>
+      <c r="E3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>98</v>
+      </c>
+      <c r="H3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>87</v>
+      </c>
+      <c r="B4" t="s">
+        <v>100</v>
+      </c>
+      <c r="C4" t="s">
+        <v>101</v>
+      </c>
+      <c r="D4" t="s">
+        <v>102</v>
+      </c>
+      <c r="E4" t="s">
+        <v>103</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>104</v>
+      </c>
+      <c r="H4" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>87</v>
+      </c>
+      <c r="B5" t="s">
+        <v>106</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E5" t="s">
+        <v>108</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>109</v>
+      </c>
+      <c r="H5" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>87</v>
+      </c>
+      <c r="B6" t="s">
+        <v>111</v>
+      </c>
+      <c r="C6" t="s">
+        <v>112</v>
+      </c>
+      <c r="D6" t="s">
+        <v>113</v>
+      </c>
+      <c r="E6" t="s">
+        <v>114</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>115</v>
+      </c>
+      <c r="H6" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>87</v>
+      </c>
+      <c r="B7" t="s">
+        <v>117</v>
+      </c>
+      <c r="C7" t="s">
+        <v>118</v>
+      </c>
+      <c r="D7" t="s">
+        <v>119</v>
+      </c>
+      <c r="E7" t="s">
+        <v>120</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>121</v>
+      </c>
+      <c r="H7" t="s">
+        <v>122</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>123</v>
+      </c>
+      <c r="B2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D2" t="s">
+        <v>126</v>
+      </c>
+      <c r="E2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>128</v>
+      </c>
+      <c r="H2" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B3" t="s">
+        <v>130</v>
+      </c>
+      <c r="C3" t="s">
+        <v>131</v>
+      </c>
+      <c r="D3" t="s">
+        <v>132</v>
+      </c>
+      <c r="E3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>134</v>
+      </c>
+      <c r="H3" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>123</v>
+      </c>
+      <c r="B4" t="s">
+        <v>136</v>
+      </c>
+      <c r="C4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>138</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>139</v>
+      </c>
+      <c r="H4" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>123</v>
+      </c>
+      <c r="B5" t="s">
+        <v>141</v>
+      </c>
+      <c r="C5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E5" t="s">
+        <v>144</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>145</v>
+      </c>
+      <c r="H5" t="s">
+        <v>146</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>147</v>
+      </c>
+      <c r="B2" t="s">
+        <v>148</v>
+      </c>
+      <c r="C2" t="s">
+        <v>149</v>
+      </c>
+      <c r="D2" t="s">
+        <v>150</v>
+      </c>
+      <c r="E2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>152</v>
+      </c>
+      <c r="H2" t="s">
+        <v>153</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>154</v>
+      </c>
+      <c r="B2" t="s">
+        <v>155</v>
+      </c>
+      <c r="C2" t="s">
+        <v>156</v>
+      </c>
+      <c r="D2" t="s">
+        <v>157</v>
+      </c>
+      <c r="E2" t="s">
+        <v>158</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>159</v>
+      </c>
+      <c r="H2" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B3" t="s">
+        <v>161</v>
+      </c>
+      <c r="C3" t="s">
+        <v>162</v>
+      </c>
+      <c r="D3" t="s">
+        <v>126</v>
+      </c>
+      <c r="E3" t="s">
+        <v>163</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>164</v>
+      </c>
+      <c r="H3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>167</v>
+      </c>
+      <c r="B2" t="s">
+        <v>168</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>169</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>170</v>
+      </c>
+      <c r="H2" t="s">
+        <v>171</v>
+      </c>
+      <c r="I2" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B3" t="s">
+        <v>173</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>175</v>
+      </c>
+      <c r="H3" t="s">
+        <v>176</v>
+      </c>
+      <c r="I3" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B4" t="s">
+        <v>177</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>178</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>179</v>
+      </c>
+      <c r="H4" t="s">
+        <v>180</v>
+      </c>
+      <c r="I4" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>167</v>
+      </c>
+      <c r="B5" t="s">
+        <v>181</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>182</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>183</v>
+      </c>
+      <c r="H5" t="s">
+        <v>184</v>
+      </c>
+      <c r="I5" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>167</v>
+      </c>
+      <c r="B6" t="s">
+        <v>185</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>186</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>187</v>
+      </c>
+      <c r="H6" t="s">
+        <v>188</v>
+      </c>
+      <c r="I6" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>167</v>
+      </c>
+      <c r="B7" t="s">
+        <v>189</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>190</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>191</v>
+      </c>
+      <c r="H7" t="s">
+        <v>192</v>
+      </c>
+      <c r="I7" t="s">
+        <v>172</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>193</v>
+      </c>
+      <c r="B2" t="s">
+        <v>194</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>195</v>
+      </c>
+      <c r="E2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>196</v>
+      </c>
+      <c r="H2" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C3" t="s">
+        <v>199</v>
+      </c>
+      <c r="D3" t="s">
+        <v>200</v>
+      </c>
+      <c r="E3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>201</v>
+      </c>
+      <c r="H3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B4" t="s">
+        <v>203</v>
+      </c>
+      <c r="C4" t="s">
+        <v>204</v>
+      </c>
+      <c r="D4" t="s">
+        <v>205</v>
+      </c>
+      <c r="E4" t="s">
+        <v>206</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>207</v>
+      </c>
+      <c r="H4" t="s">
+        <v>208</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>