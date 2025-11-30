--- v0 (2025-10-05)
+++ v1 (2025-11-30)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation vaccinale" r:id="rId3" sheetId="1"/>
     <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="83">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -203,51 +203,51 @@
   <si>
     <t>08/01/2021 13:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3230287/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-moderna-covid-19-mrna-nucleoside-modified</t>
   </si>
   <si>
     <t>p_3230287</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>IMFINZI (durvalumab)</t>
   </si>
   <si>
-    <t>05/06/2025 16:37:00</t>
+    <t>28/10/2025 17:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982846/fr/imfinzi-durvalumab</t>
   </si>
   <si>
     <t>pprd_2982846</t>
   </si>
   <si>
     <t>durvalumab</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2908478/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-2eme-ligne</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3239200/fr/imfinzi-durvalumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242177/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-a-un-stade-etendu-cbpc-se</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3372376/fr/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
   </si>
@@ -258,50 +258,53 @@
     <t>https://www.has-sante.fr/jcms/p_3448228/fr/imjudo-/-imfinzi-tremelimumab-/-durvalumab-carcinome-hepato-cellulaire-chc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3451406/fr/imfinzi-durvalumab-cancer-des-voies-biliaires-cvb</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459834/fr/imfinzi-/-tremelimumab-astrazeneca-durvalumab-/-tremelimumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3468175/fr/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3506840/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3555565/fr/imfinzi-durvalumab-carcinome-hepatocellulaire-chc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562956/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-cbpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3590636/fr/imfinzi-durvalumab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609085/fr/imfinzi-durvalumab-cancer-de-la-vessie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702859/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -556,51 +559,51 @@
       </c>
       <c r="D9" t="s">
         <v>54</v>
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>56</v>
       </c>
       <c r="H9" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:X2"/>
+  <dimension ref="A1:Y2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -670,44 +673,47 @@
       </c>
       <c r="Q2" t="s">
         <v>74</v>
       </c>
       <c r="R2" t="s">
         <v>75</v>
       </c>
       <c r="S2" t="s">
         <v>76</v>
       </c>
       <c r="T2" t="s">
         <v>77</v>
       </c>
       <c r="U2" t="s">
         <v>78</v>
       </c>
       <c r="V2" t="s">
         <v>79</v>
       </c>
       <c r="W2" t="s">
         <v>80</v>
       </c>
       <c r="X2" t="s">
         <v>81</v>
       </c>
+      <c r="Y2" t="s">
+        <v>82</v>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>