--- v1 (2025-11-30)
+++ v2 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation vaccinale" r:id="rId3" sheetId="1"/>
     <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="86">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -203,51 +203,51 @@
   <si>
     <t>08/01/2021 13:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3230287/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-moderna-covid-19-mrna-nucleoside-modified</t>
   </si>
   <si>
     <t>p_3230287</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>IMFINZI (durvalumab)</t>
   </si>
   <si>
-    <t>28/10/2025 17:35:00</t>
+    <t>20/01/2026 12:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982846/fr/imfinzi-durvalumab</t>
   </si>
   <si>
     <t>pprd_2982846</t>
   </si>
   <si>
     <t>durvalumab</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2908478/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-2eme-ligne</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3239200/fr/imfinzi-durvalumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242177/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-a-un-stade-etendu-cbpc-se</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3372376/fr/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
   </si>
@@ -261,50 +261,59 @@
     <t>https://www.has-sante.fr/jcms/p_3451406/fr/imfinzi-durvalumab-cancer-des-voies-biliaires-cvb</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459834/fr/imfinzi-/-tremelimumab-astrazeneca-durvalumab-/-tremelimumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3468175/fr/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3506840/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3555565/fr/imfinzi-durvalumab-carcinome-hepatocellulaire-chc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562956/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-cbpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3590636/fr/imfinzi-durvalumab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609085/fr/imfinzi-durvalumab-cancer-de-la-vessie</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3702859/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3752786/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-de-stade-limite-cbpc-sl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3745725/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809520/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-de-stade-limite-cbpc-sl</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -559,51 +568,51 @@
       </c>
       <c r="D9" t="s">
         <v>54</v>
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>56</v>
       </c>
       <c r="H9" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Y2"/>
+  <dimension ref="A1:AB2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -676,44 +685,53 @@
       </c>
       <c r="R2" t="s">
         <v>75</v>
       </c>
       <c r="S2" t="s">
         <v>76</v>
       </c>
       <c r="T2" t="s">
         <v>77</v>
       </c>
       <c r="U2" t="s">
         <v>78</v>
       </c>
       <c r="V2" t="s">
         <v>79</v>
       </c>
       <c r="W2" t="s">
         <v>80</v>
       </c>
       <c r="X2" t="s">
         <v>81</v>
       </c>
       <c r="Y2" t="s">
         <v>82</v>
       </c>
+      <c r="Z2" t="s">
+        <v>83</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>84</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>85</v>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>