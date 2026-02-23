--- v0 (2025-10-23)
+++ v1 (2026-02-23)
@@ -1,1742 +1,8406 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Web page" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Études et Rapports" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1638" uniqueCount="958">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>01/17/2018 05:00:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>INTERCEED</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2819733/en/management-of-endometriosis</t>
+    <t>14/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398570/fr/interceed</t>
+  </si>
+  <si>
+    <t>c_398570</t>
+  </si>
+  <si>
+    <t>ETHICON SARL (France)</t>
+  </si>
+  <si>
+    <t>SPEEDICATH COMPACT SET</t>
+  </si>
+  <si>
+    <t>Celles définies à la LPPR : Auto ou hétéro sondage intermittent, en cas de rétention urinaire lorsque l’accès aux toilettes est difficile.</t>
+  </si>
+  <si>
+    <t>21/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2021 17:36:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290354/fr/speedicath-compact-set</t>
+  </si>
+  <si>
+    <t>p_3290354</t>
+  </si>
+  <si>
+    <t>Sonde urinaire</t>
+  </si>
+  <si>
+    <t>LABORATOIRES COLOPLAST</t>
+  </si>
+  <si>
+    <t>LOFRIC</t>
+  </si>
+  <si>
+    <t>20/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/04/2018 09:22:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2841240/fr/lofric</t>
+  </si>
+  <si>
+    <t>c_2841240</t>
+  </si>
+  <si>
+    <t>DENTSPLY SIRONA France</t>
+  </si>
+  <si>
+    <t>HYDROSIL</t>
+  </si>
+  <si>
+    <t>Sonde</t>
+  </si>
+  <si>
+    <t>19/05/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 11:56:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035455/fr/hydrosil</t>
+  </si>
+  <si>
+    <t>c_2035455</t>
+  </si>
+  <si>
+    <t>BARD FRANCE SAS</t>
+  </si>
+  <si>
+    <t>LOFRIC - CEPP du 01 septembre 2009 (2050)</t>
+  </si>
+  <si>
+    <t>01/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2009 09:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_847174/fr/lofric-cepp-du-01-septembre-2009-2050</t>
+  </si>
+  <si>
+    <t>c_847174</t>
+  </si>
+  <si>
+    <t>AstraTech France</t>
+  </si>
+  <si>
+    <t>ADEPT</t>
+  </si>
+  <si>
+    <t>12/12/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616378/fr/adept</t>
+  </si>
+  <si>
+    <t>c_616378</t>
+  </si>
+  <si>
+    <t>BAXTER SAS (France)</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Actualisation de la revue de la littérature d’une recommandation en santé publique sur la « Détection précoce du mélanome cutané »</t>
+  </si>
+  <si>
+    <t>La HAS et l’INCa se sont associés dans un travail d’actualisation de la littérature faisant suite au rapport HAS 2006 sur la Détection précoce du mélanome cutané et des enquêtes de pratique auprès des professionnels de santé afin de redéfinir les facteurs de risque de mélanome cutané et le parcours de soins optimal pour la détection précoce de ce cancer cutané.</t>
+  </si>
+  <si>
+    <t>25/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2013 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1354947/fr/actualisation-de-la-revue-de-la-litterature-d-une-recommandation-en-sante-publique-sur-la-detection-precoce-du-melanome-cutane</t>
+  </si>
+  <si>
+    <t>c_1354947</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Actualisation de la place des différents examens d’imagerie pour le diagnostic d’endométriose</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce travail sont d’aider les professionnels de santé à la prise en soins des femmes susceptibles de présenter une endométriose et de rendre homogène les procédures sur le territoire : Améliorer et homogénéiser les conditions et procédures des examens d’imagerie diagnostique ; Standardisation des compte rendus d’imagerie diagnostique ; Préciser la stratégie d’imagerie : place des différents examens d’imagerie pour le diagnostic d’endométriose.</t>
+  </si>
+  <si>
+    <t>15/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3524940/fr/actualisation-de-la-place-des-differents-examens-d-imagerie-pour-le-diagnostic-d-endometriose</t>
+  </si>
+  <si>
+    <t>p_3524940</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'endométriose</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de pouvoir proposer à chaque patiente un parcours de soins homogène, coordonné et optimal de la prise en charge de l'endométriose</t>
+  </si>
+  <si>
+    <t>13/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>17/01/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819733/fr/prise-en-charge-de-l-endometriose</t>
   </si>
   <si>
     <t>c_2819733</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3486036/en/assessment-of-the-endotest-saliva-test-in-complex-endometriosis-diagnosis-situations</t>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Accompagner la vie intime, affective et sexuelle des personnes en ESSMS (volet 1 - socle transversal)</t>
+  </si>
+  <si>
+    <t>La vie intime, affective et sexuelle (VIAS) est une composante de la dignité humaine qui est une de nos libertés fondamentale ainsi qu’une dimension essentielle du bien-être et de l’existence humaine, et ce, bien au-delà des questions liées à la reproduction ou aux pratiques sexuelles.</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2025 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590098/fr/accompagner-la-vie-intime-affective-et-sexuelle-des-personnes-en-essms-volet-1-socle-transversal</t>
+  </si>
+  <si>
+    <t>p_3590098</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Aplasies Utero-Vaginales - Syndrome de Mayer-Rokitansky-Kuster-Hauser</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte du syndrome de Mayer-Rokitanski-Kuster-Hauser (MRKH). Il a été élaboré par le Centre de Référence des Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300390/fr/aplasies-utero-vaginales-syndrome-de-mayer-rokitansky-kuster-hauser</t>
+  </si>
+  <si>
+    <t>p_3300390</t>
+  </si>
+  <si>
+    <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
+  </si>
+  <si>
+    <t>p_3389734</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Angioedème héréditaire : diagnostic et prise en charge chez l'adulte et chez l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'AOH. Il a été élaboré par Centre de référence des Angioedèmes (CREAK) sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297816/fr/angioedeme-hereditaire-diagnostic-et-prise-en-charge-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3297816</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Diagnostic complexe d’endométriose : la HAS propose un accès au test salivaire Endotest® dans le cadre du forfait innovation</t>
+  </si>
+  <si>
+    <t>En France, près de 2 millions de femmes adultes sont susceptibles de se demander si une endométriose est à l’origine de leurs douleurs pelviennes chroniques. Mais le diagnostic de cette maladie, responsable d’infertilité et dont l’impact sur la qualité de vie peut être très lourd, est parfois difficile. C’est pourquoi la Haute Autorité de santé s’est autosaisie afin d’évaluer, en vue du remboursement, l’efficacité et l’utilité clinique du test diagnostique salivaire Endotest®, développé par la société Ziwig. Si la HAS reconnait le caractère innovant et les performances diagnostiques de ce test qui a vocation à être réalisé en 3e intention après les examens cliniques et d’imagerie, les données restent trop préliminaires pour accorder un avis favorable au remboursement de droit commun. Elle propose donc de permettre un accès précoce et sécurisé des femmes à ce test, dans le cadre d’un forfait innovation qui permettra de recueillir les données manquantes aujourd’hui.</t>
+  </si>
+  <si>
+    <t>08/01/2024 14:28:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487378/fr/diagnostic-complexe-d-endometriose-la-has-propose-un-acces-au-test-salivaire-endotest-dans-le-cadre-du-forfait-innovation</t>
+  </si>
+  <si>
+    <t>p_3487378</t>
+  </si>
+  <si>
+    <t>Endométriose : améliorer la démarche diagnostique et clarifier les modalités de traitements</t>
+  </si>
+  <si>
+    <t>L’endométriose est une maladie mal repérée, avec une prise en charge insuffisamment coordonnée, entrainant un retard diagnostic et une errance des femmes. Face à cette forte attente, la Haute Autorité de Santé (HAS) et le Collège national des gynécologues et obstétriciens français (CNGOF) ont actualisé les recommandations relatives à sa prise en charge. L’objectif est de permettre à chaque femme de bénéficier d’un parcours de soins homogène, coordonné et optimal, avec comme facteur clé l’information des patientes. Ainsi, les recommandations abordent chaque étape de la prise en charge, du diagnostic aux traitements et les situations d’infertilité.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820367/fr/endometriose-ameliorer-la-demarche-diagnostique-et-clarifier-les-modalites-de-traitements</t>
+  </si>
+  <si>
+    <t>c_2820367</t>
+  </si>
+  <si>
+    <t>La HAS mobilisée pour la santé des femmes</t>
+  </si>
+  <si>
+    <t>A l’occasion de la journée internationale d’action pour la santé de la femme, mercredi 28 mai 2025, la HAS fait le point sur ses dernières recommandations élaborées sur cet enjeu majeur. Avec une priorité : améliorer la prise en charge des femmes et mieux les accompagner tout au long de leur vie.</t>
+  </si>
+  <si>
+    <t>27/05/2025 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608167/fr/la-has-mobilisee-pour-la-sante-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3608167</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation du test salivaire Endotest® dans les situations complexes de diagnostic d’endométriose</t>
+  </si>
+  <si>
+    <t>C’est une évaluation technologique portant sur le remboursement par l’Assurance Maladie d’un test biologique de diagnostic dans la salive par séquençage haut débit et qui a vocation à orienter la décision de coelioscopie dans les situations complexes d’endométriose en cas de douleurs pelviennes chroniques. La décision a conduit à une décision d’accès précoce et sécurisée au test via le financement d’une étude clinique complémentaire par le Forfait Innovation pour compléter les données manquantes identifiées au décours de l’étude de validation du fabricant</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2024 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486036/fr/evaluation-du-test-salivaire-endotest-dans-les-situations-complexes-de-diagnostic-d-endometriose</t>
   </si>
   <si>
     <t>p_3486036</t>
   </si>
   <si>
-    <t>Assessment of anti-Müllerian hormone serum assay - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749006/en/assessment-of-anti-mullerian-hormone-serum-assay-inahta-brief</t>
+    <t>Évaluation clinique de l’hystérectomie robot-assistée pour pathologie bénigne – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de l’hystérectomie robot-assistée pour le traitement des pathologies bénignes comparativement à la coelioscopie conventionnelle. Cette évaluation a pour objectif d’apprécier l’inscription à la classification commune des actes médicaux de cette technologie de santé et la pertinence de sa prise en charge par l’Assurance maladie. Le rapport d’évaluation, qui s’adresse aux professionnels de santé et aux patientes concernés, ainsi qu’à l’Assurance maladie, a été réalisé selon une procédure rapide consistant en une analyse de la littérature scientifique et le recueil du point de vue des professionnels de santé et des associations de patientes.</t>
+  </si>
+  <si>
+    <t>09/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194819/fr/evaluation-clinique-de-l-hysterectomie-robot-assistee-pour-pathologie-benigne-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3194819</t>
+  </si>
+  <si>
+    <t>Évaluation du dosage sérique de l’hormone anti-müllérienne</t>
+  </si>
+  <si>
+    <t>Évaluation des performances pré-analytiques, analytiques et diagnostiques ou pronostiques ainsi que de la pertinence de l’acte de dosage sérique de l’hormone anti-müllérienne en vue de son inscription à la Nomenclature des actes de biologie médicale</t>
+  </si>
+  <si>
+    <t>19/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>26/07/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749006/fr/evaluation-du-dosage-serique-de-l-hormone-anti-mullerienne</t>
   </si>
   <si>
     <t>c_2749006</t>
   </si>
   <si>
-    <t>Evaluation of high-intensity focused ultrasound (HIFU) for the treatment of symptomatic uterine fibroids Brief INAHTA</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
+    <t>Évaluation des ultrasons focalisés de haute intensité pour le traitement des fibromes utérins symptomatiques – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Rapport d’évaluation du traitement des fibromes utérins symptomatiques par ultrasons focalisés de haute intensité selon deux modalités de guidage : guidage par échographie (USgHIFU) et guidage par IRM (MRgHIFU)</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
   <si>
-    <t>Assessment of Clinical and Organisational Aspects of Robot-Assisted Surgery for Radical Prostatectomy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2037513/en/assessment-of-clinical-and-organisational-aspects-of-robot-assisted-surgery-for-radical-prostatectomy-inahta-brief</t>
+    <t>Évaluation du repérage préopératoire du site de la stomie</t>
+  </si>
+  <si>
+    <t>Repérage préopératoire du site de la stomie, démarche éducative (informations et conseils), qualité de vie, complications postopératoires</t>
+  </si>
+  <si>
+    <t>30/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>05/04/2023 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332705/fr/evaluation-du-reperage-preoperatoire-du-site-de-la-stomie</t>
+  </si>
+  <si>
+    <t>p_3332705</t>
+  </si>
+  <si>
+    <t>Évaluation des dimensions clinique et organisationnelle de la chirurgie robot-assistée dans le cadre d’une prostatectomie totale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport est d’évaluer les dimensions clinique et organisationnelle de la prostatectomie totale robot-assistée (PTAR), comparée à la prostatectomie totale par chirurgie ouverte (PTCO) et celle par laparoscopie conventionnelle (PTL), afin de statuer sur la pertinence de sa prise en charge par la collectivité</t>
+  </si>
+  <si>
+    <t>30/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/12/2016 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2037513/fr/evaluation-des-dimensions-clinique-et-organisationnelle-de-la-chirurgie-robot-assistee-dans-le-cadre-d-une-prostatectomie-totale</t>
   </si>
   <si>
     <t>c_2037513</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Studies and Reports</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEDiag du 12 décembre 2023</t>
+  </si>
+  <si>
+    <t>22/12/2023 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3480329/fr/cediag-du-12-decembre-2023</t>
+  </si>
+  <si>
+    <t>p_3480329</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 décembre 2023</t>
+  </si>
+  <si>
+    <t>19/03/2024 10:53:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500916/fr/college-deliberatif-du-21-decembre-2023</t>
+  </si>
+  <si>
+    <t>p_3500916</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 13 décembre 2017</t>
+  </si>
+  <si>
+    <t>08/12/2017 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2811211/fr/college-deliberatif-du-13-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2811211</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 15 mai 2025</t>
+  </si>
+  <si>
+    <t>15/05/2025 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605938/fr/college-deliberatif-du-15-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3605938</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Commission des stratégies de prise en charge - Réunion du Mardi 21 novembre 2017</t>
+  </si>
+  <si>
+    <t>12/02/2018 12:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827038/fr/commission-des-strategies-de-prise-en-charge-reunion-du-mardi-21-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2827038</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 décembre 2008</t>
+  </si>
+  <si>
+    <t>10/12/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_723429/fr/commission-de-la-transparence-reunion-du-10-decembre-2008</t>
+  </si>
+  <si>
+    <t>c_723429</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 septembre 2013</t>
+  </si>
+  <si>
+    <t>04/09/2013 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1637745/fr/commission-de-la-transparence-reunion-du-4-septembre-2013</t>
+  </si>
+  <si>
+    <t>c_1637745</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 novembre 2010</t>
+  </si>
+  <si>
+    <t>03/11/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996289/fr/commission-de-la-transparence-reunion-du-3-novembre-2010</t>
+  </si>
+  <si>
+    <t>c_996289</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 septembre 2010</t>
+  </si>
+  <si>
+    <t>08/09/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_979727/fr/commission-de-la-transparence-reunion-du-8-septembre-2010</t>
+  </si>
+  <si>
+    <t>c_979727</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 5 janvier 2022</t>
+  </si>
+  <si>
+    <t>03/01/2022 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307312/fr/commission-de-la-transparence-reunion-du-5-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3307312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 juin 2019</t>
+  </si>
+  <si>
+    <t>06/08/2019 18:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972186/fr/commission-de-la-transparence-reunion-du-5-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2972186</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 19 juillet 2017</t>
+  </si>
+  <si>
+    <t>17/07/2017 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780969/fr/college-deliberatif-du-19-juillet-2017</t>
+  </si>
+  <si>
+    <t>c_2780969</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juillet 2024</t>
+  </si>
+  <si>
+    <t>27/06/2024 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527446/fr/commission-de-la-transparence-reunion-du-3-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3527446</t>
+  </si>
+  <si>
+    <t>CEDiag du 12 novembre 2024</t>
+  </si>
+  <si>
+    <t>27/01/2025 17:19:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586329/fr/cediag-du-12-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3586329</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 décembre 2024</t>
+  </si>
+  <si>
+    <t>13/12/2024 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3572417/fr/commission-de-la-transparence-reunion-du-18-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3572417</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 mai 2024</t>
+  </si>
+  <si>
+    <t>22/05/2024 13:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518494/fr/commission-de-la-transparence-reunion-du-29-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3518494</t>
+  </si>
+  <si>
+    <t>CEDiag du 20 février 2024</t>
+  </si>
+  <si>
+    <t>24/04/2024 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500457/fr/cediag-du-20-fevrier-2024</t>
+  </si>
+  <si>
+    <t>p_3500457</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 09 octobre 2024</t>
+  </si>
+  <si>
+    <t>03/10/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545982/fr/commission-de-la-transparence-reunion-du-09-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3545982</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2024</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528778/fr/commission-de-la-transparence-reunion-du-10-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3528778</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 18 janvier 2024</t>
+  </si>
+  <si>
+    <t>29/03/2024 10:04:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3504411/fr/college-deliberatif-du-18-janvier-2024</t>
+  </si>
+  <si>
+    <t>p_3504411</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 9 mai 2023</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du Conseil pour l'Engagement des Usagers du mardi 9 mai 2023 Compte-rendu de la réunion du Conseil pour l'Engagement des Usagers du mardi 9 mai 2023</t>
+  </si>
+  <si>
+    <t>25/04/2023 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426267/fr/conseil-pour-l-engagement-des-usagers-reunion-du-9-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3426267</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juillet 2023</t>
+  </si>
+  <si>
+    <t>06/07/2023 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451461/fr/commission-de-la-transparence-reunion-du-12-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3451461</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 19 janvier 2023</t>
+  </si>
+  <si>
+    <t>17/04/2023 11:00:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427998/fr/college-deliberatif-du-19-janvier-2023</t>
+  </si>
+  <si>
+    <t>p_3427998</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 19 mars 2019</t>
+  </si>
+  <si>
+    <t>06/04/2020 16:59:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912554/fr/csms-reunion-du-19-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2912554</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juin 2011</t>
+  </si>
+  <si>
+    <t>22/06/2011 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064607/fr/commission-de-la-transparence-reunion-du-22-juin-2011</t>
+  </si>
+  <si>
+    <t>c_1064607</t>
+  </si>
+  <si>
+    <t>Regardez en replay - Université d'automne de la HAS 2025</t>
+  </si>
+  <si>
+    <t>Vous êtes sur le terrain. Nous, à vos côtés.</t>
+  </si>
+  <si>
+    <t>25/06/2025 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632445/fr/regardez-en-replay-universite-d-automne-de-la-has-2025</t>
+  </si>
+  <si>
+    <t>p_3632445</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Regarder en replay - La santé de la femme : singulière et universelle | Colloque HAS-ANM</t>
+  </si>
+  <si>
+    <t>Après s’être associées en 2024 autour de la thématique de la vaccination des seniors, l'Académie nationale de médecine et la Haute Autorité de santé se ont uni à nouveau leurs expertises pour organiser une journée d’information et de réflexion consacrée cette année à la Santé de la femme.</t>
+  </si>
+  <si>
+    <t>14/10/2025 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689232/fr/regarder-en-replay-la-sante-de-la-femme-singuliere-et-universelle-colloque-has-anm</t>
+  </si>
+  <si>
+    <t>p_3689232</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0122/DC/SBP du 15 mai 2025 du collège de la Haute Autorité de santé portant attribution du label de la Haute Autorité de santé à la recommandation de bonne pratique intitulée « Actualisation de la place des différents examens d’imagerie pour le diagnostic d’endométriose » coordonnée par la Société d’Imagerie de la Femme, la Société Française de Radiologie et le Collège national des gynécologues et obstétriciens français</t>
+  </si>
+  <si>
+    <t>15/05/2025 13:52:00</t>
+  </si>
+  <si>
+    <t>04/06/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607250/fr/decision-n2025-0122/dc/sbp-du-15-mai-2025-du-college-de-la-haute-autorite-de-sante-portant-attribution-du-label-de-la-haute-autorite-de-sante-a-la-recommandation-de-bonne-pratique-intitulee-actualisation-de-la-place-des-differents-examens-d-imagerie-pour-le-diagnostic-d-endometriose-coordonnee-par-la-societe-d-imagerie-de-la-femme-la-societe-francaise-de-radiologie-et-le-college-national-des-gynecologues-et-obstetriciens-francais</t>
+  </si>
+  <si>
+    <t>p_3607250</t>
+  </si>
+  <si>
+    <t>Décision n 2023.0499/DC/SEAP du 21 décembre 2023 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Évaluation du test salivaire Endotest® dans les situations complexes de diagnostic d’endométriose »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant le rapport d’évaluation technologique qui est accessible par le lien situé dans la rubrique "Voir aussi"</t>
+  </si>
+  <si>
+    <t>21/12/2023 12:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486047/fr/decision-n-2023-0499/dc/seap-du-21-decembre-2023-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-evaluation-du-test-salivaire-endotest-dans-les-situations-complexes-de-diagnostic-d-endometriose</t>
+  </si>
+  <si>
+    <t>p_3486047</t>
+  </si>
+  <si>
+    <t>Avis n°2023.0048/AC/SEAP du 21 décembre 2023 du collège de HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du code de la sécurité sociale du test salivaire Endotest® dans les situations complexes de diagnostic d’endométriose</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé du 21 décembre 2023 relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale du test salivaire Endotest® dans les situations complexes de diagnostic d’endométriose Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique "Voir aussi"</t>
+  </si>
+  <si>
+    <t>21/12/2023 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486051/fr/avis-n2023-0048/ac/seap-du-21-decembre-2023-du-college-de-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-du-test-salivaire-endotest-dans-les-situations-complexes-de-diagnostic-d-endometriose</t>
+  </si>
+  <si>
+    <t>p_3486051</t>
+  </si>
+  <si>
+    <t>Décision n°2017.0189/DC/SBPP du 13 décembre 2017 du collège de la Haute Autorité de santé adoptant la recommandation de bonne pratique intitulée « Prise en charge de l’endométriose »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "En savoir +".</t>
+  </si>
+  <si>
+    <t>13/12/2017 11:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819727/fr/decision-n2017-0189/dc/sbpp-du-13-decembre-2017-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-de-bonne-pratique-intitulee-prise-en-charge-de-l-endometriose</t>
+  </si>
+  <si>
+    <t>c_2819727</t>
+  </si>
+  <si>
+    <t>Avis n° 2017.0074/AC/SEAP du 19 juillet 2017 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS du dosage sérique de l’hormone anti-müllérienne</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale du dosage sérique de l’hormone anti-müllérienne L’argumentaire sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « En savoir+ »</t>
+  </si>
+  <si>
+    <t>19/07/2017 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786641/fr/avis-n-2017-0074/ac/seap-du-19-juillet-2017-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-du-dosage-serique-de-l-hormone-anti-mullerienne</t>
+  </si>
+  <si>
+    <t>c_2786641</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0066/AC/SEAP du 17 octobre 2024 du collège de la HAS relatif à la prise en charge dérogatoire du dispositif médical in vitro ENDOTEST® en application de l’article L. 165-1-1 du CSS</t>
+  </si>
+  <si>
+    <t>Avis du 17 octobre 2024 du collège de la Haute Autorité de santé relatif à la prise en charge dérogatoire du dispositif médical in vitro ENDOTEST® en application de l’article L. 165-1-1 du code de la sécurité sociale</t>
+  </si>
+  <si>
+    <t>17/10/2024 09:07:00</t>
+  </si>
+  <si>
+    <t>18/10/2024 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549440/fr/avis-n2024-0066/ac/seap-du-17-octobre-2024-du-college-de-la-has-relatif-a-la-prise-en-charge-derogatoire-du-dispositif-medical-in-vitro-endotest-en-application-de-l-article-l-165-1-1-du-css</t>
+  </si>
+  <si>
+    <t>p_3549440</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0085/AC/SEAP du 9 décembre 2021 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte hystérectomie robot-assistée dans le cadre du traitement des pathologies bénignes</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte hystérectomie robot-assistée dans le cadre du traitement des pathologies bénignes. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « En savoir+ ».</t>
+  </si>
+  <si>
+    <t>09/12/2021 10:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300424/fr/avis-n-2021-0085/ac/seap-du-9-decembre-2021-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-hysterectomie-robot-assistee-dans-le-cadre-du-traitement-des-pathologies-benignes</t>
+  </si>
+  <si>
+    <t>p_3300424</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0043/AC/SEAP du 10 juillet 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche «Greffe utérine à partir de donneur vivant»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche «Greffe utérine à partir de donneur vivant» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>10/07/2019 15:10:00</t>
+  </si>
+  <si>
+    <t>18/07/2019 18:02:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076755/fr/avis-n-2019-0043/ac/seap-du-10-juillet-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-greffe-uterine-a-partir-de-donneur-vivant</t>
+  </si>
+  <si>
+    <t>p_3076755</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0027/AC/SEAP du 5 juin 2025 du collège de la HAS relatif à la prise en charge dérogatoire de l’acte de cytologie urinaire digitalisée et assistée par intelligence artificielle (impliquant le dispositif médical de diagnostic in vitro VisioCyt® Bladder) en application de l’article L.162-1-24 du CSS</t>
+  </si>
+  <si>
+    <t>Avis du 5 juin 2025 du collège de la Haute Autorité de santé relatif à la prise en charge dérogatoire de l’acte de cytologie urinaire digitalisée et assistée par intelligence artificielle (impliquant le dispositif médical de diagnostic in vitro VisioCyt® Bladder) en application de l’article L.162-1-24 du code de la sécurité sociale</t>
+  </si>
+  <si>
+    <t>05/06/2025 15:10:00</t>
+  </si>
+  <si>
+    <t>05/06/2025 16:32:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609087/fr/avis-n2025-0027/ac/seap-du-5-juin-2025-du-college-de-la-has-relatif-a-la-prise-en-charge-derogatoire-de-l-acte-de-cytologie-urinaire-digitalisee-et-assistee-par-intelligence-artificielle-impliquant-le-dispositif-medical-de-diagnostic-in-vitro-visiocyt-bladder-en-application-de-l-article-l-162-1-24-du-css</t>
+  </si>
+  <si>
+    <t>p_3609087</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
+  </si>
+  <si>
+    <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3343837/en/ryeqo-relugolix/estradiol/norethisterone</t>
+    <t>Résultats de l'enquête sur l’utilisation des questionnaires mesurant le résultat de soins perçu par le patient (PROMs) en ville ou en établissement de santé</t>
+  </si>
+  <si>
+    <t>La HAS a conduit une enquête nationale en décembre 2021, pour recenser les initiatives locales de recueil des PROMs dans les établissements de santé et les structures de soins en ville. Au total, 76 structures y ont participé. Objectif : faire un état des lieux et de mieux connaitre les initiatives existantes.</t>
+  </si>
+  <si>
+    <t>11/05/2023 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426202/fr/resultats-de-l-enquete-sur-l-utilisation-des-questionnaires-mesurant-le-resultat-de-soins-percu-par-le-patient-proms-en-ville-ou-en-etablissement-de-sante</t>
+  </si>
+  <si>
+    <t>p_3426202</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Accompagner dès le premier recours pour diminuer le risque alcool des femmes</t>
+  </si>
+  <si>
+    <t>26/02/2025 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592850/fr/accompagner-des-le-premier-recours-pour-diminuer-le-risque-alcool-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3592850</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>RYEQO (rélugolix/estradiol/acétate de noréthistérone)</t>
+  </si>
+  <si>
+    <t>31/10/2024 16:51:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343837/fr/ryeqo-relugolix/estradiol/acetate-de-norethisterone</t>
   </si>
   <si>
     <t>p_3343837</t>
   </si>
   <si>
     <t>rélugolix,estradiol,acétate de noréthistérone</t>
   </si>
   <si>
     <t>GEDEON RICHTER FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3341327/en/ryeqo-relugolix/norethisterone/estradiol</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3554612/en/ryeqo-relugolix/estradiol/norethisterone-acetate-endometriosis-uterine-fibroids</t>
+    <t>https://www.has-sante.fr/jcms/p_3341327/fr/ryeqo-relugolix/norethisterone/estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530112/fr/ryeqo-relugolix/estradiol/acetate-de-norethisterone-endometriose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554612/fr/ryeqo-relugolix/estradiol/acetate-de-norethisterone-endometriose-fibromes-uterins</t>
+  </si>
+  <si>
+    <t>DIENOGEST LABORATOIRES MAJORELLE (diénogest)</t>
+  </si>
+  <si>
+    <t>14/06/2023 17:19:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446160/fr/dienogest-laboratoires-majorelle-dienogest</t>
+  </si>
+  <si>
+    <t>p_3446160</t>
+  </si>
+  <si>
+    <t>diénogest</t>
+  </si>
+  <si>
+    <t>LABORATOIRES MAJORELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445461/fr/dienogest-laboratoires-majorelle-dienogest-endometriose</t>
   </si>
   <si>
     <t>ZEULIDE (acétate de leuproréline)</t>
   </si>
   <si>
-    <t>03/14/2022 17:04:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3323717/en/zeulide-acetate-de-leuproreline</t>
+    <t>14/03/2022 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323717/fr/zeulide-acetate-de-leuproreline</t>
   </si>
   <si>
     <t>p_3323717</t>
   </si>
   <si>
     <t>acétate de leuproréline</t>
   </si>
   <si>
     <t>Laboratoires Besins International</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3322982/en/zeulide-leuproreline</t>
+    <t>https://www.has-sante.fr/jcms/p_3322982/fr/zeulide-leuproreline</t>
+  </si>
+  <si>
+    <t>DANATROL (danazol)</t>
+  </si>
+  <si>
+    <t>09/07/2019 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984806/fr/danatrol-danazol</t>
+  </si>
+  <si>
+    <t>pprd_2984806</t>
+  </si>
+  <si>
+    <t>danazol</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739470/fr/danatrol-danazol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730038/fr/danatrol-danazol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067162/fr/danatrol-danazol</t>
+  </si>
+  <si>
+    <t>ENANTONE LP (leuproréline)</t>
+  </si>
+  <si>
+    <t>22/12/2022 11:05:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982926/fr/enantone-lp-leuproreline</t>
+  </si>
+  <si>
+    <t>pprd_2982926</t>
+  </si>
+  <si>
+    <t>leuproréline</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399476/fr/enantone-lp-11-25-mg-microspheres-et-solution-pour-usage-parenteral-sc-ou-im-a-liberation-prolongee-130-mg-poudre-en-flacon-2-ml-de-solution-en-ampoule</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399547/fr/enantone-lp-3-75-mg-poudre-et-solvant-pour-suspension-injectable-sc-ou-im-a-liberation-prolongee-44-15-mg-de-poudre-en-flacon-2-ml-de-solvant-en-ampoule-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400021/fr/enantone-lp-3-75-mg-poudre-et-solvant-pour-suspension-injectable-s-c-ou-i-m-a-liberation-prolongee-enantone-lp-11-25-mg-microspheres-et-solution-pour-usage-parenteral-s-c-ou-i-m-a-liberation-prolongee-boite-de-1-1-flacon-1-ampoule</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574452/fr/enantone-leuproreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977221/fr/enantone-leuproreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055988/fr/enantone-lp-leuproreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055991/fr/enantone-lp-leuproreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830032/fr/enantone-lp-leuproreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894926/fr/enantone-lp-leuproreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3399894/fr/enantone-lp-leuproreline-puberte-precoce-centrale</t>
+  </si>
+  <si>
+    <t>SYNAREL (acétate de nafaréline)</t>
+  </si>
+  <si>
+    <t>03/04/2015 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984581/fr/synarel-acetate-de-nafareline</t>
+  </si>
+  <si>
+    <t>pprd_2984581</t>
+  </si>
+  <si>
+    <t>acétate de nafaréline</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990897/fr/synarel-acetate-de-nafareline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024186/fr/synarel-acetate-de-nafareline</t>
   </si>
   <si>
     <t>VISANNE (diénogest)</t>
   </si>
   <si>
-    <t>03/15/2012 16:05:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985230/en/visanne-dienogest</t>
+    <t>15/03/2012 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985230/fr/visanne-dienogest</t>
   </si>
   <si>
     <t>pprd_2985230</t>
   </si>
   <si>
-    <t>diénogest</t>
-[...1 lines deleted...]
-  <si>
     <t>Laboratoire BAYER SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1009523/en/visanne</t>
+    <t>https://www.has-sante.fr/jcms/c_1009523/fr/visanne-dienogest</t>
+  </si>
+  <si>
+    <t>DEPO-PRODASONE (acétate de médroxyprogestérone)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:30:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983499/fr/depo-prodasone-acetate-de-medroxyprogesterone</t>
+  </si>
+  <si>
+    <t>pprd_2983499</t>
+  </si>
+  <si>
+    <t>acétate de médroxyprogestérone</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650020/fr/depo-prodasone-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800443/fr/depo-prodasone-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807416/fr/depo-prodasone-acetate-de-medroxyprogesterone-cancer-du-sein-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>CHLORMADINONE VIATRIS (acétate de chlormadinone)</t>
   </si>
   <si>
-    <t>09/07/2023 15:20:41</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459942/en/chlormadinone-viatris-acetate-de-chlormadinone</t>
+    <t>07/09/2023 15:20:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459942/fr/chlormadinone-viatris-acetate-de-chlormadinone</t>
   </si>
   <si>
     <t>p_3459942</t>
   </si>
   <si>
     <t>acétate de chlormadinone</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3459828/en/chlormadinone-viatris-chlormadinone-acetate-gynaecology</t>
+    <t>https://www.has-sante.fr/jcms/p_3459828/fr/chlormadinone-viatris-acetate-de-chlormadinone-gynecologie</t>
+  </si>
+  <si>
+    <t>GONAPEPTYL (triptoréline (acétate de))</t>
+  </si>
+  <si>
+    <t>24/08/2015 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984441/fr/gonapeptyl-triptoreline-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984441</t>
+  </si>
+  <si>
+    <t>triptoréline (acétate de)</t>
+  </si>
+  <si>
+    <t>FERRING SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399477/fr/gonapeptyl-3-75-mg-poudre-et-solvant-pour-suspension-injectable-a-liberation-prolongee-en-seringue-boite-de-1-seringue-pre-remplie-de-poudre-1-seringue-pre-remplie-de-solvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951420/fr/gonapeptyl-triptoreline-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052928/fr/gonapeptyl-triptoreline-acetate-de</t>
+  </si>
+  <si>
+    <t>ESTREVA - FEMSEPT - FEMSEPTEVO - FEMSEPTCOMBI  (estradiol hémihydraté/lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>14/10/2025 15:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983866/fr/estreva-femsept-femseptevo-femseptcombi-estradiol-hemihydrate/levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2983866</t>
+  </si>
+  <si>
+    <t>estradiol hémihydraté,lévonorgestrel</t>
+  </si>
+  <si>
+    <t>THERAMEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398935/fr/femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544868/fr/femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046823/fr/femsept-femseptcombi-femseptevo-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682480/fr/femsept-femseptevo-femseptcombi-estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753187/fr/estreva-femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544976/fr/estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399376/fr/estreva-0-1-gel-transdermique-flacon-tube-de-50-g-100-doses-avec-pompe-doseuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753135/fr/femseptcombi-femseptevo-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544855/fr/femseptcombi-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398934/fr/femseptcombi-50-g/-10-g/-24-heures-dispositif-transdermique-en-sachet-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400304/fr/femseptevo-50-microgrammes-/-7-microgrammes-/-24-heures-dispositif-transdermique-4-sachets-code-cip-367-594-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689712/fr/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
+  </si>
+  <si>
+    <t>DIMETRUM (diénogest)</t>
+  </si>
+  <si>
+    <t>04/11/2020 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169366/fr/dimetrum-dienogest</t>
+  </si>
+  <si>
+    <t>p_3169366</t>
+  </si>
+  <si>
+    <t>BESINS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169249/fr/dimetrum-dienogest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215570/fr/dimetrum-dienogest</t>
+  </si>
+  <si>
+    <t>ENDOVELA (diénogest)</t>
+  </si>
+  <si>
+    <t>07/05/2020 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182893/fr/endovela-dienogest</t>
+  </si>
+  <si>
+    <t>p_3182893</t>
+  </si>
+  <si>
+    <t>EXELTIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182793/fr/endovela-dienogest</t>
+  </si>
+  <si>
+    <t>SAWIS (diénogest)</t>
+  </si>
+  <si>
+    <t>04/03/2020 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159758/fr/sawis-dienogest</t>
+  </si>
+  <si>
+    <t>p_3159758</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151440/fr/sawis-dienogest</t>
+  </si>
+  <si>
+    <t>COLPOTROPHINE (promestriène)</t>
+  </si>
+  <si>
+    <t>13/11/2018 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983042/fr/colpotrophine-promestriene</t>
+  </si>
+  <si>
+    <t>pprd_2983042</t>
+  </si>
+  <si>
+    <t>promestriène</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732165/fr/colpotrophine-promestriene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1738588/fr/colpotrophine-promestriene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881407/fr/colpotrophine-promestriene</t>
+  </si>
+  <si>
+    <t>DECAPEPTYL (triptoréline (pamoate de))</t>
+  </si>
+  <si>
+    <t>20/02/2019 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983106/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983106</t>
+  </si>
+  <si>
+    <t>triptoréline (pamoate de)</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398886/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398885/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401000/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486302/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_903960/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054880/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778233/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570593/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620162/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839035/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847899/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869377/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872668/fr/decapeptyl-lp-3-mg-triptoreline-analogue-de-la-gnrh</t>
+  </si>
+  <si>
+    <t>ERYNJA (diénogest)</t>
+  </si>
+  <si>
+    <t>10/11/2023 09:02:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472227/fr/erynja-dienogest</t>
+  </si>
+  <si>
+    <t>p_3472227</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471688/fr/erynja-dienogest-endometriose</t>
   </si>
   <si>
     <t>ESTRAPATCH (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>11/07/2016 09:06:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983884/en/estrapatch-estradiol-hemihydrate</t>
+    <t>07/11/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983884/fr/estrapatch-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2983884</t>
   </si>
   <si>
     <t>estradiol hémihydraté</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399136/en/estrapatch-40-g/24h-dispositif-transdermique-estrapatch-60-g/24h-dispositif-transdermique-boite-de-4</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680866/en/estrapatch-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_399136/fr/estrapatch-40-g/24h-dispositif-transdermique-estrapatch-60-g/24h-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399789/fr/estrapatch-80-g/24-heures-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544965/fr/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753529/fr/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680866/fr/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>NEXPLANON (étonogestrel)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:38:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984390/fr/nexplanon-etonogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984390</t>
+  </si>
+  <si>
+    <t>étonogestrel</t>
+  </si>
+  <si>
+    <t>ORGANON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2560226/fr/nexplanon-etonogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861359/fr/nexplanon-etonogestrel-contraception</t>
+  </si>
+  <si>
+    <t>DEPO PROVERA (acétate de médroxyprogestérone)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:30:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984514/fr/depo-provera-acetate-de-medroxyprogesterone</t>
+  </si>
+  <si>
+    <t>pprd_2984514</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732208/fr/depo-provera-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038833/fr/depo-provera-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861344/fr/depo-provera-acetate-de-medroxyprogesterone-contraceptif</t>
+  </si>
+  <si>
+    <t>OPTIMIZETTE (désogestrel)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:31:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984752/fr/optimizette-desogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984752</t>
+  </si>
+  <si>
+    <t>désogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747991/fr/optimizette-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861376/fr/optimizette-desogestrel-contraception</t>
+  </si>
+  <si>
+    <t>ANTIGONE (désogestrel)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:27:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984803/fr/antigone-desogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984803</t>
+  </si>
+  <si>
+    <t>BESINS HEALTHCARE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730056/fr/antigone-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861379/fr/antigone-desogestrel-contraception</t>
+  </si>
+  <si>
+    <t>CERAZETTE (désogestrel)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:29:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3868062/fr/cerazette-desogestrel</t>
+  </si>
+  <si>
+    <t>p_3868062</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861356/fr/cerazette-desogestrel-contraception</t>
+  </si>
+  <si>
+    <t>ELFASETTE (désogestrel)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:28:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3868176/fr/elfasette-desogestrel</t>
+  </si>
+  <si>
+    <t>p_3868176</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861367/fr/elfasette-desogestrel-contraception</t>
   </si>
   <si>
     <t>REKOVELLE (follitropine delta)</t>
   </si>
   <si>
-    <t>05/02/2024 17:14:33</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983513/en/rekovelle-follitropine-delta</t>
+    <t>02/05/2024 17:14:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983513/fr/rekovelle-follitropine-delta</t>
   </si>
   <si>
     <t>pprd_2983513</t>
   </si>
   <si>
     <t>follitropine delta</t>
   </si>
   <si>
-    <t>FERRING SAS</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3514980/en/rekovelle-follitropin-delta-ovarian-stimulation</t>
+    <t>https://www.has-sante.fr/jcms/c_2757182/fr/rekovelle-follitropine-delta-stimulant-de-l-ovulation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797164/fr/rekovelle-follitropine-delta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3514980/fr/rekovelle-follitropine-delta-stimulant-de-l-ovulation</t>
+  </si>
+  <si>
+    <t>TROPHICREME (estriol)</t>
+  </si>
+  <si>
+    <t>20/07/2020 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983022/fr/trophicreme-estriol</t>
+  </si>
+  <si>
+    <t>pprd_2983022</t>
+  </si>
+  <si>
+    <t>estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_733378/fr/trophicreme-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725329/fr/trophicreme-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884949/fr/trophicreme-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194969/fr/trophicreme-estriol</t>
+  </si>
+  <si>
+    <t>LUTERAN (chlormadinone (acétate de))</t>
+  </si>
+  <si>
+    <t>02/03/2016 18:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984190/fr/luteran-chlormadinone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984190</t>
+  </si>
+  <si>
+    <t>chlormadinone (acétate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400795/fr/luteran-2-mg-comprime-b/10-cip-306-331-4-luteran-5-mg-comprime-b/10-cip-306-332-0-luteran-10-mg-comprime-b/12-cip-339-433-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923058/fr/luteran-chlormadinone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753168/fr/luteran-chlormadinone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612652/fr/luteran-chlormadinone-acetate-de</t>
+  </si>
+  <si>
+    <t>VISCERALGINE (tiémonium (méthylsulfate))</t>
+  </si>
+  <si>
+    <t>18/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985059/fr/visceralgine-tiemonium-methylsulfate</t>
+  </si>
+  <si>
+    <t>pprd_2985059</t>
+  </si>
+  <si>
+    <t>tiémonium (méthylsulfate)</t>
+  </si>
+  <si>
+    <t>Laboratoire SCHERING-PLOUGH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666119/fr/visceralgine-tiemonium-methylsulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075808/fr/visceralgine-tiemonium-methylsulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198146/fr/visceralgine-tiemonium-methylsulfate</t>
   </si>
   <si>
     <t>YSELTY (linzagolix)</t>
   </si>
   <si>
-    <t>01/25/2024 08:43:37</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3490952/en/yselty-linzagolix</t>
+    <t>25/01/2024 08:43:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490952/fr/yselty-linzagolix</t>
   </si>
   <si>
     <t>p_3490952</t>
   </si>
   <si>
     <t>linzagolix</t>
   </si>
   <si>
-    <t>THERAMEX</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3490827/en/yselty-linzagolix-uterine-fibroids</t>
+    <t>https://www.has-sante.fr/jcms/p_3490827/fr/yselty-linzagolix-choline-fibromes-uterins</t>
+  </si>
+  <si>
+    <t>SPASFON (phloroglucinol/ triméthylphloroglucinol)</t>
+  </si>
+  <si>
+    <t>27/12/2018 13:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982960/fr/spasfon-phloroglucinol/-trimethylphloroglucinol</t>
+  </si>
+  <si>
+    <t>pprd_2982960</t>
+  </si>
+  <si>
+    <t>phloroglucinol,triméthylphloroglucinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666448/fr/spasfon-lyoc-phloroglucinol/-trimethylphloroglucinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666130/fr/spasfon-phloroglucinol/-trimethylphloroglucinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075820/fr/spasfon-spasfon-lyoc-phloroglucinol/-trimethylphloroglucinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765805/fr/spasfon-phloroglucinol/-trimethylphloroglucinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797530/fr/spasfon-phloroglucinol/-trimethylphloroglucinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891867/fr/spasfon-phloroglucinol/-trimethylphloroglucinol</t>
+  </si>
+  <si>
+    <t>TIBSOVO (ivosidenib)</t>
+  </si>
+  <si>
+    <t>07/10/2025 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467581/fr/tibsovo-ivosidenib</t>
+  </si>
+  <si>
+    <t>p_3467581</t>
+  </si>
+  <si>
+    <t>ivosidenib</t>
+  </si>
+  <si>
+    <t>LES LABORATOIRES SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574834/fr/tibsovo-ivosidenib-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467526/fr/tibsovo-ivosidenib-leucemie-aigue-myeloide-lam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486120/fr/tibsovo-ivosidenib-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398889/fr/tibsovo-ivosidenib-servier-ivosidenib-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482424/fr/tibsovo-ivosidenib-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431997/fr/tibsovo-ivosidenib-leucemie-aigue-myeloide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587094/fr/tibsovo-ivosidenib-cancer-voies-biliaires</t>
   </si>
   <si>
     <t>MENOTROPHINE LG (gonadotrophine chorionique humaine)</t>
   </si>
   <si>
-    <t>01/29/2016 08:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984280/en/menotrophine-lg-gonadotrophine-chorionique-humaine</t>
+    <t>29/01/2016 08:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984280/fr/menotrophine-lg-gonadotrophine-chorionique-humaine</t>
   </si>
   <si>
     <t>pprd_2984280</t>
   </si>
   <si>
     <t>gonadotrophine chorionique humaine</t>
   </si>
   <si>
     <t>GENEVRIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2583145/en/menotrophine-lg-gonadotrophin-ovulation-stimulant</t>
+    <t>https://www.has-sante.fr/jcms/c_2583145/fr/menotrophine-lg-gonadotrophine-stimulant-de-l-ovulation</t>
+  </si>
+  <si>
+    <t>DUPHASTON (dydrogestérone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984207/fr/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>pprd_2984207</t>
+  </si>
+  <si>
+    <t>dydrogestérone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748315/fr/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753190/fr/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610152/fr/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>COLPRONE (médrogestone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984220/fr/colprone-medrogestone</t>
+  </si>
+  <si>
+    <t>pprd_2984220</t>
+  </si>
+  <si>
+    <t>médrogestone</t>
+  </si>
+  <si>
+    <t>NEURAXPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748309/fr/colprone-medrogestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753202/fr/colprone-medrogestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608651/fr/colprone-medrogestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588262/fr/colprone-medrogestone-gynecologie</t>
+  </si>
+  <si>
+    <t>CLOMID (citrate de clomifène)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984800/fr/clomid-citrate-de-clomifene</t>
+  </si>
+  <si>
+    <t>pprd_2984800</t>
+  </si>
+  <si>
+    <t>citrate de clomifène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748306/fr/clomid-citrate-de-clomifene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730840/fr/clomid-citrate-de-clomifene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067167/fr/clomid-citrate-de-clomifene</t>
+  </si>
+  <si>
+    <t>MIRENA (levonorgestrel)</t>
+  </si>
+  <si>
+    <t>24/02/2017 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983728/fr/mirena-levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2983728</t>
+  </si>
+  <si>
+    <t>levonorgestrel</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399000/fr/mirena-52-mg-20-microgrammes-/-24-heures-dispositif-intra-uterin-en-poche-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400211/fr/mirena-52-mg-20-mg/24h-dispositif-intra-uterin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493275/fr/mirena-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363996/fr/mirena-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746201/fr/mirena-levonorgestrel</t>
+  </si>
+  <si>
+    <t>NEFOPAM (néfopam)</t>
+  </si>
+  <si>
+    <t>22/11/2023 08:33:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984187/fr/nefopam-nefopam</t>
+  </si>
+  <si>
+    <t>pprd_2984187</t>
+  </si>
+  <si>
+    <t>néfopam</t>
+  </si>
+  <si>
+    <t>BIOCODEX / MEDISOL / MYLAN / PANPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038298/fr/nefopam-medisol-nefopam-chlorhydrate-de-/-nefopam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613161/fr/nefopam-biocodex-nefopam-chlorhydrate-de-/-nefopam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473441/fr/nefopam-panpharma-nefopam-douleur-aigue-analgesique-central-non-morphinique</t>
   </si>
   <si>
     <t>ELONVA (corifollitropine alfa)</t>
   </si>
   <si>
-    <t>02/03/2023 10:46:46</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985251/en/elonva-corifollitropine-alfa</t>
+    <t>03/02/2023 10:46:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985251/fr/elonva-corifollitropine-alfa</t>
   </si>
   <si>
     <t>pprd_2985251</t>
   </si>
   <si>
     <t>corifollitropine alfa</t>
   </si>
   <si>
-    <t>ORGANON FRANCE</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3409400/en/elonva-corifollitropine-alfa-hypogonadisme-hypogonadotrope-hh</t>
+    <t>https://www.has-sante.fr/jcms/c_990918/fr/elonva-corifollitropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409400/fr/elonva-corifollitropine-alfa-hypogonadisme-hypogonadotrope-hh</t>
   </si>
   <si>
     <t>AMELGEN (progestérone)</t>
   </si>
   <si>
-    <t>03/11/2021 17:17:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3242297/en/amelgen-progesterone</t>
+    <t>11/03/2021 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242297/fr/amelgen-progesterone</t>
   </si>
   <si>
     <t>p_3242297</t>
   </si>
   <si>
     <t>progestérone</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3242186/en/amelgen-progesterone</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984070/en/androcur</t>
+    <t>https://www.has-sante.fr/jcms/p_3242186/fr/amelgen-progesterone</t>
+  </si>
+  <si>
+    <t>ANDROCUR (cyprotérone (acétate de))</t>
+  </si>
+  <si>
+    <t>22/10/2020 17:14:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984070/fr/androcur-cyproterone-acetate-de</t>
   </si>
   <si>
     <t>pprd_2984070</t>
   </si>
   <si>
     <t>cyprotérone (acétate de)</t>
   </si>
   <si>
-    <t>BAYER HEALTHCARE SAS</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3213329/en/androcur</t>
+    <t>https://www.has-sante.fr/jcms/c_400848/fr/androcur-50-mg-comprime-secable-b/20-cip-323-510-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_653795/fr/androcur-cyproterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352602/fr/androcur-cyproterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655917/fr/androcur-cyproterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213329/fr/androcur-cyproterone-acetate-de</t>
+  </si>
+  <si>
+    <t>PERGOTIME (citrate de clomifène)</t>
+  </si>
+  <si>
+    <t>02/06/2015 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984528/fr/pergotime-citrate-de-clomifene</t>
+  </si>
+  <si>
+    <t>pprd_2984528</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_737000/fr/pergotime-citrate-de-clomifene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036422/fr/pergotime-citrate-de-clomifene</t>
   </si>
   <si>
     <t>BEMFOLA (follitropine alfa)</t>
   </si>
   <si>
-    <t>03/06/2015 13:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984629/en/bemfola-follitropine-alfa</t>
+    <t>06/03/2015 13:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984629/fr/bemfola-follitropine-alfa</t>
   </si>
   <si>
     <t>pprd_2984629</t>
   </si>
   <si>
     <t>follitropine alfa</t>
   </si>
   <si>
     <t>MAJORELLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2003871/en/bemfola-recombinant-follitropin-alfa-gonadotropin</t>
+    <t>https://www.has-sante.fr/jcms/c_2003871/fr/bemfola-follitropine-alfa-recombinante-gonadotrophine</t>
   </si>
   <si>
     <t>SALVACYL (triptoréline (pamoate = embonate de))</t>
   </si>
   <si>
-    <t>11/14/2014 11:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984672/en/salvacyl-triptoreline-pamoate-embonate-de</t>
+    <t>14/11/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984672/fr/salvacyl-triptoreline-pamoate-embonate-de</t>
   </si>
   <si>
     <t>pprd_2984672</t>
   </si>
   <si>
     <t>triptoréline (pamoate = embonate de)</t>
   </si>
   <si>
-    <t>IPSEN PHARMA</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1774157/en/salvacyl-triptoreline-pamoate-embonate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_763783/fr/salvacyl-l-p-triptoreline-pamoate-embonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774157/fr/salvacyl-triptoreline-pamoate-embonate-de</t>
+  </si>
+  <si>
+    <t>ORGAMETRIL (lynestrenol)</t>
+  </si>
+  <si>
+    <t>09/03/2009 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985349/fr/orgametril-lynestrenol</t>
+  </si>
+  <si>
+    <t>pprd_2985349</t>
+  </si>
+  <si>
+    <t>lynestrenol</t>
+  </si>
+  <si>
+    <t>Laboratoire ORGANON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_743954/fr/orgametril-lynestrenol</t>
+  </si>
+  <si>
+    <t>ESTRADIOL NOVARTIS (estradiol)</t>
+  </si>
+  <si>
+    <t>26/06/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986008/fr/estradiol-novartis-estradiol</t>
+  </si>
+  <si>
+    <t>pprd_2986008</t>
+  </si>
+  <si>
+    <t>estradiol</t>
+  </si>
+  <si>
+    <t>NOVARTIS S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399490/fr/estradiol-g-gam-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399549/fr/estradiol-novartis-37-5-g/24-h-dispositif-transdermique-estradiol-novartis-50-g/24-h-dispositif-transdermique-estradiol-novartis-75-g/24-h-dispositif-transdermique-estradiol-novartis-100-g/24-h-dispositif-transdermique-boite-de-8-estradiol</t>
+  </si>
+  <si>
+    <t>PROVAMES (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983947/fr/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983947</t>
+  </si>
+  <si>
+    <t>NORGINE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399162/fr/provames-1-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544883/fr/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058653/fr/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753171/fr/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672236/fr/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>OESCLIM - OROMONE (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984292/fr/oesclim-oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984292</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398948/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544874/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046772/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753177/fr/oesclim-oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580477/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834956/fr/oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400076/fr/oromone-2-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>CLIMASTON (dydrogestérone/estradiol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984293/fr/climaston-dydrogesterone/estradiol</t>
+  </si>
+  <si>
+    <t>pprd_2984293</t>
+  </si>
+  <si>
+    <t>dydrogestérone,estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398873/fr/climaston-2-mg-/-10-mg-comprime-pellicule-boite-de-28-climaston-1-mg-/-10-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398872/fr/climaston-1-mg/-5-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400300/fr/climaston-1-mg/10-mg-climaston-1-mg/5-mg-climaston-2-mg/10-mg-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544838/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048927/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752094/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753193/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580474/fr/climaston-dydrogesterone/-estradiol</t>
   </si>
   <si>
     <t>FERINJECT (carboxymaltose ferrique)</t>
   </si>
   <si>
-    <t>03/08/2024 08:35:09</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982834/en/ferinject-carboxymaltose-ferrique</t>
+    <t>08/03/2024 08:35:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982834/fr/ferinject-carboxymaltose-ferrique</t>
   </si>
   <si>
     <t>pprd_2982834</t>
   </si>
   <si>
     <t>carboxymaltose ferrique</t>
   </si>
   <si>
     <t>VIFOR FRANCE S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_968476/en/ferinject-carboxymaltose-ferrique</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3499781/en/ferinject-ferric-carboxymaltose-iron-deficiency</t>
+    <t>https://www.has-sante.fr/jcms/c_968476/fr/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749745/fr/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024183/fr/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2909812/fr/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499772/fr/ferinject-carboxymaltose-ferrique-carence-martiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499781/fr/ferinject-carboxymaltose-ferrique-carence-martiale</t>
   </si>
   <si>
     <t>SPIKEVAX (élasoméran/davesoméran/andusoméran)</t>
   </si>
   <si>
-    <t>10/06/2023 09:10:37</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3466459/en/spikevax-elasomeran/davesomeran/andusomeran</t>
+    <t>06/10/2023 09:10:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466459/fr/spikevax-elasomeran/davesomeran/andusomeran</t>
   </si>
   <si>
     <t>p_3466459</t>
   </si>
   <si>
     <t>élasoméran (monovalent),élasoméran/davésoméran (bivalent),andusoméran (monovalent)</t>
   </si>
   <si>
     <t>MODERNA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3466353/en/spikevax-elasomeran-/-davesomeran-/-andusomeran-covid-19</t>
+    <t>https://www.has-sante.fr/jcms/p_3466353/fr/spikevax-elasomeran-/-davesomeran-/-andusomeran-covid-19</t>
+  </si>
+  <si>
+    <t>LUTENYL (nomégestrol (acétate de))</t>
+  </si>
+  <si>
+    <t>07/09/2023 15:24:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984200/fr/lutenyl-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984200</t>
+  </si>
+  <si>
+    <t>nomégestrol (acétate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400321/fr/lutenyl-3-75-mg-comprime-boite-de-14-comprimes-code-cip-365-572-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748399/fr/lutenyl-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753533/fr/lutenyl-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610185/fr/lutenyl-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459822/fr/lutenyl-acetate-de-nomegestrol-gynecologie</t>
   </si>
   <si>
     <t>ESMYA (ulipristal (acétate d'))</t>
   </si>
   <si>
-    <t>05/17/2019 12:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982836/en/esmya-ulipristal-acetate-d</t>
+    <t>17/05/2019 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982836/fr/esmya-ulipristal-acetate-d</t>
   </si>
   <si>
     <t>pprd_2982836</t>
   </si>
   <si>
     <t>ulipristal (acétate d')</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1294551/en/esmya</t>
-[...29 lines deleted...]
-    <t>c_1267303</t>
+    <t>https://www.has-sante.fr/jcms/c_1294551/fr/esmya-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045315/fr/esmya-ulipristal-modulateur-des-recepteurs-de-la-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679431/fr/esmya-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725865/fr/esmya-ulipristal-modulateur-des-recepteurs-de-la-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908907/fr/esmya-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>NOLVADEX (tamoxifène (citrate de))</t>
+  </si>
+  <si>
+    <t>02/10/2018 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983110/fr/nolvadex-tamoxifene-citrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983110</t>
+  </si>
+  <si>
+    <t>tamoxifène (citrate de)</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400745/fr/nolvadex-10-mg-comprime-pellicule-b/30-cip-320-593-2-nolvadex-20-mg-comprime-enrobe-b/30-cip-328-652-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098677/fr/nolvadex-tamoxifene-citrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872652/fr/nolvadex-tamoxifene-citrate-de</t>
+  </si>
+  <si>
+    <t>MENOREST (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>28/03/2007 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985440/fr/menorest-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985440</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399151/fr/menorest-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544890/fr/menorest-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>THAIS - THAISSEPT (estradiol)</t>
+  </si>
+  <si>
+    <t>19/10/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985650/fr/thais-thaissept-estradiol</t>
+  </si>
+  <si>
+    <t>pprd_2985650</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400727/fr/thais-thaissept-estradiol</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Endométriose : vers une prise en charge individualisée</t>
+  </si>
+  <si>
+    <t>La HAS a actualisé les recommandations du Collège national des gynécologues et obstétriciens français (CNGOF) éditées en 2006. Explications du Pr Xavier Fritel*, gynécologue obstétricien et membre du CNGOF.</t>
+  </si>
+  <si>
+    <t>22/01/2018 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974222/fr/endometriose-vers-une-prise-en-charge-individualisee</t>
+  </si>
+  <si>
+    <t>pprd_2974222</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+      <c r="I3" t="s">
+        <v>23</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>23</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I5" t="s">
+        <v>32</v>
+      </c>
+      <c r="J5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...169 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>47</v>
+        <v>464</v>
       </c>
       <c r="B2" t="s">
-        <v>48</v>
+        <v>465</v>
       </c>
       <c r="C2" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>51</v>
+        <v>466</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>52</v>
+        <v>467</v>
       </c>
       <c r="H2" t="s">
-        <v>53</v>
+        <v>468</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P17"/>
+  <dimension ref="A1:W56"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>54</v>
+        <v>469</v>
       </c>
       <c r="J1" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>56</v>
+        <v>470</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>57</v>
+        <v>471</v>
       </c>
       <c r="B2" t="s">
-        <v>58</v>
+        <v>472</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>59</v>
+        <v>473</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>60</v>
+        <v>474</v>
       </c>
       <c r="H2" t="s">
-        <v>61</v>
+        <v>475</v>
       </c>
       <c r="I2" t="s">
-        <v>62</v>
+        <v>476</v>
       </c>
       <c r="J2" t="s">
-        <v>63</v>
+        <v>477</v>
       </c>
       <c r="K2" t="s">
-        <v>64</v>
+        <v>478</v>
       </c>
       <c r="L2" t="s">
-        <v>65</v>
+        <v>479</v>
       </c>
       <c r="M2" t="s">
-        <v>66</v>
+        <v>480</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>57</v>
+        <v>471</v>
       </c>
       <c r="B3" t="s">
-        <v>67</v>
+        <v>481</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>68</v>
+        <v>482</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>69</v>
+        <v>483</v>
       </c>
       <c r="H3" t="s">
-        <v>70</v>
+        <v>484</v>
       </c>
       <c r="I3" t="s">
-        <v>71</v>
+        <v>485</v>
       </c>
       <c r="J3" t="s">
-        <v>72</v>
+        <v>486</v>
       </c>
       <c r="K3" t="s">
-        <v>73</v>
+        <v>487</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>57</v>
+        <v>471</v>
       </c>
       <c r="B4" t="s">
-        <v>74</v>
+        <v>488</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>75</v>
+        <v>489</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>76</v>
+        <v>490</v>
       </c>
       <c r="H4" t="s">
-        <v>77</v>
+        <v>491</v>
       </c>
       <c r="I4" t="s">
-        <v>78</v>
+        <v>492</v>
       </c>
       <c r="J4" t="s">
-        <v>79</v>
+        <v>493</v>
       </c>
       <c r="K4" t="s">
-        <v>80</v>
+        <v>494</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>57</v>
+        <v>471</v>
       </c>
       <c r="B5" t="s">
-        <v>81</v>
+        <v>495</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>82</v>
+        <v>496</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>83</v>
+        <v>497</v>
       </c>
       <c r="H5" t="s">
-        <v>84</v>
+        <v>498</v>
       </c>
       <c r="I5" t="s">
-        <v>85</v>
+        <v>499</v>
       </c>
       <c r="J5" t="s">
-        <v>86</v>
+        <v>500</v>
       </c>
       <c r="K5" t="s">
-        <v>87</v>
+        <v>501</v>
+      </c>
+      <c r="L5" t="s">
+        <v>502</v>
+      </c>
+      <c r="M5" t="s">
+        <v>503</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>471</v>
       </c>
       <c r="B6" t="s">
-        <v>88</v>
+        <v>504</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>89</v>
+        <v>505</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>90</v>
+        <v>506</v>
       </c>
       <c r="H6" t="s">
-        <v>91</v>
+        <v>507</v>
       </c>
       <c r="I6" t="s">
-        <v>92</v>
+        <v>508</v>
       </c>
       <c r="J6" t="s">
-        <v>93</v>
+        <v>509</v>
       </c>
       <c r="K6" t="s">
-        <v>94</v>
+        <v>510</v>
       </c>
       <c r="L6" t="s">
-        <v>95</v>
+        <v>511</v>
       </c>
       <c r="M6" t="s">
-        <v>96</v>
+        <v>512</v>
       </c>
       <c r="N6" t="s">
-        <v>97</v>
+        <v>513</v>
       </c>
       <c r="O6" t="s">
-        <v>98</v>
+        <v>514</v>
+      </c>
+      <c r="P6" t="s">
+        <v>515</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>516</v>
+      </c>
+      <c r="R6" t="s">
+        <v>517</v>
+      </c>
+      <c r="S6" t="s">
+        <v>518</v>
+      </c>
+      <c r="T6" t="s">
+        <v>519</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>57</v>
+        <v>471</v>
       </c>
       <c r="B7" t="s">
-        <v>99</v>
+        <v>520</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>100</v>
+        <v>521</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>101</v>
+        <v>522</v>
       </c>
       <c r="H7" t="s">
-        <v>102</v>
+        <v>523</v>
       </c>
       <c r="I7" t="s">
-        <v>103</v>
+        <v>524</v>
       </c>
       <c r="J7" t="s">
-        <v>104</v>
+        <v>525</v>
       </c>
       <c r="K7" t="s">
-        <v>105</v>
+        <v>526</v>
       </c>
       <c r="L7" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>527</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>57</v>
+        <v>471</v>
       </c>
       <c r="B8" t="s">
-        <v>108</v>
+        <v>528</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>109</v>
+        <v>529</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>110</v>
+        <v>530</v>
       </c>
       <c r="H8" t="s">
-        <v>111</v>
+        <v>531</v>
       </c>
       <c r="I8" t="s">
-        <v>112</v>
+        <v>485</v>
       </c>
       <c r="J8" t="s">
-        <v>113</v>
+        <v>532</v>
       </c>
       <c r="K8" t="s">
-        <v>114</v>
+        <v>533</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>57</v>
+        <v>471</v>
       </c>
       <c r="B9" t="s">
-        <v>115</v>
+        <v>534</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>116</v>
+        <v>535</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>117</v>
+        <v>536</v>
       </c>
       <c r="H9" t="s">
-        <v>118</v>
+        <v>537</v>
       </c>
       <c r="I9" t="s">
-        <v>119</v>
+        <v>538</v>
       </c>
       <c r="J9" t="s">
-        <v>120</v>
+        <v>539</v>
       </c>
       <c r="K9" t="s">
-        <v>121</v>
+        <v>540</v>
+      </c>
+      <c r="L9" t="s">
+        <v>541</v>
+      </c>
+      <c r="M9" t="s">
+        <v>542</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>57</v>
+        <v>471</v>
       </c>
       <c r="B10" t="s">
-        <v>122</v>
+        <v>543</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>123</v>
+        <v>544</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>124</v>
+        <v>545</v>
       </c>
       <c r="H10" t="s">
-        <v>125</v>
+        <v>546</v>
       </c>
       <c r="I10" t="s">
-        <v>126</v>
+        <v>547</v>
       </c>
       <c r="J10" t="s">
-        <v>127</v>
+        <v>548</v>
       </c>
       <c r="K10" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>549</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>57</v>
+        <v>471</v>
       </c>
       <c r="B11" t="s">
-        <v>130</v>
+        <v>550</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>131</v>
+        <v>551</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>132</v>
+        <v>552</v>
       </c>
       <c r="H11" t="s">
-        <v>133</v>
+        <v>553</v>
       </c>
       <c r="I11" t="s">
-        <v>134</v>
+        <v>554</v>
       </c>
       <c r="J11" t="s">
-        <v>63</v>
+        <v>555</v>
       </c>
       <c r="K11" t="s">
-        <v>135</v>
+        <v>556</v>
+      </c>
+      <c r="L11" t="s">
+        <v>557</v>
+      </c>
+      <c r="M11" t="s">
+        <v>558</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>57</v>
+        <v>471</v>
       </c>
       <c r="B12" t="s">
-        <v>136</v>
+        <v>559</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>137</v>
+        <v>560</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>138</v>
+        <v>561</v>
       </c>
       <c r="H12" t="s">
-        <v>139</v>
+        <v>562</v>
       </c>
       <c r="I12" t="s">
-        <v>140</v>
+        <v>563</v>
       </c>
       <c r="J12" t="s">
-        <v>141</v>
+        <v>564</v>
       </c>
       <c r="K12" t="s">
-        <v>142</v>
+        <v>565</v>
       </c>
       <c r="L12" t="s">
-        <v>143</v>
+        <v>566</v>
       </c>
       <c r="M12" t="s">
-        <v>144</v>
+        <v>567</v>
       </c>
       <c r="N12" t="s">
-        <v>145</v>
+        <v>568</v>
       </c>
       <c r="O12" t="s">
-        <v>146</v>
+        <v>569</v>
+      </c>
+      <c r="P12" t="s">
+        <v>570</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>571</v>
+      </c>
+      <c r="R12" t="s">
+        <v>572</v>
+      </c>
+      <c r="S12" t="s">
+        <v>573</v>
+      </c>
+      <c r="T12" t="s">
+        <v>574</v>
+      </c>
+      <c r="U12" t="s">
+        <v>575</v>
+      </c>
+      <c r="V12" t="s">
+        <v>576</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>57</v>
+        <v>471</v>
       </c>
       <c r="B13" t="s">
-        <v>147</v>
+        <v>577</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>148</v>
+        <v>578</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>149</v>
+        <v>579</v>
       </c>
       <c r="H13" t="s">
-        <v>150</v>
+        <v>580</v>
       </c>
       <c r="I13" t="s">
-        <v>151</v>
+        <v>485</v>
       </c>
       <c r="J13" t="s">
-        <v>152</v>
+        <v>581</v>
       </c>
       <c r="K13" t="s">
-        <v>153</v>
+        <v>582</v>
+      </c>
+      <c r="L13" t="s">
+        <v>583</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>57</v>
+        <v>471</v>
       </c>
       <c r="B14" t="s">
-        <v>154</v>
+        <v>584</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>155</v>
+        <v>585</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>156</v>
+        <v>586</v>
       </c>
       <c r="H14" t="s">
-        <v>157</v>
+        <v>587</v>
       </c>
       <c r="I14" t="s">
-        <v>158</v>
+        <v>485</v>
       </c>
       <c r="J14" t="s">
-        <v>159</v>
+        <v>588</v>
       </c>
       <c r="K14" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>589</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>57</v>
+        <v>471</v>
       </c>
       <c r="B15" t="s">
-        <v>162</v>
+        <v>590</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>163</v>
+        <v>591</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>164</v>
+        <v>592</v>
       </c>
       <c r="H15" t="s">
-        <v>165</v>
+        <v>593</v>
       </c>
       <c r="I15" t="s">
-        <v>166</v>
+        <v>485</v>
       </c>
       <c r="J15" t="s">
-        <v>167</v>
+        <v>477</v>
       </c>
       <c r="K15" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>173</v>
+        <v>594</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>57</v>
+        <v>471</v>
       </c>
       <c r="B16" t="s">
-        <v>174</v>
+        <v>595</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>175</v>
+        <v>596</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>176</v>
+        <v>597</v>
       </c>
       <c r="H16" t="s">
-        <v>177</v>
+        <v>598</v>
       </c>
       <c r="I16" t="s">
-        <v>178</v>
+        <v>599</v>
       </c>
       <c r="J16" t="s">
-        <v>179</v>
+        <v>600</v>
       </c>
       <c r="K16" t="s">
-        <v>180</v>
+        <v>601</v>
+      </c>
+      <c r="L16" t="s">
+        <v>602</v>
+      </c>
+      <c r="M16" t="s">
+        <v>603</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>57</v>
+        <v>471</v>
       </c>
       <c r="B17" t="s">
-        <v>181</v>
+        <v>604</v>
       </c>
       <c r="C17" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>182</v>
+        <v>605</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>183</v>
+        <v>606</v>
       </c>
       <c r="H17" t="s">
-        <v>184</v>
+        <v>607</v>
       </c>
       <c r="I17" t="s">
-        <v>185</v>
+        <v>608</v>
       </c>
       <c r="J17" t="s">
-        <v>63</v>
+        <v>609</v>
       </c>
       <c r="K17" t="s">
-        <v>186</v>
+        <v>610</v>
       </c>
       <c r="L17" t="s">
-        <v>187</v>
+        <v>611</v>
       </c>
       <c r="M17" t="s">
-        <v>188</v>
+        <v>612</v>
       </c>
       <c r="N17" t="s">
-        <v>189</v>
+        <v>613</v>
       </c>
       <c r="O17" t="s">
-        <v>190</v>
+        <v>614</v>
+      </c>
+      <c r="P17" t="s">
+        <v>615</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>616</v>
+      </c>
+      <c r="R17" t="s">
+        <v>617</v>
+      </c>
+      <c r="S17" t="s">
+        <v>618</v>
+      </c>
+      <c r="T17" t="s">
+        <v>619</v>
+      </c>
+      <c r="U17" t="s">
+        <v>620</v>
+      </c>
+      <c r="V17" t="s">
+        <v>621</v>
+      </c>
+      <c r="W17" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>471</v>
+      </c>
+      <c r="B18" t="s">
+        <v>623</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>624</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>625</v>
+      </c>
+      <c r="H18" t="s">
+        <v>626</v>
+      </c>
+      <c r="I18" t="s">
+        <v>485</v>
+      </c>
+      <c r="J18" t="s">
+        <v>564</v>
+      </c>
+      <c r="K18" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>471</v>
+      </c>
+      <c r="B19" t="s">
+        <v>628</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>629</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>630</v>
+      </c>
+      <c r="H19" t="s">
+        <v>631</v>
+      </c>
+      <c r="I19" t="s">
+        <v>632</v>
+      </c>
+      <c r="J19" t="s">
+        <v>633</v>
+      </c>
+      <c r="K19" t="s">
+        <v>634</v>
+      </c>
+      <c r="L19" t="s">
+        <v>635</v>
+      </c>
+      <c r="M19" t="s">
+        <v>636</v>
+      </c>
+      <c r="N19" t="s">
+        <v>637</v>
+      </c>
+      <c r="O19" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>471</v>
+      </c>
+      <c r="B20" t="s">
+        <v>639</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>640</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>641</v>
+      </c>
+      <c r="H20" t="s">
+        <v>642</v>
+      </c>
+      <c r="I20" t="s">
+        <v>643</v>
+      </c>
+      <c r="J20" t="s">
+        <v>644</v>
+      </c>
+      <c r="K20" t="s">
+        <v>645</v>
+      </c>
+      <c r="L20" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>471</v>
+      </c>
+      <c r="B21" t="s">
+        <v>647</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>648</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>649</v>
+      </c>
+      <c r="H21" t="s">
+        <v>650</v>
+      </c>
+      <c r="I21" t="s">
+        <v>538</v>
+      </c>
+      <c r="J21" t="s">
+        <v>525</v>
+      </c>
+      <c r="K21" t="s">
+        <v>651</v>
+      </c>
+      <c r="L21" t="s">
+        <v>652</v>
+      </c>
+      <c r="M21" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>471</v>
+      </c>
+      <c r="B22" t="s">
+        <v>654</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>655</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>656</v>
+      </c>
+      <c r="H22" t="s">
+        <v>657</v>
+      </c>
+      <c r="I22" t="s">
+        <v>658</v>
+      </c>
+      <c r="J22" t="s">
+        <v>486</v>
+      </c>
+      <c r="K22" t="s">
+        <v>659</v>
+      </c>
+      <c r="L22" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>471</v>
+      </c>
+      <c r="B23" t="s">
+        <v>661</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>662</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>663</v>
+      </c>
+      <c r="H23" t="s">
+        <v>664</v>
+      </c>
+      <c r="I23" t="s">
+        <v>658</v>
+      </c>
+      <c r="J23" t="s">
+        <v>665</v>
+      </c>
+      <c r="K23" t="s">
+        <v>666</v>
+      </c>
+      <c r="L23" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>471</v>
+      </c>
+      <c r="B24" t="s">
+        <v>668</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>669</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>670</v>
+      </c>
+      <c r="H24" t="s">
+        <v>671</v>
+      </c>
+      <c r="I24" t="s">
+        <v>658</v>
+      </c>
+      <c r="J24" t="s">
+        <v>644</v>
+      </c>
+      <c r="K24" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>471</v>
+      </c>
+      <c r="B25" t="s">
+        <v>673</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>674</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>675</v>
+      </c>
+      <c r="H25" t="s">
+        <v>676</v>
+      </c>
+      <c r="I25" t="s">
+        <v>658</v>
+      </c>
+      <c r="J25" t="s">
+        <v>548</v>
+      </c>
+      <c r="K25" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>471</v>
+      </c>
+      <c r="B26" t="s">
+        <v>678</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>679</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>680</v>
+      </c>
+      <c r="H26" t="s">
+        <v>681</v>
+      </c>
+      <c r="I26" t="s">
+        <v>682</v>
+      </c>
+      <c r="J26" t="s">
+        <v>555</v>
+      </c>
+      <c r="K26" t="s">
+        <v>683</v>
+      </c>
+      <c r="L26" t="s">
+        <v>684</v>
+      </c>
+      <c r="M26" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>471</v>
+      </c>
+      <c r="B27" t="s">
+        <v>686</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>687</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>688</v>
+      </c>
+      <c r="H27" t="s">
+        <v>689</v>
+      </c>
+      <c r="I27" t="s">
+        <v>690</v>
+      </c>
+      <c r="J27" t="s">
+        <v>500</v>
+      </c>
+      <c r="K27" t="s">
+        <v>691</v>
+      </c>
+      <c r="L27" t="s">
+        <v>692</v>
+      </c>
+      <c r="M27" t="s">
+        <v>693</v>
+      </c>
+      <c r="N27" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>471</v>
+      </c>
+      <c r="B28" t="s">
+        <v>695</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>696</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>697</v>
+      </c>
+      <c r="H28" t="s">
+        <v>698</v>
+      </c>
+      <c r="I28" t="s">
+        <v>699</v>
+      </c>
+      <c r="J28" t="s">
+        <v>500</v>
+      </c>
+      <c r="K28" t="s">
+        <v>700</v>
+      </c>
+      <c r="L28" t="s">
+        <v>701</v>
+      </c>
+      <c r="M28" t="s">
+        <v>702</v>
+      </c>
+      <c r="N28" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>471</v>
+      </c>
+      <c r="B29" t="s">
+        <v>704</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>705</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>706</v>
+      </c>
+      <c r="H29" t="s">
+        <v>707</v>
+      </c>
+      <c r="I29" t="s">
+        <v>708</v>
+      </c>
+      <c r="J29" t="s">
+        <v>709</v>
+      </c>
+      <c r="K29" t="s">
+        <v>710</v>
+      </c>
+      <c r="L29" t="s">
+        <v>711</v>
+      </c>
+      <c r="M29" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>471</v>
+      </c>
+      <c r="B30" t="s">
+        <v>713</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>714</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>715</v>
+      </c>
+      <c r="H30" t="s">
+        <v>716</v>
+      </c>
+      <c r="I30" t="s">
+        <v>717</v>
+      </c>
+      <c r="J30" t="s">
+        <v>564</v>
+      </c>
+      <c r="K30" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>471</v>
+      </c>
+      <c r="B31" t="s">
+        <v>719</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>720</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>721</v>
+      </c>
+      <c r="H31" t="s">
+        <v>722</v>
+      </c>
+      <c r="I31" t="s">
+        <v>723</v>
+      </c>
+      <c r="J31" t="s">
+        <v>600</v>
+      </c>
+      <c r="K31" t="s">
+        <v>724</v>
+      </c>
+      <c r="L31" t="s">
+        <v>725</v>
+      </c>
+      <c r="M31" t="s">
+        <v>726</v>
+      </c>
+      <c r="N31" t="s">
+        <v>727</v>
+      </c>
+      <c r="O31" t="s">
+        <v>728</v>
+      </c>
+      <c r="P31" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>471</v>
+      </c>
+      <c r="B32" t="s">
+        <v>730</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>731</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>732</v>
+      </c>
+      <c r="H32" t="s">
+        <v>733</v>
+      </c>
+      <c r="I32" t="s">
+        <v>734</v>
+      </c>
+      <c r="J32" t="s">
+        <v>735</v>
+      </c>
+      <c r="K32" t="s">
+        <v>736</v>
+      </c>
+      <c r="L32" t="s">
+        <v>737</v>
+      </c>
+      <c r="M32" t="s">
+        <v>738</v>
+      </c>
+      <c r="N32" t="s">
+        <v>739</v>
+      </c>
+      <c r="O32" t="s">
+        <v>740</v>
+      </c>
+      <c r="P32" t="s">
+        <v>741</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>471</v>
+      </c>
+      <c r="B33" t="s">
+        <v>743</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>744</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>745</v>
+      </c>
+      <c r="H33" t="s">
+        <v>746</v>
+      </c>
+      <c r="I33" t="s">
+        <v>747</v>
+      </c>
+      <c r="J33" t="s">
+        <v>748</v>
+      </c>
+      <c r="K33" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>471</v>
+      </c>
+      <c r="B34" t="s">
+        <v>750</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>560</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>751</v>
+      </c>
+      <c r="H34" t="s">
+        <v>752</v>
+      </c>
+      <c r="I34" t="s">
+        <v>753</v>
+      </c>
+      <c r="J34" t="s">
+        <v>564</v>
+      </c>
+      <c r="K34" t="s">
+        <v>754</v>
+      </c>
+      <c r="L34" t="s">
+        <v>755</v>
+      </c>
+      <c r="M34" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>471</v>
+      </c>
+      <c r="B35" t="s">
+        <v>757</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>560</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>758</v>
+      </c>
+      <c r="H35" t="s">
+        <v>759</v>
+      </c>
+      <c r="I35" t="s">
+        <v>760</v>
+      </c>
+      <c r="J35" t="s">
+        <v>761</v>
+      </c>
+      <c r="K35" t="s">
+        <v>762</v>
+      </c>
+      <c r="L35" t="s">
+        <v>763</v>
+      </c>
+      <c r="M35" t="s">
+        <v>764</v>
+      </c>
+      <c r="N35" t="s">
+        <v>765</v>
+      </c>
+      <c r="O35" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>471</v>
+      </c>
+      <c r="B36" t="s">
+        <v>766</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>496</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>767</v>
+      </c>
+      <c r="H36" t="s">
+        <v>768</v>
+      </c>
+      <c r="I36" t="s">
+        <v>769</v>
+      </c>
+      <c r="J36" t="s">
+        <v>500</v>
+      </c>
+      <c r="K36" t="s">
+        <v>770</v>
+      </c>
+      <c r="L36" t="s">
+        <v>771</v>
+      </c>
+      <c r="M36" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>471</v>
+      </c>
+      <c r="B37" t="s">
+        <v>773</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>774</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>775</v>
+      </c>
+      <c r="H37" t="s">
+        <v>776</v>
+      </c>
+      <c r="I37" t="s">
+        <v>777</v>
+      </c>
+      <c r="J37" t="s">
+        <v>778</v>
+      </c>
+      <c r="K37" t="s">
+        <v>779</v>
+      </c>
+      <c r="L37" t="s">
+        <v>780</v>
+      </c>
+      <c r="M37" t="s">
+        <v>781</v>
+      </c>
+      <c r="N37" t="s">
+        <v>782</v>
+      </c>
+      <c r="O37" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>471</v>
+      </c>
+      <c r="B38" t="s">
+        <v>784</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>785</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>786</v>
+      </c>
+      <c r="H38" t="s">
+        <v>787</v>
+      </c>
+      <c r="I38" t="s">
+        <v>788</v>
+      </c>
+      <c r="J38" t="s">
+        <v>789</v>
+      </c>
+      <c r="K38" t="s">
+        <v>790</v>
+      </c>
+      <c r="L38" t="s">
+        <v>791</v>
+      </c>
+      <c r="M38" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>471</v>
+      </c>
+      <c r="B39" t="s">
+        <v>793</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>794</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>795</v>
+      </c>
+      <c r="H39" t="s">
+        <v>796</v>
+      </c>
+      <c r="I39" t="s">
+        <v>797</v>
+      </c>
+      <c r="J39" t="s">
+        <v>644</v>
+      </c>
+      <c r="K39" t="s">
+        <v>798</v>
+      </c>
+      <c r="L39" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>471</v>
+      </c>
+      <c r="B40" t="s">
+        <v>800</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>801</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>802</v>
+      </c>
+      <c r="H40" t="s">
+        <v>803</v>
+      </c>
+      <c r="I40" t="s">
+        <v>804</v>
+      </c>
+      <c r="J40" t="s">
+        <v>477</v>
+      </c>
+      <c r="K40" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>471</v>
+      </c>
+      <c r="B41" t="s">
+        <v>806</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>807</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>808</v>
+      </c>
+      <c r="H41" t="s">
+        <v>809</v>
+      </c>
+      <c r="I41" t="s">
+        <v>810</v>
+      </c>
+      <c r="J41" t="s">
+        <v>778</v>
+      </c>
+      <c r="K41" t="s">
+        <v>811</v>
+      </c>
+      <c r="L41" t="s">
+        <v>812</v>
+      </c>
+      <c r="M41" t="s">
+        <v>813</v>
+      </c>
+      <c r="N41" t="s">
+        <v>814</v>
+      </c>
+      <c r="O41" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>471</v>
+      </c>
+      <c r="B42" t="s">
+        <v>816</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>817</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>818</v>
+      </c>
+      <c r="H42" t="s">
+        <v>819</v>
+      </c>
+      <c r="I42" t="s">
+        <v>769</v>
+      </c>
+      <c r="J42" t="s">
+        <v>820</v>
+      </c>
+      <c r="K42" t="s">
+        <v>821</v>
+      </c>
+      <c r="L42" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>471</v>
+      </c>
+      <c r="B43" t="s">
+        <v>823</v>
+      </c>
+      <c r="C43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>824</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>825</v>
+      </c>
+      <c r="H43" t="s">
+        <v>826</v>
+      </c>
+      <c r="I43" t="s">
+        <v>827</v>
+      </c>
+      <c r="J43" t="s">
+        <v>828</v>
+      </c>
+      <c r="K43" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>471</v>
+      </c>
+      <c r="B44" t="s">
+        <v>830</v>
+      </c>
+      <c r="C44" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>831</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>832</v>
+      </c>
+      <c r="H44" t="s">
+        <v>833</v>
+      </c>
+      <c r="I44" t="s">
+        <v>834</v>
+      </c>
+      <c r="J44" t="s">
+        <v>609</v>
+      </c>
+      <c r="K44" t="s">
+        <v>835</v>
+      </c>
+      <c r="L44" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>471</v>
+      </c>
+      <c r="B45" t="s">
+        <v>837</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>838</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>839</v>
+      </c>
+      <c r="H45" t="s">
+        <v>840</v>
+      </c>
+      <c r="I45" t="s">
+        <v>841</v>
+      </c>
+      <c r="J45" t="s">
+        <v>842</v>
+      </c>
+      <c r="K45" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>471</v>
+      </c>
+      <c r="B46" t="s">
+        <v>844</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>845</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>846</v>
+      </c>
+      <c r="H46" t="s">
+        <v>847</v>
+      </c>
+      <c r="I46" t="s">
+        <v>848</v>
+      </c>
+      <c r="J46" t="s">
+        <v>849</v>
+      </c>
+      <c r="K46" t="s">
+        <v>850</v>
+      </c>
+      <c r="L46" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>471</v>
+      </c>
+      <c r="B47" t="s">
+        <v>852</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>560</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>853</v>
+      </c>
+      <c r="H47" t="s">
+        <v>854</v>
+      </c>
+      <c r="I47" t="s">
+        <v>632</v>
+      </c>
+      <c r="J47" t="s">
+        <v>855</v>
+      </c>
+      <c r="K47" t="s">
+        <v>856</v>
+      </c>
+      <c r="L47" t="s">
+        <v>857</v>
+      </c>
+      <c r="M47" t="s">
+        <v>858</v>
+      </c>
+      <c r="N47" t="s">
+        <v>859</v>
+      </c>
+      <c r="O47" t="s">
+        <v>860</v>
+      </c>
+      <c r="P47" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>471</v>
+      </c>
+      <c r="B48" t="s">
+        <v>861</v>
+      </c>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>560</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>862</v>
+      </c>
+      <c r="H48" t="s">
+        <v>863</v>
+      </c>
+      <c r="I48" t="s">
+        <v>632</v>
+      </c>
+      <c r="J48" t="s">
+        <v>564</v>
+      </c>
+      <c r="K48" t="s">
+        <v>864</v>
+      </c>
+      <c r="L48" t="s">
+        <v>865</v>
+      </c>
+      <c r="M48" t="s">
+        <v>866</v>
+      </c>
+      <c r="N48" t="s">
+        <v>867</v>
+      </c>
+      <c r="O48" t="s">
+        <v>868</v>
+      </c>
+      <c r="P48" t="s">
+        <v>869</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>870</v>
+      </c>
+      <c r="R48" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>471</v>
+      </c>
+      <c r="B49" t="s">
+        <v>871</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>560</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>872</v>
+      </c>
+      <c r="H49" t="s">
+        <v>873</v>
+      </c>
+      <c r="I49" t="s">
+        <v>874</v>
+      </c>
+      <c r="J49" t="s">
+        <v>564</v>
+      </c>
+      <c r="K49" t="s">
+        <v>875</v>
+      </c>
+      <c r="L49" t="s">
+        <v>876</v>
+      </c>
+      <c r="M49" t="s">
+        <v>877</v>
+      </c>
+      <c r="N49" t="s">
+        <v>878</v>
+      </c>
+      <c r="O49" t="s">
+        <v>879</v>
+      </c>
+      <c r="P49" t="s">
+        <v>880</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>881</v>
+      </c>
+      <c r="R49" t="s">
+        <v>882</v>
+      </c>
+      <c r="S49" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>471</v>
+      </c>
+      <c r="B50" t="s">
+        <v>883</v>
+      </c>
+      <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>884</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>885</v>
+      </c>
+      <c r="H50" t="s">
+        <v>886</v>
+      </c>
+      <c r="I50" t="s">
+        <v>887</v>
+      </c>
+      <c r="J50" t="s">
+        <v>888</v>
+      </c>
+      <c r="K50" t="s">
+        <v>889</v>
+      </c>
+      <c r="L50" t="s">
+        <v>890</v>
+      </c>
+      <c r="M50" t="s">
+        <v>891</v>
+      </c>
+      <c r="N50" t="s">
+        <v>892</v>
+      </c>
+      <c r="O50" t="s">
+        <v>893</v>
+      </c>
+      <c r="P50" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>471</v>
+      </c>
+      <c r="B51" t="s">
+        <v>895</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>896</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>897</v>
+      </c>
+      <c r="H51" t="s">
+        <v>898</v>
+      </c>
+      <c r="I51" t="s">
+        <v>899</v>
+      </c>
+      <c r="J51" t="s">
+        <v>900</v>
+      </c>
+      <c r="K51" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>471</v>
+      </c>
+      <c r="B52" t="s">
+        <v>902</v>
+      </c>
+      <c r="C52" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>903</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>904</v>
+      </c>
+      <c r="H52" t="s">
+        <v>905</v>
+      </c>
+      <c r="I52" t="s">
+        <v>906</v>
+      </c>
+      <c r="J52" t="s">
+        <v>564</v>
+      </c>
+      <c r="K52" t="s">
+        <v>907</v>
+      </c>
+      <c r="L52" t="s">
+        <v>908</v>
+      </c>
+      <c r="M52" t="s">
+        <v>909</v>
+      </c>
+      <c r="N52" t="s">
+        <v>910</v>
+      </c>
+      <c r="O52" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>471</v>
+      </c>
+      <c r="B53" t="s">
+        <v>912</v>
+      </c>
+      <c r="C53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>913</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>914</v>
+      </c>
+      <c r="H53" t="s">
+        <v>915</v>
+      </c>
+      <c r="I53" t="s">
+        <v>916</v>
+      </c>
+      <c r="J53" t="s">
+        <v>477</v>
+      </c>
+      <c r="K53" t="s">
+        <v>917</v>
+      </c>
+      <c r="L53" t="s">
+        <v>918</v>
+      </c>
+      <c r="M53" t="s">
+        <v>919</v>
+      </c>
+      <c r="N53" t="s">
+        <v>920</v>
+      </c>
+      <c r="O53" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>471</v>
+      </c>
+      <c r="B54" t="s">
+        <v>922</v>
+      </c>
+      <c r="C54" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>923</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>924</v>
+      </c>
+      <c r="H54" t="s">
+        <v>925</v>
+      </c>
+      <c r="I54" t="s">
+        <v>926</v>
+      </c>
+      <c r="J54" t="s">
+        <v>927</v>
+      </c>
+      <c r="K54" t="s">
+        <v>928</v>
+      </c>
+      <c r="L54" t="s">
+        <v>929</v>
+      </c>
+      <c r="M54" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>471</v>
+      </c>
+      <c r="B55" t="s">
+        <v>931</v>
+      </c>
+      <c r="C55" t="s">
+        <v>12</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>932</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>933</v>
+      </c>
+      <c r="H55" t="s">
+        <v>934</v>
+      </c>
+      <c r="I55" t="s">
+        <v>632</v>
+      </c>
+      <c r="J55" t="s">
+        <v>935</v>
+      </c>
+      <c r="K55" t="s">
+        <v>936</v>
+      </c>
+      <c r="L55" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>471</v>
+      </c>
+      <c r="B56" t="s">
+        <v>938</v>
+      </c>
+      <c r="C56" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>939</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>940</v>
+      </c>
+      <c r="H56" t="s">
+        <v>941</v>
+      </c>
+      <c r="I56" t="s">
+        <v>848</v>
+      </c>
+      <c r="J56" t="s">
+        <v>581</v>
+      </c>
+      <c r="K56" t="s">
+        <v>942</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>943</v>
+      </c>
+      <c r="B2" t="s">
+        <v>944</v>
+      </c>
+      <c r="C2" t="s">
+        <v>945</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>946</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>947</v>
+      </c>
+      <c r="H2" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>943</v>
+      </c>
+      <c r="B3" t="s">
+        <v>949</v>
+      </c>
+      <c r="C3" t="s">
+        <v>950</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>951</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>952</v>
+      </c>
+      <c r="H3" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>943</v>
+      </c>
+      <c r="B4" t="s">
+        <v>954</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>955</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>956</v>
+      </c>
+      <c r="H4" t="s">
+        <v>957</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H25"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D3" t="s">
+        <v>66</v>
+      </c>
+      <c r="E3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>68</v>
+      </c>
+      <c r="H3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>57</v>
+      </c>
+      <c r="B4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D4" t="s">
+        <v>72</v>
+      </c>
+      <c r="E4" t="s">
+        <v>73</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H4" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>57</v>
+      </c>
+      <c r="B5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C5" t="s">
+        <v>77</v>
+      </c>
+      <c r="D5" t="s">
+        <v>78</v>
+      </c>
+      <c r="E5" t="s">
+        <v>79</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>80</v>
+      </c>
+      <c r="H5" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>82</v>
+      </c>
+      <c r="C6" t="s">
+        <v>83</v>
+      </c>
+      <c r="D6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E6" t="s">
+        <v>84</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>85</v>
+      </c>
+      <c r="H6" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>87</v>
+      </c>
+      <c r="C7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D7" t="s">
+        <v>78</v>
+      </c>
+      <c r="E7" t="s">
+        <v>88</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>89</v>
+      </c>
+      <c r="H7" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D8" t="s">
+        <v>78</v>
+      </c>
+      <c r="E8" t="s">
+        <v>79</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>92</v>
+      </c>
+      <c r="H8" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>57</v>
+      </c>
+      <c r="B9" t="s">
+        <v>94</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
+        <v>79</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>95</v>
+      </c>
+      <c r="H9" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D10" t="s">
+        <v>98</v>
+      </c>
+      <c r="E10" t="s">
+        <v>99</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>100</v>
+      </c>
+      <c r="H10" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>57</v>
+      </c>
+      <c r="B11" t="s">
+        <v>102</v>
+      </c>
+      <c r="C11" t="s">
+        <v>103</v>
+      </c>
+      <c r="D11" t="s">
+        <v>104</v>
+      </c>
+      <c r="E11" t="s">
+        <v>105</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>106</v>
+      </c>
+      <c r="H11" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>57</v>
+      </c>
+      <c r="B12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C12" t="s">
+        <v>109</v>
+      </c>
+      <c r="D12" t="s">
+        <v>110</v>
+      </c>
+      <c r="E12" t="s">
+        <v>111</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>112</v>
+      </c>
+      <c r="H12" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" t="s">
+        <v>114</v>
+      </c>
+      <c r="C13" t="s">
+        <v>115</v>
+      </c>
+      <c r="D13" t="s">
+        <v>110</v>
+      </c>
+      <c r="E13" t="s">
+        <v>111</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H13" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>119</v>
+      </c>
+      <c r="D14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>121</v>
+      </c>
+      <c r="H14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>57</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D15" t="s">
+        <v>110</v>
+      </c>
+      <c r="E15" t="s">
+        <v>120</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>125</v>
+      </c>
+      <c r="H15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>57</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>124</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>111</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>128</v>
+      </c>
+      <c r="H16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>57</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>131</v>
+      </c>
+      <c r="D17" t="s">
+        <v>110</v>
+      </c>
+      <c r="E17" t="s">
+        <v>120</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>132</v>
+      </c>
+      <c r="H17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>57</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>135</v>
+      </c>
+      <c r="D18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E18" t="s">
+        <v>120</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>136</v>
+      </c>
+      <c r="H18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>57</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>139</v>
+      </c>
+      <c r="D19" t="s">
+        <v>110</v>
+      </c>
+      <c r="E19" t="s">
+        <v>111</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>140</v>
+      </c>
+      <c r="H19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>57</v>
+      </c>
+      <c r="B20" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" t="s">
+        <v>124</v>
+      </c>
+      <c r="D20" t="s">
+        <v>110</v>
+      </c>
+      <c r="E20" t="s">
+        <v>111</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>143</v>
+      </c>
+      <c r="H20" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>57</v>
+      </c>
+      <c r="B21" t="s">
+        <v>145</v>
+      </c>
+      <c r="C21" t="s">
+        <v>119</v>
+      </c>
+      <c r="D21" t="s">
+        <v>110</v>
+      </c>
+      <c r="E21" t="s">
+        <v>120</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>146</v>
+      </c>
+      <c r="H21" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B22" t="s">
+        <v>148</v>
+      </c>
+      <c r="C22" t="s">
+        <v>119</v>
+      </c>
+      <c r="D22" t="s">
+        <v>110</v>
+      </c>
+      <c r="E22" t="s">
+        <v>120</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>149</v>
+      </c>
+      <c r="H22" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>57</v>
+      </c>
+      <c r="B23" t="s">
+        <v>151</v>
+      </c>
+      <c r="C23" t="s">
+        <v>152</v>
+      </c>
+      <c r="D23" t="s">
+        <v>153</v>
+      </c>
+      <c r="E23" t="s">
+        <v>154</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>155</v>
+      </c>
+      <c r="H23" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>57</v>
+      </c>
+      <c r="B24" t="s">
+        <v>157</v>
+      </c>
+      <c r="C24" t="s">
+        <v>158</v>
+      </c>
+      <c r="D24" t="s">
+        <v>159</v>
+      </c>
+      <c r="E24" t="s">
+        <v>160</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>161</v>
+      </c>
+      <c r="H24" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>57</v>
+      </c>
+      <c r="B25" t="s">
+        <v>163</v>
+      </c>
+      <c r="C25" t="s">
+        <v>164</v>
+      </c>
+      <c r="D25" t="s">
+        <v>165</v>
+      </c>
+      <c r="E25" t="s">
+        <v>166</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>167</v>
+      </c>
+      <c r="H25" t="s">
+        <v>168</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>169</v>
+      </c>
+      <c r="B2" t="s">
+        <v>170</v>
+      </c>
+      <c r="C2" t="s">
+        <v>171</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>173</v>
+      </c>
+      <c r="H2" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B3" t="s">
+        <v>175</v>
+      </c>
+      <c r="C3" t="s">
+        <v>176</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>178</v>
+      </c>
+      <c r="H3" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>169</v>
+      </c>
+      <c r="B4" t="s">
+        <v>180</v>
+      </c>
+      <c r="C4" t="s">
+        <v>181</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>182</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>183</v>
+      </c>
+      <c r="H4" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>169</v>
+      </c>
+      <c r="B5" t="s">
+        <v>185</v>
+      </c>
+      <c r="C5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>187</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>188</v>
+      </c>
+      <c r="H5" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>169</v>
+      </c>
+      <c r="B6" t="s">
+        <v>190</v>
+      </c>
+      <c r="C6" t="s">
         <v>191</v>
       </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>192</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>193</v>
+      </c>
+      <c r="H6" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>169</v>
+      </c>
+      <c r="B7" t="s">
+        <v>195</v>
+      </c>
+      <c r="C7" t="s">
+        <v>196</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>197</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>198</v>
+      </c>
+      <c r="H7" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>169</v>
+      </c>
+      <c r="B8" t="s">
+        <v>200</v>
+      </c>
+      <c r="C8" t="s">
+        <v>201</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>202</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>203</v>
+      </c>
+      <c r="H8" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>169</v>
+      </c>
+      <c r="B9" t="s">
+        <v>205</v>
+      </c>
+      <c r="C9" t="s">
+        <v>206</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>207</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>208</v>
+      </c>
+      <c r="H9" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>169</v>
+      </c>
+      <c r="B10" t="s">
+        <v>210</v>
+      </c>
+      <c r="C10" t="s">
+        <v>211</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>212</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>213</v>
+      </c>
+      <c r="H10" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>169</v>
+      </c>
+      <c r="B11" t="s">
+        <v>215</v>
+      </c>
+      <c r="C11" t="s">
+        <v>216</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>187</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>217</v>
+      </c>
+      <c r="H11" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>169</v>
+      </c>
+      <c r="B12" t="s">
+        <v>219</v>
+      </c>
+      <c r="C12" t="s">
+        <v>220</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>221</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>222</v>
+      </c>
+      <c r="H12" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>169</v>
+      </c>
+      <c r="B13" t="s">
+        <v>224</v>
+      </c>
+      <c r="C13" t="s">
+        <v>225</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>226</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>227</v>
+      </c>
+      <c r="H13" t="s">
+        <v>228</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>229</v>
+      </c>
       <c r="B2" t="s">
-        <v>192</v>
+        <v>230</v>
       </c>
       <c r="C2" t="s">
-        <v>193</v>
+        <v>231</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>194</v>
+        <v>232</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>195</v>
+        <v>233</v>
       </c>
       <c r="H2" t="s">
-        <v>196</v>
+        <v>234</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B3" t="s">
+        <v>235</v>
+      </c>
+      <c r="C3" t="s">
+        <v>236</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H3" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>229</v>
+      </c>
+      <c r="B4" t="s">
+        <v>239</v>
+      </c>
+      <c r="C4" t="s">
+        <v>240</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>241</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>242</v>
+      </c>
+      <c r="H4" t="s">
+        <v>243</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>244</v>
+      </c>
+      <c r="B2" t="s">
+        <v>245</v>
+      </c>
+      <c r="C2" t="s">
+        <v>246</v>
+      </c>
+      <c r="D2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>249</v>
+      </c>
+      <c r="H2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>244</v>
+      </c>
+      <c r="B3" t="s">
+        <v>251</v>
+      </c>
+      <c r="C3" t="s">
+        <v>252</v>
+      </c>
+      <c r="D3" t="s">
+        <v>253</v>
+      </c>
+      <c r="E3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>255</v>
+      </c>
+      <c r="H3" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>244</v>
+      </c>
+      <c r="B4" t="s">
+        <v>257</v>
+      </c>
+      <c r="C4" t="s">
+        <v>258</v>
+      </c>
+      <c r="D4" t="s">
+        <v>259</v>
+      </c>
+      <c r="E4" t="s">
+        <v>260</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>261</v>
+      </c>
+      <c r="H4" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>244</v>
+      </c>
+      <c r="B5" t="s">
+        <v>263</v>
+      </c>
+      <c r="C5" t="s">
+        <v>264</v>
+      </c>
+      <c r="D5" t="s">
+        <v>265</v>
+      </c>
+      <c r="E5" t="s">
+        <v>266</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>267</v>
+      </c>
+      <c r="H5" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>244</v>
+      </c>
+      <c r="B6" t="s">
+        <v>269</v>
+      </c>
+      <c r="C6" t="s">
+        <v>270</v>
+      </c>
+      <c r="D6" t="s">
+        <v>271</v>
+      </c>
+      <c r="E6" t="s">
+        <v>272</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>273</v>
+      </c>
+      <c r="H6" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>244</v>
+      </c>
+      <c r="B7" t="s">
+        <v>275</v>
+      </c>
+      <c r="C7" t="s">
+        <v>276</v>
+      </c>
+      <c r="D7" t="s">
+        <v>277</v>
+      </c>
+      <c r="E7" t="s">
+        <v>278</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>279</v>
+      </c>
+      <c r="H7" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>244</v>
+      </c>
+      <c r="B8" t="s">
+        <v>281</v>
+      </c>
+      <c r="C8" t="s">
+        <v>282</v>
+      </c>
+      <c r="D8" t="s">
+        <v>283</v>
+      </c>
+      <c r="E8" t="s">
+        <v>284</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>285</v>
+      </c>
+      <c r="H8" t="s">
+        <v>286</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I28"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>288</v>
+      </c>
+      <c r="B2" t="s">
+        <v>289</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>290</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>291</v>
+      </c>
+      <c r="H2" t="s">
+        <v>292</v>
+      </c>
+      <c r="I2" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>288</v>
+      </c>
+      <c r="B3" t="s">
+        <v>294</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>296</v>
+      </c>
+      <c r="H3" t="s">
+        <v>297</v>
+      </c>
+      <c r="I3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>288</v>
+      </c>
+      <c r="B4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>299</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>300</v>
+      </c>
+      <c r="H4" t="s">
+        <v>301</v>
+      </c>
+      <c r="I4" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>288</v>
+      </c>
+      <c r="B5" t="s">
+        <v>302</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>303</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>304</v>
+      </c>
+      <c r="H5" t="s">
+        <v>305</v>
+      </c>
+      <c r="I5" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>288</v>
+      </c>
+      <c r="B6" t="s">
+        <v>307</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>308</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>309</v>
+      </c>
+      <c r="H6" t="s">
+        <v>310</v>
+      </c>
+      <c r="I6" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>288</v>
+      </c>
+      <c r="B7" t="s">
+        <v>311</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>312</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>313</v>
+      </c>
+      <c r="H7" t="s">
+        <v>314</v>
+      </c>
+      <c r="I7" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>288</v>
+      </c>
+      <c r="B8" t="s">
+        <v>315</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>316</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>317</v>
+      </c>
+      <c r="H8" t="s">
+        <v>318</v>
+      </c>
+      <c r="I8" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>288</v>
+      </c>
+      <c r="B9" t="s">
+        <v>319</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>320</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>321</v>
+      </c>
+      <c r="H9" t="s">
+        <v>322</v>
+      </c>
+      <c r="I9" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>288</v>
+      </c>
+      <c r="B10" t="s">
+        <v>323</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>324</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>325</v>
+      </c>
+      <c r="H10" t="s">
+        <v>326</v>
+      </c>
+      <c r="I10" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>288</v>
+      </c>
+      <c r="B11" t="s">
+        <v>327</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>328</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>329</v>
+      </c>
+      <c r="H11" t="s">
+        <v>330</v>
+      </c>
+      <c r="I11" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>288</v>
+      </c>
+      <c r="B12" t="s">
+        <v>331</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>332</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>333</v>
+      </c>
+      <c r="H12" t="s">
+        <v>334</v>
+      </c>
+      <c r="I12" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>288</v>
+      </c>
+      <c r="B13" t="s">
+        <v>335</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>336</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>337</v>
+      </c>
+      <c r="H13" t="s">
+        <v>338</v>
+      </c>
+      <c r="I13" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>288</v>
+      </c>
+      <c r="B14" t="s">
+        <v>339</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>340</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>341</v>
+      </c>
+      <c r="H14" t="s">
+        <v>342</v>
+      </c>
+      <c r="I14" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>288</v>
+      </c>
+      <c r="B15" t="s">
+        <v>343</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>344</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>345</v>
+      </c>
+      <c r="H15" t="s">
+        <v>346</v>
+      </c>
+      <c r="I15" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>288</v>
+      </c>
+      <c r="B16" t="s">
+        <v>347</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>348</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>349</v>
+      </c>
+      <c r="H16" t="s">
+        <v>350</v>
+      </c>
+      <c r="I16" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>288</v>
+      </c>
+      <c r="B17" t="s">
+        <v>351</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>352</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>353</v>
+      </c>
+      <c r="H17" t="s">
+        <v>354</v>
+      </c>
+      <c r="I17" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>288</v>
+      </c>
+      <c r="B18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>356</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>357</v>
+      </c>
+      <c r="H18" t="s">
+        <v>358</v>
+      </c>
+      <c r="I18" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>288</v>
+      </c>
+      <c r="B19" t="s">
+        <v>359</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>360</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>361</v>
+      </c>
+      <c r="H19" t="s">
+        <v>362</v>
+      </c>
+      <c r="I19" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>288</v>
+      </c>
+      <c r="B20" t="s">
+        <v>363</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>364</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>365</v>
+      </c>
+      <c r="H20" t="s">
+        <v>366</v>
+      </c>
+      <c r="I20" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>288</v>
+      </c>
+      <c r="B21" t="s">
+        <v>367</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>368</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>369</v>
+      </c>
+      <c r="H21" t="s">
+        <v>370</v>
+      </c>
+      <c r="I21" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>288</v>
+      </c>
+      <c r="B22" t="s">
+        <v>371</v>
+      </c>
+      <c r="C22" t="s">
+        <v>372</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>373</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>374</v>
+      </c>
+      <c r="H22" t="s">
+        <v>375</v>
+      </c>
+      <c r="I22" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>288</v>
+      </c>
+      <c r="B23" t="s">
+        <v>376</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>377</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>378</v>
+      </c>
+      <c r="H23" t="s">
+        <v>379</v>
+      </c>
+      <c r="I23" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>288</v>
+      </c>
+      <c r="B24" t="s">
+        <v>380</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>381</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>382</v>
+      </c>
+      <c r="H24" t="s">
+        <v>383</v>
+      </c>
+      <c r="I24" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>288</v>
+      </c>
+      <c r="B25" t="s">
+        <v>384</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>385</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>386</v>
+      </c>
+      <c r="H25" t="s">
+        <v>387</v>
+      </c>
+      <c r="I25" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>288</v>
+      </c>
+      <c r="B26" t="s">
+        <v>388</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>389</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>390</v>
+      </c>
+      <c r="H26" t="s">
+        <v>391</v>
+      </c>
+      <c r="I26" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>288</v>
+      </c>
+      <c r="B27" t="s">
+        <v>392</v>
+      </c>
+      <c r="C27" t="s">
+        <v>393</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>394</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>395</v>
+      </c>
+      <c r="H27" t="s">
+        <v>396</v>
+      </c>
+      <c r="I27" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>288</v>
+      </c>
+      <c r="B28" t="s">
+        <v>398</v>
+      </c>
+      <c r="C28" t="s">
+        <v>399</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>400</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>401</v>
+      </c>
+      <c r="H28" t="s">
+        <v>402</v>
+      </c>
+      <c r="I28" t="s">
+        <v>397</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>403</v>
+      </c>
+      <c r="B2" t="s">
+        <v>404</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>405</v>
+      </c>
+      <c r="E2" t="s">
+        <v>406</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>407</v>
+      </c>
+      <c r="H2" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>403</v>
+      </c>
+      <c r="B3" t="s">
+        <v>409</v>
+      </c>
+      <c r="C3" t="s">
+        <v>410</v>
+      </c>
+      <c r="D3" t="s">
+        <v>411</v>
+      </c>
+      <c r="E3" t="s">
+        <v>248</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>412</v>
+      </c>
+      <c r="H3" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>403</v>
+      </c>
+      <c r="B4" t="s">
+        <v>414</v>
+      </c>
+      <c r="C4" t="s">
+        <v>415</v>
+      </c>
+      <c r="D4" t="s">
+        <v>416</v>
+      </c>
+      <c r="E4" t="s">
+        <v>248</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>417</v>
+      </c>
+      <c r="H4" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>403</v>
+      </c>
+      <c r="B5" t="s">
+        <v>419</v>
+      </c>
+      <c r="C5" t="s">
+        <v>420</v>
+      </c>
+      <c r="D5" t="s">
+        <v>421</v>
+      </c>
+      <c r="E5" t="s">
+        <v>67</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>422</v>
+      </c>
+      <c r="H5" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>403</v>
+      </c>
+      <c r="B6" t="s">
+        <v>424</v>
+      </c>
+      <c r="C6" t="s">
+        <v>425</v>
+      </c>
+      <c r="D6" t="s">
+        <v>426</v>
+      </c>
+      <c r="E6" t="s">
+        <v>260</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>427</v>
+      </c>
+      <c r="H6" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>403</v>
+      </c>
+      <c r="B7" t="s">
+        <v>429</v>
+      </c>
+      <c r="C7" t="s">
+        <v>430</v>
+      </c>
+      <c r="D7" t="s">
+        <v>431</v>
+      </c>
+      <c r="E7" t="s">
+        <v>432</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>433</v>
+      </c>
+      <c r="H7" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>403</v>
+      </c>
+      <c r="B8" t="s">
+        <v>435</v>
+      </c>
+      <c r="C8" t="s">
+        <v>436</v>
+      </c>
+      <c r="D8" t="s">
+        <v>437</v>
+      </c>
+      <c r="E8" t="s">
+        <v>254</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>438</v>
+      </c>
+      <c r="H8" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>403</v>
+      </c>
+      <c r="B9" t="s">
+        <v>440</v>
+      </c>
+      <c r="C9" t="s">
+        <v>441</v>
+      </c>
+      <c r="D9" t="s">
+        <v>442</v>
+      </c>
+      <c r="E9" t="s">
+        <v>443</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>444</v>
+      </c>
+      <c r="H9" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>403</v>
+      </c>
+      <c r="B10" t="s">
+        <v>446</v>
+      </c>
+      <c r="C10" t="s">
+        <v>447</v>
+      </c>
+      <c r="D10" t="s">
+        <v>448</v>
+      </c>
+      <c r="E10" t="s">
+        <v>449</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>450</v>
+      </c>
+      <c r="H10" t="s">
+        <v>451</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>452</v>
+      </c>
+      <c r="B2" t="s">
+        <v>453</v>
+      </c>
+      <c r="C2" t="s">
+        <v>454</v>
+      </c>
+      <c r="D2" t="s">
+        <v>455</v>
+      </c>
+      <c r="E2" t="s">
+        <v>456</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>457</v>
+      </c>
+      <c r="H2" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>452</v>
+      </c>
+      <c r="B3" t="s">
+        <v>459</v>
+      </c>
+      <c r="C3" t="s">
+        <v>460</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>461</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>462</v>
+      </c>
+      <c r="H3" t="s">
+        <v>463</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>