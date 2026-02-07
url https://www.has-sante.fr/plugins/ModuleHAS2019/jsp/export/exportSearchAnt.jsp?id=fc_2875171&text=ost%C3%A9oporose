--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1,4693 +1,14731 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation en santé " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Guide usagers" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Communiqué de presse" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId15" sheetId="13"/>
+    <sheet name="Export Medicament" r:id="rId16" sheetId="14"/>
+    <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2246" uniqueCount="1523">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7771" uniqueCount="4860">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>10/02/2024 11:18:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Patient et professionnels de santé : décider ensemble</t>
+  </si>
+  <si>
+    <t>Cet état des lieux a pour objectifs de décrire l’état des connaissances relatives au concept de décision médicale partagée, aux outils d’aide à la décision destinés aux patients et à leurs impacts faire état de la mise en œuvre de la décision médicale partagée en France, au travers des enquêtes de pratiques françaises.</t>
+  </si>
+  <si>
+    <t>01/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2013 12:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
+    <t>https://www.has-sante.fr/jcms/c_1671523/fr/patient-et-professionnels-de-sante-decider-ensemble</t>
+  </si>
+  <si>
+    <t>c_1671523</t>
+  </si>
+  <si>
+    <t>Le patient en auto-administration de ses médicaments en cours d’hospitalisation</t>
+  </si>
+  <si>
+    <t>À la suite de la modification de la règlementation en la matière et de l’ambition d’apporter une réponse à l’engagement du patient dans ses soins, la HAS publie des recommandations visant à fournir un cadre pour sécuriser cette pratique.</t>
+  </si>
+  <si>
+    <t>29/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2025 12:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367704/fr/le-patient-en-auto-administration-de-ses-medicaments-en-cours-d-hospitalisation</t>
+  </si>
+  <si>
+    <t>p_3367704</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique du patient (ETP) : évaluation de l’efficacité et de l’efficience dans les maladies chroniques</t>
+  </si>
+  <si>
+    <t>La HAS propose, dix ans après les premiers rapports d’évaluation, des orientations pour la mise en œuvre des interventions éducatives les plus adaptées aux besoins des patients et des repères pour analyser ou mener des études d’efficacité et d’efficience.</t>
+  </si>
+  <si>
+    <t>27/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2018 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884714/fr/education-therapeutique-du-patient-etp-evaluation-de-l-efficacite-et-de-l-efficience-dans-les-maladies-chroniques</t>
+  </si>
+  <si>
+    <t>c_2884714</t>
+  </si>
+  <si>
+    <t>Qualité de vie : handicap, les problèmes somatiques et les phénomènes douloureux</t>
+  </si>
+  <si>
+    <t>Les personnes handicapées sont susceptibles de manquer de bilans somatiques, d’évaluations et de connaissance des effets secondaires de traitements, qui peuvent conduire à passer à côté de problèmes majeurs de santé. Certaines causes somatiques insoupçonnées paraissent improbables et dissociées des comportements qu’elles génèrent. Les conséquences pour la personne peuvent être irréversibles. Qu’ils soient courants, spécifiques à certaines pathologies (épilepsie, troubles du sommeil, etc.) ou liés au vieillissement, le manque d’investigation dégrade l’état de santé des personnes. Cela peut entraîner des hospitalisations inadaptées et des « comportements-problèmes ».</t>
+  </si>
+  <si>
+    <t>17/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2017 13:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833768/fr/qualite-de-vie-handicap-les-problemes-somatiques-et-les-phenomenes-douloureux</t>
+  </si>
+  <si>
+    <t>c_2833768</t>
+  </si>
+  <si>
+    <t>Méthode d’élaboration d’une démarche de soins type à domicile pour une population définie de personnes en situation de dépendance</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide méthodologique est d'aider un promoteur, société savante ou organisation professionnelle, à élaborer une démarche de soins type pour une pathologie donnée, afin d'organiser la collaboration entre les infirmiers libéraux, les médecins généralistes et les autres professionnels impliqués dans les soins. Ce guide décrit l'importance d'une approche multiprofessionnelle des situations de dépendance à domicile.</t>
+  </si>
+  <si>
+    <t>01/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2004 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_431300/fr/methode-d-elaboration-d-une-demarche-de-soins-type-a-domicile-pour-une-population-definie-de-personnes-en-situation-de-dependance</t>
+  </si>
+  <si>
+    <t>c_431300</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>PREOTACT pen</t>
+  </si>
+  <si>
+    <t>21/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/03/2007 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_497729/fr/preotact-pen</t>
+  </si>
+  <si>
+    <t>c_497729</t>
+  </si>
+  <si>
+    <t>Nycomed France</t>
+  </si>
+  <si>
+    <t>SPINOMED</t>
+  </si>
+  <si>
+    <t>09/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398709/fr/spinomed</t>
+  </si>
+  <si>
+    <t>c_398709</t>
+  </si>
+  <si>
+    <t>MEDI France</t>
+  </si>
+  <si>
+    <t>CHARITE</t>
+  </si>
+  <si>
+    <t>Prothèse totale du disque lombaire</t>
+  </si>
+  <si>
+    <t>18/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2007 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522753/fr/charite</t>
+  </si>
+  <si>
+    <t>c_522753</t>
+  </si>
+  <si>
+    <t>DE PUY France</t>
+  </si>
+  <si>
+    <t>PRODISC L</t>
+  </si>
+  <si>
+    <t>18/04/2007 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522826/fr/prodisc-l</t>
+  </si>
+  <si>
+    <t>c_522826</t>
+  </si>
+  <si>
+    <t>SYNTHES SA (France)</t>
+  </si>
+  <si>
+    <t>KYPHON</t>
+  </si>
+  <si>
+    <t>Dispositifs pour cyphoplastie par ballonnets</t>
+  </si>
+  <si>
+    <t>17/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:26:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748197/fr/kyphon</t>
+  </si>
+  <si>
+    <t>c_1748197</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>KYPHX HV-R et KYPHOS FS</t>
+  </si>
+  <si>
+    <t>16/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2008 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_767026/fr/kyphx-hv-r-et-kyphos-fs</t>
+  </si>
+  <si>
+    <t>c_767026</t>
+  </si>
+  <si>
+    <t>KYPHON France SARL</t>
+  </si>
+  <si>
+    <t>SPINEJACK</t>
+  </si>
+  <si>
+    <t>23/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2024 17:25:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538942/fr/spinejack</t>
+  </si>
+  <si>
+    <t>p_3538942</t>
+  </si>
+  <si>
+    <t>Système de distraction pour réduction de fractures vertébrales</t>
+  </si>
+  <si>
+    <t>STRYKER France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>CONFIDENCE SPINAL CEMENT SYSTEM - 31 mai 2011 (3614) avis</t>
+  </si>
+  <si>
+    <t>Dispositif pour vertébroplastie transcutanée NEURO-CHIRURGIE - Nouveau dispositif Avis défavorable au remboursement dans le traitement des fractures-tassements vertébrales d’origine ostéoporotique ou néoplasique</t>
+  </si>
+  <si>
+    <t>31/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2011 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046274/fr/confidence-spinal-cement-system-31-mai-2011-3614-avis</t>
+  </si>
+  <si>
+    <t>c_1046274</t>
+  </si>
+  <si>
+    <t>DEPUY SPINE (France)</t>
+  </si>
+  <si>
+    <t>CONSERVE PLUS - 05 avril 2011 (3591) avis</t>
+  </si>
+  <si>
+    <t>05/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2011 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036389/fr/conserve-plus-05-avril-2011-3591-avis</t>
+  </si>
+  <si>
+    <t>c_1036389</t>
+  </si>
+  <si>
+    <t>WRIGHT MEDICAL SAS (France)</t>
+  </si>
+  <si>
+    <t>BHR</t>
+  </si>
+  <si>
+    <t>24/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2008 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676088/fr/bhr</t>
+  </si>
+  <si>
+    <t>c_676088</t>
+  </si>
+  <si>
+    <t>SMITH AND NEPHEW</t>
+  </si>
+  <si>
+    <t>MOBIDISC</t>
+  </si>
+  <si>
+    <t>17/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2007 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598652/fr/mobidisc</t>
+  </si>
+  <si>
+    <t>c_598652</t>
+  </si>
+  <si>
+    <t>LDR MEDICAL (France)</t>
+  </si>
+  <si>
+    <t>RECAP/MAGNUM</t>
+  </si>
+  <si>
+    <t>03/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2007 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_596268/fr/recap/magnum</t>
+  </si>
+  <si>
+    <t>c_596268</t>
+  </si>
+  <si>
+    <t>BIOMET (France</t>
+  </si>
+  <si>
+    <t>HINTEGRA</t>
+  </si>
+  <si>
+    <t>Prothèse totale de cheville</t>
+  </si>
+  <si>
+    <t>15/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398662/fr/hintegra</t>
+  </si>
+  <si>
+    <t>c_398662</t>
+  </si>
+  <si>
+    <t>NEWDEAL SA (France)</t>
+  </si>
+  <si>
+    <t>CONSERVE PLUS</t>
+  </si>
+  <si>
+    <t>22/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398768/fr/conserve-plus</t>
+  </si>
+  <si>
+    <t>c_398768</t>
+  </si>
+  <si>
+    <t>WRIGHT MEDICAL</t>
+  </si>
+  <si>
+    <t>AQUATEC ORCA</t>
+  </si>
+  <si>
+    <t>17/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2009 15:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749148/fr/aquatec-orca</t>
+  </si>
+  <si>
+    <t>c_749148</t>
+  </si>
+  <si>
+    <t>INVACARE POIRIER S.A.S. France</t>
+  </si>
+  <si>
+    <t>24/06/2008 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_694507/fr/mobidisc</t>
+  </si>
+  <si>
+    <t>c_694507</t>
+  </si>
+  <si>
+    <t>LDR MEDICAL France</t>
+  </si>
+  <si>
+    <t>SB CHARITE</t>
+  </si>
+  <si>
+    <t>24/06/2008 12:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_694103/fr/sb-charite</t>
+  </si>
+  <si>
+    <t>c_694103</t>
+  </si>
+  <si>
+    <t>MAVERICK</t>
+  </si>
+  <si>
+    <t>24/06/2008 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_694417/fr/maverick</t>
+  </si>
+  <si>
+    <t>c_694417</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France</t>
+  </si>
+  <si>
+    <t>24/06/2008 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_694441/fr/prodisc-l</t>
+  </si>
+  <si>
+    <t>c_694441</t>
+  </si>
+  <si>
+    <t>SYNTHES SA France</t>
+  </si>
+  <si>
+    <t>Avis Prothèses de hanche</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592051/fr/avis-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_592051</t>
+  </si>
+  <si>
+    <t>Ministre</t>
+  </si>
+  <si>
+    <t>25/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2024 10:00:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531481/fr/bhr</t>
+  </si>
+  <si>
+    <t>p_3531481</t>
+  </si>
+  <si>
+    <t>Prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>05/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2020 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187855/fr/mobidisc</t>
+  </si>
+  <si>
+    <t>p_3187855</t>
+  </si>
+  <si>
+    <t>Prothèse totale de disque lombaire</t>
+  </si>
+  <si>
+    <t>ZIMMER BIOMET France / LDR Médical</t>
+  </si>
+  <si>
+    <t>04/06/2020 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186703/fr/prodisc-l</t>
+  </si>
+  <si>
+    <t>p_3186703</t>
+  </si>
+  <si>
+    <t>CENTINEL SPINE SCHWEIZ GMBH</t>
+  </si>
+  <si>
+    <t>BHR (BIRMINGHAM HIP RESURFACING)</t>
+  </si>
+  <si>
+    <t>17/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2020 17:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145936/fr/bhr-birmingham-hip-resurfacing</t>
+  </si>
+  <si>
+    <t>p_3145936</t>
+  </si>
+  <si>
+    <t>prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW S.A.S.</t>
+  </si>
+  <si>
+    <t>Prothèse discale lombaire</t>
+  </si>
+  <si>
+    <t>02/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2015 18:05:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794518/fr/mobidisc</t>
+  </si>
+  <si>
+    <t>c_1794518</t>
+  </si>
+  <si>
+    <t>LDR MEDICAL</t>
+  </si>
+  <si>
+    <t>PRODISC-L</t>
+  </si>
+  <si>
+    <t>12/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2014 15:35:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794396/fr/prodisc-l</t>
+  </si>
+  <si>
+    <t>c_1794396</t>
+  </si>
+  <si>
+    <t>SYNTHES SAS</t>
+  </si>
+  <si>
+    <t>PRODISC-O</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794402/fr/prodisc-o</t>
+  </si>
+  <si>
+    <t>c_1794402</t>
+  </si>
+  <si>
+    <t>07/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2014 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770728/fr/maverick</t>
+  </si>
+  <si>
+    <t>c_1770728</t>
+  </si>
+  <si>
+    <t>CONSERVE PLUS, prothèse de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2013 17:22:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1614973/fr/conserve-plus-prothese-de-hanche-de-resurfacage</t>
+  </si>
+  <si>
+    <t>c_1614973</t>
+  </si>
+  <si>
+    <t>WRIGHT MEDICAL FRANCE</t>
+  </si>
+  <si>
+    <t>BHR, prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1614977/fr/bhr-prothese-totale-de-hanche-de-resurfacage</t>
+  </si>
+  <si>
+    <t>c_1614977</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW Inc.</t>
+  </si>
+  <si>
+    <t>23/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2013 15:19:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528437/fr/prodisc-o</t>
+  </si>
+  <si>
+    <t>c_1528437</t>
+  </si>
+  <si>
+    <t>SYNTHES SAS (France)</t>
+  </si>
+  <si>
+    <t>06/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2013 17:39:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334082/fr/prodisc-l</t>
+  </si>
+  <si>
+    <t>c_1334082</t>
+  </si>
+  <si>
+    <t>11/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2012 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1341710/fr/prodisc-l</t>
+  </si>
+  <si>
+    <t>c_1341710</t>
+  </si>
+  <si>
+    <t>BHR - 27 septembre 2011 (3267) avis</t>
+  </si>
+  <si>
+    <t>27/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2011 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054314/fr/bhr-27-septembre-2011-3267-avis</t>
+  </si>
+  <si>
+    <t>c_1054314</t>
+  </si>
+  <si>
+    <t>SMITH AND NEPHEW (France)</t>
+  </si>
+  <si>
+    <t>RM CLASSIC &amp; PRESSFIT - 17 mai 2011 (3676) avis</t>
+  </si>
+  <si>
+    <t>17/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2011 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046307/fr/rm-classic-pressfit-17-mai-2011-3676-avis</t>
+  </si>
+  <si>
+    <t>c_1046307</t>
+  </si>
+  <si>
+    <t>MATHYS ORTHOPEDIE S.A.S (France)</t>
+  </si>
+  <si>
+    <t>Insert TRIDENT X3 et tête métallique LFIT de diamètre supérieur ou égal à 32 mm - CNEDiMTS du 23 février 2010 (2386)</t>
+  </si>
+  <si>
+    <t>23/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2010 12:11:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930291/fr/insert-trident-x3-et-tete-metallique-lfit-de-diametre-superieur-ou-egal-a-32-mm-cnedimts-du-23-fevrier-2010-2386</t>
+  </si>
+  <si>
+    <t>c_930291</t>
+  </si>
+  <si>
+    <t>STRYKER France</t>
+  </si>
+  <si>
+    <t>Protection KPH</t>
+  </si>
+  <si>
+    <t>03/10/2007 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598495/fr/protection-kph</t>
+  </si>
+  <si>
+    <t>c_598495</t>
+  </si>
+  <si>
+    <t>GIBAUD SAS (France)</t>
+  </si>
+  <si>
+    <t>HIPS</t>
+  </si>
+  <si>
+    <t>19/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>19/09/2007 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_591978/fr/hips</t>
+  </si>
+  <si>
+    <t>c_591978</t>
+  </si>
+  <si>
+    <t>Laboratoire PAUL HARTMANN</t>
+  </si>
+  <si>
+    <t>Kit collecteur de déchets de soins associé aux aiguilles BD Micro-Fine pour stylos injecteurs</t>
+  </si>
+  <si>
+    <t>04/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2007 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517966/fr/kit-collecteur-de-dechets-de-soins-associe-aux-aiguilles-bd-micro-fine-pour-stylos-injecteurs</t>
+  </si>
+  <si>
+    <t>c_517966</t>
+  </si>
+  <si>
+    <t>BECTON DICKINSON FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>SAFEHIP</t>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2007 14:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_497378/fr/safehip</t>
+  </si>
+  <si>
+    <t>c_497378</t>
+  </si>
+  <si>
+    <t>THUASNE</t>
+  </si>
+  <si>
+    <t>10/01/2007 16:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_488109/fr/safehip</t>
+  </si>
+  <si>
+    <t>c_488109</t>
+  </si>
+  <si>
+    <t>28/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398364/fr/hips</t>
+  </si>
+  <si>
+    <t>c_398364</t>
+  </si>
+  <si>
+    <t>QVORTRUP Medical A/S</t>
+  </si>
+  <si>
+    <t>PROTECTION KPH</t>
+  </si>
+  <si>
+    <t>27/03/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398379/fr/protection-kph</t>
+  </si>
+  <si>
+    <t>c_398379</t>
+  </si>
+  <si>
+    <t>RESPECTA OY (Finlande)</t>
+  </si>
+  <si>
+    <t>A.E.S</t>
+  </si>
+  <si>
+    <t>17/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398661/fr/a-e-s</t>
+  </si>
+  <si>
+    <t>c_398661</t>
+  </si>
+  <si>
+    <t>BIOMET (France)</t>
+  </si>
+  <si>
+    <t>SALTO</t>
+  </si>
+  <si>
+    <t>01/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398664/fr/salto</t>
+  </si>
+  <si>
+    <t>c_398664</t>
+  </si>
+  <si>
+    <t>TORNIER SAS (France)</t>
+  </si>
+  <si>
+    <t>SIMON AIR CHOC</t>
+  </si>
+  <si>
+    <t>13/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398671/fr/simon-air-choc</t>
+  </si>
+  <si>
+    <t>c_398671</t>
+  </si>
+  <si>
+    <t>SIMINOV</t>
+  </si>
+  <si>
+    <t>STAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398686/fr/star</t>
+  </si>
+  <si>
+    <t>c_398686</t>
+  </si>
+  <si>
+    <t>LINK SARL (France)</t>
+  </si>
+  <si>
+    <t>SPINAL-STIM LITE</t>
+  </si>
+  <si>
+    <t>11/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398731/fr/spinal-stim-lite</t>
+  </si>
+  <si>
+    <t>c_398731</t>
+  </si>
+  <si>
+    <t>ORTHOFIX S.A.</t>
+  </si>
+  <si>
+    <t>Phase contradictoire suite à l'avis de projet du 25/01/2023 portant inscription d’activités de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>Avis de projet portant inscription d’activités de télésurveillance médicale sur la liste prévue à l’article L. 162- 52 du code de la sécurité sociale Les présents avis sont pris en application des articles L.162-52 et R.162-84 du code de la sécurité sociale. Ils font suite à l’avis de projet ministériel publié au Journal officiel du 25 janvier 2023 relatif à la création de 5 lignes génériques, parmi lesquelles celle relative à la : Télésurveillance médicale du patient diabétique, Télésurveillance médicale du patient insuffisant respiratoire chronique, Télésurveillance médicale du patient insuffisant rénal chronique, Télésurveillance médicale du patient insuffisant cardiaque chronique, Télésurveillance médicale du patient porteur de prothèse cardiaque implantable à visée thérapeutique. faisant l’objet de ces avis.</t>
+  </si>
+  <si>
+    <t>21/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2023 16:11:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423461/fr/phase-contradictoire-suite-a-l-avis-de-projet-du-25/01/2023-portant-inscription-d-activites-de-telesurveillance-medicale</t>
+  </si>
+  <si>
+    <t>p_3423461</t>
+  </si>
+  <si>
+    <t>22/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2020 16:13:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203476/fr/spinejack</t>
+  </si>
+  <si>
+    <t>p_3203476</t>
+  </si>
+  <si>
+    <t>STRYKER France SAS</t>
+  </si>
+  <si>
+    <t>LARS</t>
+  </si>
+  <si>
+    <t>04/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2019 11:52:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896182/fr/lars</t>
+  </si>
+  <si>
+    <t>c_2896182</t>
+  </si>
+  <si>
+    <t>Ligament artificiel pour le genou</t>
+  </si>
+  <si>
+    <t>LARS SA</t>
+  </si>
+  <si>
+    <t>IFUSE</t>
+  </si>
+  <si>
+    <t>Implant pour arthrodèse de l’articulation sacro-iliaque</t>
+  </si>
+  <si>
+    <t>05/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2018 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2811816/fr/ifuse</t>
+  </si>
+  <si>
+    <t>c_2811816</t>
+  </si>
+  <si>
+    <t>SI-BONE srl European HQ</t>
+  </si>
+  <si>
+    <t>MATRI BONE- 03 mai 2011 (3397) avis</t>
+  </si>
+  <si>
+    <t>Substitut osseux CHIRURGIE – Nouveau dispositif Avis défavorable au remboursement pour le comblement de lésions osseuses d’origine chirurgicale, traumatique ou pathologique</t>
+  </si>
+  <si>
+    <t>03/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2011 13:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028382/fr/matri-bone-03-mai-2011-3397-avis</t>
+  </si>
+  <si>
+    <t>c_1028382</t>
+  </si>
+  <si>
+    <t>BIOM’UP SAS (France)</t>
+  </si>
+  <si>
+    <t>Prothèse de cheville</t>
+  </si>
+  <si>
+    <t>03/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>10/12/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580204/fr/hintegra</t>
+  </si>
+  <si>
+    <t>c_2580204</t>
+  </si>
+  <si>
+    <t>INTEGRA LIFESCIENCES SERVICES</t>
+  </si>
+  <si>
+    <t>TRIDENT X3</t>
+  </si>
+  <si>
+    <t>Prothèse de hanche (élément) : insert</t>
+  </si>
+  <si>
+    <t>18/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>05/12/2014 12:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1777761/fr/trident-x3</t>
+  </si>
+  <si>
+    <t>c_1777761</t>
+  </si>
+  <si>
+    <t>MOBIDISC - 12 juin 2012 (4241) avis</t>
+  </si>
+  <si>
+    <t>12/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>18/06/2012 18:05:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1253089/fr/mobidisc-12-juin-2012-4241-avis</t>
+  </si>
+  <si>
+    <t>c_1253089</t>
+  </si>
+  <si>
+    <t>FLEXIS - 05 avril 2011 (3444) avis</t>
+  </si>
+  <si>
+    <t>Système inter-épineux mobile NEUROCHIRURGIE – Nouveau dispositif Avis défavorable au remboursement dans la maladie lombaire dégénérative</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028543/fr/flexis-05-avril-2011-3444-avis</t>
+  </si>
+  <si>
+    <t>c_1028543</t>
+  </si>
+  <si>
+    <t>HPI SAS France</t>
+  </si>
+  <si>
+    <t>PRESTIGE LP - CNEDiMTS du 22 décembre 2009 (1443)</t>
+  </si>
+  <si>
+    <t>Prothèse discale cervicale à couple de frottement métal-métal</t>
+  </si>
+  <si>
+    <t>22/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2010 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_886673/fr/prestige-lp-cnedimts-du-22-decembre-2009-1443</t>
+  </si>
+  <si>
+    <t>c_886673</t>
+  </si>
+  <si>
+    <t>PRESTIGE LP - CEPP du 21 juillet 2009 (1443)</t>
+  </si>
+  <si>
+    <t>21/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/08/2009 14:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_831716/fr/prestige-lp-cepp-du-21-juillet-2009-1443</t>
+  </si>
+  <si>
+    <t>c_831716</t>
+  </si>
+  <si>
+    <t>DUROM</t>
+  </si>
+  <si>
+    <t>17/02/2009 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749170/fr/durom</t>
+  </si>
+  <si>
+    <t>c_749170</t>
+  </si>
+  <si>
+    <t>ZIMMER France</t>
+  </si>
+  <si>
+    <t>METASUL</t>
+  </si>
+  <si>
+    <t>17/02/2009 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749178/fr/metasul</t>
+  </si>
+  <si>
+    <t>c_749178</t>
+  </si>
+  <si>
+    <t>ASR</t>
+  </si>
+  <si>
+    <t>24/06/2008 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676059/fr/asr</t>
+  </si>
+  <si>
+    <t>c_676059</t>
+  </si>
+  <si>
+    <t>DEPUY France</t>
+  </si>
+  <si>
+    <t>ARCHIMEDES</t>
+  </si>
+  <si>
+    <t>29/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2008 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_667031/fr/archimedes</t>
+  </si>
+  <si>
+    <t>c_667031</t>
+  </si>
+  <si>
+    <t>CODMAN (France)</t>
+  </si>
+  <si>
+    <t>EURO 3800</t>
+  </si>
+  <si>
+    <t>17/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2006 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451161/fr/euro-3800</t>
+  </si>
+  <si>
+    <t>c_451161</t>
+  </si>
+  <si>
+    <t>HOME MEDICAL SERVICE</t>
+  </si>
+  <si>
+    <t>VITOSS SCAFFOLD</t>
+  </si>
+  <si>
+    <t>Substitut synthétique de l'os</t>
+  </si>
+  <si>
+    <t>24/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398498/fr/vitoss-scaffold</t>
+  </si>
+  <si>
+    <t>c_398498</t>
+  </si>
+  <si>
+    <t>ORTHOVITA EUROPE (Belgique)</t>
+  </si>
+  <si>
+    <t>ALDRYS</t>
+  </si>
+  <si>
+    <t>05/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398767/fr/aldrys</t>
+  </si>
+  <si>
+    <t>c_398767</t>
+  </si>
+  <si>
+    <t>MEDICATLANTIC</t>
+  </si>
+  <si>
+    <t>SALUCARTILAGE</t>
+  </si>
+  <si>
+    <t>19/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398796/fr/salucartilage</t>
+  </si>
+  <si>
+    <t>c_398796</t>
+  </si>
+  <si>
+    <t>CARTICEL</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Fragilités osseuses secondaires de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3112119</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Syndrome Post-Poliomyélitique et effet du vieillissement chez les personnes atteintes de séquelles de Poliomyélite Antérieure Aiguë</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome post-polio (SPP) ou de complications liées au vieillissement chez un patient porteur de séquelles de PAA. Il a été élaboré par le Centre de référence pour les maladies neuromusculaires et la SLA de Marseille à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/08/2022 13:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351803/fr/syndrome-post-poliomyelitique-et-effet-du-vieillissement-chez-les-personnes-atteintes-de-sequelles-de-poliomyelite-anterieure-aigue</t>
+  </si>
+  <si>
+    <t>p_3351803</t>
+  </si>
+  <si>
+    <t>Pancréatite Chronique Héréditaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d'une Pancréatite Chronique Héréditaire. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas CRMR PaRaDis, Pancreatic Rare Diseases à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
+  </si>
+  <si>
+    <t>p_3225352</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins bronchopneumopathie chronique obstructive (BPCO)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une bronchopneumopathie chronique obstructive (BPCO). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques de la prise en charge et de 10 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>c_1242507</t>
+  </si>
+  <si>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Syndrome de Turner</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de syndrome de Turner (ST), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de Référence des maladies endocriniennes rares de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632797/fr/syndrome-de-turner</t>
+  </si>
+  <si>
+    <t>c_632797</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Arthrite juvénile idiopathique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), oligoarticulaire ou polyarticulaire sans facteur rhumatoïde. Ces trois formes représentent environ deux tiers des cas. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2009 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_847166/fr/ald-hors-liste-arthrite-juvenile-idiopathique</t>
+  </si>
+  <si>
+    <t>c_847166</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire Facio-Scapulo-Humérale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Dystrophie musculaire Facio-Scapulo-Scapulo-Humérale (DMFSH ou myopathie FSH ou myopathie de Landouzy-Déjerine). Il a été élaboré par le Centre de référence des maladies neuromusculaires et SLA et le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310328/fr/dystrophie-musculaire-facio-scapulo-humerale</t>
+  </si>
+  <si>
+    <t>p_3310328</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Hypophosphatasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’hypophosphatasie (HPP). Il a été élaboré par le centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280131/fr/hypophosphatasie</t>
+  </si>
+  <si>
+    <t>p_3280131</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Amyotrophie spinale infantile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amyotrophie spinale infantile. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245042/fr/amyotrophie-spinale-infantile</t>
+  </si>
+  <si>
+    <t>p_3245042</t>
+  </si>
+  <si>
+    <t>Syndrome Nail-Patella</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome Nail-Patella. Il a été élaboré par le centre de référence des Anomalies du Développement et Syndromes malformatifs Nord Ouest et le centre de référence des Maladies osseuses constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219901/fr/syndrome-nail-patella</t>
+  </si>
+  <si>
+    <t>p_3219901</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Hyperplasie congénitale des surrénales</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé susceptibles de les prendre en charge la prise en charge optimale et le parcours de soins des patients atteints d'hyperplasie congénitale des surrénales par déficit en 21-hydroxylase.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2011 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058546/fr/ald-hors-liste-hyperplasie-congenitale-des-surrenales</t>
+  </si>
+  <si>
+    <t>c_1058546</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Hypoparathyroïdie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
+  </si>
+  <si>
+    <t>c_2789355</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Insensibilités aux androgènes</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de proposer aux professionnels concernés la prise en charge diagnostique et thérapeutique et le parcours de soins optimaux actuels pour les patients atteints d’insensibilité aux androgènes partielle (IPA) ou complète (ICA).</t>
+  </si>
+  <si>
+    <t>10/01/2018 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818977/fr/insensibilites-aux-androgenes</t>
+  </si>
+  <si>
+    <t>c_2818977</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Ostéogenèse imparfaite</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’ostéogenèse imparfaite.</t>
+  </si>
+  <si>
+    <t>04/01/2017 08:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2734084/fr/osteogenese-imparfaite</t>
+  </si>
+  <si>
+    <t>c_2734084</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Hypercalcémie infantile idiopathique (HII)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HII. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 17:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522489/fr/hypercalcemie-infantile-idiopathique-hii</t>
+  </si>
+  <si>
+    <t>p_3522489</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>iPPSD, les pathologies de l’inactivation de la signalisation PTH/PTHrP (anciennement pseudohypoparathyroïdies et maladies associées)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’iPPSD. Il a été élaboré par le Centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3404043/fr/ippsd-les-pathologies-de-l-inactivation-de-la-signalisation-pth/pthrp-anciennement-pseudohypoparathyroidies-et-maladies-associees</t>
+  </si>
+  <si>
+    <t>p_3404043</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Syndrome associé au gène SATB2 (SAS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du SAS. Il a été élaboré par les CRMR et CCMR des Anomalies du développement et syndromes malformatifs de la région Sud-Est CHU de Marseille et CH de Toulon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 09:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278580/fr/syndrome-associe-au-gene-satb2-sas</t>
+  </si>
+  <si>
+    <t>p_3278580</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Syndrome d’Aicardi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d'Aicardi. Il a été élaboré par Centre de référence Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112185/fr/syndrome-d-aicardi</t>
+  </si>
+  <si>
+    <t>p_3112185</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2011 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035501/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_1035501</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035498/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_1035498</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire oculopharyngée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire oculopharyngée. Il a été élaboré par le Centre de référence des maladies neuromusculaires Atlantique Occitanie Caraïbes (AOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374041/fr/dystrophie-musculaire-oculopharyngee</t>
+  </si>
+  <si>
+    <t>p_3374041</t>
+  </si>
+  <si>
+    <t>ALD n° 22 - Polyarthrite rhumatoïde évolutive grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664454/fr/ald-n-22-polyarthrite-rhumatoide-evolutive-grave</t>
+  </si>
+  <si>
+    <t>c_664454</t>
+  </si>
+  <si>
+    <t>ALD n° 27 - Spondylarthrite grave</t>
+  </si>
+  <si>
+    <t>26/09/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900658/fr/ald-n-27-spondylarthrite-grave</t>
+  </si>
+  <si>
+    <t>c_900658</t>
+  </si>
+  <si>
+    <t>Maladie de Gaucher</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Gaucher. Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/05/2022 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339127/fr/maladie-de-gaucher</t>
+  </si>
+  <si>
+    <t>p_3339127</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Lymphangioléiomyomatose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente chez laquelle est diagnostiquée une lymphangioléiomyomatose. Il a été élaboré par le Centre de Référence des maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2021 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264012/fr/lymphangioleiomyomatose</t>
+  </si>
+  <si>
+    <t>c_1264012</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication du gène MECP2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de duplication du gène MECP2. Il a été élaboré par le Centre de Référence CRDI de Strasbourg et le Centre de Référence CLAD Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148006/fr/syndrome-de-duplication-du-gene-mecp2</t>
+  </si>
+  <si>
+    <t>p_3148006</t>
+  </si>
+  <si>
+    <t>Syndrome de Costello</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1288596/fr/syndrome-de-costello</t>
+  </si>
+  <si>
+    <t>c_1288596</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Dysplasie et syndrome de McCune-Albright</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dysplasie fibreuse (DF), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de référence Dysplasie fibreuse et syndrome de McCune-Albright à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351116/fr/dysplasie-et-syndrome-de-mccune-albright</t>
+  </si>
+  <si>
+    <t>p_3351116</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Syndrome CHARGE</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome CHARGE. Il a été élaboré par Centre de Référence Maladies Rares des Anomalies du développement et syndromes malformatifs (SOOR) Filière de Santé Maladies Rares des Anomalies du développement avec ou sans déficience intellectuelle de causes rares (AnDDi-Rares), le Centre de Référence Maladies Rares des Syndromes de Pierre Robin et troubles de succion-déglutition congénitaux (SPRATON) Filière de Santé Maladies Rares des Malformations de la tête, du cou et des dents (TETECOU) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/10/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293875/fr/syndrome-charge</t>
+  </si>
+  <si>
+    <t>p_3293875</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Syndrome de Allan Herndon-Dudley (SAHD)(MCT8 thyroid hormone  transporter)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de Allan Herndon-Dudley (SAHD). Il a été élaboré par le centre de référence des Déficiences Intellectuelles de causes rare, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187176/fr/syndrome-de-allan-herndon-dudley-sahd-mct8-thyroid-hormone-transporter</t>
+  </si>
+  <si>
+    <t>p_3187176</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>c_2776017</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Syndrome de Coffin-Lowry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du SCL. Il a été élaboré par le Centre de référence « Déficiences intellectuelles de causes rares » à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/02/2025 08:59:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591486/fr/syndrome-de-coffin-lowry</t>
+  </si>
+  <si>
+    <t>p_3591486</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Rachitismes rares vitamine D-dépendants</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de rachitisme génétique vitamine D-dépandant. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme de calcium et phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542916/fr/rachitismes-rares-vitamine-d-dependants</t>
+  </si>
+  <si>
+    <t>p_3542916</t>
+  </si>
+  <si>
+    <t>Complexe de Carney</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un complexe de Carney. Il a été élaboré par le Centre de référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522462/fr/complexe-de-carney</t>
+  </si>
+  <si>
+    <t>p_3522462</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type III (GSD III pour Glycogen Storage Disease Type III)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la GSD III. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237036/fr/glycogenose-de-type-iii-gsd-iii-pour-glycogen-storage-disease-type-iii</t>
+  </si>
+  <si>
+    <t>p_3237036</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatite herpétiforme</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636271/fr/maladies-bulleuses-auto-immunes-dermatite-herpetiforme</t>
+  </si>
+  <si>
+    <t>c_2636271</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>Prise en charge en médecine physique et de réadaptation du patient atteint de Spina Bifida</t>
+  </si>
+  <si>
+    <t>Le spina bifida ou dysraphisme spinal, anomalie congénitale de développement du système nerveux et du rachis, a des conséquences sur différents organes. Il génère des handicaps complexes et variables d’un individu à l’autre. Sa prise en charge relève de multiples spécialités médicales et chirurgicales : neurochirurgie, médecine physique et de réadaptation, gastroentérologie, urologie, gynécologie.# Ce PNDS de médecine Physique et de Réadaptation (MPR) ne peut aborder de façon exhaustive la prise en charge MPR, du fait de la diversité des situations rencontrées. Il détaille néanmoins des thèmes phares sélectionnés par les coordinateurs.</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2032137/fr/prise-en-charge-en-medecine-physique-et-de-readaptation-du-patient-atteint-de-spina-bifida</t>
+  </si>
+  <si>
+    <t>c_2032137</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
+    <t>Achondroplasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ACH. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/04/2025 16:14:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602116/fr/achondroplasie</t>
+  </si>
+  <si>
+    <t>p_3602116</t>
+  </si>
+  <si>
+    <t>Alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’alpha-mannosidose (α-Man). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557765/fr/alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>p_3557765</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Chondrodysplasies ponctuées : déficit de la biosynthèse du cholestérol et déficit en arylsulfatase E.</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de chondrodypalsie ponctuée par déficit de la biosynthèse du cholestérol et par déficit en arylsulfatase E. Il a été élaboré par le Centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392237/fr/chondrodysplasies-ponctuees-deficit-de-la-biosynthese-du-cholesterol-et-deficit-en-arylsulfatase-e</t>
+  </si>
+  <si>
+    <t>p_3392237</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+  </si>
+  <si>
+    <t>p_3353115</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome du Grêle Court. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293097/fr/syndrome-du-grele-court-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3293097</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>27/05/2013 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545731/fr/syndromes-periodiques-associes-a-la-cryopyrine-caps</t>
+  </si>
+  <si>
+    <t>c_1545731</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Calpaïnopathies Héréditaires ou Dystrophies musculaires des ceintures  de type R1 (ex-LGMD 2A) et LGMD D4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de calpaïnopathie. Il a été élaboré sous l’égide de la filière FILNEMUS à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689332/fr/calpainopathies-hereditaires-ou-dystrophies-musculaires-des-ceintures-de-type-r1-ex-lgmd-2a-et-lgmd-d4</t>
+  </si>
+  <si>
+    <t>p_3689332</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Guides du parcours de santé de l’adulte et de l’enfant avec épilepsie</t>
+  </si>
+  <si>
+    <t>Ces guides décrivent respectivement les soins, l’accompagnement et le suivi global de l’adulte et l’enfant avec épilepsie. Ils s’adressent aux professionnels de santé et médicosociaux, aux personnes avec épilepsie et à leur entourage. Ils clarifient et détaillent le rôle de chaque intervenant, avec l’objectif de favoriser une offre de santé adaptée à la sévérité ou à la complexité de la maladie de chaque personne.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2023 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444925/fr/guides-du-parcours-de-sante-de-l-adulte-et-de-l-enfant-avec-epilepsie</t>
+  </si>
+  <si>
+    <t>p_3444925</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390276/fr/paralysie-supranucleaire-progressive-et-syndrome-corticobasal</t>
+  </si>
+  <si>
+    <t>p_3390276</t>
+  </si>
+  <si>
+    <t>Lipodystrophies généralisées congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lipodystrophie généralisée congénitale. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391377/fr/lipodystrophies-generalisees-congenitales</t>
+  </si>
+  <si>
+    <t>p_3391377</t>
+  </si>
+  <si>
+    <t>Myopathies reliées au collagène VI</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de myopathies liées au collagène de type VI (COLVI). Il a été élaboré par le Centre de Référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376221/fr/myopathies-reliees-au-collagene-vi</t>
+  </si>
+  <si>
+    <t>p_3376221</t>
+  </si>
+  <si>
+    <t>Syndrome 48,XXYY et autres tétrasomies ou pentasomies des gonosomes chez le garçon</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome 48,XXYY ou d’une autre tétrasomie ou pentasomie des gonosomes chez le garçon. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares DefiBourgogne, le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est et le Centre de compétences Maladies Rares à expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374425/fr/syndrome-48-xxyy-et-autres-tetrasomies-ou-pentasomies-des-gonosomes-chez-le-garcon</t>
+  </si>
+  <si>
+    <t>p_3374425</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Fibroses pulmonaires génétiques de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fibrose pulmonaire d’origine génétique et de ses apparentés. Il a été élaboré par le Centre de référence constitutif des maladies pulmonaire rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/06/2022 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346174/fr/fibroses-pulmonaires-genetiques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3346174</t>
+  </si>
+  <si>
+    <t>Maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Wilson. Il a été élaboré par le Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_640052/fr/maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>c_640052</t>
+  </si>
+  <si>
+    <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>p_3301927</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Hypocholestérolémies génétiques intestinales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’une hypocholestérolémie génétique intestinale. Il a été élaboré par le centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272490/fr/hypocholesterolemies-genetiques-intestinales</t>
+  </si>
+  <si>
+    <t>p_3272490</t>
+  </si>
+  <si>
+    <t>Phéochromocytomes et Paragangliomes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292734/fr/pheochromocytomes-et-paragangliomes</t>
+  </si>
+  <si>
+    <t>p_3292734</t>
+  </si>
+  <si>
+    <t>Arthrogryposes multiples congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrogrypose multiple congénitale. Il a été élaboré par le Centre de référence Anomalies du développement embryonnaire et Syndromes Malformatifs et Maladies neuromusculaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292837/fr/arthrogryposes-multiples-congenitales</t>
+  </si>
+  <si>
+    <t>p_3292837</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Amélogenèses imparfaites</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
+  </si>
+  <si>
+    <t>p_3284538</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Déficits rares en protéines de la coagulation</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit rare d’un facteur de coagulation. Il a été élaboré par le Centre de Référence Hémophilie et autres déficits constitutionnels en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282399/fr/deficits-rares-en-proteines-de-la-coagulation</t>
+  </si>
+  <si>
+    <t>p_3282399</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Syndromes hypertrophiques liés au gène PIK3CA (PROS) sans atteinte cérébrale - Les syndromes CLOVES et de Klippel-Trenaunay</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome CLOVES ou KTS. Il a été élaboré par les Centres de référence et de compétence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/12/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226373/fr/syndromes-hypertrophiques-lies-au-gene-pik3ca-pros-sans-atteinte-cerebrale-les-syndromes-cloves-et-de-klippel-trenaunay</t>
+  </si>
+  <si>
+    <t>p_3226373</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Becker</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Becker.</t>
+  </si>
+  <si>
+    <t>28/01/2020 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121203/fr/dystrophie-musculaire-de-becker</t>
+  </si>
+  <si>
+    <t>p_3121203</t>
+  </si>
+  <si>
+    <t>Syndrome de Wolfram</t>
+  </si>
+  <si>
+    <t>18/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2019 11:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113810/fr/syndrome-de-wolfram</t>
+  </si>
+  <si>
+    <t>p_3113810</t>
+  </si>
+  <si>
+    <t>ALD n° 28 - Suite de transplantation rénale de l'adulte</t>
+  </si>
+  <si>
+    <t>03/10/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/11/2018 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_689330/fr/ald-n-28-suite-de-transplantation-renale-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_689330</t>
+  </si>
+  <si>
+    <t>Hypophosphatémies héréditaires à FGF23 élevé  (dont hypophosphatémies liées à l’x)</t>
+  </si>
+  <si>
+    <t>14/05/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849265/fr/hypophosphatemies-hereditaires-a-fgf23-eleve-dont-hypophosphatemies-liees-a-l-x</t>
+  </si>
+  <si>
+    <t>c_2849265</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>ALD n° 25 - Sclérose en plaques</t>
+  </si>
+  <si>
+    <t>02/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2016 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460315/fr/ald-n-25-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>c_460315</t>
+  </si>
+  <si>
+    <t>Délétion 22q11</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de délétion 22q11.</t>
+  </si>
+  <si>
+    <t>01/02/2016 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589363/fr/deletion-22q11</t>
+  </si>
+  <si>
+    <t>c_2589363</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Prader-Willi</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins des patients atteints du Syndrome de Prader-Willi.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2012 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216145/fr/ald-hors-liste-syndrome-de-prader-willi</t>
+  </si>
+  <si>
+    <t>c_1216145</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CPP - Réunion du 28 mars 2017</t>
+  </si>
+  <si>
+    <t>15/05/2017 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757253/fr/cpp-reunion-du-28-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2757253</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2012</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité CONBRIZA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>20/06/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1258261/fr/commission-de-la-transparence-reunion-du-20-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1258261</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juillet 2010</t>
+  </si>
+  <si>
+    <t>21/07/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969005/fr/commission-de-la-transparence-reunion-du-21-juillet-2010</t>
+  </si>
+  <si>
+    <t>c_969005</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 10 avril 2019</t>
+  </si>
+  <si>
+    <t>19/04/2019 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965072/fr/college-deliberatif-du-10-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2965072</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 janvier 2009</t>
+  </si>
+  <si>
+    <t>21/01/2009 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_735690/fr/commission-de-la-transparence-reunion-du-21-janvier-2009</t>
+  </si>
+  <si>
+    <t>c_735690</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juin 2014</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748274/fr/commission-de-la-transparence-reunion-du-25-juin-2014</t>
+  </si>
+  <si>
+    <t>c_1748274</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 octobre 2010</t>
+  </si>
+  <si>
+    <t>06/10/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987733/fr/commission-de-la-transparence-reunion-du-6-octobre-2010</t>
+  </si>
+  <si>
+    <t>c_987733</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 5 janvier 2023</t>
+  </si>
+  <si>
+    <t>29/03/2023 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424246/fr/college-deliberatif-du-5-janvier-2023</t>
+  </si>
+  <si>
+    <t>p_3424246</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juillet 2009</t>
+  </si>
+  <si>
+    <t>22/07/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827015/fr/commission-de-la-transparence-reunion-du-22-juillet-2009</t>
+  </si>
+  <si>
+    <t>c_827015</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juin 2008</t>
+  </si>
+  <si>
+    <t>25/06/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_673949/fr/commission-de-la-transparence-reunion-du-25-juin-2008</t>
+  </si>
+  <si>
+    <t>c_673949</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 décembre 2024</t>
+  </si>
+  <si>
+    <t>04/12/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3565815/fr/commission-de-la-transparence-reunion-du-11-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3565815</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 16 septembre 2020</t>
+  </si>
+  <si>
+    <t>10/09/2020 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201113/fr/commission-de-la-transparence-reunion-a-distance-du-16-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3201113</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juillet 2018</t>
+  </si>
+  <si>
+    <t>18/07/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864771/fr/commission-de-la-transparence-reunion-du-25-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2864771</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 9 juillet 2013</t>
+  </si>
+  <si>
+    <t>31/07/2013 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647062/fr/cnedimts-reunion-du-9-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1647062</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 octobre 2012</t>
+  </si>
+  <si>
+    <t>03/10/2012 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1314598/fr/commission-de-la-transparence-reunion-du-3-octobre-2012</t>
+  </si>
+  <si>
+    <t>c_1314598</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités PRAVAFENIX et PROCORALAN par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu.</t>
+  </si>
+  <si>
+    <t>06/06/2012 13:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252008/fr/commission-de-la-transparence-reunion-du-6-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1252008</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 septembre 2011</t>
+  </si>
+  <si>
+    <t>14/09/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1096142/fr/commission-de-la-transparence-reunion-du-14-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1096142</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2008</t>
+  </si>
+  <si>
+    <t>06/02/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_628423/fr/commission-de-la-transparence-reunion-du-6-fevrier-2008</t>
+  </si>
+  <si>
+    <t>c_628423</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 10 mars 2021</t>
+  </si>
+  <si>
+    <t>04/03/2021 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240964/fr/commission-de-la-transparence-reunion-a-distance-du-10-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3240964</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 mai 2007</t>
+  </si>
+  <si>
+    <t>09/05/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_602984/fr/commission-de-la-transparence-reunion-du-9-mai-2007</t>
+  </si>
+  <si>
+    <t>c_602984</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 novembre 2024</t>
+  </si>
+  <si>
+    <t>30/10/2024 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554484/fr/commission-de-la-transparence-reunion-du-6-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3554484</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 23 juillet 2024</t>
+  </si>
+  <si>
+    <t>19/07/2024 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531731/fr/cnedimts-du-23-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3531731</t>
+  </si>
+  <si>
+    <t>Regardez en replay - Hypothyroïdies et hyperthyroïdies : quelle prise en charge chez l'adulte ?</t>
+  </si>
+  <si>
+    <t>Regarder en replay le webinaire "Hypothyroïdies et hyperthyroïdies : quelle prise en charge chez l'adulte ?" du 25 avril 2023.</t>
+  </si>
+  <si>
+    <t>14/03/2023 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417973/fr/regardez-en-replay-hypothyroidies-et-hyperthyroidies-quelle-prise-en-charge-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3417973</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 janvier 2018</t>
+  </si>
+  <si>
+    <t>17/01/2018 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820787/fr/commission-de-la-transparence-reunion-du-24-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820787</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 octobre 2009</t>
+  </si>
+  <si>
+    <t>07/10/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_858388/fr/commission-de-la-transparence-reunion-du-7-octobre-2009</t>
+  </si>
+  <si>
+    <t>c_858388</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2007</t>
+  </si>
+  <si>
+    <t>31/07/2007 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_610077/fr/commission-de-la-transparence-reunion-du-5-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_610077</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 septembre 2021</t>
+  </si>
+  <si>
+    <t>01/09/2021 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284404/fr/commission-de-la-transparence-reunion-a-distance-du-8-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3284404</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 28 mai 2020</t>
+  </si>
+  <si>
+    <t>28/05/2020 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186208/fr/college-deliberatif-du-28-mai-2020</t>
+  </si>
+  <si>
+    <t>p_3186208</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 18 septembre 2019</t>
+  </si>
+  <si>
+    <t>13/09/2019 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3111699/fr/college-deliberatif-du-18-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3111699</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 novembre 2017</t>
+  </si>
+  <si>
+    <t>06/11/2017 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803112/fr/commission-de-la-transparence-reunion-du-9-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2803112</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 décembre 2015</t>
+  </si>
+  <si>
+    <t>17/12/2015 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580096/fr/commission-de-la-transparence-reunion-du-16-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2580096</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770401/fr/commission-de-la-transparence-reunion-du-29-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1770401</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 novembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité PLENAXIS par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>16/11/2011 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1120092/fr/commission-de-la-transparence-reunion-du-16-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1120092</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 septembre 2025</t>
+  </si>
+  <si>
+    <t>17/09/2025 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685842/fr/commission-de-la-transparence-reunion-du-24-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3685842</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 4 novembre 2014</t>
+  </si>
+  <si>
+    <t>07/11/2014 13:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1772783/fr/cnedimts-reunion-du-4-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1772783</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juin 2025</t>
+  </si>
+  <si>
+    <t>18/06/2025 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610301/fr/commission-de-la-transparence-reunion-du-25-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3610301</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 21 mai 2024</t>
+  </si>
+  <si>
+    <t>21/05/2024 08:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518255/fr/cnedimts-du-21-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3518255</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mars 2023</t>
+  </si>
+  <si>
+    <t>09/03/2023 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419579/fr/commission-de-la-transparence-reunion-du-15-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3419579</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 05 janvier 2023</t>
+  </si>
+  <si>
+    <t>05/01/2023 10:02:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402669/fr/college-deliberatif-du-05-janvier-2023</t>
+  </si>
+  <si>
+    <t>p_3402669</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 3 février 2021</t>
+  </si>
+  <si>
+    <t>27/01/2021 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234874/fr/commission-de-la-transparence-reunion-a-distance-du-3-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3234874</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 3 décembre 2020</t>
+  </si>
+  <si>
+    <t>28/11/2020 10:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221119/fr/college-deliberatif-du-3-decembre-2020</t>
+  </si>
+  <si>
+    <t>p_3221119</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 21 octobre 2020</t>
+  </si>
+  <si>
+    <t>14/10/2020 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212898/fr/commission-de-la-transparence-reunion-a-distance-du-21-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3212898</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 8 Septembre 2020</t>
+  </si>
+  <si>
+    <t>07/09/2020 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3200189/fr/cnedimts-reunion-du-8-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3200189</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 juillet 2020</t>
+  </si>
+  <si>
+    <t>16/07/2020 08:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194246/fr/commission-de-la-transparence-reunion-a-distance-du-22-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3194246</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 juin 2020</t>
+  </si>
+  <si>
+    <t>03/06/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186779/fr/college-deliberatif-du-4-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3186779</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 16 avril 2019</t>
+  </si>
+  <si>
+    <t>06/04/2020 16:59:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963788/fr/csms-reunion-du-16-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2963788</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 29 janvier 2020</t>
+  </si>
+  <si>
+    <t>24/01/2020 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148159/fr/college-deliberatif-du-29-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3148159</t>
+  </si>
+  <si>
+    <t>Commission impact des recommandations - Réunion du 11 septembre 2019</t>
+  </si>
+  <si>
+    <t>23/10/2019 12:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114497/fr/commission-impact-des-recommandations-reunion-du-11-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3114497</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2018</t>
+  </si>
+  <si>
+    <t>12/09/2018 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869617/fr/commission-de-la-transparence-reunion-du-19-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2869617</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 avril 2018</t>
+  </si>
+  <si>
+    <t>28/03/2018 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839061/fr/commission-de-la-transparence-reunion-du-4-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2839061</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 février 2018</t>
+  </si>
+  <si>
+    <t>14/02/2018 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2828193/fr/commission-de-la-transparence-reunion-du-21-fevrier-2018</t>
+  </si>
+  <si>
+    <t>c_2828193</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 janvier 2018</t>
+  </si>
+  <si>
+    <t>02/01/2018 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2817776/fr/commission-de-la-transparence-reunion-du-10-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2817776</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 28 juin 2017</t>
+  </si>
+  <si>
+    <t>28/06/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776409/fr/college-deliberatif-du-28-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2776409</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 janvier 2016</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587824/fr/commission-de-la-transparence-reunion-du-20-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2587824</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 octobre 2014</t>
+  </si>
+  <si>
+    <t>10/10/2014 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1767049/fr/commission-de-la-transparence-reunion-du-15-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1767049</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 mai 2013</t>
+  </si>
+  <si>
+    <t>29/05/2013 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1581868/fr/commission-de-la-transparence-reunion-du-29-mai-2013</t>
+  </si>
+  <si>
+    <t>c_1581868</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité ONGLYZA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>21/09/2011 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1097913/fr/commission-de-la-transparence-reunion-du-21-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1097913</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2011</t>
+  </si>
+  <si>
+    <t>11/05/2011 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1052758/fr/commission-de-la-transparence-reunion-du-11-mai-2011</t>
+  </si>
+  <si>
+    <t>c_1052758</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 février 2011</t>
+  </si>
+  <si>
+    <t>16/02/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025050/fr/commission-de-la-transparence-reunion-du-16-fevrier-2011</t>
+  </si>
+  <si>
+    <t>c_1025050</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 janvier 2010</t>
+  </si>
+  <si>
+    <t>13/01/2010 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_902439/fr/commission-de-la-transparence-reunion-du-13-janvier-2010</t>
+  </si>
+  <si>
+    <t>c_902439</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 janvier 2009</t>
+  </si>
+  <si>
+    <t>07/01/2009 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_731768/fr/commission-de-la-transparence-reunion-du-7-janvier-2009</t>
+  </si>
+  <si>
+    <t>c_731768</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
+  </si>
+  <si>
+    <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+  </si>
+  <si>
+    <t>p_3223570</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
+  </si>
+  <si>
+    <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
+  </si>
+  <si>
+    <t>07/12/2023 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3477948</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours - Livrables sur les indicateurs BPCO</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours des patients à risque ou atteints de bronchopneumopathie chronique obstructive (BPCO). Tous les livrables de ce parcours sont disponibles, notamment les « Résultats nationaux &amp; régionaux des 7 indicateurs mesurés dans le SNDS (PMSI-DCIR).</t>
+  </si>
+  <si>
+    <t>31/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2022 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333091/fr/indicateurs-de-qualite-du-parcours-livrables-sur-les-indicateurs-bpco</t>
+  </si>
+  <si>
+    <t>p_3333091</t>
+  </si>
+  <si>
+    <t>Patients à risque ou atteints de Bronchopneumopathie Chronique  Obstructive (BPCO) - Indicateurs de qualité du parcours de soins</t>
+  </si>
+  <si>
+    <t>Ce premier rapport est destiné à tous les acteurs intéressés par le parcours des patients à risque ou atteints de BPCO. Il présente les modalités de définition des dix-huit indicateurs de qualité du parcours BPCO. Ceux-ci ont été élaborés à partir des points critiques identifiés dans le guide parcours de soins, pour mesurer et améliorer la qualité de la prise en charge du patient.</t>
+  </si>
+  <si>
+    <t>14/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151500/fr/patients-a-risque-ou-atteints-de-bronchopneumopathie-chronique-obstructive-bpco-indicateurs-de-qualite-du-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>p_3151500</t>
+  </si>
+  <si>
+    <t>Qualité des soins perçue par le patient - Indicateurs PROMs et PREMs : panorama d’expériences étrangères et principaux enseignements</t>
+  </si>
+  <si>
+    <t>Le rapport « Qualité des soins rapportée par le patient - Indicateurs PROMs et PREMs : Panorama d’expériences étrangères et principaux enseignements » présente la situation de la France dans un panorama international, explique en quoi la mise en oeuvre de ces mesures en pratique clinique courante permet d’améliorer significativement la prise en charge, et quels sont les freins et leviers liés à leur utilisation.</t>
+  </si>
+  <si>
+    <t>01/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/01/2022 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3277049/fr/qualite-des-soins-percue-par-le-patient-indicateurs-proms-et-prems-panorama-d-experiences-etrangeres-et-principaux-enseignements</t>
+  </si>
+  <si>
+    <t>p_3277049</t>
+  </si>
+  <si>
+    <t>Interactions des professionnels de santé avec les représentants de l’industrie</t>
+  </si>
+  <si>
+    <t>Promotion par démarchage (visite médicale) : la HAS fournit une revue systématique de la littérature publiée entre 01/2004 et 12/2018, dans le monde et en France sur l'exposition des professionnels et des étudiants à cette forme de publicité, son influence, sa qualité, et l'efficacité des moyens mis en oeuvre pour en limiter les effets non souhaités. 2.14.0.0</t>
+  </si>
+  <si>
+    <t>08/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2023 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395221/fr/interactions-des-professionnels-de-sante-avec-les-representants-de-l-industrie</t>
+  </si>
+  <si>
+    <t>p_3395221</t>
+  </si>
+  <si>
+    <t>Critères de qualité des revues et journaux de la presse médicale française</t>
+  </si>
+  <si>
+    <t>Dans le cadre de son rôle d'information des professionnels de santé, la HAS a initié une démarche de réflexion sur la qualité de la presse médicale française, reposant sur l'identification de bonnes pratiques et de critères qualité. Trois axes de qualité ont été retenus porant sur la transparence, l'indépendance et l'éthique éditoriale. Les bonnes pratiques et critères de qualité qui en découlent sont utilisables : par les éditeurs et les rédacteurs : la démarche qualité peut se décliner dans le temps, en définissant des objectifs prioritaires pour chaque titre, en fonction de sa situation ; par exemple les revues de formation et de recherche peuvent prendre connaissance des recommandations ICMJE et COPE pour mettre en oeuvre leurs principes ; par les lecteurs qui peuvent élaborer une grille de lecture de qualité d'un titre.</t>
+  </si>
+  <si>
+    <t>30/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>30/05/2013 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1018620/fr/criteres-de-qualite-des-revues-et-journaux-de-la-presse-medicale-francaise</t>
+  </si>
+  <si>
+    <t>c_1018620</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Diagnostic de l’ostéoporose chez les femmes ménopausées</t>
+  </si>
+  <si>
+    <t>Les critères d’évaluation permettent d’améliorer la pratique professionnelle</t>
+  </si>
+  <si>
+    <t>01/07/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272383/fr/diagnostic-de-l-osteoporose-chez-les-femmes-menopausees</t>
+  </si>
+  <si>
+    <t>c_272383</t>
+  </si>
+  <si>
+    <t>Accompagner dès le premier recours pour diminuer le risque alcool des femmes</t>
+  </si>
+  <si>
+    <t>26/02/2025 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592850/fr/accompagner-des-le-premier-recours-pour-diminuer-le-risque-alcool-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3592850</t>
+  </si>
+  <si>
+    <t>Critères d’EPP pour les maladies de l’appareil locomoteur</t>
+  </si>
+  <si>
+    <t>12/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_794985/fr/criteres-d-epp-pour-les-maladies-de-l-appareil-locomoteur</t>
+  </si>
+  <si>
+    <t>c_794985</t>
+  </si>
+  <si>
+    <t>Orthogériatrie et fracture de la hanche</t>
+  </si>
+  <si>
+    <t>L’enjeu est de réduire la morbi-mortalité des fractures de hanche et de permettre au patient âgé opéré de maintenir son statut fonctionnel et sa mobilité, et de retourner vivre dans son lieu de vie antérieur. Ce travail décrit les soins pré et post opératoires dans le cadre d’une organisation orthogériatrique et ses modalités de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>27/10/2017 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801173/fr/orthogeriatrie-et-fracture-de-la-hanche</t>
+  </si>
+  <si>
+    <t>c_2801173</t>
+  </si>
+  <si>
+    <t>Assurer la continuité de la prise en charge thérapeutique des patients atteints d’une maladie rhumatologique chronique</t>
+  </si>
+  <si>
+    <t>Ces préconisations portent sur le suivi des personnes non symptomatiques du COVID-19, atteintes de maladies rhumatologiques chroniques à la sortie de la période de confinement.</t>
+  </si>
+  <si>
+    <t>29/05/2020 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186850/fr/assurer-la-continuite-de-la-prise-en-charge-therapeutique-des-patients-atteints-d-une-maladie-rhumatologique-chronique</t>
+  </si>
+  <si>
+    <t>p_3186850</t>
+  </si>
+  <si>
+    <t>VIH. Consultation de suivi en médecine générale des personnes sous traitement antirétroviral</t>
+  </si>
+  <si>
+    <t>Destiné au médecin généraliste, ces documents passent en revue les points clés de la consultation de suivi en ville pour les personnes vivant avec le VIH dans le cadre d’un suivi partagé et coordonné avec l’hôpital. Il concerne les patients sous traitement antirétroviral dont la charge virale est indétectable.</t>
+  </si>
+  <si>
+    <t>11/10/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876774/fr/vih-consultation-de-suivi-en-medecine-generale-des-personnes-sous-traitement-antiretroviral</t>
+  </si>
+  <si>
+    <t>c_2876774</t>
+  </si>
+  <si>
+    <t>CD-Rom EPP en médecine ambulatoire 2008</t>
+  </si>
+  <si>
+    <t>15/12/2008 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736246/fr/cd-rom-epp-en-medecine-ambulatoire-2008</t>
+  </si>
+  <si>
+    <t>c_736246</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Actualisation des facteurs de risque de formes graves de la Covid-19 et des recommandations sur la stratégie de priorisation des populations à vacciner</t>
+  </si>
+  <si>
+    <t>En s’appuyant sur l’évolution des connaissances disponibles sur le SARS-CoV-2, la HAS avec la commission technique des vaccinations, actualise les facteurs de risque de formes graves de Covid-19 et met à jour ses recommandations sur la stratégie de priorisation des populations à vacciner.</t>
+  </si>
+  <si>
+    <t>01/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2021 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240117/fr/strategie-de-vaccination-contre-le-sars-cov-2-actualisation-des-facteurs-de-risque-de-formes-graves-de-la-covid-19-et-des-recommandations-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
+  </si>
+  <si>
+    <t>p_3240117</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer du sein</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer du sein à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2015 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024559/fr/depistage-et-prevention-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_2024559</t>
+  </si>
+  <si>
+    <t>Dépistage du déficit en biotinidase et de la galactosémie : Évaluation a priori de l’opportunité d’un dépistage à la naissance en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit en biotinidase et la galactosémie sont deux maladies liées à un déficit enzymatique, pouvant entrainer des symptômes cliniques graves pour le nourrisson en l’absence de traitement. À l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le déficit en biotinidase et la galactosémie dans le programme national de dépistage néonatal, et développe les modalités de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>25/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586427/fr/depistage-du-deficit-en-biotinidase-et-de-la-galactosemie-evaluation-a-priori-de-l-opportunite-d-un-depistage-a-la-naissance-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3586427</t>
+  </si>
+  <si>
+    <t>Examens basés sur l’ADN libre circulant réalisés dans le cadre du dépistage de la trisomie 21. Opportunité du repérage d’autres anomalies chromosomiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence du repérage d’autres anomalies chromosomiques par les examens basés sur l’ADN fœtal libre circulant (ADNflc) dans le sang maternel, réalisés dans le cadre du dépistage de la trisomie 21. La HAS recommande la recherche des trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 et 22 et les anomalies segmentaires non cryptiques par tests ADNflc. L’extension des indications des examens par ADNflc aux femmes présentant un risque augmenté d’aneuploïdies (autre que la T21) est également recommandée.</t>
+  </si>
+  <si>
+    <t>26/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2024 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545370/fr/examens-bases-sur-l-adn-libre-circulant-realises-dans-le-cadre-du-depistage-de-la-trisomie-21-opportunite-du-reperage-d-autres-anomalies-chromosomiques</t>
   </si>
   <si>
     <t>p_3545370</t>
   </si>
   <si>
-    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>Dépistage du tabagisme et prévention des maladies liées au tabac</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage du tabagisme et la prévention des maladies liées au tabac à partir des données de la littérature issues principalement des recommandations françaises.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2016 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635050/fr/depistage-du-tabagisme-et-prevention-des-maladies-liees-au-tabac</t>
+  </si>
+  <si>
+    <t>c_2635050</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du sein en France : identification des femmes à haut risque et modalités de dépistage</t>
+  </si>
+  <si>
+    <t>A la demande de l’INCa, la HAS a élaboré des recommandations sur le dépistage du cancer du sein chez les femmes à haut risque à partir d’une revue des facteurs de risque de cancer du sein identifiés dans la littérature.</t>
+  </si>
+  <si>
+    <t>19/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2014 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741170/fr/depistage-du-cancer-du-sein-en-france-identification-des-femmes-a-haut-risque-et-modalites-de-depistage</t>
+  </si>
+  <si>
+    <t>c_1741170</t>
+  </si>
+  <si>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
+  </si>
+  <si>
+    <t>c_765713</t>
+  </si>
+  <si>
+    <t>Stratégies thérapeutiques d'aide au sevrage tabagique : efficacité, efficience et prise en charge financière</t>
+  </si>
+  <si>
+    <t>Les bénéfices de l'arrêt du tabac ont été clairement démontrés en termes de mortalité comme de morbidité. Parce que le tabagisme est un comportement renforcé par une dépendance, dont la nicotine est principalement responsable, seule une minorité de fumeurs parvient à une abstinence permanente dès la première tentative d'arrêt. Une aide au sevrage tabagique s'avère dès lors indispensable afin d'accompagner le fumeur dans sa tentative d'arrêt. A la demande de M. le Ministre de la Santé et des Solidarités, la Haute Autorité de Santé a évalué dans le cadre de ce rapport : L'efficacité et l'efficience de l'ensemble des thérapeutiques disponibles dans l'aide au sevrage tabagique et la stratégie thérapeutique recommandée; L'impact attendu du remboursement de ces traitements sur l'accès au sevrage et les résultats de celui-ci, notamment dans les populations les plus à risque; La thérapeutique à privilégier et les populations à cibler en priorité dans le cas où une prise en charge serait envisagée. Ce document a été élaboré à partir d'une synthèse des recommandations de pratique clinique existantes et d'une revue de la littérature non exhaustive.</t>
+  </si>
+  <si>
+    <t>18/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2007 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477515/fr/strategies-therapeutiques-d-aide-au-sevrage-tabagique-efficacite-efficience-et-prise-en-charge-financiere</t>
+  </si>
+  <si>
+    <t>c_477515</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>L'ostéoporose chez les femmes ménopausées et chez les sujets traités par corticoïdes : méthodes diagnostiques et  indications</t>
+  </si>
+  <si>
+    <t>Cette recommandation professionnelle n'est plus disponible (sauf sur demande) car elle a été actualisée et remplacée par la note de synthèse "Prévention, diagnostic et traitement de l'ostéoporose" et par le rapport "Ostéodensitométrie sur deux sites par méthode biphotonique" finalisés et rendus publics en juillet 2006 par la HAS.</t>
+  </si>
+  <si>
+    <t>01/04/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271924/fr/l-osteoporose-chez-les-femmes-menopausees-et-chez-les-sujets-traites-par-corticoides-methodes-diagnostiques-et-indications</t>
+  </si>
+  <si>
+    <t>c_271924</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Hormone replacement therapy at menopause</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272308/en/hormone-replacement-therapy-at-menopause</t>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Les traitements hormonaux substitutifs de la ménopause</t>
+  </si>
+  <si>
+    <t>L'objectif de l'audition publique est l'élaboration de recommandations sur : Les traitements hormonaux substitutifs de la ménopause Les modalités de surveillance et d’information des femmes qui envisagent de prendre, prennent ou ont pris un traitements hormonaux substitutifs.</t>
+  </si>
+  <si>
+    <t>11/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272308/fr/les-traitements-hormonaux-substitutifs-de-la-menopause</t>
   </si>
   <si>
     <t>c_272308</t>
   </si>
   <si>
-    <t>Bulimia nervosa and binge eating disorder</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>Prise en charge de la femme en période de péri-ménopause/ménopause en soins de premier recours – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs sont les suivants : Améliorer l’information des femmes et des professionnels de santé de premier recours : Pour une meilleure connaissance des symptômes évocateurs de la périménopause et des possibilités d’accompagnement et d’une prise en charge thérapeutique personnalisée Pour une meilleure évaluation des besoins (variables d’une femme à une autre) et prise en considération de l’impact possible sur la vie quotidienne, sur la santé (bouffées vaso-motrices, ostéoporose, syndrome génito-urinaire, troubles cognitifs …) Améliorer la prise en charge des femmes par les professionnels de santé : accompagnement, accès aux traitements en fonction des besoins exprimés Mettre à disposition des professionnels de santé et des femmes des outils pour aborder régulièrement cette question aux âges de la péri-ménopause/ménopause Préciser les conditions pour lesquelles un recours à un médecin spécialiste de 2ème ou 3ème recours doit être envisagé</t>
+  </si>
+  <si>
+    <t>06/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 12:14:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737819/fr/prise-en-charge-de-la-femme-en-periode-de-peri-menopause/menopause-en-soins-de-premier-recours-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3737819</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Anorexia nervosa</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_985715/en/anorexia-nervosa</t>
+    <t>Anorexie mentale : prise en charge</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonne pratique ont pour objectif d’aider à : repérer plus précocement l’anorexie mentale ; améliorer l’accompagnement du patient et de son entourage ; améliorer la prise en charge et l’orientation initiale des patients ; améliorer la prise en charge hospitalière lorsqu’elle est nécessaire et la prise en charge post-hospitalière. Sont concernés : les préadolescents, les adolescents et les jeunes adultes.</t>
+  </si>
+  <si>
+    <t>01/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2010 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_985715/fr/anorexie-mentale-prise-en-charge</t>
   </si>
   <si>
     <t>c_985715</t>
   </si>
   <si>
-    <t>Care for transgender adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
-    <t>Dietary consultation with a dietician</t>
-[...2 lines deleted...]
-    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870343/fr/contraception-chez-les-patientes-transplantees-rein-foie-coeur-poumon</t>
+  </si>
+  <si>
+    <t>c_2870343</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Consultation diététique réalisée par un diététicien</t>
+  </si>
+  <si>
+    <t>Ces recommandations apportent un cadre et définissent le contenu de trois types de consultation diététique complémentaires qui peuvent être proposés, les modalités de conduite d’un entretien et les éléments spécifiques de la démarche de soin diététique. Elles présentent les outils couramment utilisés nécessaires pour le recueil de données et pour la réalisation des actions spécifiques du diététicien. Elles identifient les éléments de traçabilité du soin nutritionnel dans le dossier du patient et définissent les modalités de coordination entre les professionnels de santé pour assurer la continuité des soins.</t>
   </si>
   <si>
     <t>01/01/2006 00:00:00</t>
   </si>
   <si>
-    <t>01/02/2006 14:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
+    <t>02/01/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/fr/consultation-dietetique-realisee-par-un-dieteticien</t>
   </si>
   <si>
     <t>c_272510</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>Prévention des chutes accidentelles chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Médicaments, atteintes sensitives, cognitives ou motrices, comportement, environnement, de nombreux facteurs peuvent favoriser les chutes chez la personne âgée.</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272503/fr/prevention-des-chutes-accidentelles-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_272503</t>
+  </si>
+  <si>
+    <t>Rééducation et réadaptation de la fonction motrice de l’appareil locomoteur des personnes diagnostiquées de paralysie cérébrale</t>
+  </si>
+  <si>
+    <t>La plupart des personnes diagnostiquées de paralysie cérébrale présentent des troubles de la fonction motrice qui nécessitent un programme de rééducation et réadaptation adapté et suivi. Les recommandations de la HAS abordent les indications et la pertinence des activités de rééducation et de réadaptation de la fonction motrice de l'appareil locomoteur en fonction des déficiences, des limitations d’activité et des restrictions de participation. Elles apportent un éclairage sur les orientations et modalités de ces activités de rééducation et de réadaptation de l'appareil locomoteur ainsi que sur les objectifs et résultats attendus de ces prises en charge.</t>
+  </si>
+  <si>
+    <t>21/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2021 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166294/fr/reeducation-et-readaptation-de-la-fonction-motrice-de-l-appareil-locomoteur-des-personnes-diagnostiquees-de-paralysie-cerebrale</t>
+  </si>
+  <si>
+    <t>p_3166294</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Periodontal disease: diagnosis and treatment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
+    <t>Diagnostic de la dénutrition chez la personne de 70 ans et plus</t>
+  </si>
+  <si>
+    <t>La HAS, en partenariat avec la Fédération française de nutrition, actualise ses recommandations sur la dénutrition chez les personnes âgées de 70 ans et plus. Elle fournit ainsi aux professionnels de santé ou du secteur social et médico-social susceptibles de s’occuper des personnes âgées des outils adaptés et validés pour leur permettre d’identifier plus précocement les personnes âgées dénutries.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/11/2021 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165944/fr/diagnostic-de-la-denutrition-chez-la-personne-de-70-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3165944</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge des personnes âgées faisant des chutes répétées</t>
+  </si>
+  <si>
+    <t>Fournir aux professionnels de santé une démarche clinique d'évaluation et de prise en charge des personnes âgées faisant des chutes répétées applicable à la pratique quotidienne.</t>
+  </si>
+  <si>
+    <t>01/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2009 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793371/fr/evaluation-et-prise-en-charge-des-personnes-agees-faisant-des-chutes-repetees</t>
+  </si>
+  <si>
+    <t>c_793371</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
+  </si>
+  <si>
+    <t>Les questions abordées dans les recommandations professionnelles sont les suivantes :# 1. Évaluation initiale et traitement de la surcharge martiale# 2. Modalités de détection des complications - Suivi du patient# 3. Modalités de prise en charge de la famille - Conseil génétique# 4. Critères d’éligibilité et modalités de prise en charge à domicile#</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Vertiges positionnels paroxystiques bénins : Manoeuvres diagnostiques et thérapeutiques</t>
+  </si>
+  <si>
+    <t>Le vertige position paroxystique bénin (VPPB) implique un ou plusieurs canaux semi-circulaires, et provoque différents types de symptômes associés (nausées, vomissements, etc.). Sa résolution est essentiellement clinique, et requiert la maitrise de stratégies et de gestes thérapeutiques proposés par des médecins ou des masseurs-kinésithérapeutes spécifiquement formés. Ces recommandations de bonne pratique en précisent les caractéristiques.</t>
+  </si>
+  <si>
+    <t>13/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>22/01/2018 13:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819896/fr/vertiges-positionnels-paroxystiques-benins-manoeuvres-diagnostiques-et-therapeutiques</t>
+  </si>
+  <si>
+    <t>c_2819896</t>
+  </si>
+  <si>
+    <t>Modalités, indications, limites de la rééducation dans les pathologies neuromusculaires non acquises</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Quels bilans proposer (méthode et périodicité) ? Quelles techniques de rééducation proposer (indications, contre-indications, modalités, bénéfices attendus) ? Quels sont les objectifs et la place de la rééducation ? Comment assurer l'indépendance et la qualité de vie ?</t>
+  </si>
+  <si>
+    <t>06/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2001 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271931/fr/modalites-indications-limites-de-la-reeducation-dans-les-pathologies-neuromusculaires-non-acquises</t>
+  </si>
+  <si>
+    <t>c_271931</t>
+  </si>
+  <si>
+    <t>L’adaptation de l’intervention auprès des personnes handicapées vieillissantes</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’apporter des jalons et des pistes pour l’action, destinés à permettre aux professionnels d’évaluer et de faire évoluer leurs pratiques d’accompagnement des personnes handicapées avançant en âge.</t>
+  </si>
+  <si>
+    <t>17/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835720/fr/l-adaptation-de-l-intervention-aupres-des-personnes-handicapees-vieillissantes</t>
+  </si>
+  <si>
+    <t>c_2835720</t>
+  </si>
+  <si>
+    <t>Quand prescrire une électrophorèse des protéines sériques (EPS) et conduite à tenir en cas d'une immunoglobuline monoclonale</t>
+  </si>
+  <si>
+    <t>L’EPS est un examen de biologie médicale qui a pour but la séparation et l’analyse des protéines sériques. La fiche mémo a pour objectif de préciser les indications de prescription de l’EPS et les conduites à tenir en cas de découverte d’un « pic étroit » sur le tracé d’électrophorèse, et d’illustrer l’importance d’une bonne interaction entre cliniciens, principalement médecins généralistes, et biologistes.</t>
+  </si>
+  <si>
+    <t>25/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2017 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742018/fr/quand-prescrire-une-electrophorese-des-proteines-seriques-eps-et-conduite-a-tenir-en-cas-d-une-immunoglobuline-monoclonale</t>
+  </si>
+  <si>
+    <t>c_2742018</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quelle est l'influence de l'état nutritionnel sur l'évolution de la mucoviscidose ?# 2. Quelle stratégie peut-on proposer pour maintenir un état nutritionnel optimal ?# 3. Quelle doit être la démarche diagnostique devant des douleurs abdominales chez un patient atteint de mucoviscidose ?# 4. Quelles sont les stratégies diagnostiques et thérapeutiques des troubles du métabolisme glucidique au cours de la mucoviscidose ?# 5. Quelle doit être la prise en charge de l'atteinte hépato-biliaire au cours de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
   </si>
   <si>
     <t>c_272207</t>
   </si>
   <si>
-    <t>Thrombophilia and pregnancy – Preventing maternal and placental thrombosis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272236/en/thrombophilia-and-pregnancy-preventing-maternal-and-placental-thrombosis</t>
+    <t>Thrombophilie et grossesse - Prévention des risques thrombotiques maternels et placentaires</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury :# 1. Quels sont les facteurs de risque de la maladie thrombo-embolique veineuse maternelle ?# 2. Quels sont les facteurs de risque de pathologie vasculaire placentaire ?# 3. Quels examens complémentaires réaliser, pour quelles patientes ?# 4. Quels sont les moyens thérapeutiques ? Quelles patientes traiter et selon quelles modalités pratiques ? Quelle information donner aux patientes ?#</t>
+  </si>
+  <si>
+    <t>15/04/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272236/fr/thrombophilie-et-grossesse-prevention-des-risques-thrombotiques-maternels-et-placentaires</t>
   </si>
   <si>
     <t>c_272236</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Obesity surgery in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>Adaptation du traitement antirétroviral en situation de succès virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2024 08:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545724/fr/adaptation-du-traitement-antiretroviral-en-situation-de-succes-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545724</t>
+  </si>
+  <si>
+    <t>Traitement préventif pré-exposition de l’infection par le VIH</t>
+  </si>
+  <si>
+    <t>06/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536524/fr/traitement-preventif-pre-exposition-de-l-infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>p_3536524</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
+    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
+  </si>
+  <si>
+    <t>La lombalgie chronique est définie par une douleur habituelle de la région lombaire évoluant depuis plus de trois mois. Ces recommandations proposent une démarche diagnostique et thérapeutique en cas de lombalgie chronique dite commune. Elles ne concernent pas les lombalgies secondaires, dites symptomatiques, dues à une cause inflammatoire, traumatique, tumorale ou infectieuse.</t>
+  </si>
+  <si>
+    <t>01/12/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Initiation d’un premier traitement antirétroviral chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545694/fr/initiation-d-un-premier-traitement-antiretroviral-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545694</t>
+  </si>
+  <si>
+    <t>Rééducation de l’appareil locomoteur dans les pathologies neuromusculaires à la suite de l’introduction de nouvelles approches thérapeutiques (biothérapie, instrumentation rachidienne, réentraînement à l’effort)</t>
+  </si>
+  <si>
+    <t>Objectifs Ces recommandations devraient permettre d’actualiser la rééducation de l’appareil locomoteur qui pose de nombreuses interrogations aux patients et aux familles, relativement aux évolutions thérapeutiques : Biothérapie : modifie l’évolution des pathologies et donc la prise en charge rééducative ; Instrumentation rachidienne : protocole d’accompagnement chirurgical de la scoliose ; Réentrainement à l’effort : améliore la fibre musculaire et la qualité de vie. Les objectifs de ces recommandations et de leur mise en œuvre sont d’améliorer la prise en charge des patients, et donc des soins qui leurs sont apportés, notamment : d’homogénéiser les pratiques ; de promouvoir les techniques et modalités de rééducation adaptées ; de réduire les actes inadéquats.</t>
+  </si>
+  <si>
+    <t>18/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2021 14:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269932/fr/reeducation-de-l-appareil-locomoteur-dans-les-pathologies-neuromusculaires-a-la-suite-de-l-introduction-de-nouvelles-approches-therapeutiques-biotherapie-instrumentation-rachidienne-reentrainement-a-l-effort</t>
+  </si>
+  <si>
+    <t>p_3269932</t>
+  </si>
+  <si>
+    <t>Prise en charge des dysthyroïdies chez l’adulte</t>
+  </si>
+  <si>
+    <t>En France, les dysfonctionnements de la thyroïde toucheraient environ 2 % de la population. La HAS publie un socle complet de recommandations sur la prise en charge des hypothyroïdies et hyperthyroïdies. Elle y décrit pour chacune les étapes du diagnostic, les examens biologiques à réaliser, les stratégies thérapeutiques ainsi que leur suivi.</t>
+  </si>
+  <si>
+    <t>15/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2023 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216305/fr/prise-en-charge-des-dysthyroidies-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3216305</t>
+  </si>
+  <si>
+    <t>Diagnostic de la dénutrition de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation définit la dénutrition ainsi que les critères permettant de la diagnostiquer chez l’enfant et l’adulte de -70 ans. Elle permet d'améliorer le diagnostic de la dénutrition à l’aide d’outils adaptés.</t>
+  </si>
+  <si>
+    <t>13/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2019 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118872/fr/diagnostic-de-la-denutrition-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3118872</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - volet Résidences autonomie</t>
+  </si>
+  <si>
+    <t>L’objectif des travaux portant sur le repérage du risque de perte d’autonomie, ou de son aggravation, pour les personnes âgées est d’apporter un appui aux structures sociales et médico-sociales.</t>
+  </si>
+  <si>
+    <t>01/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2016 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834985/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2834985</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>L’objectif de s travaux portant sur le repérage du risque de perte d’autonomie, ou de son aggravation, pour les personnes âgées est d’apporter un appui aux structures sociales et médico-sociales.</t>
+  </si>
+  <si>
+    <t>15/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2016 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835073/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2835073</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - Volet domicile</t>
+  </si>
+  <si>
+    <t>15/02/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835100/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-domicile</t>
+  </si>
+  <si>
+    <t>c_2835100</t>
+  </si>
+  <si>
+    <t>Lombalgie chronique de l’adulte et chirurgie</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique propose une nouvelle définition de la lombalgie chronique et évalue les techniques chirurgicales de la lombalgie chronique dégénérative de l’adulte pour en préciser les indications</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2016 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615316/fr/lombalgie-chronique-de-l-adulte-et-chirurgie</t>
+  </si>
+  <si>
+    <t>c_2615316</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Suivi ambulatoire de l’adulte transplanté rénal au-delà de 3 mois après transplantation</t>
+  </si>
+  <si>
+    <t>Au-delà de la phase initiale des trois premiers mois, les patients transplantés rénaux sont fréquemment suivis par le centre de transplantation, mais également de plus en plus souvent en ambulatoire lorsqu’il n’y a pas de complications justifiant un suivi rapproché par le centre de transplantation. Ce suivi ambulatoire (fréquence, contenu des consultations, examens complémentaires, etc.) doit être organisé et identique à celui qui est assuré en routine par le centre de transplantation. Il permet notamment au patient de ne pas avoir à se déplacer systématiquement jusqu’au centre de transplantation pour ce suivi de routine.</t>
+  </si>
+  <si>
+    <t>15/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_629812/fr/suivi-ambulatoire-de-l-adulte-transplante-renal-au-dela-de-3-mois-apres-transplantation</t>
+  </si>
+  <si>
+    <t>c_629812</t>
+  </si>
+  <si>
+    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
+  </si>
+  <si>
+    <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>23/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736311/fr/acces-aux-soins-des-personnes-en-situation-de-handicap-rapport-de-la-commission-d-audition-publique</t>
+  </si>
+  <si>
+    <t>c_736311</t>
+  </si>
+  <si>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Physiotherapy in common neck pain and whiplash</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272262/en/physiotherapy-in-common-neck-pain-and-whiplash</t>
+    <t>Masso-kinésithérapie dans les cervicalgies communes et dans le cadre du « coup du lapin » ou whiplash</t>
+  </si>
+  <si>
+    <t>Les cervicalgies regroupent l’ensemble des douleurs de la région cervicale. Les cervicalgies sont qualifiées de « communes » lorsque la démarche étiologique menée par le médecin ne conduit pas à une affection précise impliquant une cause et une évolutivité particulière justiciable d’un traitement spécifique.</t>
+  </si>
+  <si>
+    <t>01/05/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272262/fr/masso-kinesitherapie-dans-les-cervicalgies-communes-et-dans-le-cadre-du-coup-du-lapin-ou-whiplash</t>
   </si>
   <si>
     <t>c_272262</t>
   </si>
   <si>
-    <t>Indications for liver transplantation (19-20 January 2005)</t>
-[...5 lines deleted...]
-    <t>03/08/2005 00:00:00</t>
+    <t>Indications de la transplantation hépatique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes :# 1. Comment optimiser la prise en charge des patients transplantés pour hépatite virale ?# 2. Dans quels cas la cirrhose alcoolique est-elle une indication de transplantation hépatique ?# 3. Quels cancers du foie peut-on traiter par la transplantation hépatique ?# 4. Quelle est la place du donneur vivant en transplantation hépatique ?# 5. Quelles sont les extensions à l’indication de transplantation hépatique ?# Les recommandations actualisent celles de la conférence de consensus "Les indications de la transplantation hépatique", dont la réunion publique s'est tenue les 22 et 23 juin 1993 à Paris, et qui était organisée par l'Association française de chirurgie hépato-biliaire et de transplantation hépatique (AFCHBT), en association avec la Société nationale française de gastro-entérologie (SNFGE), l'Association pour l'étude du foie (AFEF) et l'Association française de chirurgie (AFC), avec le partenariat méthodologique de l'Anaes.</t>
+  </si>
+  <si>
+    <t>08/03/2005 00:00:00</t>
   </si>
   <si>
     <t>01/01/2005 16:52:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
+    <t>https://www.has-sante.fr/jcms/c_272409/fr/indications-de-la-transplantation-hepatique</t>
   </si>
   <si>
     <t>c_272409</t>
   </si>
   <si>
-    <t>Physiotherapy - Preserving motor function in frail elderly people living at home</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272431/en/physiotherapy-preserving-motor-function-in-frail-elderly-people-living-at-home</t>
+    <t>Masso-kinésithérapie dans la conservation des capacités motrices de la personne âgée fragile à domicile</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent l’évaluation et les traitements masso-kinésithérapiques des personnes âgées fragiles dans l’objectif de conserver leurs capacités motrices et de leur permettre de rester à leur domicile. Toutes les personnes âgées fragiles sont concernées, sans considération d’âge civil et indépendamment d’une pathologie spécifique.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272431/fr/masso-kinesitherapie-dans-la-conservation-des-capacites-motrices-de-la-personne-agee-fragile-a-domicile</t>
   </si>
   <si>
     <t>c_272431</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1356838/en/clinical-utility-of-the-measurement-of-vitamin-d</t>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Anorexie mentale : documents d'information</t>
+  </si>
+  <si>
+    <t>Qu’est ce qu’un trouble du comportement alimentaire ? comment le repérer ? que faire ? en guérit-on ? Afin d'informer les patients et leur entourage sur les troubles du comportement alimentaire deux brochures d'information ont été réalisées.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500502/fr/anorexie-mentale-documents-d-information</t>
+  </si>
+  <si>
+    <t>r_1500502</t>
+  </si>
+  <si>
+    <t>Chirurgie de l’obésité : ce qu’il faut savoir avant de vous décider</t>
+  </si>
+  <si>
+    <t>Vous êtes en situation de surpoids ou d’obésité et vous vous demandez si une chirurgie serait une option envisageable pour vous. La chirurgie améliore la santé et la qualité de vie, réduit le poids et les complications de l’obésité, mais ne guérit pas de la maladie obésité. La chirurgie est un traitement de deuxième intention après un parcours médical global et seulement dans certaines conditions.</t>
+  </si>
+  <si>
+    <t>17/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2024 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_849636/fr/chirurgie-de-l-obesite-ce-qu-il-faut-savoir-avant-de-vous-decider</t>
+  </si>
+  <si>
+    <t>c_849636</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>La HAS actualise ses recommandations de bon usage des médicaments de l’ostéoporose</t>
+  </si>
+  <si>
+    <t>L’ostéoporose est une maladie dont la première cause est le vieillissement et qui se caractérise par la diminution de la résistance osseuse, ce qui augmente le risque de fracture. Parmi les mesures préventives, il existe des traitements médicamenteux spécifiques. Leur mise en place doit respecter certains critères afin d’en optimiser l’efficacité. Dans le but d’orienter les professionnels de santé lors de l’instauration de ces traitements, la HAS a actualisé la fiche de bon usage des médicaments de l’ostéoporose.</t>
+  </si>
+  <si>
+    <t>24/01/2023 14:42:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407696/fr/la-has-actualise-ses-recommandations-de-bon-usage-des-medicaments-de-l-osteoporose</t>
+  </si>
+  <si>
+    <t>p_3407696</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'ostéoporose : la HAS publie une synthèse à destination des professionnels de santé</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé publie une synthèse sur les différents aspects de la prise en charge de l'ostéoporose : la prévention, le diagnostic, qui repose sur l'ostéodensitométrie et les traitements médicamenteux de l'ostéoporose. L'ostéoporose est une maladie diffuse du squelette qui engendre une fragilité osseuse responsable d'une augmentation du risque de fracture. En ce qui concerne le diagnostic, la HAS a rendu un avis favorable pour le remboursement de l'ostéodensitométrie dans certaines indications. Elle a également réévalué les traitements de l'ostéoporose et rendu des avis favorables quant à leur remboursement dans la prévention des fractures.</t>
+  </si>
+  <si>
+    <t>29/09/2006 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_437005/fr/prise-en-charge-de-l-osteoporose-la-has-publie-une-synthese-a-destination-des-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_437005</t>
+  </si>
+  <si>
+    <t>L’anorexie mentale, un trouble du comportement alimentaire à prendre en charge rapidement</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie en partenariat avec l’AFDAS-TCA* des recommandations de bonne pratique autour de la prise en charge de l’anorexie mentale, trouble du comportement alimentaire d’origine multifactorielle qui touche plus particulièrement les adolescentes et les jeunes femmes ainsi que certaines populations (mannequins, danseurs ou sportifs). Un diagnostic tardif et une prise en charge initiale inadaptée peuvent entraîner des conséquences graves. Le rôle de chaque professionnel de santé (généralistes, pédiatres et psychiatres notamment) est primordial à chacune de ces étapes de la prise en charge.</t>
+  </si>
+  <si>
+    <t>30/09/2010 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1005235/fr/l-anorexie-mentale-un-trouble-du-comportement-alimentaire-a-prendre-en-charge-rapidement</t>
+  </si>
+  <si>
+    <t>c_1005235</t>
+  </si>
+  <si>
+    <t>Améliorer la prescription des psychotropes chez la personne âgée</t>
+  </si>
+  <si>
+    <t>La prescription des psychotropes (anxiolytiques, hypnotiques, neuroleptiques, antidépresseurs pour l’essentiel) constitue un problème de santé majeur et complexe, particulièrement chez les personnes âgées. Afin d’améliorer les pratiques de prescription et l’usage des psychotropes, la HAS a réuni des professionnels de santé et des institutionnels, en étroite collaboration avec le ministère de la Santé, de la Jeunesse et des Sports. Les travaux conduits depuis 2006 ont permis d’établir un état des lieux des situations cliniques de prescription des psychotropes chez la personne âgée et de proposer un ensemble d’actions concertées pour les deux années à venir.</t>
+  </si>
+  <si>
+    <t>07/11/2007 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601523/fr/ameliorer-la-prescription-des-psychotropes-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_601523</t>
+  </si>
+  <si>
+    <t>La HAS mobilisée pour la santé des femmes</t>
+  </si>
+  <si>
+    <t>A l’occasion de la journée internationale d’action pour la santé de la femme, mercredi 28 mai 2025, la HAS fait le point sur ses dernières recommandations élaborées sur cet enjeu majeur. Avec une priorité : améliorer la prise en charge des femmes et mieux les accompagner tout au long de leur vie.</t>
+  </si>
+  <si>
+    <t>27/05/2025 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608167/fr/la-has-mobilisee-pour-la-sante-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3608167</t>
+  </si>
+  <si>
+    <t>Chirurgie de l’obésité pour les moins de 18 ans : à n’envisager que dans des cas très particuliers</t>
+  </si>
+  <si>
+    <t>En France, on estime que près de 4% des jeunes de moins de 18 ans seraient obèses. A cet âge, l’obésité a des effets délétères sur la puberté, le développement osseux mais aussi sur l’image de soi. La HAS a décidé de préciser les rares situations et les conditions dans lesquelles une chirurgie de l’obésité peut être envisagée pour un jeune de moins de 18 ans car aujourd’hui ces opérations se multiplient en dehors du cadre des recommandations officielles.</t>
+  </si>
+  <si>
+    <t>30/03/2016 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620574/fr/chirurgie-de-l-obesite-pour-les-moins-de-18-ans-a-n-envisager-que-dans-des-cas-tres-particuliers</t>
+  </si>
+  <si>
+    <t>c_2620574</t>
+  </si>
+  <si>
+    <t>Arrêter de fumer et ne pas rechuter : la recommandation 2014 de la HAS</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. La HAS fait le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Considérant que les professionnels de santé sont insuffisamment informés et formés, la HAS propose des outils pratiques pour les aider à suivre et accompagner leurs patients.</t>
+  </si>
+  <si>
+    <t>21/01/2014 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719643/fr/arreter-de-fumer-et-ne-pas-rechuter-la-recommandation-2014-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1719643</t>
+  </si>
+  <si>
+    <t>Vers une contraception mieux adaptée au profil de chacun</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la conférence de presse de la ministre des Affaires sociales et de la Santé, Marisol Touraine, et à l’occasion du lancement le 18 mai de la campagne « La contraception qui vous convient existe» de l’INPES, la Haute Autorité de Santé met à la disposition des pouvoirs publics, des professionnels de santé et du grand public des outils pour répondre aux problématiques liées à la contraception.</t>
+  </si>
+  <si>
+    <t>15/05/2013 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545515/fr/vers-une-contraception-mieux-adaptee-au-profil-de-chacun</t>
+  </si>
+  <si>
+    <t>c_1545515</t>
+  </si>
+  <si>
+    <t>Contraception : deux outils mis à la disposition des professionnels de santé</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé diffuse aujourd’hui deux documents sur la contraception : la liste des méthodes contraceptives avec un focus sur les méthodes les plus efficaces disponibles et une fiche mémo. Ces documents doivent permettre aux professionnels de santé de discuter et choisir avec la femme, l’homme ou le couple la méthode la plus adaptée à leur profil dans l’objectif d’éviter les échecs de la contraception et les grossesses non désirées. Fin avril, cette publication sera complétée par des fiches mémo pour chacune des situations cliniques particulières identifiées ainsi que d’une analyse des moyens d'accès à la contraception et des freins à ce dernier.</t>
+  </si>
+  <si>
+    <t>29/03/2013 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369257/fr/contraception-deux-outils-mis-a-la-disposition-des-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_1369257</t>
+  </si>
+  <si>
+    <t>Une stratégie pour mieux prendre en charge les personnes âgées faisant des chutes à répétition</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie des recommandations de bonnes pratiques sur l’évaluation et la prise en charge des personnes âgées faisant des chutes répétées. L’objectif de ces recommandations est de fournir aux professionnels de santé une approche clinique simple et pragmatique permettant de mieux prendre en charge la personne âgée faisant des chutes à répétition afin d’en limiter les conséquences et les récidives.</t>
+  </si>
+  <si>
+    <t>23/06/2009 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813833/fr/une-strategie-pour-mieux-prendre-en-charge-les-personnes-agees-faisant-des-chutes-a-repetition</t>
+  </si>
+  <si>
+    <t>c_813833</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Les médicaments de l’ostéoporose</t>
+  </si>
+  <si>
+    <t>Mise à jour de la fiche bon usage des médicaments. L’ostéoporose est une maladie osseuse caractérisée par une réduction de la résistance osseuse conduisant à une augmentation du risque de fracture.</t>
+  </si>
+  <si>
+    <t>05/01/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>15/05/2019 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751307/fr/les-medicaments-de-l-osteoporose</t>
+  </si>
+  <si>
+    <t>c_1751307</t>
+  </si>
+  <si>
+    <t>Utilité clinique du dosage de la vitamine D - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de préciser les situations cliniques pour lesquelles la mesure de la concentration sérique en 25(OH)D est utile.</t>
+  </si>
+  <si>
+    <t>09/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>30/10/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356838/fr/utilite-clinique-du-dosage-de-la-vitamine-d-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1356838</t>
   </si>
   <si>
-    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of spinal implants (interbody cage, interspinous process spacer, spacer, lumbosacral support implant)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1517325/en/assessment-of-spinal-implants-interbody-cage-interspinous-process-spacer-spacer-lumbosacral-support-implant</t>
+    <t>Évaluation des implants du rachis (cage intersomatique, cale métallique interépineuse, coussinet, implant d’appui sacré)</t>
+  </si>
+  <si>
+    <t>Evaluation des implants du rachis (cage intersomatique, cale métallique interépineuse, coussinet, implant d’appui sacré) en vue du renouvellement de la prise en charge par l’assurance maladie.</t>
+  </si>
+  <si>
+    <t>01/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2013 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517325/fr/evaluation-des-implants-du-rachis-cage-intersomatique-cale-metallique-interepineuse-coussinet-implant-d-appui-sacre</t>
   </si>
   <si>
     <t>c_1517325</t>
   </si>
   <si>
-    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses totales de hanche à couple de frottement métal-métal</t>
+  </si>
+  <si>
+    <t>L’objectif est de réévaluer l’intérêt des prothèses totales de hanche à couple de frottement métal-métal inscrites sous nom de marque sur la liste des produits et prestations remboursables (LPPR) afin de déterminer si leur prise en charge par la collectivité reste justifiée.</t>
+  </si>
+  <si>
+    <t>01/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2013 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251608/fr/evaluation-des-protheses-totales-de-hanche-a-couple-de-frottement-metal-metal</t>
+  </si>
+  <si>
+    <t>c_1251608</t>
+  </si>
+  <si>
+    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Analyse de l’efficacité et de la sécurité de l’acte de détartrage et surfaçage radiculaire dans la prise en charge des parodontites agressives et chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Implants articulaires d’épaule</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail a été d’évaluer l’intérêt des implants articulaires d’épaule éligibles au remboursement en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits.</t>
+  </si>
+  <si>
+    <t>25/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2014 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340726/fr/implants-articulaires-d-epaule</t>
+  </si>
+  <si>
+    <t>c_1340726</t>
+  </si>
+  <si>
+    <t>Ciments avec ou sans antibiotiques pour la fixation des implants articulaires</t>
+  </si>
+  <si>
+    <t>Le ciment chirurgical est utilisé pour la fixation d’implants articulaires tels que la hanche, le genou, l’épaule, la cheville et le coude.</t>
+  </si>
+  <si>
+    <t>20/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2017 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607290/fr/ciments-avec-ou-sans-antibiotiques-pour-la-fixation-des-implants-articulaires</t>
+  </si>
+  <si>
+    <t>c_2607290</t>
+  </si>
+  <si>
+    <t>Implants articulaires de genou</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt des implants articulaires de genou en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise également à définir médicalement chaque description générique par des indications, des modalités d’utilisation et de prescription. A l'appui de cette réévaluation, en réponse à une saisine de la HAS concernant certains actes pris en charge par l’Assurance maladie parmi lesquels l'arthroplastie du genou, un document spécifique a été produit. Il reprend et développe, à partir du rapport d’évaluation et de l’avis de la CNEDiMTS sur les implants articulaires de genou : - critères pour la décision d’arthroplastie du genou - éléments intervenant dans le choix du type de prothèse - stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>21/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2012 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1345397/fr/implants-articulaires-de-genou</t>
+  </si>
+  <si>
+    <t>c_1345397</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses de hanche</t>
+  </si>
+  <si>
+    <t>L’évaluation des prothèses de hanche a été réalisée suite à l’arrêté du 25 juillet 2005. Elle a concerné les prothèses totales de hanche et les prothèses fémorales, ne remplaçant que le versant fémoral de l’articulation. L’objectif était de : définir les indications et les situations cliniques d’utilisation des différents types de prothèses existantes ; décrire les caractéristiques techniques auxquelles doivent répondre les prothèses inscrites sur la LPPR, ainsi que leurs conditions de prise en charge ; préciser les conditions de renouvellement d’inscription, en particulier les données cliniques complémentaires à fournir ; émettre des recommandations sur les études cliniques à mettre en œuvre pour améliorer l’évaluation des prothèses de hanche.</t>
+  </si>
+  <si>
+    <t>02/10/2008 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_674535/fr/evaluation-des-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_674535</t>
+  </si>
+  <si>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Assessment of elbow joint implants</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1311405/en/assessment-of-elbow-joint-implants</t>
+    <t>Évaluation des implants articulaires de coude</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt des implants articulaires de coude en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise également à définir médicalement chaque description générique par des indications, et des modalités d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>11/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2012 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1311405/fr/evaluation-des-implants-articulaires-de-coude</t>
   </si>
   <si>
     <t>c_1311405</t>
   </si>
   <si>
-    <t>Vitamin C blood level testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>L’hormone de croissance chez l’enfant non déficitaire, évaluation du service rendu à la collectivité</t>
+  </si>
+  <si>
+    <t>L’évaluation avait pour objectif de : répondre aux interrogations de la Commission de la transparence portant sur l’amélioration de la taille adulte, la tolérance à long terme et sur le caractère pathologique de la petite taille ; de documenter les dimensions du Service Rendu à la Collectivité (SeRC). Elle vise à éclairer en premier lieu la décision publique. Elle contient également des données scientifiques nécessaires à l’élaboration de documents destinés au prescripteur.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2012 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1173766/fr/l-hormone-de-croissance-chez-l-enfant-non-deficitaire-evaluation-du-service-rendu-a-la-collectivite</t>
+  </si>
+  <si>
+    <t>c_1173766</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Évaluation des implants mammaires, prothèses d’expansion tissulaire et prothèses externes de sein</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de « prothèse externe de sein, implant mammaire, prothèse d’expansion tissulaire » ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de prothèses externes de sein, implants mammaires, prothèses d’expansion tissulaire ; réévaluer l’intérêt des prothèses externes de sein, implants mammaires et prothèses d’expansion tissulaire en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les prothèses externes de sein, implants mammaires et prothèses d’expansion tissulaire inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>26/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>17/01/2011 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865378/fr/evaluation-des-implants-mammaires-protheses-d-expansion-tissulaire-et-protheses-externes-de-sein</t>
+  </si>
+  <si>
+    <t>c_865378</t>
+  </si>
+  <si>
+    <t>Dosage sérique des chaînes légères libres kappa et lambda dans les gammapathies monoclonales – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Définition du protocole d’évaluation du dosage sérique des chaînes légères libres kappa et lambda dans les gammapathies monoclonales</t>
+  </si>
+  <si>
+    <t>11/07/2024 17:50:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530129/fr/dosage-serique-des-chaines-legeres-libres-kappa-et-lambda-dans-les-gammapathies-monoclonales-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3530129</t>
+  </si>
+  <si>
+    <t>Traitement chirurgical de l’obésité sévère et massive par court-circuit (bypass) gastrojéjunal avec anse en oméga</t>
+  </si>
+  <si>
+    <t>Le bypass gastrique en oméga (BPGO) ou court-circuit gastrojéjunal avec anse en oméga est un acte de chirurgie bariatrique. Suite à l’évaluation de cet acte, la HAS préconise de ne plus y avoir recours lorsque l’anse fait 200 cm ou plus et est défavorable à son remboursement dans le traitement chirurgical de l’obésité en raison de données insuffisantes pour établir son efficacité et de l’existence de potentielles complications graves associées.</t>
+  </si>
+  <si>
+    <t>11/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2019 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912309/fr/traitement-chirurgical-de-l-obesite-severe-et-massive-par-court-circuit-bypass-gastrojejunal-avec-anse-en-omega</t>
+  </si>
+  <si>
+    <t>c_2912309</t>
+  </si>
+  <si>
+    <t>Évaluation des orthèses plantaires et des coques talonnières</t>
+  </si>
+  <si>
+    <t>En s’appuyant essentiellement sur la position du groupe de travail, compte tenu du caractère parcellaire et des limites de la littérature disponible, la CNEDiMTS confirme l’intérêt des orthèses plantaires sur mesure, ainsi que celui des coques talonnières.</t>
+  </si>
+  <si>
+    <t>17/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849694/fr/evaluation-des-ortheses-plantaires-et-des-coques-talonnieres</t>
+  </si>
+  <si>
+    <t>c_2849694</t>
+  </si>
+  <si>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Reassessment of bone substitutes</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
+    <t>Méthodes contraceptives : Focus sur les méthodes les plus efficaces disponibles</t>
+  </si>
+  <si>
+    <t>Consultez le document de synthèse qui fait le point sur les méthodes contraceptives les plus efficaces : les spécialités disponibles, leur mode d'action, les indications, les populations cibles, l'efficacité, la tolérance, les conditions de suivi et les complications. Actualisation novembre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2017 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369314/fr/methodes-contraceptives-focus-sur-les-methodes-les-plus-efficaces-disponibles</t>
+  </si>
+  <si>
+    <t>c_1369314</t>
+  </si>
+  <si>
+    <t>Évaluation des substituts osseux</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de proposer une mise à jour des modalités de remboursement des substituts osseux inscrits sur la LPPR.# Deux grandes catégories de substituts osseux sont distinguées par la Commission : * les substituts osseux synthétiques ne comportant aucun dérivé ou tissu d’origine biologique ou n’étant pas issu de tels dérivés ; * les substituts osseux issus de dérivés, de tissus d'origine animale non viables ou en comportant.</t>
+  </si>
+  <si>
+    <t>19/07/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/fr/evaluation-des-substituts-osseux</t>
   </si>
   <si>
     <t>c_1225008</t>
   </si>
   <si>
-    <t>Alternative(s) to 99mTc-sestamibi preoperative scintigraphy for the localization of hypersecreting parathyroid glands in the event of complete shortage of 99mTechnetium (99mTc) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2011763/en/alternative-s-to-99mtc-sestamibi-preoperative-scintigraphy-for-the-localization-of-hypersecreting-parathyroid-glands-in-the-event-of-complete-shortage-of-99mtechnetium-99mtc-inahta-brief</t>
+    <t>Alternative(s) à la scintigraphie préopératoire lors du bilan de localisation des glandes parathyroïdes hypersécrétantes dans l’hypothèse d’une pénurie complète en technétium-99m</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de déterminer si un (ou plusieurs) examen(s) pouvait(ent) se substituer, sans perte de chance pour les patients, à la scintigraphie au technétium-99m en situation de pénurie complète pour cet isotope et en complément de l’échographie cervicale lors du bilan de localisation préopératoire d’une (ou plusieurs) glande(s) hypersécrétante(s) responsable(s) d’une hyperparathyroïdie.</t>
+  </si>
+  <si>
+    <t>24/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2015 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011763/fr/alternative-s-a-la-scintigraphie-preoperatoire-lors-du-bilan-de-localisation-des-glandes-parathyroides-hypersecretantes-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
   </si>
   <si>
     <t>c_2011763</t>
   </si>
   <si>
-    <t>Hip implants – November 2014</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2006405/en/hip-implants-november-2014</t>
+    <t>Évaluation des Prothèses de hanche</t>
+  </si>
+  <si>
+    <t>Un projet de nouvelle nomenclature reprenant les recommandations de la Commission a été publié au Journal Officiel en 2013 à l’issue de la négociation économique menée par le Comité économique des produits de santé (CEPS). Cette publication a ouvert la phase contradictoire avec les industriels et les professionnels de santé concernés. A l'issue de cette phase, la CNEDiMTS s'est prononcée sur ces observations.</t>
+  </si>
+  <si>
+    <t>24/03/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006405/fr/evaluation-des-protheses-de-hanche</t>
   </si>
   <si>
     <t>c_2006405</t>
   </si>
   <si>
-    <t>Summary - Tubular Orthoses and Bandages used in orthopaedics/degenerative rheumatology/traumatology</t>
-[...5 lines deleted...]
-    <t>10/01/2012 00:00:00</t>
+    <t>Dispositifs de Compression/Contention médicale à usage individuel - Utilisation en Orthopédie/Rhumatologie/Traumatologie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt thérapeutique des orthèses tubulaires et des bandes pour leur usage en orthopédie/traumatologie/rhumatologie en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise in fine à établir des recommandations sur leurs indications en vue du remboursement en précisant si besoin, leurs modalités d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/10/2012 00:00:00</t>
   </si>
   <si>
     <t>10/10/2012 11:15:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1318289/en/summary-tubular-orthoses-and-bandages-used-in-orthopaedics/degenerative-rheumatology/traumatology</t>
+    <t>https://www.has-sante.fr/jcms/c_1318289/fr/dispositifs-de-compression/contention-medicale-a-usage-individuel-utilisation-en-orthopedie/rhumatologie/traumatologie</t>
   </si>
   <si>
     <t>c_1318289</t>
   </si>
   <si>
-    <t>Assessment of breast implants, tissue expanders and external breast prostheses</t>
-[...47 lines deleted...]
-    <t>Medicine</t>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0003/DC/SEM du 5 janvier 2023 du collège de la Haute portant adoption de la fiche de bon usage du médicament intitulée « Bon usage des médicaments de l’ostéoporose »</t>
+  </si>
+  <si>
+    <t>Fiche de bon usage du médicament intitulée « Bon usage des médicaments de l’ostéoporose »</t>
+  </si>
+  <si>
+    <t>05/01/2023 16:02:00</t>
+  </si>
+  <si>
+    <t>24/01/2023 12:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407586/fr/decision-n2023-0003/dc/sem-du-5-janvier-2023-du-college-de-la-haute-portant-adoption-de-la-fiche-de-bon-usage-du-medicament-intitulee-bon-usage-des-medicaments-de-l-osteoporose</t>
+  </si>
+  <si>
+    <t>p_3407586</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0039/AC/SEM du 12 juin 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude Metogia »</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Gempax » présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>12/06/2019 15:55:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:44:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067218/fr/avis-n-2019-0039/ac/sem-du-12-juin-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-metogia</t>
+  </si>
+  <si>
+    <t>p_3067218</t>
+  </si>
+  <si>
+    <t>Avis de la HAS concernant l’évaluation du risque de chutes chez le sujet âgé autonome et sa prévention</t>
+  </si>
+  <si>
+    <t>Dans le cadre de l’article L.161-39 du Code de la sécurité sociale, la Haute Autorité de santé (HAS) a été saisie par la Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS) par un courrier en date du 3 juillet 2012 afin qu’elle rende un avis sur le score de risque de chute proposé par le Centre technique d'appui et de formation des Centres d'examens de santé (Cetaf) et son intégration dans l’actualisation du référentiel de pratiques des Centres d’examens de santé (CES).</t>
+  </si>
+  <si>
+    <t>27/03/2013 15:05:00</t>
+  </si>
+  <si>
+    <t>26/04/2013 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525705/fr/avis-de-la-has-concernant-l-evaluation-du-risque-de-chutes-chez-le-sujet-age-autonome-et-sa-prevention</t>
+  </si>
+  <si>
+    <t>c_1525705</t>
+  </si>
+  <si>
+    <t>Décision n°2019.0071/DC/SEM du 10 avril 2019 du collège de la Haute Autorité de santé portant adoption d’une fiche de bon usage du médicament</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "En savoir +".</t>
+  </si>
+  <si>
+    <t>10/04/2019 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967997/fr/decision-n2019-0071/dc/sem-du-10-avril-2019-du-college-de-la-haute-autorite-de-sante-portant-adoption-d-une-fiche-de-bon-usage-du-medicament</t>
+  </si>
+  <si>
+    <t>c_2967997</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>EVENITY (romosozumab)</t>
   </si>
   <si>
-    <t>03/18/2021 15:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3243950/en/evenity-romosozumab</t>
+    <t>18/03/2021 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243950/fr/evenity-romosozumab</t>
   </si>
   <si>
     <t>p_3243950</t>
   </si>
   <si>
     <t>romosozumab</t>
   </si>
   <si>
     <t>UCB PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3243905/en/evenity-romosozumab</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983147/en/prolia</t>
+    <t>https://www.has-sante.fr/jcms/p_3243905/fr/evenity-romosozumab</t>
+  </si>
+  <si>
+    <t>TERROSA (teriparatide)</t>
+  </si>
+  <si>
+    <t>07/05/2020 19:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183290/fr/terrosa-teriparatide</t>
+  </si>
+  <si>
+    <t>p_3183290</t>
+  </si>
+  <si>
+    <t>teriparatide</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182788/fr/terrosa-teriparatide</t>
+  </si>
+  <si>
+    <t>FORSTEO (teriparatide)</t>
+  </si>
+  <si>
+    <t>13/10/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984699/fr/forsteo-teriparatide</t>
+  </si>
+  <si>
+    <t>pprd_2984699</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399963/fr/forsteo-20-microgrammes-/-80-microlitres-solution-pour-injection-en-stylo-pre-rempli-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460016/fr/forsteo-teriparatide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642553/fr/forsteo-teriparatide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697253/fr/forsteo-teriparatide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854109/fr/forsteo-teriparatide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766733/fr/forsteo-teriparatide</t>
+  </si>
+  <si>
+    <t>PROLIA (denosumab)</t>
+  </si>
+  <si>
+    <t>02/10/2020 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983147/fr/prolia-denosumab</t>
   </si>
   <si>
     <t>pprd_2983147</t>
   </si>
   <si>
     <t>denosumab</t>
   </si>
   <si>
     <t>AMGEN S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1172413/en/prolia</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3203277/en/prolia-opm</t>
+    <t>https://www.has-sante.fr/jcms/c_1172413/fr/prolia-denosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782520/fr/prolia-denosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792852/fr/prolia-denosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867466/fr/prolia-denosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203277/fr/prolia-opm-denosumab</t>
+  </si>
+  <si>
+    <t>ACTONEL - ACTONELCOMBI (risédronate/ résidronate monosodique/ risédronate monosodique hémipent...)</t>
+  </si>
+  <si>
+    <t>25/10/2017 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983495/fr/actonel-actonelcombi-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>pprd_2983495</t>
+  </si>
+  <si>
+    <t>risédronate,résidronate monosodique,risédronate monosodique hémipentahydraté,colécalciférol,calcium (carbonate de)</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399357/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399785/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400844/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459589/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545526/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677475/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250038/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016648/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671788/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801243/fr/actonel-risedronate/-residronate-monosodique/-risedronate-monosodique-hemipent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859886/fr/actonelcombi-risedronate/-colecalciferol/-carbonate-de-calcium/-risedronate-monosod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716196/fr/actonelcombi-risedronate/-colecalciferol/-carbonate-de-calcium/-risedronate-monosod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598216/fr/actonelcombi-risedronate/-colecalciferol/-carbonate-de-calcium/-risedronate-monosod</t>
+  </si>
+  <si>
+    <t>FOSAMAX (acide alendronique)</t>
+  </si>
+  <si>
+    <t>30/01/2015 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984620/fr/fosamax-acide-alendronique</t>
+  </si>
+  <si>
+    <t>pprd_2984620</t>
+  </si>
+  <si>
+    <t>acide alendronique</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401014/fr/fosamax-10-mg-comprime-boites-de-28-et-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399631/fr/fosamax-70-mg-comprime-boites-de-4-et-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400863/fr/fosamax-10-mg-comprime-plaquettes-thermoformees-aluminium-boite-de-28-comprimes-340-873-1-acide-alendronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460020/fr/fosamax-acide-alendronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_971043/fr/fosamax-acide-alendronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008305/fr/fosamax-acide-alendronique</t>
+  </si>
+  <si>
+    <t>MOVYMIA (tériparatide)</t>
+  </si>
+  <si>
+    <t>12/03/2020 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982868/fr/movymia-teriparatide</t>
+  </si>
+  <si>
+    <t>pprd_2982868</t>
+  </si>
+  <si>
+    <t>tériparatide</t>
+  </si>
+  <si>
+    <t>EG LABO - LABORATOIRES EUROGENERICS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906419/fr/movymia-teriparatide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159915/fr/movymia-teriparatide</t>
   </si>
   <si>
     <t>PROTELOS (ranélate de strontium)</t>
   </si>
   <si>
-    <t>01/22/2015 16:58:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984705/en/protelos-ranelate-de-strontium</t>
+    <t>22/01/2015 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984705/fr/protelos-ranelate-de-strontium</t>
   </si>
   <si>
     <t>pprd_2984705</t>
   </si>
   <si>
     <t>ranélate de strontium</t>
   </si>
   <si>
     <t>SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400199/en/protelos-2g-granules-pour-suspension-buvable-boite-de-28-et-boite-de-56-sachets</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1761869/en/protelos-strontium-ranelate-anti-osteoporosis-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_400199/fr/protelos-2g-granules-pour-suspension-buvable-boite-de-28-et-boite-de-56-sachets</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460201/fr/protelos-ranelate-de-strontium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060122/fr/protelos-ranelate-de-strontium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761869/fr/protelos-ranelate-de-strontium-anti-osteoporotique</t>
   </si>
   <si>
     <t>ELADYNOS (abaloparatide)</t>
   </si>
   <si>
-    <t>01/09/2025 09:26:10</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3576770/en/eladynos-abaloparatide</t>
+    <t>09/01/2025 09:26:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576770/fr/eladynos-abaloparatide</t>
   </si>
   <si>
     <t>p_3576770</t>
   </si>
   <si>
     <t>abaloparatide</t>
   </si>
   <si>
     <t>THERAMEX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3574250/en/eladynos-abaloparatide-osteoporosis</t>
+    <t>https://www.has-sante.fr/jcms/p_3574250/fr/eladynos-abaloparatide-osteoporose</t>
   </si>
   <si>
     <t>ACLASTA (acide zoledronique monohydrate)</t>
   </si>
   <si>
-    <t>04/06/2016 10:25:23</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984149/en/aclasta-acide-zoledronique-monohydrate</t>
+    <t>06/04/2016 10:25:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984149/fr/aclasta-acide-zoledronique-monohydrate</t>
   </si>
   <si>
     <t>pprd_2984149</t>
   </si>
   <si>
     <t>acide zoledronique monohydrate</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400644/en/aclasta-acide-zoledronique-monohydrate</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2621683/en/aclasta-acide-zoledronique-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_400644/fr/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623549/fr/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798074/fr/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016645/fr/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874876/fr/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621683/fr/aclasta-acide-zoledronique-monohydrate</t>
   </si>
   <si>
     <t>OPTRUMA (raloxifène (chlorhydrate de))</t>
   </si>
   <si>
-    <t>03/30/2016 16:14:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984157/en/optruma-raloxifene-chlorhydrate-de</t>
+    <t>30/03/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984157/fr/optruma-raloxifene-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984157</t>
   </si>
   <si>
     <t>raloxifène (chlorhydrate de)</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_460193/en/optruma-raloxifene-chlorhydrate-de</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620159/en/optruma-raloxifene-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_460193/fr/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335883/fr/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620159/fr/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>FIXICAL VITAMINE D3 (calcium (carbonate de)/ cholécalciférol (concentrat de))</t>
+  </si>
+  <si>
+    <t>03/08/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983028/fr/fixical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>pprd_2983028</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de),cholécalciférol (concentrat de)</t>
+  </si>
+  <si>
+    <t>EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399378/fr/fixical-500-mg-comprime-a-croquer-ou-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399379/fr/fixical-vitamine-d3-comprime-a-croquer-ou-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523449/fr/fixical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523457/fr/fixical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244162/fr/fixical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244159/fr/fixical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780767/fr/fixical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884094/fr/fixical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456509/fr/fixical-vitamine-d3-calcium-carbonate-cholecalciferol-ou-vitamine-d3-prevention-et-correction-des-carences-vitamino-calciques</t>
+  </si>
+  <si>
+    <t>EVISTA (raloxifène (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>27/11/2017 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983472/fr/evista-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983472</t>
+  </si>
+  <si>
+    <t>DAIICHI SANKYO FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398930/fr/evista-60-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460006/fr/evista-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335880/fr/evista-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806912/fr/evista-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>DIDRONEL (étidronate)</t>
+  </si>
+  <si>
+    <t>06/09/2012 17:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985219/fr/didronel-etidronate</t>
+  </si>
+  <si>
+    <t>pprd_2985219</t>
+  </si>
+  <si>
+    <t>étidronate</t>
+  </si>
+  <si>
+    <t>Laboratoire WARNER CHILCOTT FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400780/fr/didronel-etidronate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459901/fr/didronel-etidronate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016649/fr/didronel-etidronate</t>
   </si>
   <si>
     <t>BONVIVA (acide ibandronique)</t>
   </si>
   <si>
-    <t>07/04/2012 11:29:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985221/en/bonviva-acide-ibandronique</t>
+    <t>04/07/2012 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985221/fr/bonviva-acide-ibandronique</t>
   </si>
   <si>
     <t>pprd_2985221</t>
   </si>
   <si>
     <t>acide ibandronique</t>
   </si>
   <si>
     <t>Laboratoire ROCHE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400998/en/bonviva</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985477/en/preotact</t>
+    <t>https://www.has-sante.fr/jcms/c_400998/fr/bonviva-acide-ibandronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459746/fr/bonviva-acide-ibandronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468572/fr/bonviva-acide-ibandronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016644/fr/bonviva-acide-ibandronique</t>
+  </si>
+  <si>
+    <t>ADROVANCE (colécalciférol/ sodium (alendronate de))</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:10:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983206/fr/adrovance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983206</t>
+  </si>
+  <si>
+    <t>colécalciférol,sodium (alendronate de)</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493599/fr/adrovance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1219563/fr/adrovance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859874/fr/adrovance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>FOSAVANCE (colécalciférol/ sodium (alendronate de))</t>
+  </si>
+  <si>
+    <t>20/07/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984064/fr/fosavance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984064</t>
+  </si>
+  <si>
+    <t>GRUNENTHAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460024/fr/fosavance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_971039/fr/fosavance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655944/fr/fosavance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400659/fr/fosavance-comprime-boites-de-4-et-12-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>PREOTACT (hormone parathyroïdienne humaine recombinante)</t>
+  </si>
+  <si>
+    <t>13/12/2006 01:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985477/fr/preotact-hormone-parathyroidienne-humaine-recombinante</t>
   </si>
   <si>
     <t>pprd_2985477</t>
   </si>
   <si>
     <t>hormone parathyroïdienne humaine recombinante</t>
   </si>
   <si>
     <t>Laboratoires NYCOMED FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_474550/en/preotact</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983475/en/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+    <t>https://www.has-sante.fr/jcms/c_474550/fr/preotact-hormone-parathyroidienne-humaine-recombinante</t>
+  </si>
+  <si>
+    <t>CLIMASTON (dydrogestérone/estradiol)</t>
+  </si>
+  <si>
+    <t>14/10/2025 15:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984293/fr/climaston-dydrogesterone/estradiol</t>
+  </si>
+  <si>
+    <t>pprd_2984293</t>
+  </si>
+  <si>
+    <t>dydrogestérone,estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398873/fr/climaston-2-mg-/-10-mg-comprime-pellicule-boite-de-28-climaston-1-mg-/-10-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398872/fr/climaston-1-mg/-5-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400300/fr/climaston-1-mg/10-mg-climaston-1-mg/5-mg-climaston-2-mg/10-mg-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544838/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048927/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752094/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753193/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580474/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689712/fr/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
+  </si>
+  <si>
+    <t>FIXICAL (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>11/07/2023 17:59:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451656/fr/fixical-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>p_3451656</t>
+  </si>
+  <si>
+    <t>carbonate de calcium</t>
+  </si>
+  <si>
+    <t>LABORATOIRES EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451561/fr/fixical-carbonate-de-calcium-carences-calcique-et-traitement-d-appoint-de-l-osteoporose</t>
+  </si>
+  <si>
+    <t>LUZADEL (calcifédiol)</t>
+  </si>
+  <si>
+    <t>29/03/2023 10:27:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424108/fr/luzadel-calcifediol</t>
+  </si>
+  <si>
+    <t>p_3424108</t>
+  </si>
+  <si>
+    <t>calcifédiol</t>
+  </si>
+  <si>
+    <t>LABORATOIRES BESINS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424048/fr/luzadel-calcifediol-deficit-en-vitamine-d</t>
+  </si>
+  <si>
+    <t>CALCIPRAT (calcium (carbonate de)/ cholécalciférol (concentrat de), forme pulvéru...)</t>
+  </si>
+  <si>
+    <t>05/04/2018 11:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983336/fr/calciprat-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>pprd_2983336</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de),cholécalciférol (concentrat de), forme pulvérulente</t>
+  </si>
+  <si>
+    <t>ALFASIGMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398846/fr/calciprat-500-mg-comprime-a-sucer-boite-de-60-calciprat-750-mg-comprime-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400902/fr/calciprat-vitamine-d3-1000-mg/800-ui-comprime-a-sucer-1-pilulier-polyethylene-de-30-comprimes-360-124-3-calciprat-vitamine-d3-500-mg/400-ui-comprime-a-sucer-1-flacon-polyethylene-de-60-comprimes-341-156-0-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523319/fr/calciprat-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1018489/fr/calciprat-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1245663/fr/calciprat-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608629/fr/calciprat-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2841491/fr/calciprat-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>IDEOS (calcium carbonate/ cholécalciférol)</t>
+  </si>
+  <si>
+    <t>12/12/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983825/fr/ideos-calcium-carbonate/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2983825</t>
+  </si>
+  <si>
+    <t>calcium carbonate,cholécalciférol</t>
+  </si>
+  <si>
+    <t>INNOTECH INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538039/fr/ideos-calcium-carbonate/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244183/fr/ideos-calcium-carbonate/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729416/fr/ideos-calcium-carbonate/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399225/fr/ideos-comprime-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>METOCALCIUM (calcium (carbonate de)/ cholécalciférol (concentrat de), forme pulvéru...)</t>
+  </si>
+  <si>
+    <t>07/11/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983881/fr/metocalcium-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>pprd_2983881</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446973/fr/metocalcium-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2000739/fr/metocalcium-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682082/fr/metocalcium-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399153/fr/metocalcium-comprime-a-croquer-ou-a-sucer-boites-de-30-et-60</t>
+  </si>
+  <si>
+    <t>DIVINA - DUOVA (acétate de médroxyprogestérone/valérate d'estradiol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983475/fr/divina-duova-acetate-de-medroxyprogesterone/valerate-d-estradiol</t>
   </si>
   <si>
     <t>pprd_2983475</t>
   </si>
   <si>
     <t>acétate de médroxyprogestérone,valérate d'estradiol</t>
   </si>
   <si>
     <t>ORION PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_817325/en/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983866/en/femsept-femseptevo-femseptcombi-estreva-estradiol-hemihydrate/-levonorgestrel</t>
+    <t>https://www.has-sante.fr/jcms/c_817325/fr/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753126/fr/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806292/fr/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545492/fr/duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399421/fr/duova-1-mg-/-2-5-mg-comprime-duova-1-mg-/-5-mg-comprime-duova-2-mg-/-5-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>ESTREVA - FEMSEPT - FEMSEPTEVO - FEMSEPTCOMBI  (estradiol hémihydraté/lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983866/fr/estreva-femsept-femseptevo-femseptcombi-estradiol-hemihydrate/levonorgestrel</t>
   </si>
   <si>
     <t>pprd_2983866</t>
   </si>
   <si>
     <t>estradiol hémihydraté,lévonorgestrel</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398935/en/femsept-estradiol-hemihydrate/-levonorgestrel</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400304/en/femseptevo-50-microgrammes-/-7-microgrammes-/-24-heures-dispositif-transdermique-4-sachets-code-cip-367-594-5</t>
+    <t>https://www.has-sante.fr/jcms/c_398935/fr/femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544868/fr/femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046823/fr/femsept-femseptcombi-femseptevo-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682480/fr/femsept-femseptevo-femseptcombi-estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753187/fr/estreva-femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544976/fr/estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399376/fr/estreva-0-1-gel-transdermique-flacon-tube-de-50-g-100-doses-avec-pompe-doseuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753135/fr/femseptcombi-femseptevo-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544855/fr/femseptcombi-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398934/fr/femseptcombi-50-g/-10-g/-24-heures-dispositif-transdermique-en-sachet-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400304/fr/femseptevo-50-microgrammes-/-7-microgrammes-/-24-heures-dispositif-transdermique-4-sachets-code-cip-367-594-5</t>
   </si>
   <si>
     <t>PROVAMES (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983947/en/provames-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983947/fr/provames-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2983947</t>
   </si>
   <si>
     <t>estradiol hémihydraté</t>
   </si>
   <si>
     <t>NORGINE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399162/en/provames-1-mg-comprime-pellicule-boite-de-30</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2672236/en/provames-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_399162/fr/provames-1-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544883/fr/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058653/fr/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753171/fr/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672236/fr/provames-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>PROGESTOGEL - UTROGESTAN (progestérone)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984105/en/progestogel-utrogestan-progesterone</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984105/fr/progestogel-utrogestan-progesterone</t>
   </si>
   <si>
     <t>pprd_2984105</t>
   </si>
   <si>
     <t>progestérone</t>
   </si>
   <si>
     <t>BESINS HEALTHCARE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_951417/en/progestogel-progesterone</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984124/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_951417/fr/progestogel-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633557/fr/progestogel-utrogestan-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753199/fr/utrogestan-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951432/fr/utrogestan-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400833/fr/utrogestan-100-mg-capsule-molle-orale-ou-vaginale-b/30-cip-323-275-1-utrogestan-200-mg-capsule-molle-orale-ou-vaginale-b/15-cip-348-399-6</t>
+  </si>
+  <si>
+    <t>ACTIVELLE - KLIOGEST - NOVOFEMME - TRISEQUENS (estradiol hémihydraté/acétate de noréthistérone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984124/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/acetate-de-norethisterone</t>
   </si>
   <si>
     <t>pprd_2984124</t>
   </si>
   <si>
     <t>estradiol hémihydraté,acétate de noréthistérone</t>
   </si>
   <si>
     <t>NOVO NORDISK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_544823/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399057/en/trisequens-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
+    <t>https://www.has-sante.fr/jcms/c_544823/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048378/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753539/fr/activelle-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627645/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753165/fr/kliogest-novefemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398979/fr/kliogest-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399506/fr/novofemme-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399057/fr/trisequens-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
   </si>
   <si>
     <t>DUPHASTON (dydrogestérone)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984207/en/duphaston-dydrogesterone</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984207/fr/duphaston-dydrogesterone</t>
   </si>
   <si>
     <t>pprd_2984207</t>
   </si>
   <si>
     <t>dydrogestérone</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_748315/en/duphaston-dydrogesterone</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2610152/en/duphaston-dydrogesterone</t>
+    <t>https://www.has-sante.fr/jcms/c_748315/fr/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753190/fr/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610152/fr/duphaston-dydrogesterone</t>
   </si>
   <si>
     <t>COLPRONE (médrogestone)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984220/en/colprone-medrogestone</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984220/fr/colprone-medrogestone</t>
   </si>
   <si>
     <t>pprd_2984220</t>
   </si>
   <si>
     <t>médrogestone</t>
   </si>
   <si>
     <t>NEURAXPHARM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_748309/en/colprone-medrogestone</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3588262/en/colprone-medrogestone-gynecological</t>
+    <t>https://www.has-sante.fr/jcms/c_748309/fr/colprone-medrogestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753202/fr/colprone-medrogestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608651/fr/colprone-medrogestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588262/fr/colprone-medrogestone-gynecologie</t>
   </si>
   <si>
     <t>OESCLIM - OROMONE (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984292/en/oesclim-oromone-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984292/fr/oesclim-oromone-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984292</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398948/en/oesclim-estradiol-hemihydrate</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984344/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+    <t>https://www.has-sante.fr/jcms/c_398948/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544874/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046772/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753177/fr/oesclim-oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580477/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834956/fr/oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400076/fr/oromone-2-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>CLIMENE (valérate d'estradiol/acétate de cyprotérone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984344/fr/climene-valerate-d-estradiol/acetate-de-cyproterone</t>
   </si>
   <si>
     <t>pprd_2984344</t>
   </si>
   <si>
     <t>valérate d'estradiol,acétate de cyprotérone</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1048372/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984426/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+    <t>https://www.has-sante.fr/jcms/c_1048372/fr/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753174/fr/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569074/fr/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400769/fr/climene-comprime-enrobe-b/21-11-blancs-et-10-roses-cip-336-043-7</t>
+  </si>
+  <si>
+    <t>OESTROGEL - OESTRODOSE - THAIS - THAISSEPT (estradiol/estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984426/fr/oestrogel-oestrodose-thais-thaissept-estradiol/estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984426</t>
   </si>
   <si>
     <t>estradiol,estradiol hémihydraté</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1046775/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_398903/en/oestrodose-0-06-gel-pour-application-cutanee-en-flacon-avec-pompe-doseuse-flacon-de-80-g-64-doses</t>
+    <t>https://www.has-sante.fr/jcms/c_1046775/fr/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753153/fr/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058267/fr/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398903/fr/oestrodose-0-06-gel-pour-application-cutanee-en-flacon-avec-pompe-doseuse-flacon-de-80-g-64-doses</t>
   </si>
   <si>
     <t>DERMESTRIL - DERMESTRIL SEPTEM (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984501/en/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984501/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984501</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400704/en/dermestril-estradiol-hemihydrate</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2040742/en/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_400704/fr/dermestril-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_901524/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753183/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040742/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>PHYSIOGINE (estriol)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984633/en/physiogine-estriol</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984633/fr/physiogine-estriol</t>
   </si>
   <si>
     <t>pprd_2984633</t>
   </si>
   <si>
     <t>estriol</t>
   </si>
   <si>
     <t>ASPEN FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517660/en/physiogine-estriol</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3456145/en/physiogine-estriol-affections-vulvo-vaginales</t>
+    <t>https://www.has-sante.fr/jcms/c_517660/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753162/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2000743/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399510/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456145/fr/physiogine-estriol-affections-vulvo-vaginales</t>
   </si>
   <si>
     <t>LIVIAL (tibolone)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984732/en/livial-tibolone</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984732/fr/livial-tibolone</t>
   </si>
   <si>
     <t>pprd_2984732</t>
   </si>
   <si>
     <t>tibolone</t>
   </si>
   <si>
     <t>ORGANON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398989/en/livial-2-5-mg-28-comprimes-sous-plaquette-thermoformee-boite-de-1</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1753542/en/livial</t>
+    <t>https://www.has-sante.fr/jcms/c_398989/fr/livial-2-5-mg-28-comprimes-sous-plaquette-thermoformee-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753542/fr/livial-tibolone</t>
   </si>
   <si>
     <t>LUTENYL (nomégestrol (acétate de))</t>
   </si>
   <si>
-    <t>09/07/2023 15:24:01</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984200/en/lutenyl-nomegestrol-acetate-de</t>
+    <t>07/09/2023 15:24:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984200/fr/lutenyl-nomegestrol-acetate-de</t>
   </si>
   <si>
     <t>pprd_2984200</t>
   </si>
   <si>
     <t>nomégestrol (acétate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400321/en/lutenyl-3-75-mg-comprime-boite-de-14-comprimes-code-cip-365-572-4</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459822/en/lutenyl-nomegestrol-acetate-gynaecology</t>
+    <t>https://www.has-sante.fr/jcms/c_400321/fr/lutenyl-3-75-mg-comprime-boite-de-14-comprimes-code-cip-365-572-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748399/fr/lutenyl-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753533/fr/lutenyl-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610185/fr/lutenyl-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459822/fr/lutenyl-acetate-de-nomegestrol-gynecologie</t>
+  </si>
+  <si>
+    <t>CALCIDOSE VITAMINE D3 (carbonate de calcium/ cholécalciférol)</t>
+  </si>
+  <si>
+    <t>14/05/2020 19:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185919/fr/calcidose-vitamine-d3-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>p_3185919</t>
+  </si>
+  <si>
+    <t>carbonate de calcium,cholécalciférol</t>
+  </si>
+  <si>
+    <t>MAYOLY SPINDLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399261/fr/calcidose-vitamine-d-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455239/fr/calcidose-vitamine-d-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242831/fr/calcidose-vitamine-d3-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729407/fr/calcidose-vitamine-d3-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182795/fr/calcidose-vitamine-d3-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>CALCIDOSE (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>18/05/2017 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983628/fr/calcidose-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2983628</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399361/fr/calcidose-500-poudre-pour-suspension-buvable-en-sachet-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556216/fr/calcidose-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242834/fr/calcidose-500-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762888/fr/calcidose-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>CACIT (cholécalciférol/ calcium (carbonate de))</t>
+  </si>
+  <si>
+    <t>12/11/2019 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983278/fr/cacit-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983278</t>
+  </si>
+  <si>
+    <t>cholécalciférol,calcium (carbonate de)</t>
+  </si>
+  <si>
+    <t>THERAMEX FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399127/fr/cacit-vitamine-d3-granule-effervescent-pour-solution-buvable-en-sachet-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455161/fr/cacit-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594647/fr/cacit-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242843/fr/cacit-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623663/fr/cacit-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740754/fr/cacit-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851246/fr/cacit-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117947/fr/cacit-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>XOFIGO (dichlorure de radium (Ra-223))</t>
+  </si>
+  <si>
+    <t>06/09/2019 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984040/fr/xofigo-dichlorure-de-radium-ra-223</t>
+  </si>
+  <si>
+    <t>pprd_2984040</t>
+  </si>
+  <si>
+    <t>dichlorure de radium (Ra-223)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753132/fr/xofigo-dichlorure-de-radium-radio-isotope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656373/fr/xofigo-radium-radio-isotope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080449/fr/xofigo-dichlorure-de-radium-ra-223</t>
+  </si>
+  <si>
+    <t>OROCAL - OROCAL VITAMINE D3 (Carbonate de calcium/ cholécalciférol (ou vitamine D3))</t>
+  </si>
+  <si>
+    <t>11/01/2019 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982931/fr/orocal-orocal-vitamine-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>pprd_2982931</t>
+  </si>
+  <si>
+    <t>Carbonate de calcium,cholécalciférol (ou vitamine D3)</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399194/fr/orocal-d3-comprime-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574593/fr/orocal-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594655/fr/orocal-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832518/fr/orocal-vitamine-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242823/fr/orocal-vitamine-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623639/fr/orocal-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610179/fr/orocal-vitamine-d3-calcium-vitamine-d3-teva-et-ratiopharm-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740748/fr/orocal-calcium-teva-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857785/fr/orocal-vitamine-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894906/fr/orocal-vitamine-d3-carbonate-de-calcium/-cholecalciferol-ou-vitamine-d3</t>
+  </si>
+  <si>
+    <t>DECAPEPTYL (triptoréline (pamoate de))</t>
+  </si>
+  <si>
+    <t>20/02/2019 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983106/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983106</t>
+  </si>
+  <si>
+    <t>triptoréline (pamoate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398886/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398885/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401000/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486302/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_903960/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054880/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778233/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570593/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620162/fr/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839035/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847899/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869377/fr/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872668/fr/decapeptyl-lp-3-mg-triptoreline-analogue-de-la-gnrh</t>
+  </si>
+  <si>
+    <t>DENSICAL - DENSICAL VITAMINE D3 (calcium (carbonate de)/ cholécalciférol (concentrat de))</t>
+  </si>
+  <si>
+    <t>20/06/2018 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983224/fr/densical-densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>pprd_2983224</t>
+  </si>
+  <si>
+    <t>Laboratoire ZAMBON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399320/fr/densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400302/fr/densical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523308/fr/densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954781/fr/densical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075799/fr/densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625064/fr/densical-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857781/fr/densical-vitamine-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de</t>
   </si>
   <si>
     <t>CLIMODIENE (valérate d'estradiol/ diénogest)</t>
   </si>
   <si>
-    <t>11/27/2017 14:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983474/en/climodiene-valerate-d-estradiol/-dienogest</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983474/fr/climodiene-valerate-d-estradiol/-dienogest</t>
   </si>
   <si>
     <t>pprd_2983474</t>
   </si>
   <si>
     <t>valérate d'estradiol,diénogest</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399416/en/climodiene-2-mg-/-2-mg-comprime-boite-de-28</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2806906/en/climodiene-valerate-d-estradiol/-dienogest</t>
+    <t>https://www.has-sante.fr/jcms/c_399416/fr/climodiene-2-mg-/-2-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574365/fr/climodiene-valerate-d-estradiol/-dienogest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753141/fr/climodiene-valerate-d-estradiol/-dienogest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806906/fr/climodiene-valerate-d-estradiol/-dienogest</t>
   </si>
   <si>
     <t>ESTRAPATCH (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>11/07/2016 09:06:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983884/en/estrapatch-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983884/fr/estrapatch-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2983884</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399136/en/estrapatch-40-g/24h-dispositif-transdermique-estrapatch-60-g/24h-dispositif-transdermique-boite-de-4</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680866/en/estrapatch-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_399136/fr/estrapatch-40-g/24h-dispositif-transdermique-estrapatch-60-g/24h-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399789/fr/estrapatch-80-g/24-heures-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544965/fr/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753529/fr/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680866/fr/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>CALCOS VITAMINE D3 (cholécalciférol/ calcium (carbonate de))</t>
+  </si>
+  <si>
+    <t>30/09/2016 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983965/fr/calcos-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983965</t>
+  </si>
+  <si>
+    <t>ARKOPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446663/fr/calcos-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244180/fr/calcos-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671752/fr/calcos-vitamine-d3-cholecalciferol/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>CALCIUM/VITAMINE D3 ZYDUS (cholécalciférol (ou vitamine D3)/ calcium (carbonate de))</t>
+  </si>
+  <si>
+    <t>03/08/2016 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984018/fr/calcium/vitamine-d3-zydus-cholecalciferol-ou-vitamine-d3-/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984018</t>
+  </si>
+  <si>
+    <t>cholécalciférol (ou vitamine D3),calcium (carbonate de)</t>
+  </si>
+  <si>
+    <t>ZYDUS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658558/fr/calcium/vitamine-d3-zydus-cholecalciferol-ou-vitamine-d3-/-calcium-carbonate-de</t>
   </si>
   <si>
     <t>LUTERAN (chlormadinone (acétate de))</t>
   </si>
   <si>
-    <t>03/02/2016 18:53:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984190/en/luteran-chlormadinone-acetate-de</t>
+    <t>02/03/2016 18:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984190/fr/luteran-chlormadinone-acetate-de</t>
   </si>
   <si>
     <t>pprd_2984190</t>
   </si>
   <si>
     <t>chlormadinone (acétate de)</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400795/en/luteran-2-mg-comprime-b/10-cip-306-331-4-luteran-5-mg-comprime-b/10-cip-306-332-0-luteran-10-mg-comprime-b/12-cip-339-433-0</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2612652/en/luteran-chlormadinone-acetate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_400795/fr/luteran-2-mg-comprime-b/10-cip-306-331-4-luteran-5-mg-comprime-b/10-cip-306-332-0-luteran-10-mg-comprime-b/12-cip-339-433-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923058/fr/luteran-chlormadinone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753168/fr/luteran-chlormadinone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612652/fr/luteran-chlormadinone-acetate-de</t>
   </si>
   <si>
     <t>SURGESTONE (promégestone)</t>
   </si>
   <si>
-    <t>02/19/2016 16:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984196/en/surgestone-promegestone</t>
+    <t>19/02/2016 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984196/fr/surgestone-promegestone</t>
   </si>
   <si>
     <t>pprd_2984196</t>
   </si>
   <si>
     <t>promégestone</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399079/en/surgestone-0-500-mg-comprime-boites-de-10-et-12</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2610503/en/surgestone-promegestone</t>
+    <t>https://www.has-sante.fr/jcms/c_399079/fr/surgestone-0-500-mg-comprime-boites-de-10-et-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544791/fr/surgestone-promegestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050835/fr/surgestone-promegestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753159/fr/surgestone-promegestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610503/fr/surgestone-promegestone</t>
+  </si>
+  <si>
+    <t>STRUCTOCAL VITAMINE D3 (cholécalciférol (ou vitamine D3)/ calcium (carbonate de))</t>
+  </si>
+  <si>
+    <t>08/01/2016 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984269/fr/structocal-vitamine-d3-cholecalciferol-ou-vitamine-d3-/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984269</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586587/fr/structocal-vitamine-d3-cholecalciferol-ou-vitamine-d3-/-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>FEMARA (létrozole)</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984282/fr/femara-letrozole</t>
+  </si>
+  <si>
+    <t>pprd_2984282</t>
+  </si>
+  <si>
+    <t>létrozole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399138/fr/femara-2-5-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400121/fr/femara-2-5-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400188/fr/femara-2-5-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400710/fr/femara-2-5-mg-comprime-pellicule-boite-de-30-comprimes-code-cip-341-474-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487065/fr/femara-letrozole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996914/fr/femara-letrozole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583139/fr/femara-letrozole-inhibiteur-de-l-aromatase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583124/fr/femara-letrozole</t>
   </si>
   <si>
     <t>DELIDOSE (estradiol hémihydraté)</t>
   </si>
   <si>
     <t>07/07/2015 13:53:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984492/en/delidose-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984492/fr/delidose-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984492</t>
   </si>
   <si>
     <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400158/en/delidose-estradiol-hemihydrate</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2041943/en/delidose-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_400158/fr/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900512/fr/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753129/fr/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041943/fr/delidose-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>CLIMARA (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>07/16/2014 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984733/en/climara-estradiol-hemihydrate</t>
+    <t>16/07/2014 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984733/fr/climara-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984733</t>
   </si>
   <si>
     <t>BAYER SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398871/en/climara-50-microgrammes-/-24-heures-dispositif-transdermique-boite-de-4</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1753536/en/climara</t>
+    <t>https://www.has-sante.fr/jcms/c_398871/fr/climara-50-microgrammes-/-24-heures-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544847/fr/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058667/fr/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753536/fr/climara-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>ESTRADERM - VIVELLEDOT (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>10/21/2015 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984738/en/estraderm-vivelledot-estradiol-hemihydrate</t>
+    <t>21/10/2015 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984738/fr/estraderm-vivelledot-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984738</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400708/en/estraderm-tts-25-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-726-5-estraderm-tts-50-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-729-4-estraderm-tts-100-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-732-5</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399598/en/vivelledot-37-5-g/24-h-dispositif-transdermique-vivelledot-50-g/24-h-dispositif-transdermique-vivelledot-75-g/24-h-dispositif-transdermique-vivelledot-100-g/24-h-dispositif-transdermique-boite-de-8</t>
+    <t>https://www.has-sante.fr/jcms/c_400708/fr/estraderm-tts-25-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-726-5-estraderm-tts-50-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-729-4-estraderm-tts-100-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-732-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046793/fr/estraderm-tts-vivelledot-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753196/fr/estraderm-vivelledot-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564435/fr/vivelledot-n/r/-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399598/fr/vivelledot-37-5-g/24-h-dispositif-transdermique-vivelledot-50-g/24-h-dispositif-transdermique-vivelledot-75-g/24-h-dispositif-transdermique-vivelledot-100-g/24-h-dispositif-transdermique-boite-de-8</t>
   </si>
   <si>
     <t>NAEMIS (estradiol hémihydraté/ nomégestrol (acétate de))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984742/en/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984742/fr/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
   </si>
   <si>
     <t>pprd_2984742</t>
   </si>
   <si>
     <t>estradiol hémihydraté,nomégestrol (acétate de)</t>
   </si>
   <si>
-    <t>TEVA SANTE</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399641/en/naemis-comprime-boite-de-24</t>
+    <t>https://www.has-sante.fr/jcms/c_594667/fr/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753147/fr/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399641/fr/naemis-comprime-boite-de-24</t>
   </si>
   <si>
     <t>AVADENE (estradiol hémihydraté/ gestodène)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984743/en/avadene-estradiol-hemihydrate/-gestodene</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984743/fr/avadene-estradiol-hemihydrate/-gestodene</t>
   </si>
   <si>
     <t>pprd_2984743</t>
   </si>
   <si>
     <t>estradiol hémihydraté,gestodène</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399479/en/avadene-estradiol-hemihydrate/-gestodene</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1753144/en/avadene</t>
+    <t>https://www.has-sante.fr/jcms/c_399479/fr/avadene-estradiol-hemihydrate/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545506/fr/avadene-estradiol-hemihydrate/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753144/fr/avadene-estradiol-hemihydrate/-gestodene</t>
   </si>
   <si>
     <t>MENAELLE (progestérone)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984744/en/menaelle-progesterone</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984744/fr/menaelle-progesterone</t>
   </si>
   <si>
     <t>pprd_2984744</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399966/en/menaelle-100-mg-capsule-molle-boite-de-30</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983753/en/lanzor</t>
+    <t>https://www.has-sante.fr/jcms/c_399966/fr/menaelle-100-mg-capsule-molle-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763747/fr/menaelle-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753138/fr/menaelle-progesterone</t>
+  </si>
+  <si>
+    <t>SOLU-MEDROL (méthylprednisolone)</t>
+  </si>
+  <si>
+    <t>10/01/2024 08:56:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983063/fr/solu-medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>pprd_2983063</t>
+  </si>
+  <si>
+    <t>méthylprednisolone</t>
+  </si>
+  <si>
+    <t>PFIZER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718921/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724593/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045309/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879774/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262247/fr/solumedrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487178/fr/solu-medrol-methylprednisolone-corticoides</t>
+  </si>
+  <si>
+    <t>PARIET (rabéprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982991/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>pprd_2982991</t>
+  </si>
+  <si>
+    <t>rabéprazole</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399406/fr/pariet-10-mg-20-mg-comprime-gastro-resistant-b/14-b/28-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399451/fr/pariet-10-mg-comprimes-gastro-resistants-b/14-b/28-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400127/fr/pariet-10-mg-comprime-gastroresistant-boite-de-14-code-cip-336-742-8-pariet-10-mg-comprime-gastroresistant-boite-de-28-code-cip-356-744-0-pariet-20-mg-comprime-gastroresistant-boite-de-14-code-cip-355-145-6-pariet-20-mg-comprime-gastroresistant-boite-de-28-code-cip-355-147-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400128/fr/pariet-10-mg-20-mg-comprimes-gastroresistants-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763750/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923065/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343130/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888450/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215594/fr/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>LANZOR (lansoprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983753/fr/lanzor-lansoprazole</t>
   </si>
   <si>
     <t>pprd_2983753</t>
   </si>
   <si>
     <t>lansoprazole</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398985/en/lanzor-30-mg-microgranules-gastro-resistant-en-gelule-b/7-b/14-b/60</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984407/en/mopral-zoltum</t>
+    <t>https://www.has-sante.fr/jcms/c_398985/fr/lanzor-30-mg-microgranules-gastro-resistant-en-gelule-b/7-b/14-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399434/fr/lanzor-15-mg-microgranules-gastro-resistants-en-gelule-b/15-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399749/fr/lanzor-15-mg-microgranules-gastroresistants-en-gelule-sous-plaquettes-thermoformees-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399750/fr/lanzor-30-mg-microgranules-gastroresistants-en-gelule-sous-plaquette-thermoformee-boite-de-7-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622222/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763753/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332059/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741824/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215600/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>MOPRAL - ZOLTUM (oméprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984407/fr/mopral-zoltum-omeprazole</t>
   </si>
   <si>
     <t>pprd_2984407</t>
   </si>
   <si>
     <t>oméprazole</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399005/en/mopral-10-mg-microgranules-gastro-resistants-en-gelule-b/14-b/28-b/50-mopral-20-mg-microgranules-gastro-resistants-en-gelule-b/7-b/14-b/28-b/50-omeprazole</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984969/en/ogast-ogastoro</t>
+    <t>https://www.has-sante.fr/jcms/c_399005/fr/mopral-10-mg-microgranules-gastro-resistants-en-gelule-b/14-b/28-b/50-mopral-20-mg-microgranules-gastro-resistants-en-gelule-b/7-b/14-b/28-b/50-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399503/fr/mopral-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400743/fr/mopral-10-mg-microgranules-gastroresistants-en-gelule-b/14-341-300-4-b/28-341-301-0-mopral-20-mg-microgranules-gastroresistants-en-gelule-b/7-340-810-9-b/14-340-812-1-b/28-340-814-4-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763738/fr/mopral-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954780/fr/mopral-zoltum-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559097/fr/mopral-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559100/fr/mopral-zoltum-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215588/fr/mopral-zoltum-omeprazole</t>
+  </si>
+  <si>
+    <t>OGAST - OGASTORO (lansoprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984969/fr/ogast-ogastoro-lansoprazole</t>
   </si>
   <si>
     <t>pprd_2984969</t>
   </si>
   <si>
     <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398905/en/ogast-lansoprazole</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982795/en/roactemra</t>
+    <t>https://www.has-sante.fr/jcms/c_398905/fr/ogast-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399643/fr/ogast-15-mg-microgranule-gastroresistant-en-gelule-sous-plaquettes-thermoformees-b/30-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399644/fr/ogast-30-mg-microgranule-gastroresistant-en-gelule-b/7-b/14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335893/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763768/fr/ogast-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622226/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679422/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399446/fr/ogast15-mg-microgranules-gastro-resistants-en-gelule-b/15-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215582/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>CALPRIMUM (calcium (carbonate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983971/fr/calprimum-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983971</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de)</t>
+  </si>
+  <si>
+    <t>TRADIPHAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473526/fr/calprimum-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277900/fr/calprimum-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671731/fr/calprimum-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>STEOVESS (sodium (alendronate de))</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984536/fr/steovess-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984536</t>
+  </si>
+  <si>
+    <t>sodium (alendronate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034346/fr/steovess-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>OSSOPAN (extrait d'os total (complexe osséine-hydroxyapatite anhydre))</t>
+  </si>
+  <si>
+    <t>22/06/2011 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985147/fr/ossopan-extrait-d-os-total-complexe-osseine-hydroxyapatite-anhydre</t>
+  </si>
+  <si>
+    <t>pprd_2985147</t>
+  </si>
+  <si>
+    <t>extrait d'os total (complexe osséine-hydroxyapatite anhydre)</t>
+  </si>
+  <si>
+    <t>Laboratoire PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400330/fr/ossopan-600-mg-comprime-pellicule-plaquette-thermoformee-de-30-comprime-s-code-cip-323-952-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918271/fr/ossopan-extrait-d-os-total-complexe-osseine-hydroxyapatite-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069679/fr/ossopan-extrait-d-os-total-complexe-osseine-hydroxyapatite-anhydre</t>
+  </si>
+  <si>
+    <t>MENOREST (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>28/03/2007 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985440/fr/menorest-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985440</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399151/fr/menorest-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544890/fr/menorest-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>ANDROCUR (cyprotérone (acétate de))</t>
+  </si>
+  <si>
+    <t>22/10/2020 17:14:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984070/fr/androcur-cyproterone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984070</t>
+  </si>
+  <si>
+    <t>cyprotérone (acétate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400848/fr/androcur-50-mg-comprime-secable-b/20-cip-323-510-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_653795/fr/androcur-cyproterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352602/fr/androcur-cyproterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655917/fr/androcur-cyproterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213329/fr/androcur-cyproterone-acetate-de</t>
+  </si>
+  <si>
+    <t>CALTRATE (calcium (carbonate de)/ colécalciférol)</t>
+  </si>
+  <si>
+    <t>04/05/2018 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983314/fr/caltrate-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2983314</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de),colécalciférol</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399611/fr/caltrate-500-mg-comprime-a-sucer-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399612/fr/caltrate-vitamine-d3-500-mg/400-ui-comprime-a-sucer-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574250/fr/caltrate-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574257/fr/caltrate-vitamine-d3-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517925/fr/caltrate-vitamine-d3-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525549/fr/caltrate-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847908/fr/caltrate-vitamine-d3-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847911/fr/caltrate-calcium-carbonate-de-/-colecalciferol</t>
+  </si>
+  <si>
+    <t>CALCIUM ET CALCIUM VITAMINE D3 (calcium (carbonate de)/ calcium (gluconolactate de)/ cholécalciférol)</t>
+  </si>
+  <si>
+    <t>15/12/2016 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983803/fr/calcium-et-calcium-vitamine-d3-calcium-carbonate-de-/-calcium-gluconolactate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2983803</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de),calcium (gluconolactate de),cholécalciférol</t>
+  </si>
+  <si>
+    <t>ARKOMEDIKA/ BIOGARAN / EG LABO-LABORATOIRES EUROGENERICS/ MYLAN S.A.S/ MERCK GENERIQUES/ RATIOPHARM/ SANDOZ SAS/ TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398847/fr/calcium-vitamine-d3-gnr-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399128/fr/calcium-vitamine-d3-arkomedika-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399129/fr/calcium-vitamine-d3-merck-500-mg/400-ui-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400221/fr/calcium-vitamine-d3-500-mg/400-ui-sandoz-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400294/fr/calcium-merck-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400855/fr/calcium-vitamine-d3-gnr-cholecalciferol-forme-pulverulente/-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446697/fr/calcium-vitamine-d3-teva-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455243/fr/calcium-sandoz-gluconolactate/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477420/fr/calcium-teva-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763762/fr/calcium-vitamine-d3-teva-cholecalciferol-forme-pulverulente/-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793442/fr/calcium-sandoz-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832539/fr/calcium-vitamine-d3-biogaran-calcium-carbonate-de-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854103/fr/calcium-vitamine-d3-ratiopharm-calcium-carbonate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944546/fr/calcium-vitamine-d3-mylan-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_983244/fr/calcium-mylan-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1018490/fr/calcium-vitamine-d3-sandoz-cholecalciferol/-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242852/fr/calcium-vitamine-d3-mylan-carbonate-de-calcium-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298565/fr/calcium-sandoz-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623633/fr/calcium-teva-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747529/fr/calcium-vitamine-d3-biogaran-calcium-carbonate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792842/fr/calcium-vitamine-d3-eg-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2003838/fr/calcium-vitamine-d3-sandoz-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2032511/fr/calcium-mylan-calcium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2663233/fr/calcium-sandoz-calcium-carbonate-et-gluconolactate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730836/fr/calcium-vitamine-d3-mylan-calcium-carbonate/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>GONAPEPTYL (triptoréline (acétate de))</t>
+  </si>
+  <si>
+    <t>24/08/2015 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984441/fr/gonapeptyl-triptoreline-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984441</t>
+  </si>
+  <si>
+    <t>triptoréline (acétate de)</t>
+  </si>
+  <si>
+    <t>FERRING SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399477/fr/gonapeptyl-3-75-mg-poudre-et-solvant-pour-suspension-injectable-a-liberation-prolongee-en-seringue-boite-de-1-seringue-pre-remplie-de-poudre-1-seringue-pre-remplie-de-solvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951420/fr/gonapeptyl-triptoreline-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052928/fr/gonapeptyl-triptoreline-acetate-de</t>
+  </si>
+  <si>
+    <t>OSSEANS VITAMINE D3 (cholécalciférol/ carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984616/fr/osseans-vitamine-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2984616</t>
+  </si>
+  <si>
+    <t>cholécalciférol,carbonate de calcium</t>
+  </si>
+  <si>
+    <t>SCIENCEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400147/fr/osseans-d3-comprimes-a-sucer-ou-a-croquer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832530/fr/osseans-vitamine-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009370/fr/osseans-vitamine-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>CALPEROS (cholécalciférol/ carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984618/fr/calperos-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2984618</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400222/fr/calperos-500-mg-comprime-a-sucer-secable-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400223/fr/calperos-d3-comprime-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_880231/fr/calperos-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_880233/fr/calperos-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008298/fr/calperos-d3-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008805/fr/calperos-cholecalciferol/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>CALCIFORTE (cholécalciférol (concentrat de), forme pulvérulente/ calcium (carbonat...)</t>
+  </si>
+  <si>
+    <t>30/07/2013 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984904/fr/calciforte-cholecalciferol-concentrat-de-forme-pulverulente/-calcium-carbonat</t>
+  </si>
+  <si>
+    <t>pprd_2984904</t>
+  </si>
+  <si>
+    <t>cholécalciférol (concentrat de), forme pulvérulente,calcium (carbonate de)</t>
+  </si>
+  <si>
+    <t>GRIMBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594467/fr/calciforte-vitamine-d3-cholecalciferol-concentrat-de-forme-pulverulente/-calcium-carbonat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594471/fr/calciforte-cholecalciferol-concentrat-de-forme-pulverulente/-calcium-carbonat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600985/fr/calciforte-vitamine-d3-cholecalciferol-concentrat-de-forme-pulverulente/-calcium-carbonat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623642/fr/calciforte-cholecalciferol-concentrat-de-forme-pulverulente/-calcium-carbonat</t>
+  </si>
+  <si>
+    <t>OSTEOCAL - OSTEOCAL D3 (calcium (carbonate de)/ cholécalciférol (concentrat de), forme pulvéru...)</t>
+  </si>
+  <si>
+    <t>09/07/2013 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984917/fr/osteocal-osteocal-d3-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>pprd_2984917</t>
+  </si>
+  <si>
+    <t>ALKOPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398916/fr/osteocal-500-mg-comprime-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398917/fr/osteocal-d3-500-mg/400-u-i-comprime-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954782/fr/osteocal-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051911/fr/osteocal-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600979/fr/osteocal-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+  </si>
+  <si>
+    <t>PERICAL (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>05/10/2009 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985326/fr/perical-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2985326</t>
+  </si>
+  <si>
+    <t>Laboratoire BESINS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400275/fr/perical-1000-mg-comprime-a-sucer-1-flacon-s-polyethylene-de-30-comprime-s-code-cip-341-037-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854094/fr/perical-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>ESTALIS (estradiol hémihydraté/ acétate de noréthistérone)</t>
+  </si>
+  <si>
+    <t>28/03/2007 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985441/fr/estalis-estradiol-hemihydrate/-acetate-de-norethisterone</t>
+  </si>
+  <si>
+    <t>pprd_2985441</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398927/fr/estalis-estradiol-hemihydrate/-acetate-de-norethisterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544817/fr/estalis-estradiol-hemihydrate/-acetate-de-norethisterone</t>
+  </si>
+  <si>
+    <t>ROACTEMRA (tocilizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:23:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982795/fr/roactemra-tocilizumab</t>
   </si>
   <si>
     <t>pprd_2982795</t>
   </si>
   <si>
     <t>tocilizumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_854116/en/roactemra</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3343837/en/ryeqo-relugolix/estradiol/norethisterone</t>
+    <t>https://www.has-sante.fr/jcms/c_854116/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250135/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717939/fr/roactemra-tocilizumab-inhibiteur-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758974/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759071/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585423/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635025/fr/roactemra-arthrite-juvenile-idiopathique-systemique-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635028/fr/roactemra-polyarthrite-rhumatoide-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628638/fr/roactemra-sc-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732640/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879351/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872820/fr/roactemra-tocilizumab-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900431/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897001/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964632/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193723/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262250/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295750/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318928/fr/roactemra-tocilizumab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539135/fr/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>EPTAVIT (calcium (carbonate de)/ cholécalciférol)</t>
+  </si>
+  <si>
+    <t>03/04/2015 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984583/fr/eptavit-calcium-carbonate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2984583</t>
+  </si>
+  <si>
+    <t>calcium (carbonate de),cholécalciférol</t>
+  </si>
+  <si>
+    <t>BIOCODEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603410/fr/eptavit-calcium-carbonate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024171/fr/eptavit-calcium-carbonate-de-/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>OSTRAM - OSTRAM VITAMINE D3 (phosphate tricalcique/ cholécalciférol (concentrat de), forme pulvérul...)</t>
+  </si>
+  <si>
+    <t>16/12/2014 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984637/fr/ostram-ostram-vitamine-d3-phosphate-tricalcique/-cholecalciferol-concentrat-de-forme-pulverul</t>
+  </si>
+  <si>
+    <t>pprd_2984637</t>
+  </si>
+  <si>
+    <t>phosphate tricalcique,cholécalciférol (concentrat de), forme pulvérulente</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400228/fr/ostram-vitamine-d3-poudre-pour-suspension-buvable-en-sachet-dose-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594659/fr/ostram-phosphate-tricalcique/-cholecalciferol-concentrat-de-forme-pulverul</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623659/fr/ostram-phosphate-tricalcique/-cholecalciferol-concentrat-de-forme-pulverul</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794399/fr/ostram-vitamine-d3-phosphate-tricalcique/-cholecalciferol-concentrat-de-forme-pulverul</t>
+  </si>
+  <si>
+    <t>PHYSIOS 500 mg (calcium (pidolate de))</t>
+  </si>
+  <si>
+    <t>14/12/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985629/fr/physios-500-mg-calcium-pidolate-de</t>
+  </si>
+  <si>
+    <t>pprd_2985629</t>
+  </si>
+  <si>
+    <t>calcium (pidolate de)</t>
+  </si>
+  <si>
+    <t>GENEVRIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400819/fr/physios-500-mg-granules-pour-solution-buvable-en-sachet-60-sachets-papier-aluminium-polyethylene-de-8-g-342-911-7-calcium-pidolate-de</t>
+  </si>
+  <si>
+    <t>RYEQO (rélugolix/estradiol/acétate de noréthistérone)</t>
+  </si>
+  <si>
+    <t>31/10/2024 16:51:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343837/fr/ryeqo-relugolix/estradiol/acetate-de-norethisterone</t>
   </si>
   <si>
     <t>p_3343837</t>
   </si>
   <si>
     <t>rélugolix,estradiol,acétate de noréthistérone</t>
   </si>
   <si>
     <t>GEDEON RICHTER FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3341327/en/ryeqo-relugolix/norethisterone/estradiol</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3554612/en/ryeqo-relugolix/estradiol/norethisterone-acetate-endometriosis-uterine-fibroids</t>
+    <t>https://www.has-sante.fr/jcms/p_3341327/fr/ryeqo-relugolix/norethisterone/estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530112/fr/ryeqo-relugolix/estradiol/acetate-de-norethisterone-endometriose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554612/fr/ryeqo-relugolix/estradiol/acetate-de-norethisterone-endometriose-fibromes-uterins</t>
   </si>
   <si>
     <t>AGAMREE (vamorolone)</t>
   </si>
   <si>
-    <t>06/18/2024 09:04:31</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3463669/en/agamree-vamorolone</t>
+    <t>18/06/2024 09:04:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463669/fr/agamree-vamorolone</t>
   </si>
   <si>
     <t>p_3463669</t>
   </si>
   <si>
     <t>vamorolone</t>
   </si>
   <si>
     <t>SANTHERA PHARMACEUTICALS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3463630/en/agamree-vamorolone-traitement-de-la-dystrophie-musculaire-de-duchenne-dmd</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983067/en/rydapt</t>
+    <t>https://www.has-sante.fr/jcms/p_3463630/fr/agamree-vamorolone-traitement-de-la-dystrophie-musculaire-de-duchenne-dmd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516936/fr/agamree-vamorolone-traitement-de-la-dystrophie-musculaire-de-duchenne-dmd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3523614/fr/agamree-vamorolone-dystrophie-musculaire-de-duchenne-dmd</t>
+  </si>
+  <si>
+    <t>DIPROSONE (bétaméthasone)</t>
+  </si>
+  <si>
+    <t>14/06/2023 17:20:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446175/fr/diprosone-betamethasone</t>
+  </si>
+  <si>
+    <t>p_3446175</t>
+  </si>
+  <si>
+    <t>bétaméthasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523268/fr/diprosone-diprolene-diprostene-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098681/fr/celestene-diprosone-diprolene-diprostene-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682495/fr/celestene-diprosone-diprolene-diprostene-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446078/fr/diprosone-betamethasone-/-diprosalic-betamethasone-/-acide-salicylique-corticoides</t>
+  </si>
+  <si>
+    <t>ENANTONE LP (leuproréline)</t>
+  </si>
+  <si>
+    <t>22/12/2022 11:05:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982926/fr/enantone-lp-leuproreline</t>
+  </si>
+  <si>
+    <t>pprd_2982926</t>
+  </si>
+  <si>
+    <t>leuproréline</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399476/fr/enantone-lp-11-25-mg-microspheres-et-solution-pour-usage-parenteral-sc-ou-im-a-liberation-prolongee-130-mg-poudre-en-flacon-2-ml-de-solution-en-ampoule</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399547/fr/enantone-lp-3-75-mg-poudre-et-solvant-pour-suspension-injectable-sc-ou-im-a-liberation-prolongee-44-15-mg-de-poudre-en-flacon-2-ml-de-solvant-en-ampoule-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400021/fr/enantone-lp-3-75-mg-poudre-et-solvant-pour-suspension-injectable-s-c-ou-i-m-a-liberation-prolongee-enantone-lp-11-25-mg-microspheres-et-solution-pour-usage-parenteral-s-c-ou-i-m-a-liberation-prolongee-boite-de-1-1-flacon-1-ampoule</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574452/fr/enantone-leuproreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977221/fr/enantone-leuproreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055988/fr/enantone-lp-leuproreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055991/fr/enantone-lp-leuproreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830032/fr/enantone-lp-leuproreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894926/fr/enantone-lp-leuproreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3399894/fr/enantone-lp-leuproreline-puberte-precoce-centrale</t>
+  </si>
+  <si>
+    <t>CELESTENE (bétaméthasone)</t>
+  </si>
+  <si>
+    <t>23/05/2022 17:05:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983862/fr/celestene-betamethasone</t>
+  </si>
+  <si>
+    <t>pprd_2983862</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400224/fr/celestene-2-mg-comprime-dispersible-secable-boite-de-20-code-cip-341244-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398893/fr/diprolene-0-05-pour-cent-creme-tube-de-15-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338753/fr/celestene-betamethasone-corticoide</t>
+  </si>
+  <si>
+    <t>RYDAPT (midostaurine)</t>
+  </si>
+  <si>
+    <t>04/03/2021 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983067/fr/rydapt-midostaurine</t>
   </si>
   <si>
     <t>pprd_2983067</t>
   </si>
   <si>
     <t>midostaurine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2879339/en/rydapt-midostaurine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3240418/en/rydapt-midostaurine</t>
+    <t>https://www.has-sante.fr/jcms/c_2879339/fr/rydapt-midostaurine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862069/fr/rydapt-midostaurine-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2861089/fr/rydapt-midostaurine-inhibiteur-de-tyrosine-kinase-mastocytose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240418/fr/rydapt-midostaurine</t>
+  </si>
+  <si>
+    <t>CYNOMEL (liothyronine sodique)</t>
+  </si>
+  <si>
+    <t>02/07/2020 14:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984685/fr/cynomel-liothyronine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984685</t>
+  </si>
+  <si>
+    <t>liothyronine sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724419/fr/cynomel-liothyronine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773266/fr/cynomel-liothyronine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190711/fr/cynomel-liothyronine-sodique</t>
+  </si>
+  <si>
+    <t>BONDRONAT (acide ibandronique)</t>
+  </si>
+  <si>
+    <t>30/09/2019 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984516/fr/bondronat-acide-ibandronique</t>
+  </si>
+  <si>
+    <t>pprd_2984516</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400002/fr/bondronat-6-mg/6ml-solution-a-diluer-pour-perfusion-boite-de-1-et-boite-de-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1020505/fr/bondronat-acide-ibandronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038292/fr/bondronat-acide-ibandronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107632/fr/bondronat-acide-ibandronique</t>
+  </si>
+  <si>
+    <t>BONASOL (acide alendronique)</t>
+  </si>
+  <si>
+    <t>06/09/2019 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083643/fr/bonasol-acide-alendronique</t>
+  </si>
+  <si>
+    <t>p_3083643</t>
+  </si>
+  <si>
+    <t>LABORATOIRE X.O.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080485/fr/bonasol-acide-alendronique</t>
+  </si>
+  <si>
+    <t>EUTHYRAL (lévothyroxine sodique/ liothyronine sodique)</t>
+  </si>
+  <si>
+    <t>05/09/2019 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984686/fr/euthyral-levothyroxine-sodique/-liothyronine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984686</t>
+  </si>
+  <si>
+    <t>lévothyroxine sodique,liothyronine sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_751104/fr/euthyral-levothyroxine-sodique/-liothyronine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172443/fr/euthyral-levothyroxine-sodique/-liothyronine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773257/fr/euthyral-levothyroxine-sodique/-liothyronine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098023/fr/euthyral-levothyroxine-sodique/-liothyronine-sodique</t>
   </si>
   <si>
     <t>NATPAR (hormone parathyroïde)</t>
   </si>
   <si>
-    <t>01/11/2019 09:07:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982990/en/natpar-hormone-parathyroide</t>
+    <t>11/01/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982990/fr/natpar-hormone-parathyroide</t>
   </si>
   <si>
     <t>pprd_2982990</t>
   </si>
   <si>
     <t>hormone parathyroïde</t>
   </si>
   <si>
     <t>SHIRE FRANCE S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2888453/en/natpar-recombinant-parathyroid-hormone</t>
+    <t>https://www.has-sante.fr/jcms/c_2888453/fr/natpar-hormone-parathyroidienne-recombinante</t>
+  </si>
+  <si>
+    <t>CORTANCYL (prednisolone/ prednisone)</t>
+  </si>
+  <si>
+    <t>11/12/2018 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982994/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>pprd_2982994</t>
+  </si>
+  <si>
+    <t>prednisolone,prednisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724410/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710107/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888441/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>DEPO-PRODASONE (médroxyprogestérone (acétate de))</t>
+  </si>
+  <si>
+    <t>20/10/2017 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983499/fr/depo-prodasone-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983499</t>
+  </si>
+  <si>
+    <t>médroxyprogestérone (acétate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650020/fr/depo-prodasone-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800443/fr/depo-prodasone-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>DIVISEQ (valérate d’estradiol/ acétate de médroxyprogestérone)</t>
+  </si>
+  <si>
+    <t>18/07/2007 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985435/fr/diviseq-valerate-d-estradiol/-acetate-de-medroxyprogesterone</t>
+  </si>
+  <si>
+    <t>pprd_2985435</t>
+  </si>
+  <si>
+    <t>valérate d’estradiol,acétate de médroxyprogestérone</t>
+  </si>
+  <si>
+    <t>HRA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399489/fr/diviseq-valerate-d-estradiol/-acetate-de-medroxyprogesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574437/fr/diviseq-valerate-d-estradiol/-acetate-de-medroxyprogesterone</t>
+  </si>
+  <si>
+    <t>THAIS - THAISSEPT (estradiol)</t>
+  </si>
+  <si>
+    <t>19/10/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985650/fr/thais-thaissept-estradiol</t>
+  </si>
+  <si>
+    <t>pprd_2985650</t>
+  </si>
+  <si>
+    <t>estradiol</t>
+  </si>
+  <si>
+    <t>BESINS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400727/fr/thais-thaissept-estradiol</t>
+  </si>
+  <si>
+    <t>CALSYN (calcitonine de saumon)</t>
+  </si>
+  <si>
+    <t>24/12/2019 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984589/fr/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>pprd_2984589</t>
+  </si>
+  <si>
+    <t>calcitonine de saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400072/fr/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400295/fr/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817355/fr/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918273/fr/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352569/fr/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022093/fr/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067156/fr/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>RATIOGRASTIM - TEVAGRASTIM (filgrastim)</t>
+  </si>
+  <si>
+    <t>12/03/2019 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982850/fr/ratiograstim-tevagrastim-filgrastim</t>
+  </si>
+  <si>
+    <t>pprd_2982850</t>
+  </si>
+  <si>
+    <t>filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732632/fr/ratiograstim-filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058264/fr/ratiograstim-tevagrastim-filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908466/fr/ratiograstim-tevagrastim-filgrastim</t>
+  </si>
+  <si>
+    <t>AROMASINE (exémestane)</t>
+  </si>
+  <si>
+    <t>01/12/2017 11:49:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983470/fr/aromasine-exemestane</t>
+  </si>
+  <si>
+    <t>pprd_2983470</t>
+  </si>
+  <si>
+    <t>exémestane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_653820/fr/aromasine-exemestane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455079/fr/aromasine-exemestane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807270/fr/aromasine-exemestane</t>
+  </si>
+  <si>
+    <t>CLASTOBAN (clodronate disodique tétrahydraté)</t>
+  </si>
+  <si>
+    <t>30/09/2016 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983958/fr/clastoban-clodronate-disodique-tetrahydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983958</t>
+  </si>
+  <si>
+    <t>clodronate disodique tétrahydraté</t>
+  </si>
+  <si>
+    <t>BIOPROJET PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398870/fr/clastoban-400-mg-gelule-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399922/fr/clastoban-800-mg-comprime-pellicule-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455285/fr/clastoban-clodronate-disodique-tetrahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016640/fr/clastoban-injectable-clodronate-disodique-tetrahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016656/fr/clastoban-forme-orale-clodronate-disodique-tetrahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671776/fr/clastoban-clodronate-disodique-tetrahydrate</t>
+  </si>
+  <si>
+    <t>SYNAREL (acétate de nafaréline)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984581/fr/synarel-acetate-de-nafareline</t>
+  </si>
+  <si>
+    <t>pprd_2984581</t>
+  </si>
+  <si>
+    <t>acétate de nafaréline</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990897/fr/synarel-acetate-de-nafareline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024186/fr/synarel-acetate-de-nafareline</t>
+  </si>
+  <si>
+    <t>DECTANCYL (dexaméthasone acétate)</t>
+  </si>
+  <si>
+    <t>23/02/2015 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984610/fr/dectancyl-dexamethasone-acetate</t>
+  </si>
+  <si>
+    <t>pprd_2984610</t>
+  </si>
+  <si>
+    <t>dexaméthasone acétate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724438/fr/dectancyl-dexamethasone-acetate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010713/fr/dectancyl-dexamethasone-acetate</t>
+  </si>
+  <si>
+    <t>ETIDRONATE MYLAN (etidronate)</t>
+  </si>
+  <si>
+    <t>27/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985183/fr/etidronate-mylan-etidronate</t>
+  </si>
+  <si>
+    <t>pprd_2985183</t>
+  </si>
+  <si>
+    <t>etidronate</t>
+  </si>
+  <si>
+    <t>Laboratoire MYLAN S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051914/fr/etidronate-sandoz-etidronate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051917/fr/etidronate-mylan-etidronate</t>
+  </si>
+  <si>
+    <t>SUCCESSIA (estradiol/ gestodène)</t>
+  </si>
+  <si>
+    <t>26/06/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985991/fr/successia-estradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>pprd_2985991</t>
+  </si>
+  <si>
+    <t>estradiol,gestodène</t>
+  </si>
+  <si>
+    <t>WYETH LEDERLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399587/fr/successia-1-mg-/-0-025-mg-comprime-pellicule-successia-2-mg-/-0-050-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>OSTONIC (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>10/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986095/fr/ostonic-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2986095</t>
+  </si>
+  <si>
+    <t>BYK FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399015/fr/ostonic-0-5-g/15-ml-suspension-buvable-en-sachet-dose-boite-de-30</t>
   </si>
   <si>
     <t>REBLOZYL (luspatercept)</t>
   </si>
   <si>
-    <t>12/01/2025 14:42:07</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3281288/en/reblozyl-luspatercept</t>
+    <t>01/12/2025 14:42:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281288/fr/reblozyl-luspatercept</t>
   </si>
   <si>
     <t>p_3281288</t>
   </si>
   <si>
     <t>luspatercept</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3281010/en/reblozyl-25-ss-thalassemie-luspatercept</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3742011/en/reblozyl-luspatercept-anemie-due-a-un-syndrome-myelodysplasique</t>
+    <t>https://www.has-sante.fr/jcms/p_3281010/fr/reblozyl-25-luspatercept-ss-thalassemie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281443/fr/reblozyl-luspatercept-syndrome-myelodysplasique-smd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490841/fr/reblozyl-luspatercept-anemie-associee-a-une-beta-thalassemie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3742011/fr/reblozyl-luspatercept-anemie-due-a-un-syndrome-myelodysplasique</t>
+  </si>
+  <si>
+    <t>ERLEADA (apalutamide)</t>
+  </si>
+  <si>
+    <t>10/11/2023 09:01:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3144088/fr/erleada-apalutamide</t>
+  </si>
+  <si>
+    <t>p_3144088</t>
+  </si>
+  <si>
+    <t>apalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076072/fr/erleada-apalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191918/fr/erleada-apalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471813/fr/erleada-apalutamide-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>TAVLESSE (fostamatinib)</t>
   </si>
   <si>
-    <t>12/29/2020 15:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3227022/en/tavlesse-fostamatinib</t>
+    <t>29/12/2020 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3227022/fr/tavlesse-fostamatinib</t>
   </si>
   <si>
     <t>p_3227022</t>
   </si>
   <si>
     <t>fostamatinib</t>
   </si>
   <si>
     <t>GRIFOLS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3226885/en/tavlesse-fostamatinib</t>
+    <t>https://www.has-sante.fr/jcms/p_3226885/fr/tavlesse-fostamatinib</t>
   </si>
   <si>
     <t>MIMPARA (cinacalcet (chlorhydrate de))</t>
   </si>
   <si>
-    <t>11/28/2018 07:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983169/en/mimpara-cinacalcet-chlorhydrate-de</t>
+    <t>28/11/2018 07:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983169/fr/mimpara-cinacalcet-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983169</t>
   </si>
   <si>
     <t>cinacalcet (chlorhydrate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400628/en/mimpara-30-mg-mimpara-60-mg-mimpara-90-mg-cinacalcet-chlorhydrate-de</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2863580/en/mimpara-cinacalcet-anti-parathyroid-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_400628/fr/mimpara-30-mg-mimpara-60-mg-mimpara-90-mg-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_750917/fr/mimpara-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743362/fr/mimpara-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655926/fr/mimpara-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863580/fr/mimpara-cinacalcet-agent-anti-parathyroidien</t>
+  </si>
+  <si>
+    <t>DEDROGYL (calcifédiol monohydraté)</t>
+  </si>
+  <si>
+    <t>03/01/2018 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983450/fr/dedrogyl-calcifediol-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983450</t>
+  </si>
+  <si>
+    <t>calcifédiol monohydraté</t>
+  </si>
+  <si>
+    <t>DB PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_663657/fr/dedrogyl-calcifediol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598711/fr/dedrogyl-calcifediol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814690/fr/dedrogyl-calcifediol-monohydrate</t>
+  </si>
+  <si>
+    <t>SKELID (tiludronate disodique)</t>
+  </si>
+  <si>
+    <t>25/11/2016 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983838/fr/skelid-tiludronate-disodique</t>
+  </si>
+  <si>
+    <t>pprd_2983838</t>
+  </si>
+  <si>
+    <t>tiludronate disodique</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399344/fr/skelid-200-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456575/fr/skelid-tiludronate-disodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016647/fr/skelid-tiludronate-disodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189028/fr/skelid-tiludronate-disodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725176/fr/skelid-tiludronate-disodique</t>
+  </si>
+  <si>
+    <t>CARBONATE DE CALCIUM BYK FRANCE (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>10/01/2001 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986122/fr/carbonate-de-calcium-byk-france-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2986122</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398849/fr/carbonate-de-calcium-byk-france-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>EMCITATE (tiratricol)</t>
+  </si>
+  <si>
+    <t>25/09/2025 10:00:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639866/fr/emcitate-tiratricol</t>
+  </si>
+  <si>
+    <t>p_3639866</t>
+  </si>
+  <si>
+    <t>tiratricol</t>
+  </si>
+  <si>
+    <t>EGETIS THERAPEUTICS AB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639856/fr/emcitate-tiratricol-thyrotoxicose-peripherique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686952/fr/emcitate-tiratricol-thyrotoxicose-peripherique</t>
+  </si>
+  <si>
+    <t>LEVOTHYROX (lévothyroxine sodique)</t>
+  </si>
+  <si>
+    <t>09/12/2024 09:28:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982951/fr/levothyrox-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2982951</t>
+  </si>
+  <si>
+    <t>lévothyroxine sodique</t>
+  </si>
+  <si>
+    <t>MERCK SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400142/fr/levothyrox-25-microgrammes-comprime-secable-b/28-code-cip-350066-0-levothyrox-50-microgrammes-comprime-secable-b/28-code-cip-350068-3-levothyrox-75-microgrammes-comprime-secable-b/28-code-cip-350071-4-levothyrox-100-microgrammes-comprime-secable-b/28-code-cip-350073-7-levothyrox-125-microgrammes-comprime-secable-b/28-code-cip-350085-5-levothyrox-150-microgrammes-comprime-secable-b/28-code-cip-350076-6-levothyrox-levothyrox-175-microgrammes-comprime-secable-b/28-code-cip-349089-0-levothyrox-200-microgrammes-comprime-secable-b/28-code-cip-349093-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937971/fr/levothyrox-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561570/fr/levothyrox-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754737/fr/levothyrox-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819626/fr/levothyrox-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892918/fr/levothyrox-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3136106/fr/levothyrox-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3565869/fr/levothyrox-levothyroxine-sodique-hypothyroidie</t>
   </si>
   <si>
     <t>YSELTY (linzagolix)</t>
   </si>
   <si>
-    <t>01/25/2024 08:43:37</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3490952/en/yselty-linzagolix</t>
+    <t>25/01/2024 08:43:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490952/fr/yselty-linzagolix</t>
   </si>
   <si>
     <t>p_3490952</t>
   </si>
   <si>
     <t>linzagolix</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3490827/en/yselty-linzagolix-uterine-fibroids</t>
-[...14 lines deleted...]
-    <t>furoate de fluticasone,bromure d'uméclidinium,trifénatate de vilantérol</t>
+    <t>https://www.has-sante.fr/jcms/p_3490827/fr/yselty-linzagolix-choline-fibromes-uterins</t>
+  </si>
+  <si>
+    <t>MIACALCIC (calcitonine de saumon)</t>
+  </si>
+  <si>
+    <t>02/10/2020 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984838/fr/miacalcic-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>pprd_2984838</t>
+  </si>
+  <si>
+    <t>ESSENTIAL PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817340/fr/miacalcic-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189016/fr/miacalcic-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720119/fr/miacalcic-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210939/fr/miacalcic-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>TEGRETOL (carbamazépine)</t>
+  </si>
+  <si>
+    <t>04/10/2017 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983520/fr/tegretol-carbamazepine</t>
+  </si>
+  <si>
+    <t>pprd_2983520</t>
+  </si>
+  <si>
+    <t>carbamazépine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460239/fr/tegretol-carbamazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461186/fr/tegretol-carbamazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359742/fr/tegretol-carbamazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796026/fr/tegretol-carbamazepine</t>
+  </si>
+  <si>
+    <t>DEPO-PROVERA (médroxyprogestérone (acétate de))</t>
+  </si>
+  <si>
+    <t>24/06/2015 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984514/fr/depo-provera-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984514</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732208/fr/depo-provera-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038833/fr/depo-provera-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>OSAGIL (carbonate de calcium/ cholécalciférol)</t>
+  </si>
+  <si>
+    <t>24/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986110/fr/osagil-carbonate-de-calcium/-cholecalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2986110</t>
+  </si>
+  <si>
+    <t>L.LAFON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398918/fr/osagil-comprime-a-croquer-ou-a-sucer-boite-de-60</t>
+  </si>
+  <si>
+    <t>BUDESONIDE (budésonide)</t>
+  </si>
+  <si>
+    <t>20/01/2026 12:08:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984963/fr/budesonide-budesonide</t>
+  </si>
+  <si>
+    <t>pprd_2984963</t>
+  </si>
+  <si>
+    <t>budésonide</t>
+  </si>
+  <si>
+    <t>BIOGARAN / MYLAN SAS / TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340460/fr/budesonide-teva-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196332/fr/budesonide-mylan-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3399876/fr/budesonide-teva-budesonide-corticoides</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490357/fr/budesonide-teva-sante-budesonide-corticoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809125/fr/budesonide-biogaran-budesonide-corticoide</t>
+  </si>
+  <si>
+    <t>ZOKINVY (lonafarnib)</t>
+  </si>
+  <si>
+    <t>10/11/2025 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368574/fr/zokinvy-lonafarnib</t>
+  </si>
+  <si>
+    <t>p_3368574</t>
+  </si>
+  <si>
+    <t>lonafarnib</t>
+  </si>
+  <si>
+    <t>CEVIDRA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368156/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424350/fr/zokinvy-lonafarnib-maladie-rare</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455546/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3736069/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>VYJUVEK (bérémagène géperpavec)</t>
+  </si>
+  <si>
+    <t>06/11/2025 09:33:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543163/fr/vyjuvek-beremagene-geperpavec</t>
+  </si>
+  <si>
+    <t>p_3543163</t>
+  </si>
+  <si>
+    <t>bérémagène géperpavec</t>
+  </si>
+  <si>
+    <t>PHARMA BLUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543140/fr/vyjuvek-beremagene-geperpavec-epidermolyse-bulleuse-dystrophique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689626/fr/vyjuvek-beremagene-geperpavec-epidermolyse-bulleuse-dystrophique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704146/fr/vyjuvek-beremagene-geperpavec-epidermolyse-bulleuse-dystrophique-des-la-naissance</t>
+  </si>
+  <si>
+    <t>KETOCONAZOLE (kétoconazole)</t>
+  </si>
+  <si>
+    <t>12/09/2025 16:10:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984525/fr/ketoconazole-ketoconazole</t>
+  </si>
+  <si>
+    <t>pprd_2984525</t>
+  </si>
+  <si>
+    <t>kétoconazole</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES / BIOGARAN / HRA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038116/fr/ketoconazole-hra-ketoconazole-imidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643542/fr/ketoconazole-arrow-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658186/fr/ketoconazole-biogaran-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>UVEDOSE (vitamine D3 (cholécalciférol))</t>
+  </si>
+  <si>
+    <t>10/07/2025 15:45:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984920/fr/uvedose-vitamine-d3-cholecalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2984920</t>
+  </si>
+  <si>
+    <t>vitamine D3 (cholécalciférol)</t>
+  </si>
+  <si>
+    <t>LABORATOIRES CRINEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399050/fr/uvedose-1-million-ui-pour-cent-solution-buvable-en-gouttes-vitamine-d3-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_663721/fr/uvedose-vitamine-d3-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598702/fr/uvedose-vitamine-d3-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189053/fr/uvedose-vitamine-d3-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313541/fr/uvedose-50-000-ui-capsule-molle-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508486/fr/uvedose-cholecalciferol-carence-en-vitamine-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635325/fr/uvedose-colecalciferol-carence-en-vitamine-d</t>
+  </si>
+  <si>
+    <t>AYVAKYT (avapritinib)</t>
+  </si>
+  <si>
+    <t>30/06/2025 08:42:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242313/fr/ayvakyt-avapritinib</t>
+  </si>
+  <si>
+    <t>p_3242313</t>
+  </si>
+  <si>
+    <t>avapritinib</t>
+  </si>
+  <si>
+    <t>BLUEPRINT MEDICINES FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242174/fr/ayvakyt-avapritinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359432/fr/ayvakyt-avapritinib-mastocytose-systemique-agressive-asm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376534/fr/ayvakyt-avapritinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449806/fr/ayvakyt-avapritinib-mastocytose-systemique-agressive-asm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538225/fr/ayvakyt-avapritinib-mastocytose-systemique-indolente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633266/fr/ayvakyt-avapritinib-tumeurs-stromales-gastro-intestinales-gist</t>
+  </si>
+  <si>
+    <t>RYSTIGGO (rozanolixizumab)</t>
+  </si>
+  <si>
+    <t>06/03/2025 18:07:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515669/fr/rystiggo-rozanolixizumab</t>
+  </si>
+  <si>
+    <t>p_3515669</t>
+  </si>
+  <si>
+    <t>rozanolixizumab</t>
+  </si>
+  <si>
+    <t>UCB PHARMA S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515653/fr/rystiggo-rozanolixizumab-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517163/fr/rystiggo-rozanolixizumab-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594381/fr/rystiggo-rozanolixizumab-myasthenie</t>
+  </si>
+  <si>
+    <t>AMVUTTRA (vutrisiran)</t>
+  </si>
+  <si>
+    <t>26/02/2025 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395883/fr/amvuttra-vutrisiran</t>
+  </si>
+  <si>
+    <t>p_3395883</t>
+  </si>
+  <si>
+    <t>vutrisiran</t>
+  </si>
+  <si>
+    <t>ALNYLAM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395907/fr/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402366/fr/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482344/fr/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592928/fr/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine-avec-cardiomyopathie</t>
+  </si>
+  <si>
+    <t>CASGEVY (exagamglogene autotemcel)</t>
+  </si>
+  <si>
+    <t>20/12/2024 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490709/fr/casgevy-exagamglogene-autotemcel</t>
+  </si>
+  <si>
+    <t>p_3490709</t>
+  </si>
+  <si>
+    <t>exagamglogene autotemcel</t>
+  </si>
+  <si>
+    <t>VERTEX PHARMACEUTICALS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490695/fr/casgevy-exagamglogene-autotemcel-thalassemie-dependante-des-transfusions-tdt</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534430/fr/casgevy-exagamglogene-autotemcel-drepanocytose-severe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541918/fr/casgevy-exagamglogene-autotemcel-drepanocytose-severe-chez-les-patients-ages-de-plus-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545557/fr/casgevy-exagamglogene-autotemcel-ss-thalassemie-dependante-des-transfusions-tdt</t>
+  </si>
+  <si>
+    <t>CRYSVITA (burosumab)</t>
+  </si>
+  <si>
+    <t>31/10/2024 16:50:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982892/fr/crysvita-burosumab</t>
+  </si>
+  <si>
+    <t>pprd_2982892</t>
+  </si>
+  <si>
+    <t>burosumab</t>
+  </si>
+  <si>
+    <t>KYOWA KIRIN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900188/fr/crysvita-burosumab-medicament-agissant-sur-la-mineralisation-dans-le-traitement-de-l-hypophosphatemie-liee-a-l-x</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098005/fr/crysvita-burosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236700/fr/crysvita-burosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273465/fr/crysvita-burosumab-hypophosphatemie-liee-a-l-x-pediatrie-et-adultes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359159/fr/crysvita-burosumab-hypophosphatemie-liee-au-fgf23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408892/fr/crysvita-burosumab-hypophosphatemie-liee-au-fgf23-chez-les-patients-ages-d-1-an-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449778/fr/crysvita-burosumab-hypophosphatemie-liee-au-fgf23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490824/fr/crysvita-burosumab-hypophosphatemie-liee-a-l-x</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550922/fr/crysvita-burosumab-maladie-osseuse</t>
+  </si>
+  <si>
+    <t>GENOTONORM (somatropine)</t>
+  </si>
+  <si>
+    <t>17/05/2024 09:19:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984428/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>pprd_2984428</t>
+  </si>
+  <si>
+    <t>somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398956/fr/genotonorm-miniquick-0-6-ui-0-2-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-2-ui-0-4-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-8-ui-0-6-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-2-4-ui-0-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-ui-1mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-6-ui-1-2mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-2-ui-1-4mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-8-ui-1-6mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-5-4-ui-1-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399145/fr/genotonorm-miniquick-0-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-8mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-2mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-4mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-6mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-8mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-2mg/0-25-ml-poudre-et-solvant-pour-solution-inje</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399745/fr/genotonorm-miniquick-0-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-8-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-8-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotono</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400036/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400192/fr/genotonorm-5-3-mg/1-ml-genotonorm-12-mg/1-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334814/fr/genotonorm-genotonorm-miniquick-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190364/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2057637/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108936/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517166/fr/genotonorm-somatropine-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>UMATROPE (somatropine)</t>
+  </si>
+  <si>
+    <t>17/05/2024 10:38:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984459/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>pprd_2984459</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400202/fr/umatrope-1-3-mg/2-ml-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-umatrope-6-mg/3-ml-umatrope-12-mg/3-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-multidose-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574649/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684131/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190382/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336447/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048961/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108939/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517408/fr/umatrope-somatropine-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>OMNITROPE (somatropine)</t>
+  </si>
+  <si>
+    <t>07/09/2023 15:25:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984824/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>pprd_2984824</t>
+  </si>
+  <si>
+    <t>SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486595/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190353/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334829/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724454/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459847/fr/omnitrope-somatropine-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>GHRYVELIN (acétate de macimoréline)</t>
+  </si>
+  <si>
+    <t>12/04/2023 11:41:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426527/fr/ghryvelin-acetate-de-macimoreline</t>
+  </si>
+  <si>
+    <t>p_3426527</t>
+  </si>
+  <si>
+    <t>acétate de macimoréline</t>
+  </si>
+  <si>
+    <t>CONSILIENT HEALTH LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426411/fr/ghryvelin-acetate-de-macimoreline-diagnostic-du-deficit-en-hormone-de-croissance-ghd</t>
+  </si>
+  <si>
+    <t>XTANDI (enzalutamide)</t>
+  </si>
+  <si>
+    <t>20/03/2023 08:30:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983149/fr/xtandi-enzalutamide</t>
+  </si>
+  <si>
+    <t>pprd_2983149</t>
+  </si>
+  <si>
+    <t>enzalutamide</t>
+  </si>
+  <si>
+    <t>ASTELLAS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710113/fr/xtandi-enzalutamide-inhibiteur-de-la-voie-de-signalisation-des-recepteurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022075/fr/xtandi-enzalutamide-inhibiteur-de-la-voie-de-signalisation-des-recepteurs-aux-androgenes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867455/fr/xtandi-enzalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076390/fr/xtandi-40-mg-enzalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069202/fr/xtandi-enzalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284790/fr/xtandi-enzalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420592/fr/xtandi-enzalutamide-cancer-de-la-prostate-metastatique-hormonosensible-mhspc</t>
+  </si>
+  <si>
+    <t>SAIZEN - SAIZEN CLICKEASY (somatropine)</t>
+  </si>
+  <si>
+    <t>22/09/2022 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984968/fr/saizen-saizen-clickeasy-somatropine</t>
+  </si>
+  <si>
+    <t>pprd_2984968</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399515/fr/saizen-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400946/fr/saizen-saizen-clickeasy-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_559895/fr/saizen-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190350/fr/saizen-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336435/fr/saizen-saizen-clickeasy-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361553/fr/saizen-somatropine-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>NORDITROPINE (somatropine)</t>
+  </si>
+  <si>
+    <t>09/09/2022 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984245/fr/norditropine-somatropine</t>
+  </si>
+  <si>
+    <t>pprd_2984245</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400037/fr/norditropine-1-3-mg/1-ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-norditropine-simplexx-5-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche-norditropine-simplexx-10-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche-norditropine-simplexx-15-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400812/fr/norditropine-simplexx-10-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-089-1-norditropine-simplexx-15-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-093-9-norditropine-simplexx-5-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-086-2-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190361/fr/norditropine-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334796/fr/norditropine-simplex-et-nordiflex-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598132/fr/norditropine-simplexx-nordiflex-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108982/fr/norditropine-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3077006/fr/norditropine-flexpro-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214282/fr/norditropine-somatropine-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358585/fr/norditropine-flexpro-somatropine</t>
+  </si>
+  <si>
+    <t>ISTURISA (osilodrostat)</t>
+  </si>
+  <si>
+    <t>07/05/2021 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265626/fr/isturisa-osilodrostat</t>
+  </si>
+  <si>
+    <t>p_3265626</t>
+  </si>
+  <si>
+    <t>osilodrostat</t>
+  </si>
+  <si>
+    <t>RECORDATI RARE DISEASES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265513/fr/isturisa-osilodrostat</t>
+  </si>
+  <si>
+    <t>JORVEZA (budésonide)</t>
+  </si>
+  <si>
+    <t>15/09/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201388/fr/jorveza-budesonide</t>
+  </si>
+  <si>
+    <t>p_3201388</t>
+  </si>
+  <si>
+    <t>DR. FALK PHARMA GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201256/fr/jorveza-budesonide</t>
+  </si>
+  <si>
+    <t>METOJECT (méthotrexate)</t>
+  </si>
+  <si>
+    <t>05/03/2020 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982919/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>pprd_2982919</t>
+  </si>
+  <si>
+    <t>méthotrexate</t>
+  </si>
+  <si>
+    <t>MEDAC SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401005/fr/metoject-10-mg/ml-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517664/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250130/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620156/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896738/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121601/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159947/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>NUTROPINAQ (somatropine)</t>
+  </si>
+  <si>
+    <t>03/10/2019 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984604/fr/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>pprd_2984604</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400048/fr/nutropinaq-10-mg-/-2-ml-solution-injectable-en-cartouche-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190370/fr/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334817/fr/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013177/fr/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108930/fr/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>TCAPS (lévothyroxine sodique)</t>
+  </si>
+  <si>
+    <t>17/06/2019 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982842/fr/tcaps-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2982842</t>
+  </si>
+  <si>
+    <t>GENEVRIER SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908493/fr/tcaps-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>RENAGEL (sévélamer (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>17/07/2018 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983185/fr/renagel-sevelamer-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983185</t>
+  </si>
+  <si>
+    <t>sévélamer (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE (ne pas prendre)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399758/fr/renagel-400-mg-comprime-pellicule-boite-de-360-renagel-800-mg-comprime-pellicule-boite-de-180-sevelamer-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676949/fr/renagel-sevelamer-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676986/fr/renagel-sevelamer-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647767/fr/renagel-sevelamer-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862984/fr/renagel-sevelamer-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>ZYTIGA (acétate d’abiratérone)</t>
+  </si>
+  <si>
+    <t>27/08/2018 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983234/fr/zytiga-acetate-d-abiraterone</t>
+  </si>
+  <si>
+    <t>pprd_2983234</t>
+  </si>
+  <si>
+    <t>acétate d'abiratérone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1231590/fr/zytiga-acetate-d-abiraterone/-abiraterone-acetate-d-/-abiterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622341/fr/zytiga-abiraterone-inhibiteur-de-la-synthese-des-androgenes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044345/fr/zytiga-acetate-d-abiraterone/-abiraterone-acetate-d-/-abiterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755479/fr/zytiga-acetate-d-abiraterone/-abiraterone-acetate-d-/-abiterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755491/fr/zytiga-acetate-d-abiraterone/-abiraterone-acetate-d-/-abiterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857377/fr/zytiga-acetate-d-abiraterone-inhibiteur-de-la-synthese-des-androgenes</t>
+  </si>
+  <si>
+    <t>HYDROCORTANCYL (prednisolone (acétate de))</t>
+  </si>
+  <si>
+    <t>12/04/2018 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983469/fr/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983469</t>
+  </si>
+  <si>
+    <t>prednisolone (acétate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724536/fr/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710104/fr/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766752/fr/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807273/fr/hydrocortancyl-prednisolone-glucocorticoide</t>
+  </si>
+  <si>
+    <t>GARDENAL (phénobarbital)</t>
+  </si>
+  <si>
+    <t>21/12/2016 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983787/fr/gardenal-phenobarbital</t>
+  </si>
+  <si>
+    <t>pprd_2983787</t>
+  </si>
+  <si>
+    <t>phénobarbital</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460632/fr/gardenal-phenobarbital</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1109130/fr/gardenal-phenobarbital</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732143/fr/gardenal-phenobarbital</t>
+  </si>
+  <si>
+    <t>FOSRENOL (carbonate de lanthane)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983791/fr/fosrenol-carbonate-de-lanthane</t>
+  </si>
+  <si>
+    <t>pprd_2983791</t>
+  </si>
+  <si>
+    <t>carbonate de lanthane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400974/fr/fosrenol-carbonate-de-lanthane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198156/fr/fosrenol-carbonate-de-lanthane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732131/fr/fosrenol-carbonate-de-lanthane</t>
+  </si>
+  <si>
+    <t>MYSOLINE (primidone)</t>
+  </si>
+  <si>
+    <t>27/12/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983794/fr/mysoline-primidone</t>
+  </si>
+  <si>
+    <t>pprd_2983794</t>
+  </si>
+  <si>
+    <t>primidone</t>
+  </si>
+  <si>
+    <t>SERB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456391/fr/mysoline-primidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1218111/fr/mysoline-primidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732122/fr/mysoline-primidone</t>
+  </si>
+  <si>
+    <t>KANEURON (phénobarbital)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983797/fr/kaneuron-phenobarbital</t>
+  </si>
+  <si>
+    <t>pprd_2983797</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461066/fr/kaneuron-phenobarbital</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1109523/fr/kaneuron-phenobarbital</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732008/fr/kaneuron-phenobarbital</t>
+  </si>
+  <si>
+    <t>MEDROL (méthylprednisolone)</t>
+  </si>
+  <si>
+    <t>03/11/2016 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983915/fr/medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>pprd_2983915</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400873/fr/medrol-100-mg-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711194/fr/medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678880/fr/medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>ELIGARD (leuproréline (acétate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984054/fr/eligard-leuproreline-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984054</t>
+  </si>
+  <si>
+    <t>leuproréline (acétate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400706/fr/eligard-7-5-mg-poudre-et-solvant-pour-solution-injectable-boite-de-1-seringue-pre-remplie-de-poudre-et-1-seringue-pre-remplie-de-solvant-cip-366-908-6-eligard-22-5-mg-poudre-et-solvant-pour-solution-injectable-boite-de-1-seringue-pre-remplie-de-poudre-et-1-seringue-pre-remplie-de-solvant-cip-366-909-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619565/fr/eligard-leuproreline-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627494/fr/eligard-leuproreline-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044634/fr/eligard-leuproreline-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656301/fr/eligard-leuproreline-acetate-de</t>
+  </si>
+  <si>
+    <t>ZOMACTON (somatropine)</t>
+  </si>
+  <si>
+    <t>06/08/2015 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984444/fr/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>pprd_2984444</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399209/fr/zomacton-1-3-mg/ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-zomacton-4-mg-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460289/fr/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190373/fr/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336444/fr/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052647/fr/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>SALVACYL (triptoréline (pamoate = embonate de))</t>
+  </si>
+  <si>
+    <t>14/11/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984672/fr/salvacyl-triptoreline-pamoate-embonate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984672</t>
+  </si>
+  <si>
+    <t>triptoréline (pamoate = embonate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763783/fr/salvacyl-l-p-triptoreline-pamoate-embonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774157/fr/salvacyl-triptoreline-pamoate-embonate-de</t>
+  </si>
+  <si>
+    <t>LYTOS (clodronate de sodium tétrahydraté)</t>
+  </si>
+  <si>
+    <t>21/07/2010 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985217/fr/lytos-clodronate-de-sodium-tetrahydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985217</t>
+  </si>
+  <si>
+    <t>clodronate de sodium tétrahydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400322/fr/lytos-520-mg-comprime-pellicule-boite-de-30-code-cip-340-424-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019642/fr/lytos-clodronate-de-sodium-tetrahydrate</t>
+  </si>
+  <si>
+    <t>TSOLUDOSE (lévothyroxine sodique)</t>
+  </si>
+  <si>
+    <t>20/03/2023 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422020/fr/tsoludose-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>p_3422020</t>
+  </si>
+  <si>
+    <t>IBSA PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421152/fr/tsoludose-levothyroxine-sodique-hormones-thyroidiennes</t>
+  </si>
+  <si>
+    <t>INVOKANA (canagliflozine)</t>
+  </si>
+  <si>
+    <t>16/12/2020 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984655/fr/invokana-canagliflozine</t>
+  </si>
+  <si>
+    <t>pprd_2984655</t>
+  </si>
+  <si>
+    <t>canagliflozine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776989/fr/invokana-canagliflozine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218337/fr/invokana-canagliflozine</t>
+  </si>
+  <si>
+    <t>SIGNIFOR (pasiréotide)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982844/fr/signifor-pasireotide</t>
+  </si>
+  <si>
+    <t>pprd_2982844</t>
+  </si>
+  <si>
+    <t>pasiréotide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284805/fr/signifor-pasireotide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034331/fr/signifor-pasireotide-analogue-de-la-somatostatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839029/fr/signifor-pasireotide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908487/fr/signifor-pasireotide</t>
+  </si>
+  <si>
+    <t>OXYCONTIN - OXYNORM - OXYNORMORO (oxycodone (chlorhydrate d'))</t>
+  </si>
+  <si>
+    <t>17/07/2018 15:43:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983211/fr/oxycontin-oxynorm-oxynormoro-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983211</t>
+  </si>
+  <si>
+    <t>oxycodone (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>MUNDIPHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398915/fr/oxycontin-lp-10-mg-20-mg-40-mg-80-mg-comprime-pellicule-a-liberation-prolongee-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400631/fr/oxycontin-l-p-5-mg-comprime-pellicule-a-liberation-prolongee-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697309/fr/oxycontin-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329543/fr/oxycontin-oxynorm-oxynormoro-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858741/fr/oxycontin-oxynorm-oxynormoro-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774637/fr/oxycontin-oxynorm-oxynormoro-oxycodone-opioide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862569/fr/oxynorm-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718933/fr/oxynorm-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477459/fr/oxynorm-oxycontin-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400632/fr/oxynorm-10-mg/ml-solution-buvable1-flacon-en-verre-de-30-ml-avec-seringue-pour-administration-orale-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400633/fr/oxynorm-10-mg/ml-solution-injectable-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399913/fr/oxynorm-5-mg-gelule-oxynorm-10-mg-gelule-oxynorm-20-mg-gelule-boite-de-14-et-boite-de-28</t>
+  </si>
+  <si>
+    <t>OFEV (nintédanib)</t>
+  </si>
+  <si>
+    <t>30/01/2026 15:09:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984523/fr/ofev-nintedanib</t>
+  </si>
+  <si>
+    <t>pprd_2984523</t>
+  </si>
+  <si>
+    <t>nintédanib</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038122/fr/ofev-nintedanib-inhibiteur-des-tyrosines-kinases</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225386/fr/ofev-pid-nintedanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225416/fr/ofev-pid-scs-chez-l-adulte-nintedanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410994/fr/ofev-nintedanib-fibrose-pulmonaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845841/fr/ofev-nintedanib-pneumopathie-interstitielle-diffuse-enfants-et-adolescents-6-17-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845776/fr/ofev-nintedanib-pneumopathie-interstitielle-diffuse-chez-les-enfants-et-les-adolescents-ages-de-6-a-17-ans</t>
+  </si>
+  <si>
+    <t>BENLYSTA (bélimumab)</t>
+  </si>
+  <si>
+    <t>29/01/2026 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983294/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>pprd_2983294</t>
+  </si>
+  <si>
+    <t>bélimumab</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2964750/en/elebrato-ellipta-trelegy-ellipta-furoate-de-fluticasone/-bromure-d-umeclidinium/-vilanterol-trifenatat</t>
-[...677 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3182936/en/rinvoq</t>
+    <t>https://www.has-sante.fr/jcms/c_1234522/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751169/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848657/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191300/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313609/fr/benlysta-belimumab-glomerulonephrite-lupique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577030/fr/benlysta-belimumab-lupus-systemique-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837718/fr/benlysta-belimumab-lupus-systemique-actif</t>
+  </si>
+  <si>
+    <t>AKEEGA (niraparib/acétate d’abiratérone)</t>
+  </si>
+  <si>
+    <t>29/01/2026 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477953/fr/akeega-niraparib/acetate-d-abiraterone</t>
+  </si>
+  <si>
+    <t>p_3477953</t>
+  </si>
+  <si>
+    <t>niraparib,acétate d’abiratérone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477883/fr/akeega-niraparib/-acetate-d-abiraterone-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421297/fr/akeega-niraparib/acetate-d-abiraterone-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516751/fr/akeega-niraparib/acetate-d-abiraterone-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840754/fr/akeega-niraparib/acetate-d-abiraterone-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>TEPEZZA (téprotumumab)</t>
+  </si>
+  <si>
+    <t>10/12/2025 16:26:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592975/fr/tepezza-teprotumumab</t>
+  </si>
+  <si>
+    <t>p_3592975</t>
+  </si>
+  <si>
+    <t>téprotumumab</t>
+  </si>
+  <si>
+    <t>AMGEN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592956/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785356/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
+  </si>
+  <si>
+    <t>DUVYZAT (givinostat)</t>
+  </si>
+  <si>
+    <t>09/12/2025 15:08:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784649/fr/duvyzat-givinostat</t>
+  </si>
+  <si>
+    <t>p_3784649</t>
+  </si>
+  <si>
+    <t>givinostat</t>
+  </si>
+  <si>
+    <t>EFFIK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784629/fr/duvyzat-givinostat-dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>RINVOQ (upadacitinib)</t>
+  </si>
+  <si>
+    <t>01/12/2025 08:40:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182936/fr/rinvoq-upadacitinib</t>
   </si>
   <si>
     <t>p_3182936</t>
   </si>
   <si>
     <t>upadacitinib</t>
   </si>
   <si>
     <t>ABBVIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3181658/en/rinvoq-upadacitinib</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3770750/en/rinvoq-upadacitinib-arterite-a-cellules-geantes-chez-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3181658/fr/rinvoq-upadacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266947/fr/rinvoq-upadacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271030/fr/rinvoq-upadacitinib-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302051/fr/rinvoq-upadacitinib-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313562/fr/rinvoq-upadacitinib-hemihydrate-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392764/fr/rinvoq-upadacitinib-hemihydrate-spondyloarthrite-axiale-non-radiographique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403971/fr/rinvoq-upadacitinib-hemihydrate-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479047/fr/rinvoq-upadacitinib-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482870/fr/rinvoq-upadacitinib-dermatite-atopique-da</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482852/fr/rinvoq-upadacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482861/fr/rinvoq-upadacitinib-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482858/fr/rinvoq-upadacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486205/fr/rinvoq-upadacitinib-spondyloarthrite-axiale-non-radiographique-spaxnr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486203/fr/rinvoq-upadacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3770750/fr/rinvoq-upadacitinib-arterite-a-cellules-geantes-chez-l-adulte</t>
   </si>
   <si>
     <t>REKAMBYS (rilpivirine)</t>
   </si>
   <si>
-    <t>10/21/2025 11:05:45</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3263205/en/rekambys-rilpivirine</t>
+    <t>21/10/2025 11:05:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263205/fr/rekambys-rilpivirine</t>
   </si>
   <si>
     <t>p_3263205</t>
   </si>
   <si>
     <t>rilpivirine</t>
   </si>
   <si>
     <t>VIIV HEALTHCARE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3263060/en/rekambys-rilpivirine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3700800/en/rekambys-rilpivirine-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
+    <t>https://www.has-sante.fr/jcms/p_3263060/fr/rekambys-rilpivirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412895/fr/rekambys-rilpivirine-vih</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700800/fr/rekambys-rilpivirine-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
   </si>
   <si>
     <t>VOCABRIA (cabotégravir)</t>
   </si>
   <si>
-    <t>10/21/2025 11:09:14</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3263213/en/vocabria-cabotegravir</t>
+    <t>21/10/2025 11:09:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263213/fr/vocabria-cabotegravir</t>
   </si>
   <si>
     <t>p_3263213</t>
   </si>
   <si>
     <t>cabotégravir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3263063/en/vocabria-cabotegravir</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3700803/en/vocabria-cabotegravir-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
+    <t>https://www.has-sante.fr/jcms/p_3263063/fr/vocabria-cabotegravir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412898/fr/vocabria-cabotegravir-vih</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700803/fr/vocabria-cabotegravir-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
+  </si>
+  <si>
+    <t>DOVATO (dolutégravir/lamivudine)</t>
+  </si>
+  <si>
+    <t>18/09/2025 08:42:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147186/fr/dovato-dolutegravir/lamivudine</t>
+  </si>
+  <si>
+    <t>p_3147186</t>
+  </si>
+  <si>
+    <t>dolutégravir,lamivudine</t>
+  </si>
+  <si>
+    <t>VIIV HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146844/fr/dovato-dolutegravir/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294118/fr/dovato-50-mg/300-mg-dolutegravir-sodique/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497014/fr/dovato-dolutegravir/lamivudine-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637598/fr/dovato-dolutegravir-/-lamivudine-antiretroviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685921/fr/dovato-dolutegravir/lamivudine-antiretroviral</t>
+  </si>
+  <si>
+    <t>FASENRA (benralizumab)</t>
+  </si>
+  <si>
+    <t>15/09/2025 08:40:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983112/fr/fasenra-benralizumab</t>
+  </si>
+  <si>
+    <t>pprd_2983112</t>
+  </si>
+  <si>
+    <t>benralizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872645/fr/fasenra-benralizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135589/fr/fasenra-benralizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419167/fr/fasenra-benralizumab-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539117/fr/fasenra-benralizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3537837/fr/fasenra-benralizumab-granulomatose-eosinophilique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658361/fr/fasenra-benralizumab-granulomatose-eosinophilique-avec-polyangeite-gepa-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>TRUQAP (capivasertib)</t>
+  </si>
+  <si>
+    <t>31/07/2025 09:51:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3521958/fr/truqap-capivasertib</t>
+  </si>
+  <si>
+    <t>p_3521958</t>
+  </si>
+  <si>
+    <t>capivasertib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3521945/fr/truqap-capivasertib-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639102/fr/truqap-capivasertib-cancer-du-sein-her2-negatif</t>
   </si>
   <si>
     <t>RETSEVMO (selpercatinib)</t>
   </si>
   <si>
-    <t>07/01/2025 13:56:13</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3272191/en/retsevmo-selpercatinib</t>
+    <t>01/07/2025 13:56:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272191/fr/retsevmo-selpercatinib</t>
   </si>
   <si>
     <t>p_3272191</t>
   </si>
   <si>
     <t>selpercatinib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3271751/en/retsevmo-selpercatinib</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3633454/en/retsevmo-selpercatinib-non-small-cell-lung-cancer-nsclc</t>
+    <t>https://www.has-sante.fr/jcms/p_3271751/fr/retsevmo-selpercatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294124/fr/retsevmo-40-80-mg-selpercatinib-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326335/fr/retsevmo-selpercatinib-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341392/fr/retsevmo-selpercatinib-cancer-de-la-thyroide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412892/fr/retsevmo-selpercatinib-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442969/fr/retsevmo-selpercatinib-cancer-de-la-thyroide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505761/fr/retsevmo-selpercatinib-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508489/fr/retsevmo-selpercatinib-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515171/fr/retsevmo-selpercatinib-cancer-de-la-thyroide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515529/fr/retsevmo-selpercatinib-cancer-de-la-thyroide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527462/fr/retsevmo-selpercatinib-cancer-de-la-thyroide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528597/fr/retsevmo-selpercatinib-cancer-de-la-thyroide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633454/fr/retsevmo-selpercatinib-cancer-de-la-thyroide-et-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>LIVMARLI (maralixibat)</t>
+  </si>
+  <si>
+    <t>15/05/2025 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418168/fr/livmarli-maralixibat</t>
+  </si>
+  <si>
+    <t>p_3418168</t>
+  </si>
+  <si>
+    <t>maralixibat</t>
+  </si>
+  <si>
+    <t>MIRUM PHARMACEUTICALS INTERNATIONAL B.V.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418145/fr/livmarli-maralixibat-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421134/fr/livmarli-maralixibat-syndrome-d-alagille-sag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500260/fr/livmarli-maralixibat-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554585/fr/livmarli-maralixibat-cholestase-intrahepatique-progressive-familiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556731/fr/livmarli-maralixibat-cholestase-intrahepatique-progressive-familiale-pfic</t>
   </si>
   <si>
     <t>PLUVICTO (lutécium (177Lu) vipivotide tétraxétan)</t>
   </si>
   <si>
-    <t>05/06/2025 14:22:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3443413/en/pluvicto-lutecium-177lu-vipivotide-tetraxetan</t>
+    <t>06/05/2025 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443413/fr/pluvicto-lutecium-177lu-vipivotide-tetraxetan</t>
   </si>
   <si>
     <t>p_3443413</t>
   </si>
   <si>
     <t>lutécium (177Lu) vipivotide tétraxétan</t>
   </si>
   <si>
     <t>ADVANCED ACCELERATOR APPLICATIONS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3443283/en/pluvicto-lutetium-177lu-vipivotide-tetraxetan-prostate-cancer</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3453321/en/pluvicto-177lu-cancer-de-la-prostate</t>
+    <t>https://www.has-sante.fr/jcms/p_3443283/fr/pluvicto-lutecium-177lu-vipivotide-tetraxetan-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358995/fr/pluvicto-177lu-lu-psma-617-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453321/fr/pluvicto-177lu-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>PEDITRACE (chlorure de zinc, chlorure de cuivre dihydraté, sélénite de sodium, chlorure de manganèse tétrahydraté, iodure de potassium)</t>
   </si>
   <si>
-    <t>04/30/2025 17:22:20</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3603671/en/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
+    <t>30/04/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603671/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
   </si>
   <si>
     <t>p_3603671</t>
   </si>
   <si>
     <t>chlorure de zinc,chlorure de cuivre dihydraté,sélénite de sodium,chlorure de manganèse tétrahydraté,iodure de potassium</t>
   </si>
   <si>
     <t>FRESENIUS KABI FRANCE SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3603360/en/peditrace-zinc-chloride-copper-chloride-dihydrate-sodium-selenite-manganese-chloride-tetrahydrate-potassium-iodide-nutrition</t>
+    <t>https://www.has-sante.fr/jcms/p_3603360/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium-nutrition-oligo-elements</t>
   </si>
   <si>
     <t>BYLVAY (odevixibat)</t>
   </si>
   <si>
-    <t>03/10/2025 18:18:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3587516/en/bylvay-odevixibat</t>
+    <t>10/03/2025 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587516/fr/bylvay-odevixibat</t>
   </si>
   <si>
     <t>p_3587516</t>
   </si>
   <si>
     <t>odevixibat</t>
   </si>
   <si>
     <t>ALBIREO AB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3299696/en/bylvay-odevixibat</t>
+    <t>https://www.has-sante.fr/jcms/p_3299696/fr/bylvay-odevixibat</t>
   </si>
   <si>
     <t>HYQVIA (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>03/05/2025 18:58:28</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983419/en/hyqvia-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>05/03/2025 18:58:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983419/fr/hyqvia-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2983419</t>
   </si>
   <si>
     <t>immunoglobuline humaine normale (plasmatique)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2823770/en/hyqvia-normal-human-immunoglobulin-multi-purpose-immunoglobulin-combined-with-recombinant-human-hyaluronidase</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3577030/en/benlysta-belimumab-systemic-lupus-erythematosus-sle</t>
+    <t>https://www.has-sante.fr/jcms/c_2823770/fr/hyqvia-immunoglobuline-humaine-normale-immunoglobuline-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559091/fr/hyqvia-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3480473/fr/hyqvia-immunoglobuline-humaine-normale-co-administree-avec-la-hyaluronidase-humaine-recombinante-immunoglobuline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594402/fr/hyqvia-immunoglobuline-humaine-normale-plasmatique-polyradiculonevrite-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>BIMZELX (bimekizumab)</t>
+  </si>
+  <si>
+    <t>09/01/2025 09:25:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324069/fr/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>p_3324069</t>
+  </si>
+  <si>
+    <t>bimekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336645/fr/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323505/fr/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422860/fr/bimzelx-bimekizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500011/fr/bimzelx-bimekizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505850/fr/bimzelx-bimekizumab-spondyloarthrite-axiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505847/fr/bimzelx-bimekizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517649/fr/bimzelx-bimekizumab-psoriasis-en-plaques-rhumatisme-psoriasique-et-spondylarthrite-axiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539120/fr/bimzelx-bimekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562973/fr/bimzelx-bimekizumab-hidradenite-suppuree-maladie-de-verneuil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574256/fr/bimzelx-bimekizumab-psoriasis-en-plaques-rhumatisme-psoriasique-et-hidradenite-suppuree</t>
+  </si>
+  <si>
+    <t>DUPIXENT (dupilumab)</t>
+  </si>
+  <si>
+    <t>05/12/2024 11:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983161/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>pprd_2983161</t>
+  </si>
+  <si>
+    <t>dupilumab</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865400/fr/dupixent-dupilumab-medicament-de-la-dermatite-non-corticoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135568/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168602/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178278/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187477/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202975/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262655/fr/dupixent-dupilumab-dermatite-atopique-severe-enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345836/fr/dupixent-dupilumab-asthme-severe-de-l-enfant-age-de-6-a-11-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368043/fr/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383104/fr/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385852/fr/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427722/fr/dupixent-dupilumab-prurigo-nodulaire-pn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433401/fr/dupixent-dupilumab-dermatite-atopique-severe-de-l-enfant-age-de-6-mois-a-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465275/fr/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467279/fr/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500387/fr/dupixent-dupilumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539126/fr/dupixent-dupilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550962/fr/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556159/fr/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562964/fr/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
+  </si>
+  <si>
+    <t>ORENCIA (abatacept)</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:24:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983388/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>pprd_2983388</t>
+  </si>
+  <si>
+    <t>abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827713/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_589384/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024731/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241683/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714253/fr/orencia-125-mg-abatacept-non-anti-tnf-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047018/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561588/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827576/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114488/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295756/fr/orencia-abatacept-epi-ascore-ora</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539075/fr/orencia-abatacept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562961/fr/orencia-abatacept-maladies-inflammatoires-chroniques-en-rhumatologie</t>
   </si>
   <si>
     <t>ZILBRYSQ (zilucoplan sodique)</t>
   </si>
   <si>
-    <t>11/29/2024 16:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3505560/en/zilbrysq-zilucoplan-sodique</t>
+    <t>29/11/2024 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505560/fr/zilbrysq-zilucoplan-sodique</t>
   </si>
   <si>
     <t>p_3505560</t>
   </si>
   <si>
     <t>zilucoplan sodique</t>
   </si>
   <si>
-    <t>UCB PHARMA S.A.</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3420820/en/zilbrysq-zilucoplan-myasthenie</t>
+    <t>https://www.has-sante.fr/jcms/p_3503160/fr/zilbrysq-zilucoplan-sodique-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420820/fr/zilbrysq-zilucoplan-myasthenie</t>
   </si>
   <si>
     <t>TRANSLARNA (ataluren)</t>
   </si>
   <si>
-    <t>11/07/2024 11:21:19</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983565/en/translarna-ataluren</t>
+    <t>07/11/2024 11:21:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983565/fr/translarna-ataluren</t>
   </si>
   <si>
     <t>pprd_2983565</t>
   </si>
   <si>
     <t>ataluren</t>
   </si>
   <si>
     <t>PTC THERAPEUTICS INTERNATIONAL LTD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2009663/en/translarna-ataluren-rna-interference-agent</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3554883/en/translarna-ataluren-duchenne-muscular-dystrophy</t>
+    <t>https://www.has-sante.fr/jcms/c_2009663/fr/translarna-ataluren-arn-interferant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779824/fr/translarna-ataluren-arn-interferant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118134/fr/translarna-ataluren</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554883/fr/translarna-ataluren-dystrophie-musculaire-de-duchenne</t>
   </si>
   <si>
     <t>YORVIPATH (palopegtériparatide)</t>
   </si>
   <si>
-    <t>10/03/2024 10:04:32</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3545143/en/yorvipath-palopegteriparatide</t>
+    <t>03/10/2024 10:04:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545143/fr/yorvipath-palopegteriparatide</t>
   </si>
   <si>
     <t>p_3545143</t>
   </si>
   <si>
     <t>palopegtériparatide</t>
   </si>
   <si>
     <t>ASCENDIS PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3545107/en/yorvipath-palopegteriparatide-hypoparathyroidie-chronique</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3545560/en/yorvipath-palopegteriparatide-chronic-hypoparathyroidism</t>
+    <t>https://www.has-sante.fr/jcms/p_3545107/fr/yorvipath-palopegteriparatide-hypoparathyroidie-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545560/fr/yorvipath-palopegteriparatide-hypoparathyroidie-chronique</t>
+  </si>
+  <si>
+    <t>KINERET (anakinra)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:09:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982828/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>pprd_2982828</t>
+  </si>
+  <si>
+    <t>anakinra</t>
+  </si>
+  <si>
+    <t>SWEDISH ORPHAN BIOVITRUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399561/fr/kineret-100-mg-solution-injectable-en-seringue-preremplie-b/1-b/7-b/28-en-flacon-b/1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642557/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701280/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749748/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765197/fr/kineret-anakinra-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912136/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221969/fr/kineret-fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3329208/fr/kineret-anakinra-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539129/fr/kineret-anakinra-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>SIMPONI (golimumab)</t>
   </si>
   <si>
-    <t>09/18/2024 09:23:50</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982937/en/simponi-golimumab</t>
+    <t>18/09/2024 09:23:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982937/fr/simponi-golimumab</t>
   </si>
   <si>
     <t>pprd_2982937</t>
   </si>
   <si>
     <t>golimumab</t>
   </si>
   <si>
-    <t>MSD FRANCE</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539141/en/simponi-golimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_1218114/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728499/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893489/fr/simponi-golimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725883/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729434/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728495/fr/simponi-golimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637481/fr/simponi-golimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3096551/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295747/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539141/fr/simponi-golimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>KEVZARA (sarilumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:08:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983463/fr/kevzara-sarilumab</t>
+  </si>
+  <si>
+    <t>pprd_2983463</t>
+  </si>
+  <si>
+    <t>sarilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810337/fr/kevzara-sarilumab-inhibiteur-des-recepteurs-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498124/fr/kevzara-sarilumab-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539144/fr/kevzara-sarilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>CINQAERO (reslizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:18:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983485/fr/cinqaero-reslizumab</t>
+  </si>
+  <si>
+    <t>pprd_2983485</t>
+  </si>
+  <si>
+    <t>reslizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788618/fr/cinqaero-reslizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803501/fr/cinqaero-reslizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539099/fr/cinqaero-reslizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>XOLAIR (omalizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:27:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983547/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>pprd_2983547</t>
+  </si>
+  <si>
+    <t>omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923055/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400838/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277888/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031554/fr/xolair-omalizumab-anti-ige</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788633/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182802/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471697/fr/xolair-omalizumab-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487904/fr/xolair-omalizumab-polypose-naso-sinusienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519011/fr/xolair-omalizumab-asthme-allergique-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539102/fr/xolair-omalizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>NUCALA (mépolizumab)</t>
   </si>
   <si>
-    <t>09/18/2024 09:16:45</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984067/en/nucala-mepolizumab</t>
+    <t>18/09/2024 09:16:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984067/fr/nucala-mepolizumab</t>
   </si>
   <si>
     <t>pprd_2984067</t>
   </si>
   <si>
     <t>mépolizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2655935/en/nucala-mepolizumab-anti-il5-monoclonal-antibody</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539147/en/nucala-mepolizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_2655935/fr/nucala-mepolizumab-anticorps-monoclonal-anti-il5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083091/fr/nucala-mepolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121604/fr/nucala-mepolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191484/fr/nucala-mepolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341449/fr/nucala-mepolizumab-syndrome-hypereosinophilique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339054/fr/nucala-mepolizumab-granulomatose-eosinophilique-avec-polyangeite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349481/fr/nucala-mepolizumab-polypose-naso-sinusienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358140/fr/nucala-mepolizumab-asthme-severe-refractaire-a-eosinophiles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380395/fr/nucala-mepolizumab-asthme-severe-a-eosinophiles-pour-les-enfants-de-6-ans-et-plus-et-les-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539147/fr/nucala-mepolizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>TEZSPIRE (tézépélumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:25:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398494/fr/tezspire-tezepelumab</t>
+  </si>
+  <si>
+    <t>p_3398494</t>
+  </si>
+  <si>
+    <t>tézépélumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398479/fr/tezspire-tezepelumab-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402822/fr/tezspire-tezepelumab-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448876/fr/tezspire-tezepelumab-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479050/fr/tezspire-tezepelumab-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539123/fr/tezspire-tezepelumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>OMVOH (mirikizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:22:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497581/fr/omvoh-mirikizumab</t>
+  </si>
+  <si>
+    <t>p_3497581</t>
+  </si>
+  <si>
+    <t>mirikizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497164/fr/omvoh-mirikizumab-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539081/fr/omvoh-mirikizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ADTRALZA (tralokinumab)</t>
+  </si>
+  <si>
+    <t>12/09/2024 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298686/fr/adtralza-tralokinumab</t>
+  </si>
+  <si>
+    <t>p_3298686</t>
+  </si>
+  <si>
+    <t>tralokinumab</t>
+  </si>
+  <si>
+    <t>LEO PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297690/fr/adtralza-tralokinumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305309/fr/adtralza-150-mg-tralokinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382739/fr/adtralza-tralokinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460130/fr/adtralza-tralokinumab-dermatite-atopique-chez-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470384/fr/adtralza-tralokinumab-dermatite-atopique-chez-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498562/fr/adtralza-tralokinumab-dermatite-atopique-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539087/fr/adtralza-tralokinumab-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>DEPAKOTE - DEPAMIDE (divalproate de sodium/valpromide)</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983441/fr/depakote-depamide-divalproate-de-sodium/valpromide</t>
+  </si>
+  <si>
+    <t>pprd_2983441</t>
+  </si>
+  <si>
+    <t>divalproate de sodium,valpromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538018/fr/depakote-divalproate-de-sodium/-valpromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106820/fr/depakote-divalproate-de-sodium/-valpromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620153/fr/depakote-divalproate-de-sodium/-valpromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818025/fr/depakote-depamide-divalproate-de-sodium/-valpromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529879/fr/depakine-micropakine-depakine-chrono-depakote-depamide-valproate-de-sodium-valproate-de-sodium/acide-valproique-divalproate-de-sodium-valpromide-epilepsie-et-troubles-bipolaires</t>
+  </si>
+  <si>
+    <t>ORSERDU (élacestrant)</t>
+  </si>
+  <si>
+    <t>01/07/2024 08:37:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495018/fr/orserdu-elacestrant</t>
+  </si>
+  <si>
+    <t>p_3495018</t>
+  </si>
+  <si>
+    <t>élacestrant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494990/fr/orserdu-elacestrant-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527474/fr/orserdu-elacestrant-cancer-du-sein</t>
   </si>
   <si>
     <t>APRETUDE (cabotégravir)</t>
   </si>
   <si>
-    <t>06/27/2024 08:28:39</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3527311/en/apretude-cabotegravir</t>
+    <t>27/06/2024 08:28:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527311/fr/apretude-cabotegravir</t>
   </si>
   <si>
     <t>p_3527311</t>
   </si>
   <si>
-    <t>VIIV HEALTHCARE SAS</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983133/en/soliris</t>
+    <t>https://www.has-sante.fr/jcms/p_3526084/fr/apretude-cabotegravir-vih-/-prep</t>
+  </si>
+  <si>
+    <t>SOLIRIS (eculizumab)</t>
+  </si>
+  <si>
+    <t>17/05/2024 10:38:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983133/fr/soliris-eculizumab</t>
   </si>
   <si>
     <t>pprd_2983133</t>
   </si>
   <si>
     <t>eculizumab</t>
   </si>
   <si>
     <t>ALEXION PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_605768/en/soliris-eculizumab</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982975/en/orkambi</t>
+    <t>https://www.has-sante.fr/jcms/c_605768/fr/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1319245/fr/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623651/fr/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868565/fr/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202348/fr/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427913/fr/soliris-eculizumab-syndrome-hemolytique-et-uremique-atypique-shua</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517560/fr/soliris-eculizumab-myasthenie</t>
+  </si>
+  <si>
+    <t>ORKAMBI (ivacaftor/lumacaftor)</t>
+  </si>
+  <si>
+    <t>15/04/2024 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982975/fr/orkambi-ivacaftor/lumacaftor</t>
   </si>
   <si>
     <t>pprd_2982975</t>
   </si>
   <si>
     <t>ivacaftor,lumacaftor</t>
   </si>
   <si>
     <t>VERTEX PHARMACEUTICALS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2656337/en/orkambi-lumacaftor-/-ivacaftor-cftr-gene-corrector-and-potentiator</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983670/en/myozyme-alpha-alglucosidase</t>
+    <t>https://www.has-sante.fr/jcms/c_2656337/fr/orkambi-lumacaftor-/-ivacaftor-correcteur-et-potentialisateur-du-gene-cftr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889886/fr/orkambi-lumacaftor-/-ivacaftor-correcteur-et-potentialisateur-du-gene-cftr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109937/fr/orkambi-ivacaftor/-lumacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470456/fr/orkambi-lumacaftor/ivacaftor-mucoviscidose-enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471694/fr/orkambi-lumacaftor/ivacaftor-mucoviscidose</t>
+  </si>
+  <si>
+    <t>MYOZYME (alglucosidase alfa)</t>
+  </si>
+  <si>
+    <t>04/03/2024 09:10:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983670/fr/myozyme-alglucosidase-alfa</t>
   </si>
   <si>
     <t>pprd_2983670</t>
   </si>
   <si>
     <t>alglucosidase alfa</t>
   </si>
   <si>
-    <t>SANOFI WINTHROP INDUSTRIE</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498146/en/myozyme-alglucosidase-alfa-maladie-de-pompe-deficit-en-glucosidase-acide</t>
+    <t>https://www.has-sante.fr/jcms/c_446700/fr/myozyme-alpha-alglucosidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_967981/fr/myozyme-alpha-alglucosidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359745/fr/myozyme-alpha-alglucosidase-enzyme-recombinante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754216/fr/myozyme-alpha-alglucosidase-enzymotherapie-substitutive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301137/fr/myozyme-alglucosidase-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498146/fr/myozyme-alglucosidase-alfa-maladie-de-pompe-deficit-en-glucosidase-acide</t>
   </si>
   <si>
     <t>SOGROYA (somapacitan)</t>
   </si>
   <si>
-    <t>03/04/2024 09:12:51</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498641/en/sogroya-somapacitan</t>
+    <t>04/03/2024 09:12:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498641/fr/sogroya-somapacitan</t>
   </si>
   <si>
     <t>p_3498641</t>
   </si>
   <si>
     <t>somapacitan</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3498565/en/sogroya-somapacitan-growth-hormone-deficiency</t>
+    <t>https://www.has-sante.fr/jcms/p_3498565/fr/sogroya-somapacitan-deficit-en-hormone-de-croissance</t>
   </si>
   <si>
     <t>JYSELECA (filgotinib)</t>
   </si>
   <si>
-    <t>01/08/2024 12:11:20</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3242626/en/jyseleca-filgotinib</t>
+    <t>08/01/2024 12:11:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242626/fr/jyseleca-filgotinib</t>
   </si>
   <si>
     <t>p_3242626</t>
   </si>
   <si>
     <t>filgotinib</t>
   </si>
   <si>
     <t>GALAPAGOS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3242562/en/jyseleca-filgotinib</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3212588/en/nubeqa</t>
+    <t>https://www.has-sante.fr/jcms/p_3242562/fr/jyseleca-filgotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343855/fr/jyseleca-filgotinib-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412613/fr/jyseleca-filgotinib-rectocolite-hemorragique-et-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482855/fr/jyseleca-filgotinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486160/fr/jyseleca-filgotinib-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>TESTOSTERONE BESINS (testostérone)</t>
+  </si>
+  <si>
+    <t>18/12/2023 14:04:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479199/fr/testosterone-besins-testosterone</t>
+  </si>
+  <si>
+    <t>p_3479199</t>
+  </si>
+  <si>
+    <t>testostérone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479053/fr/testosterone-besins-testosterone-hypogonadisme-masculin</t>
+  </si>
+  <si>
+    <t>NUBEQA (darolutamide)</t>
+  </si>
+  <si>
+    <t>06/12/2023 16:48:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212588/fr/nubeqa-darolutamide</t>
   </si>
   <si>
     <t>p_3212588</t>
   </si>
   <si>
     <t>darolutamide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3212149/en/nubeqa</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3477070/en/nubeqa-darolutamide-metastatic-hormone-sensitive-prostate-cancer</t>
+    <t>https://www.has-sante.fr/jcms/p_3212149/fr/nubeqa-darolutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477070/fr/nubeqa-darolutamide-cancer-de-la-prostate-hormonosensible-metastatique-cphsm</t>
   </si>
   <si>
     <t>CHLORMADINONE VIATRIS (acétate de chlormadinone)</t>
   </si>
   <si>
-    <t>09/07/2023 15:20:41</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459942/en/chlormadinone-viatris-acetate-de-chlormadinone</t>
+    <t>07/09/2023 15:20:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459942/fr/chlormadinone-viatris-acetate-de-chlormadinone</t>
   </si>
   <si>
     <t>p_3459942</t>
   </si>
   <si>
     <t>acétate de chlormadinone</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3459828/en/chlormadinone-viatris-chlormadinone-acetate-gynaecology</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984147/en/strensiq</t>
+    <t>https://www.has-sante.fr/jcms/p_3459828/fr/chlormadinone-viatris-acetate-de-chlormadinone-gynecologie</t>
+  </si>
+  <si>
+    <t>STRENSIQ (asfotase alfa)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984147/fr/strensiq-asfotase-alfa</t>
   </si>
   <si>
     <t>pprd_2984147</t>
   </si>
   <si>
     <t>asfotase alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2621689/en/strensiq-asfotase-alfa-enzyme-replacement-therapy</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3455973/en/strensiq-asfotase-alfa-hypophosphatasia</t>
+    <t>https://www.has-sante.fr/jcms/c_2621689/fr/strensiq-asfotase-alfa-enzymotherapie-substitutive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455973/fr/strensiq-asfotase-alfa-hypophosphatasie</t>
   </si>
   <si>
     <t>CEPROTIN (protéine C humaine)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2986060/en/ceprotin-proteine-c-humaine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2986060/fr/ceprotin-proteine-c-humaine</t>
   </si>
   <si>
     <t>pprd_2986060</t>
   </si>
   <si>
     <t>protéine C humaine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399216/en/ceprotin-500-ui/5-ml-proteine-c-humaine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3456312/en/ceprotin-human-protein-c-severe-congenital-protein-c-deficiency</t>
+    <t>https://www.has-sante.fr/jcms/c_399216/fr/ceprotin-500-ui/5-ml-proteine-c-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456312/fr/ceprotin-proteine-c-humaine-deficit-congenital-severe-en-proteine-c</t>
+  </si>
+  <si>
+    <t>GAMUNEX (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107219/fr/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>p_3107219</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106161/fr/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191678/fr/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3232152/fr/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455979/fr/gamunex-immunoglobuline-humaine-normale-prophylaxie-pre-/post-exposition-contre-la-rougeole-de-0-a-18-ans</t>
   </si>
   <si>
     <t>TRYDONIS (bromure de glycopyrronium/ fumarate de formotérol/ dipropionate de béclométasone)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2982911/en/trydonis-bromure-de-glycopyrronium/-fumarate-de-formoterol/-dipropionate-de-beclometasone</t>
+    <t>13/07/2023 17:45:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982911/fr/trydonis-bromure-de-glycopyrronium/-fumarate-de-formoterol/-dipropionate-de-beclometasone</t>
   </si>
   <si>
     <t>pprd_2982911</t>
   </si>
   <si>
     <t>bromure de glycopyrronium,fumarate de formotérol,dipropionate de béclométasone</t>
   </si>
   <si>
     <t>CHIESI SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2898717/en/trydonis-bromure-de-glycopyrronium/-fumarate-de-formoterol/-dipropionate-de-bec</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3242664/en/trixeo-aerosphere-formoterol/-glycopyrronium/-budesonide</t>
+    <t>https://www.has-sante.fr/jcms/c_2898717/fr/trydonis-bromure-de-glycopyrronium/-fumarate-de-formoterol/-dipropionate-de-bec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135583/fr/trydonis-bromure-de-glycopyrronium/-fumarate-de-formoterol/-dipropionate-de-bec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168747/fr/trydonis-bromure-de-glycopyrronium/-fumarate-de-formoterol/-dipropionate-de-bec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452172/fr/trydonis-beclometasone-/-formoterol-/-glycopyrronium-bpco</t>
+  </si>
+  <si>
+    <t>TRIXEO AEROSPHERE (formotérol/glycopyrronium/budésonide)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242664/fr/trixeo-aerosphere-formoterol/glycopyrronium/budesonide</t>
   </si>
   <si>
     <t>p_3242664</t>
   </si>
   <si>
     <t>formotérol,glycopyrronium,budésonide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3242546/en/trixeo-aerosphere-formoterol/-glycopyrronium/-budesonide</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3410994/en/ofev-nintedanib-pulmonary-fibrosis</t>
+    <t>https://www.has-sante.fr/jcms/p_3242546/fr/trixeo-aerosphere-formoterol/-glycopyrronium/-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308703/fr/trixeo-aerosphere-5-g/7-2-g/160-g-budesonide/-formoterol/glycopyrron</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452166/fr/trixeo-aerosphere-formoterol-/-glycopyrronium-/-budesonide-bpco</t>
+  </si>
+  <si>
+    <t>LEUPRORELINE ZENTIVA (leuproréline)</t>
+  </si>
+  <si>
+    <t>14/06/2023 17:21:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446189/fr/leuproreline-zentiva-leuproreline</t>
+  </si>
+  <si>
+    <t>p_3446189</t>
+  </si>
+  <si>
+    <t>ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445467/fr/leuproreline-zentiva-leuproreline-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>TAVNEOS (avacopan)</t>
+  </si>
+  <si>
+    <t>13/04/2023 14:28:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318768/fr/tavneos-avacopan</t>
+  </si>
+  <si>
+    <t>p_3318768</t>
+  </si>
+  <si>
+    <t>avacopan</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318727/fr/tavneos-avacopan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375770/fr/tavneos-avacopan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421374/fr/tavneos-avacopan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427077/fr/tavneos-avacopan-maladie-rare</t>
+  </si>
+  <si>
+    <t>LENVIMA (lenvatinib)</t>
+  </si>
+  <si>
+    <t>14/03/2023 12:33:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984289/fr/lenvima-lenvatinib</t>
+  </si>
+  <si>
+    <t>pprd_2984289</t>
+  </si>
+  <si>
+    <t>lenvatinib</t>
+  </si>
+  <si>
+    <t>EISAI SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581320/fr/lenvima-lenvatinib-inhibiteur-de-proteine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113418/fr/lenvima-lenvatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325606/fr/lenvima-lenvatinib-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334582/fr/lenvima-lenvatinib-carcinome-endometrial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420695/fr/lenvima-lenvatinib-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>BICAFRES (bicarbonate de sodium)</t>
   </si>
   <si>
-    <t>02/10/2023 08:59:53</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3411862/en/bicafres-bicarbonate-de-sodium</t>
+    <t>10/02/2023 08:59:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411862/fr/bicafres-bicarbonate-de-sodium</t>
   </si>
   <si>
     <t>p_3411862</t>
   </si>
   <si>
     <t>bicarbonate de sodium</t>
   </si>
   <si>
     <t>THERADIAL SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3411347/en/bicafres-sodium-bicarbonate-metabolic-acidosis-in-adults-and-adolescents-aged-14-years-and-older</t>
+    <t>https://www.has-sante.fr/jcms/p_3411347/fr/bicafres-bicarbonate-de-sodium-acidose-metabolique-chez-les-adultes-et-les-adolescents</t>
   </si>
   <si>
     <t>ELONVA (corifollitropine alfa)</t>
   </si>
   <si>
-    <t>02/03/2023 10:46:46</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985251/en/elonva-corifollitropine-alfa</t>
+    <t>03/02/2023 10:46:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985251/fr/elonva-corifollitropine-alfa</t>
   </si>
   <si>
     <t>pprd_2985251</t>
   </si>
   <si>
     <t>corifollitropine alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_990918/en/elonva</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983445/en/entyvio</t>
+    <t>https://www.has-sante.fr/jcms/c_990918/fr/elonva-corifollitropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409400/fr/elonva-corifollitropine-alfa-hypogonadisme-hypogonadotrope-hh</t>
+  </si>
+  <si>
+    <t>UVECAPS (cholécalciférol)</t>
+  </si>
+  <si>
+    <t>09/01/2023 14:19:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314780/fr/uvecaps-cholecalciferol</t>
+  </si>
+  <si>
+    <t>p_3314780</t>
+  </si>
+  <si>
+    <t>cholécalciférol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313592/fr/uvecaps-1-000-ui-et-20-000-ui-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315984/fr/uvecaps-1000-ui-colecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402384/fr/uvecaps-cholecalciferol-deficit-en-vitamine-d</t>
+  </si>
+  <si>
+    <t>ENTYVIO (védolizumab)</t>
+  </si>
+  <si>
+    <t>23/11/2022 16:12:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983445/fr/entyvio-vedolizumab</t>
   </si>
   <si>
     <t>pprd_2983445</t>
   </si>
   <si>
     <t>védolizumab</t>
   </si>
   <si>
-    <t>TAKEDA FRANCE</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3389397/en/entyvio-vedolizumab-pochite-chronique-active-moderee-a-severe</t>
+    <t>https://www.has-sante.fr/jcms/c_2008461/fr/entyvio-vedolizumab-anti-integrine-47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818013/fr/entyvio-vedolizumab-anti-integrine-47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165712/fr/entyvio-vedolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202360/fr/entyvio-vedolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389397/fr/entyvio-vedolizumab-pochite-chronique-active-moderee-a-severe</t>
   </si>
   <si>
     <t>BYANNLI (palmitate de palipéridone)</t>
   </si>
   <si>
-    <t>11/23/2022 16:14:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3389561/en/byannli-palmitate-de-paliperidone</t>
+    <t>23/11/2022 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389561/fr/byannli-palmitate-de-paliperidone</t>
   </si>
   <si>
     <t>p_3389561</t>
   </si>
   <si>
     <t>palmitate de palipéridone</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3389400/en/byannli-palmitate-de-paliperidone-schizophrenie</t>
+    <t>https://www.has-sante.fr/jcms/p_3389400/fr/byannli-palmitate-de-paliperidone-schizophrenie</t>
   </si>
   <si>
     <t>FLUDROCORTISONE ACETATE ACCORD (acétate de fludrocortisone)</t>
   </si>
   <si>
-    <t>10/13/2022 09:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3376558/en/fludrocortisone-acetate-accord-acetate-de-fludrocortisone</t>
+    <t>13/10/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376558/fr/fludrocortisone-acetate-accord-acetate-de-fludrocortisone</t>
   </si>
   <si>
     <t>p_3376558</t>
   </si>
   <si>
     <t>acétate de fludrocortisone</t>
   </si>
   <si>
     <t>ACCORD HEALTHCARE FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3375773/en/fludrocortisone-acetate-accord-acetate-de-fludrocortisone</t>
+    <t>https://www.has-sante.fr/jcms/p_3375773/fr/fludrocortisone-acetate-accord-acetate-de-fludrocortisone</t>
   </si>
   <si>
     <t>TECEOS (butédronate)</t>
   </si>
   <si>
-    <t>07/29/2022 08:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3358197/en/teceos-butedronate</t>
+    <t>29/07/2022 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358197/fr/teceos-butedronate</t>
   </si>
   <si>
     <t>p_3358197</t>
   </si>
   <si>
     <t>butédronate</t>
   </si>
   <si>
     <t>CIS bio international</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3358130/en/teceos-butedronate-amylose-cardiaque-a-transthyretine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984602/en/firmagon</t>
+    <t>https://www.has-sante.fr/jcms/p_3358130/fr/teceos-butedronate-amylose-cardiaque-a-transthyretine</t>
+  </si>
+  <si>
+    <t>FIRMAGON (degarelix)</t>
+  </si>
+  <si>
+    <t>20/05/2022 11:00:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984602/fr/firmagon-degarelix</t>
   </si>
   <si>
     <t>pprd_2984602</t>
   </si>
   <si>
     <t>degarelix</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_866783/en/firmagon</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3338772/en/firmagon-degarelix-cancer-de-la-prostate</t>
+    <t>https://www.has-sante.fr/jcms/c_866783/fr/firmagon-degarelix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017117/fr/firmagon-degarelix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242183/fr/firmagon-degarelix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338772/fr/firmagon-degarelix-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>ZEULIDE (acétate de leuproréline)</t>
   </si>
   <si>
-    <t>03/14/2022 17:04:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3323717/en/zeulide-acetate-de-leuproreline</t>
+    <t>14/03/2022 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323717/fr/zeulide-acetate-de-leuproreline</t>
   </si>
   <si>
     <t>p_3323717</t>
   </si>
   <si>
     <t>acétate de leuproréline</t>
   </si>
   <si>
     <t>Laboratoires Besins International</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3322982/en/zeulide-leuproreline</t>
+    <t>https://www.has-sante.fr/jcms/p_3322982/fr/zeulide-leuproreline</t>
   </si>
   <si>
     <t>ENSPRYNG (satralizumab)</t>
   </si>
   <si>
-    <t>02/10/2022 16:14:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3316380/en/enspryng-satralizumab</t>
+    <t>10/02/2022 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316380/fr/enspryng-satralizumab</t>
   </si>
   <si>
     <t>p_3316380</t>
   </si>
   <si>
     <t>satralizumab</t>
   </si>
   <si>
     <t>ROCHE France</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3316324/en/enspryng-satralizumab</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985507/en/dexamethasone-phosphate-sodique-de-dexamethasone</t>
+    <t>https://www.has-sante.fr/jcms/p_3316324/fr/enspryng-satralizumab</t>
+  </si>
+  <si>
+    <t>DEXAMETHASONE (dexaméthasone)</t>
+  </si>
+  <si>
+    <t>08/02/2022 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985507/fr/dexamethasone-dexamethasone</t>
   </si>
   <si>
     <t>pprd_2985507</t>
   </si>
   <si>
     <t>dexaméthasone</t>
   </si>
   <si>
     <t>CHAUVIN SA/ LEURQUIN MEDIOLANUM / KRKA FRANCE / MEDISOL / PANPHARMA / MYLAN SAS / MEDIPHA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398890/en/dexamethasone-phosphate-leurquin-mediolanum-phosphate-sodique-de-dexamethasone</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3136088/en/dexamethasone-rafarm-dexamethasone-phosphate</t>
+    <t>https://www.has-sante.fr/jcms/c_398890/fr/dexamethasone-phosphate-leurquin-mediolanum-phosphate-sodique-de-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459879/fr/dexamethasone-phosphate-leurquin-mediolanum-phosphate-sodique-de-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455335/fr/dexamethasone-chauvin-phosphate-sodique-de-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315470/fr/dexamethasone-krka-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234893/fr/dexamethasone-krka-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218547/fr/dexamethasone-krka-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271024/fr/dexamethasone-medisol-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267529/fr/dexamethasone-medisol-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265519/fr/dexamethasone-panpharma-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218550/fr/dexamethasone-panpharma-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264978/fr/dexamethasone-mylan-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234890/fr/dexamethasone-mylan-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3136088/fr/dexamethasone-rafarm-dexamethasone-phosphate</t>
   </si>
   <si>
     <t>SIBNAYAL (bicarbonate de potassium/ citrate de potassium)</t>
   </si>
   <si>
-    <t>02/08/2022 17:10:48</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3315076/en/sibnayal-bicarbonate-de-potassium/-citrate-de-potassium</t>
+    <t>08/02/2022 17:10:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315076/fr/sibnayal-bicarbonate-de-potassium/-citrate-de-potassium</t>
   </si>
   <si>
     <t>p_3315076</t>
   </si>
   <si>
     <t>bicarbonate de potassium,citrate de potassium</t>
   </si>
   <si>
     <t>ADVICENNE S.A</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3313553/en/sibnayal-bicarbonate-de-potassium/-citrate-de-potassium</t>
+    <t>https://www.has-sante.fr/jcms/p_3313553/fr/sibnayal-bicarbonate-de-potassium/-citrate-de-potassium</t>
   </si>
   <si>
     <t>ACTISKENAN - SKENAN (sulfate de morphine)</t>
   </si>
   <si>
-    <t>11/17/2021 18:14:37</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984511/en/actiskenan-skenan-sulfate-de-morphine</t>
+    <t>17/11/2021 18:14:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984511/fr/actiskenan-skenan-sulfate-de-morphine</t>
   </si>
   <si>
     <t>pprd_2984511</t>
   </si>
   <si>
     <t>sulfate de morphine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400084/en/actiskenan-sulfate-de-morphine</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3298602/en/actiskenan-comprime-orodispersible-morphine</t>
+    <t>https://www.has-sante.fr/jcms/c_400084/fr/actiskenan-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928133/fr/actiskenan-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735590/fr/actiskenan-skenan-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038848/fr/actiskenan-skenan-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400637/fr/skenan-l-p-10-mg-microgranules-a-liberation-prolongee-en-gelule-boite-de-14-code-cip-333-235-2-skenan-l-p-30-mg-microgranules-a-liberation-prolongee-en-gelule-boite-de-14-code-cip-333-236-9-skenan-l-p-60-mg-microgranules-a-liberation-prolongee-en-gelule-boite-de-14-code-cip-333-237-5-skenan-l-p-100-mg-microgranules-a-liberation-prolongee-en-gelule-boite-de-14-code-cip-333-238-1-skenan-l-p-200-mg-microgranules-a-liberation-prolongee-en-gelule-boite-de-14-code-cip-340-537-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928143/fr/skenan-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298602/fr/actiskenan-comprime-orodispersible-morphine</t>
   </si>
   <si>
     <t>FYCOMPA (pérampanel)</t>
   </si>
   <si>
-    <t>06/24/2021 15:41:10</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982727/en/fycompa-perampanel</t>
+    <t>24/06/2021 15:41:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982727/fr/fycompa-perampanel</t>
   </si>
   <si>
     <t>pprd_2982727</t>
   </si>
   <si>
     <t>pérampanel</t>
   </si>
   <si>
-    <t>EISAI SAS</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3273462/en/fycompa-perampanel-crises-d-epilepsie-gtcp-et-egi</t>
+    <t>https://www.has-sante.fr/jcms/c_1638077/fr/fycompa-perampanel-antiepileptique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682097/fr/fycompa-perampanel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972296/fr/fycompa-perampanel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106646/fr/fycompa-perampanel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273462/fr/fycompa-perampanel-crises-d-epilepsie-gtcp-et-egi</t>
   </si>
   <si>
     <t>VIMPAT (lacosamide)</t>
   </si>
   <si>
-    <t>05/07/2021 15:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983013/en/vimpat-lacosamide</t>
+    <t>07/05/2021 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983013/fr/vimpat-lacosamide</t>
   </si>
   <si>
     <t>pprd_2983013</t>
   </si>
   <si>
     <t>lacosamide</t>
   </si>
   <si>
     <t>UCB PHARMA SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_763759/en/vimpat</t>
-[...92 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2872668/en/decapeptyl-lp-3-mg-triptorelin-gnrh-analogue</t>
+    <t>https://www.has-sante.fr/jcms/c_763759/fr/vimpat-lacosamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558823/fr/vimpat-lacosamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818028/fr/vimpat-lacosamide-antiepileptique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885813/fr/vimpat-lacosamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264975/fr/vimpat-lacosamide</t>
+  </si>
+  <si>
+    <t>L-THYROXIN HENNING (lévothyroxine sodique)</t>
+  </si>
+  <si>
+    <t>27/11/2020 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983350/fr/l-thyroxin-henning-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2983350</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834699/fr/l-thyroxin-henning-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220952/fr/l-thyroxin-henning-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>REVLIMID (lénalidomide)</t>
+  </si>
+  <si>
+    <t>16/10/2020 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983681/fr/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>pprd_2983681</t>
+  </si>
+  <si>
+    <t>lénalidomide</t>
+  </si>
+  <si>
+    <t>CELGENE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603077/fr/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260936/fr/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782547/fr/revlimid-lenalidomide-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746192/fr/revlimid-lenalidomide-immunosuppresseur-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751879/fr/revlimid-lenalidomide-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167441/fr/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180072/fr/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181646/fr/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213001/fr/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>FORMODUAL - INNOVAIR (béclométasone (dipropionate de) anhydre/ formotérol (fumarate de) dihy...)</t>
+  </si>
+  <si>
+    <t>14/04/2020 18:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984754/fr/formodual-innovair-beclometasone-dipropionate-de-anhydre/-formoterol-fumarate-de-dihy</t>
+  </si>
+  <si>
+    <t>pprd_2984754</t>
+  </si>
+  <si>
+    <t>béclométasone (dipropionate de) anhydre,formotérol (fumarate de) dihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614872/fr/formodual-beclometasone-dipropionate-de-anhydre/-formoterol-fumarate-de-dihy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710121/fr/formodual-nexthaler-et-innovair-nexthaler-association-beclometasone-formoterol-antiasthmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747531/fr/formodual-innovair-beclometasone-dipropionate-de-anhydre/-formoterol-fumarate-de-dihy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629899/fr/innovair-formodual-nexthaler-n/r/-formoterol-fumarate-de-dihydrate/-beclometasone-dipropionate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612655/fr/innovair-formodual-nexthaler-n/r/-formoterol-fumarate-de-dihydrate/-beclometasone-dipropionate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009477/fr/innovair-formodual-n/r/-formoterol-fumarate-de-dihydrate/-beclometasone-dipropionate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615059/fr/innovair-formodual-n/r/-formoterol-fumarate-de-dihydrate/-beclometasone-dipropionate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710110/fr/innovair-nexthaler-n/r/-formoterol-fumarate-de-dihydrate/-beclometasone-dipropionate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614859/fr/innovair-n/r/-formoterol-fumarate-de-dihydrate/-beclometasone-dipropionate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178573/fr/innovair-nexthaler-formodual-nexthaler-beclometasone-dipropionate-de-anhydre/-formoterol-fumarate-de-dihy</t>
+  </si>
+  <si>
+    <t>VIREAD (ténofovir disoproxil (fumarate de))</t>
+  </si>
+  <si>
+    <t>03/04/2020 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983062/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983062</t>
+  </si>
+  <si>
+    <t>ténofovir disoproxil (fumarate de)</t>
+  </si>
+  <si>
+    <t>GILEAD SCIENCES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399667/fr/viread-245-mg-comprimes-pellicules-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400218/fr/viread-245-mg-comprimes-pellicules-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810800/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022281/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834965/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701303/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702549/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879777/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168605/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>CALCITONINE (calcitonine de saumon)</t>
+  </si>
+  <si>
+    <t>24/12/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985072/fr/calcitonine-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>pprd_2985072</t>
+  </si>
+  <si>
+    <t>PHARMY II/ SANDOZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400293/fr/calcitonine-pharmy-ii-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817352/fr/calcitonine-pharmy-ii-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172455/fr/calcitonine-pharmy-ii-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067154/fr/calcitonine-pharmy-ii-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067164/fr/calcitonine-sandoz-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172446/fr/calcitonine-sandoz-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817358/fr/calcitonine-sandoz-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>ATRIPLA (efavirenz/ emtricitabine/ fumarate de ténofovir disoproxil)</t>
+  </si>
+  <si>
+    <t>06/09/2019 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984481/fr/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>pprd_2984481</t>
+  </si>
+  <si>
+    <t>efavirenz,emtricitabine,fumarate de ténofovir disoproxil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_743975/fr/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044339/fr/atripla-efavirenz-/-emtricitabine-/-fumarate-de-tenofovir-disoproxil-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083824/fr/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>FRAXODI - FRAXIPARINE (nadroparine calcique)</t>
+  </si>
+  <si>
+    <t>05/09/2019 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984073/fr/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>pprd_2984073</t>
+  </si>
+  <si>
+    <t>nadroparine calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399294/fr/fraxodi-11-400-ui-anti-xa/0-6-ml-solution-injectable-s-c-en-seringue-preremplie-avec-systeme-de-securite-manchon-plastique-transparent-boite-de-2-et-10-fraxodi-15-200-ui-anti-xa/0-8-ml-solution-injectable-s-c-en-seringue-preremplie-avec-systeme-de-securite-manchon-plastique-transparent-boite-de-2-et-10-fraxodi-19-000-ui-anti-xa/1-ml-solution-injectable-s-c-en-seringue-preremplie-avec-systeme-de-securite-manchon-plastique-transparent-boite-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455423/fr/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241658/fr/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642068/fr/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903180/fr/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773281/fr/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642080/fr/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399496/fr/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>L-THYROXINE SERB (levothyroxine sodique)</t>
+  </si>
+  <si>
+    <t>05/09/2019 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984647/fr/l-thyroxine-serb-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984647</t>
+  </si>
+  <si>
+    <t>levothyroxine sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724364/fr/l-thyroxine-serb-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1779225/fr/l-thyroxine-serb-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098026/fr/l-thyroxine-serb-levothyroxine-sodique</t>
+  </si>
+  <si>
+    <t>FASLODEX (fulvestrant)</t>
+  </si>
+  <si>
+    <t>25/04/2019 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982793/fr/faslodex-fulvestrant</t>
+  </si>
+  <si>
+    <t>pprd_2982793</t>
+  </si>
+  <si>
+    <t>fulvestrant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400092/fr/faslodex-250-mg/5-ml-solution-injectable-boite-de-1-seringue-pre-remplie-code-cip-363-490-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987198/fr/faslodex-fulvestrant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807264/fr/faslodex-fulvestrant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964744/fr/faslodex-fulvestrant</t>
+  </si>
+  <si>
+    <t>DIPHANTE (phénytoïne sodique)</t>
+  </si>
+  <si>
+    <t>26/03/2019 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982825/fr/diphante-phenytoine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2982825</t>
+  </si>
+  <si>
+    <t>phénytoïne sodique</t>
+  </si>
+  <si>
+    <t>LABORATOIRE CEVIDRA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912410/fr/diphante-phenytoine-sodique</t>
+  </si>
+  <si>
+    <t>PANTESTONE (testosterone (undecanoate de))</t>
+  </si>
+  <si>
+    <t>30/11/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983050/fr/pantestone-testosterone-undecanoate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983050</t>
+  </si>
+  <si>
+    <t>testosterone (undecanoate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893164/fr/pantestone-testosterone-undecanoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647776/fr/pantestone-testosterone-undecanoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881379/fr/pantestone-testosterone-undecanoate-de</t>
+  </si>
+  <si>
+    <t>ZEBINIX (acétate d'eslicarbazépine/ eslicarbazépine (acétate d'))</t>
+  </si>
+  <si>
+    <t>09/10/2018 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983097/fr/zebinix-acetate-d-eslicarbazepine/-eslicarbazepine-acetate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983097</t>
+  </si>
+  <si>
+    <t>acétate d'eslicarbazépine,eslicarbazépine (acétate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991889/fr/zebinix-acetate-d-eslicarbazepine/-eslicarbazepine-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749829/fr/zebinix-acetate-d-eslicarbazepine/-eslicarbazepine-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2875359/fr/zebinix-acetate-d-eslicarbazepine/-eslicarbazepine-acetate-d</t>
   </si>
   <si>
     <t>FERRIPROX (défériprone)</t>
   </si>
   <si>
-    <t>10/24/2018 11:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983165/en/ferriprox-deferiprone</t>
+    <t>24/10/2018 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983165/fr/ferriprox-deferiprone</t>
   </si>
   <si>
     <t>pprd_2983165</t>
   </si>
   <si>
     <t>défériprone</t>
   </si>
   <si>
-    <t>SWEDISH ORPHAN BIOVITRUM</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842731/en/ferriprox-deferiprone-iron-chelator</t>
+    <t>https://www.has-sante.fr/jcms/c_2864197/fr/ferriprox-deferiprone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842731/fr/ferriprox-deferiprone-chelateur-du-fer</t>
   </si>
   <si>
     <t>MORPHINE RENAUDIN (morphine (chlorhydrate de)/ morphine (sulfate de))</t>
   </si>
   <si>
-    <t>06/20/2018 16:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983233/en/morphine-renaudin-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+    <t>20/06/2018 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983233/fr/morphine-renaudin-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
   </si>
   <si>
     <t>pprd_2983233</t>
   </si>
   <si>
     <t>morphine (chlorhydrate de),morphine (sulfate de)</t>
   </si>
   <si>
     <t>RENAUDIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399006/en/morphine-sulfate-lavoisier-sans-conservateur-500-mg/10-ml-solution-injectable-boites-de-1-et-10-ampoules-de-10-ml-morphine-sulfate-lavoisier-sans-conservateur-1-mg/1-ml-solution-injectable-boites-de-10-ampoules-de-1-ml</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2857744/en/morphine-chlorhydrate-renaudin</t>
+    <t>https://www.has-sante.fr/jcms/c_399006/fr/morphine-sulfate-lavoisier-sans-conservateur-500-mg/10-ml-solution-injectable-boites-de-1-et-10-ampoules-de-10-ml-morphine-sulfate-lavoisier-sans-conservateur-1-mg/1-ml-solution-injectable-boites-de-10-ampoules-de-1-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399336/fr/morphine-chlorhydrate-ap-hp-sans-conservateur-50-mg/-ml-solution-injectable-boite-de-10-ampoules-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399858/fr/morphine-aguettant-5-mg/ml-sirop-flacon-de-30-ml-avec-pipette-doseuse-de-2-ml-flacon-de-90-ml-avec-pipette-doseuse-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400227/fr/morphine-aguettant-0-1-solution-injectable-ampoule-de-1-ml-boite-de-10-morphine-aguettant-0-01-solution-injectable-ampoule-de-5-ml-boite-de-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460129/fr/morphine-chlorhydrate-aguettant-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460149/fr/morphine-chlorhydrate-cooper-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460153/fr/morphine-sulfate-lavoisier-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443260/fr/morphine-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_998999/fr/morphine-lavoisier-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062722/fr/morphine-chlorhydrate-cooper</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062726/fr/morphine-chlorhydrate-aguettant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735575/fr/morphine-lavoisier-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735610/fr/morphine-chlorhydrate-cooper-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735615/fr/morphine-chlorhydrate-aguettant-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735629/fr/morphine-chlorhydrate-renaudin-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011875/fr/morphine-chlorhydrate-renaudin-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625585/fr/morphine-lavoisier-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628037/fr/morphine-chlorhydrate-cooper</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672239/fr/morphine-chlorhydrate-aguettant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2728050/fr/morphine-chlorhydrate-renaudin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853366/fr/morphine-chlorhydrate-renaudin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857744/fr/morphine-chlorhydrate-renaudin</t>
+  </si>
+  <si>
+    <t>QUESTRAN (colestyramine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983297/fr/questran-colestyramine</t>
+  </si>
+  <si>
+    <t>pprd_2983297</t>
+  </si>
+  <si>
+    <t>colestyramine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603060/fr/questran-colestyramine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352557/fr/questran-colestyramine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848090/fr/questran-colestyramine</t>
   </si>
   <si>
     <t>TEMGESIC (buprénorphine (chlorhydrate de))</t>
   </si>
   <si>
-    <t>01/25/2018 11:54:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983425/en/temgesic-buprenorphine-chlorhydrate-de</t>
+    <t>25/01/2018 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983425/fr/temgesic-buprenorphine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983425</t>
   </si>
   <si>
     <t>buprénorphine (chlorhydrate de)</t>
   </si>
   <si>
     <t>INDIVIOR FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399167/en/temgesic-0-2-mg-comprime-sublingual-boite-de-20</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2822821/en/temgesic-buprenorphine-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_399167/fr/temgesic-0-2-mg-comprime-sublingual-boite-de-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456600/fr/temgesic-buprenorphine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1263597/fr/temgesic-buprenorphine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735583/fr/temgesic-buprenorphine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2822821/fr/temgesic-buprenorphine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>PHOSPHONEUROS (phosphate disodique/ magnésium (glycérophosphate de)/ phosphorique (ac...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983428/fr/phosphoneuros-phosphate-disodique/-magnesium-glycerophosphate-de-/-phosphorique-ac</t>
+  </si>
+  <si>
+    <t>pprd_2983428</t>
+  </si>
+  <si>
+    <t>phosphate disodique,magnésium (glycérophosphate de),phosphorique (acide) concentré,bis dihydrogénophosphate de calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713162/fr/phosphoneuros-phosphate-disodique/-magnesium-glycerophosphate-de-/-phosphorique-ac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367958/fr/phosphoneuros-phosphate-disodique/-magnesium-glycerophosphate-de-/-phosphorique-ac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632558/fr/phosphoneuros-phosphate-disodique/-magnesium-glycerophosphate-de-/-phosphorique-ac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821747/fr/phosphoneuros-phosphate-disodique/-magnesium-glycerophosphate-de-/-phosphorique-ac</t>
+  </si>
+  <si>
+    <t>STEROGYL (ergocalciférol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983451/fr/sterogyl-ergocalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2983451</t>
+  </si>
+  <si>
+    <t>ergocalciférol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_663695/fr/sterogyl-ergocalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598717/fr/sterogyl-ergocalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814687/fr/sterogyl-ergocalciferol</t>
   </si>
   <si>
     <t>DESCOVY (emtricitabine/ ténofovir alafénamide)</t>
   </si>
   <si>
-    <t>07/12/2017 16:36:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983591/en/descovy-emtricitabine/-tenofovir-alafenamide</t>
+    <t>12/07/2017 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983591/fr/descovy-emtricitabine/-tenofovir-alafenamide</t>
   </si>
   <si>
     <t>pprd_2983591</t>
   </si>
   <si>
     <t>emtricitabine,ténofovir alafénamide</t>
   </si>
   <si>
-    <t>GILEAD SCIENCES</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2774120/en/descovy-emtricitabine-tenofovir-alafenamide-antiretroviral-combination</t>
+    <t>https://www.has-sante.fr/jcms/c_2774120/fr/descovy-emtricitabine-tenofovir-alafenamide-association-d-antiretroviraux</t>
+  </si>
+  <si>
+    <t>DUROGESIC (fentanyl)</t>
+  </si>
+  <si>
+    <t>21/02/2017 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983733/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>pprd_2983733</t>
+  </si>
+  <si>
+    <t>fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400860/fr/durogesic-12-microgrammes/heure-2-1-mg/5-25-cm-dispositif-transdermique-5-sachets-polyterephtalate-pet-polyethylene-basse-densite-pebd-aluminium-de-1-dispositifs-369-851-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400912/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736983/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642392/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013227/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745873/fr/durogesic-fentanyl</t>
   </si>
   <si>
     <t>MOSCONTIN - SEVREDOL (morphine (sulfate de))</t>
   </si>
   <si>
-    <t>10/03/2016 12:33:54</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983968/en/moscontin-sevredol-morphine-sulfate-de</t>
+    <t>03/10/2016 12:33:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983968/fr/moscontin-sevredol-morphine-sulfate-de</t>
   </si>
   <si>
     <t>pprd_2983968</t>
   </si>
   <si>
     <t>morphine (sulfate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2671743/en/moscontin-sevredol-morphine-sulfate-de</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399094/en/sevredol-morphine-sulfate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_2671743/fr/moscontin-sevredol-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735585/fr/moscontin-sevredol-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062732/fr/moscontin-sevredol-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460158/fr/moscontin-sevredol-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399094/fr/sevredol-morphine-sulfate-de</t>
   </si>
   <si>
     <t>METYRAPONE HRA PHARMA (métyrapone)</t>
   </si>
   <si>
-    <t>11/04/2016 09:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983978/en/metyrapone-hra-pharma-metyrapone</t>
+    <t>04/11/2016 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983978/fr/metyrapone-hra-pharma-metyrapone</t>
   </si>
   <si>
     <t>pprd_2983978</t>
   </si>
   <si>
     <t>métyrapone</t>
   </si>
   <si>
-    <t>HRA PHARMA</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2663239/en/metyrapone-hra-pharma-metyrapone-treatment-of-endogenous-cushing-s-syndrome-and-test-for-pituitary-function</t>
+    <t>https://www.has-sante.fr/jcms/c_2663239/fr/metyrapone-hra-pharma-metyrapone-traitement-du-syndrome-de-cushing-endogene-et-test-pour-la-fonction-hypophysaire</t>
+  </si>
+  <si>
+    <t>NIVESTIM (filgrastim)</t>
+  </si>
+  <si>
+    <t>25/04/2016 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984134/fr/nivestim-filgrastim</t>
+  </si>
+  <si>
+    <t>pprd_2984134</t>
+  </si>
+  <si>
+    <t>HOSPIRA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1029060/fr/nivestim-filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2626001/fr/nivestim-filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069199/fr/nivestim-filgrastim</t>
   </si>
   <si>
     <t>TARGINACT (oxycodone (chlorhydrate d')/ naloxone (chlorhydrate de) dihydraté)</t>
   </si>
   <si>
     <t>09/09/2016 15:03:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984173/en/targinact-oxycodone-chlorhydrate-d-/-naloxone-chlorhydrate-de-dihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984173/fr/targinact-oxycodone-chlorhydrate-d-/-naloxone-chlorhydrate-de-dihydrate</t>
   </si>
   <si>
     <t>pprd_2984173</t>
   </si>
   <si>
     <t>oxycodone (chlorhydrate d'),naloxone (chlorhydrate de) dihydraté</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1189043/en/targinact</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2617874/en/targinact-oxycodone/naloxone-opioid-analgesic-and-antagonist</t>
+    <t>https://www.has-sante.fr/jcms/c_1189043/fr/targinact-oxycodone-chlorhydrate-d-/-naloxone-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040129/fr/targinact-oxycodone/naloxone-opioide-en-association</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617874/fr/targinact-oxycodone-/-naloxone-antalgique-opiace-et-antagoniste</t>
+  </si>
+  <si>
+    <t>NEUPOGEN (filgrastim)</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984192/fr/neupogen-filgrastim</t>
+  </si>
+  <si>
+    <t>pprd_2984192</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400807/fr/neupogen-30-mu-0-3-mg/-ml-solution-injectable-en-flacon-1-flacon-s-en-verre-de-1-ml-349-810-1-neupogen-30-mu-0-3-mg/-ml-solution-injectable-en-flacon-5-flacon-s-en-verre-de-1-ml-349-811-8-neupogen-30-mu-0-6-mg/ml-solution-injectable-en-seringue-preremplie-1-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-953-8-neupogen-30-mu-0-6-mg/ml-solution-injectable-en-seringue-preremplie-5-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-954-4-neupogen-48-mu-0-3mg/ml-solution-injectable-en-flacon-1-flacon-s-en-verre-de-1-6-ml-349-814-7-neupogen-48-mu-0-3mg/ml-solution-injectable-en-flacon-5-flacon-s-en-verre-de-1-6-ml-349-815-3-neupogen-48-mu-0-96-mg/ml-solution-injectable-en-seringue-preremplie-1-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-951-5-neupogen-48-mu-0-96-mg/ml-solution-injectable-en-seringue-preremplie-5-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-952-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400808/fr/neupogen-30-mu-0-3-mg/-ml-solution-injectable-en-flacon-1-flacon-s-en-verre-de-1-ml-349-810-1-neupogen-30-mu-0-3-mg/-ml-solution-injectable-en-flacon-5-flacon-s-en-verre-de-1-ml-349-811-8-neupogen-30-mu-0-6-mg/ml-solution-injectable-en-seringue-preremplie-1-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-953-8-neupogen-30-mu-0-6-mg/ml-solution-injectable-en-seringue-preremplie-5-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-954-4-neupogen-48-mu-0-3mg/ml-solution-injectable-en-flacon-1-flacon-s-en-verre-de-1-6-ml-349-814-7-neupogen-48-mu-0-3mg/ml-solution-injectable-en-flacon-5-flacon-s-en-verre-de-1-6-ml-349-815-3-neupogen-48-mu-0-96-mg/ml-solution-injectable-en-seringue-preremplie-1-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-951-5-neupogen-48-mu-0-96-mg/ml-solution-injectable-en-seringue-preremplie-5-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-952-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098668/fr/neupogen-filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612058/fr/neupogen-filgrastim</t>
+  </si>
+  <si>
+    <t>HEPSERA (adéfovir dipivoxil)</t>
+  </si>
+  <si>
+    <t>08/02/2016 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984232/fr/hepsera-adefovir-dipivoxil</t>
+  </si>
+  <si>
+    <t>pprd_2984232</t>
+  </si>
+  <si>
+    <t>adéfovir dipivoxil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399890/fr/hepsera-10-mg-comprimes-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614406/fr/hepsera-adefovir-dipivoxil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281300/fr/hepsera-adefovir-dipivoxil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2606648/fr/hepsera-adefovir-dipivoxil</t>
+  </si>
+  <si>
+    <t>TRILEPTAL (oxcarbazépine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984234/fr/trileptal-oxcarbazepine</t>
+  </si>
+  <si>
+    <t>pprd_2984234</t>
+  </si>
+  <si>
+    <t>oxcarbazépine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399288/fr/trileptal-oxcarbazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456631/fr/trileptal-oxcarbazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098678/fr/trileptal-oxcarbazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598656/fr/trileptal-oxcarbazepine</t>
+  </si>
+  <si>
+    <t>ARIMIDEX (anastrozole)</t>
+  </si>
+  <si>
+    <t>23/10/2015 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984354/fr/arimidex-anastrozole</t>
+  </si>
+  <si>
+    <t>pprd_2984354</t>
+  </si>
+  <si>
+    <t>anastrozole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398823/fr/arimidex-anastrozole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400000/fr/arimidex-anastrozole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400691/fr/arimidex-anastrozole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2565121/fr/arimidex-anastrozole</t>
+  </si>
+  <si>
+    <t>UVESTEROL D (ergocalciférol)</t>
+  </si>
+  <si>
+    <t>12/11/2014 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984687/fr/uvesterol-d-ergocalciferol</t>
+  </si>
+  <si>
+    <t>pprd_2984687</t>
+  </si>
+  <si>
+    <t>CRINEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_663726/fr/uvesterol-ergocalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603402/fr/uvesterol-ergocalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773251/fr/uvesterol-d-ergocalciferol</t>
   </si>
   <si>
     <t>ALTIM (cortivazol)</t>
   </si>
   <si>
-    <t>10/13/2014 10:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984695/en/altim-cortivazol</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984695/fr/altim-cortivazol</t>
   </si>
   <si>
     <t>pprd_2984695</t>
   </si>
   <si>
     <t>cortivazol</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1726201/en/altim</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1766755/en/altim</t>
+    <t>https://www.has-sante.fr/jcms/c_1726201/fr/altim-cortivazol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766755/fr/altim-cortivazol</t>
+  </si>
+  <si>
+    <t>PHOSPHORE ALKO (dihydrogénophosphate d'ammonium/ glycérophosphate de manganèse/ phosph...)</t>
+  </si>
+  <si>
+    <t>09/05/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984775/fr/phosphore-alko-dihydrogenophosphate-d-ammonium/-glycerophosphate-de-manganese/-phosph</t>
+  </si>
+  <si>
+    <t>pprd_2984775</t>
+  </si>
+  <si>
+    <t>dihydrogénophosphate d'ammonium,glycérophosphate de manganèse,phosphate monopotassique</t>
+  </si>
+  <si>
+    <t>PRIMIUS LAB LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740059/fr/phosphore-alko-dihydrogenophosphate-d-ammonium/-glycerophosphate-de-manganese/-phosph</t>
   </si>
   <si>
     <t>NALBUPHINE RENAUDIN (chlorhydrate de nalbuphine)</t>
   </si>
   <si>
-    <t>04/15/2014 16:04:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984791/en/nalbuphine-renaudin-chlorhydrate-de-nalbuphine</t>
+    <t>15/04/2014 16:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984791/fr/nalbuphine-renaudin-chlorhydrate-de-nalbuphine</t>
   </si>
   <si>
     <t>pprd_2984791</t>
   </si>
   <si>
     <t>chlorhydrate de nalbuphine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735601/en/nalbuphine-serb</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1735637/en/nalbuphine-renaudin</t>
+    <t>https://www.has-sante.fr/jcms/c_1735601/fr/nalbuphine-serb-chlorhydrate-de-nalbuphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735606/fr/nalbuphine-mylan-chlorhydrate-de-nalbuphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735608/fr/nalbuphine-aguettant-chlorhydrate-de-nalbuphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735637/fr/nalbuphine-renaudin-chlorhydrate-de-nalbuphine</t>
   </si>
   <si>
     <t>PETHIDINE RENAUDIN (chlorhydrate de péthidine)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984792/en/pethidine-renaudin-chlorhydrate-de-pethidine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984792/fr/pethidine-renaudin-chlorhydrate-de-pethidine</t>
   </si>
   <si>
     <t>pprd_2984792</t>
   </si>
   <si>
     <t>chlorhydrate de péthidine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399280/en/pethidine-renaudin-100-mg/-2-ml-5-pour-cent-solution-injectable-en-ampoule-boite-de-5</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1735636/en/pethidine-renaudin</t>
+    <t>https://www.has-sante.fr/jcms/c_399280/fr/pethidine-renaudin-100-mg/-2-ml-5-pour-cent-solution-injectable-en-ampoule-boite-de-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713157/fr/pethidine-renaudin-chlorhydrate-de-pethidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215531/fr/pethidine-renaudin-chlorhydrate-de-pethidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735636/fr/pethidine-renaudin-chlorhydrate-de-pethidine</t>
   </si>
   <si>
     <t>ORAMORPH (sulfate de morphine)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984795/en/oramorph-sulfate-de-morphine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984795/fr/oramorph-sulfate-de-morphine</t>
   </si>
   <si>
     <t>pprd_2984795</t>
   </si>
   <si>
     <t>NORGINE PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400273/en/oramorph-10-mg/5-ml-oramorph-100-mg/5-ml-oramorph-20-mg/1-ml-oramorph-30-mg/5-ml-sulfate-de-morphine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1735576/en/oramorph</t>
+    <t>https://www.has-sante.fr/jcms/c_400273/fr/oramorph-10-mg/5-ml-oramorph-100-mg/5-ml-oramorph-20-mg/1-ml-oramorph-30-mg/5-ml-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013233/fr/oramorph-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735576/fr/oramorph-sulfate-de-morphine</t>
   </si>
   <si>
     <t>DYMISTA (propionate de fluticasone/ chlorhydrate d'azélastine)</t>
   </si>
   <si>
-    <t>09/10/2014 16:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984822/en/dymista-propionate-de-fluticasone/-chlorhydrate-d-azelastine</t>
+    <t>10/09/2014 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984822/fr/dymista-propionate-de-fluticasone/-chlorhydrate-d-azelastine</t>
   </si>
   <si>
     <t>pprd_2984822</t>
   </si>
   <si>
     <t>propionate de fluticasone,chlorhydrate d'azélastine</t>
   </si>
   <si>
     <t>MEDA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1725332/en/dymista</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985480/en/nebido</t>
+    <t>https://www.has-sante.fr/jcms/c_1725332/fr/dymista-fluticasone-azelastine-association-corticoide-antihistaminique</t>
+  </si>
+  <si>
+    <t>ZOMETA (acide zolédronique)</t>
+  </si>
+  <si>
+    <t>28/11/2013 18:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984865/fr/zometa-acide-zoledronique</t>
+  </si>
+  <si>
+    <t>pprd_2984865</t>
+  </si>
+  <si>
+    <t>acide zolédronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399290/fr/zometa-acide-zoledronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399784/fr/zometa-acide-zoledronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_981921/fr/zometa-acide-zoledronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701315/fr/zometa-acide-zoledronique</t>
+  </si>
+  <si>
+    <t>ANDROTARDYL (testostérone (énantate de))</t>
+  </si>
+  <si>
+    <t>26/09/2013 15:15:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984896/fr/androtardyl-testosterone-enantate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984896</t>
+  </si>
+  <si>
+    <t>testostérone (énantate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944559/fr/androtardyl-testosterone-enantate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647770/fr/androtardyl-testosterone-enantate-de</t>
+  </si>
+  <si>
+    <t>CADENS (calcitonine de saumon)</t>
+  </si>
+  <si>
+    <t>07/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985078/fr/cadens-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>pprd_2985078</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400071/fr/cadens-100-ui/ml-solution-injectable-en-ampoule-boite-de-5-cadens-50-ui/ml-solution-injectable-en-ampoule-boite-de-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817346/fr/cadens-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163429/fr/cadens-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>EUCALCIC (carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>19/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985119/fr/eucalcic-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2985119</t>
+  </si>
+  <si>
+    <t>Laboratoire NYCOMED FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399293/fr/eucalcic-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455385/fr/eucalcic-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1108572/fr/eucalcic-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>MEDRONATE DRAXIMAGE (acide médronique)</t>
+  </si>
+  <si>
+    <t>06/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985245/fr/medronate-draximage-acide-medronique</t>
+  </si>
+  <si>
+    <t>pprd_2985245</t>
+  </si>
+  <si>
+    <t>acide médronique</t>
+  </si>
+  <si>
+    <t>Laboratoire GUERBET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994257/fr/medronate-draximage-acide-medronique</t>
+  </si>
+  <si>
+    <t>CYSTADANE (bétaïne anhydre)</t>
+  </si>
+  <si>
+    <t>24/10/2007 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985417/fr/cystadane-betaine-anhydre</t>
+  </si>
+  <si>
+    <t>pprd_2985417</t>
+  </si>
+  <si>
+    <t>bétaïne anhydre</t>
+  </si>
+  <si>
+    <t>Laboratoires ORPHAN EUROPE SARL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605780/fr/cystadane-betaine-anhydre</t>
+  </si>
+  <si>
+    <t>TESTOPATCH (testostérone)</t>
+  </si>
+  <si>
+    <t>31/01/2007 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985465/fr/testopatch-testosterone</t>
+  </si>
+  <si>
+    <t>pprd_2985465</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487010/fr/testopatch-testosterone</t>
+  </si>
+  <si>
+    <t>NEBIDO (undécanoate de testostérone)</t>
+  </si>
+  <si>
+    <t>29/11/2006 01:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985480/fr/nebido-undecanoate-de-testosterone</t>
   </si>
   <si>
     <t>pprd_2985480</t>
   </si>
   <si>
     <t>undécanoate de testostérone</t>
   </si>
   <si>
     <t>Laboratoire SCHERING S.A</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_474436/en/nebido</t>
+    <t>https://www.has-sante.fr/jcms/c_474436/fr/nebido-undecanoate-de-testosterone</t>
+  </si>
+  <si>
+    <t>ESTRADIOL NOVARTIS (estradiol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986008/fr/estradiol-novartis-estradiol</t>
+  </si>
+  <si>
+    <t>pprd_2986008</t>
+  </si>
+  <si>
+    <t>NOVARTIS S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399490/fr/estradiol-g-gam-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399549/fr/estradiol-novartis-37-5-g/24-h-dispositif-transdermique-estradiol-novartis-50-g/24-h-dispositif-transdermique-estradiol-novartis-75-g/24-h-dispositif-transdermique-estradiol-novartis-100-g/24-h-dispositif-transdermique-boite-de-8-estradiol</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Ostéoporose : prévenir la survenue des fractures</t>
+  </si>
+  <si>
+    <t>Le traitement médicamenteux en prévention des fractures liées à l’ostéoporose n’est indiqué que lorsque le risque fracturaire est élevé.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974160/fr/osteoporose-prevenir-la-survenue-des-fractures</t>
+  </si>
+  <si>
+    <t>pprd_2974160</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>Détecter et diagnostiquer la BPCO même sans symptôme apparent</t>
+  </si>
+  <si>
+    <t>Le symptôme majeur de la BPCO est la dyspnée qui induit une réduction de l’activité physique quotidienne. D’apparition progressive, au début, la dyspnée n'est pas souvent perçue par le patient.</t>
+  </si>
+  <si>
+    <t>31/01/2020 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118475/fr/detecter-et-diagnostiquer-la-bpco-meme-sans-symptome-apparent</t>
+  </si>
+  <si>
+    <t>p_3118475</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
+  </si>
+  <si>
+    <t>Synthèse des résultats de l’appel à contribution "Qualité de vie : handicap, les problèmes somatiques et les phénomènes douloureux"</t>
+  </si>
+  <si>
+    <t>Les contributions des particuliers et des professionnels du social, médicosocial et de la santé ont permis de mettre en exergue des problématiques somatiques rencontrées par les personnes en situation de handicap et d’apporter des éléments de compréhension aux professionnels et de façon indirecte aux proches pour améliorer la prévention, le repérage et la prise en compte des problèmes somatiques et des phénomènes douloureux.</t>
+  </si>
+  <si>
+    <t>13/12/2017 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838231/fr/synthese-des-resultats-de-l-appel-a-contribution-qualite-de-vie-handicap-les-problemes-somatiques-et-les-phenomenes-douloureux</t>
+  </si>
+  <si>
+    <t>c_2838231</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
+  </si>
+  <si>
+    <t>Syndrome fibromyalgique de l'adulte</t>
+  </si>
+  <si>
+    <t>Rédigé par la HAS à la demande du Ministère de la santé, ce rapport d'orientation fait un état des lieux des données disponibles (hors sciences fondamentales) concernant le syndrome fibromyalgique de l’adulte et propose des orientations aux professionnels de santé pour prendre en charge les personnes qui en souffrent. Ce rapport d'orientation repose sur une analyse des recommandations étrangères existantes et sur les résultats d’enquêtes qui dessinent les contours de la réalité de ce syndrome en France.</t>
+  </si>
+  <si>
+    <t>25/10/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993899/fr/syndrome-fibromyalgique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_993899</t>
+  </si>
+  <si>
+    <t>Prise en charge chirurgicale de l'obésité chez l’adulte - Dossier de presse</t>
+  </si>
+  <si>
+    <t>L’obésité est une maladie chronique. Elle peut, en particulier lorsqu’elle est sévère ou massive, entraîner des difficultés dans la vie de tous les jours. Elle peut également menacer la santé et provoquer des maladies comme le diabète, l’hypertension artérielle, l’hypercholestérolémie, le syndrome d’apnées du sommeil… La chirurgie de l’obésité aide à perdre du poids durablement et à contrôler ces maladies. Néanmoins, se faire opérer est une décision importante et nécessite une bonne préparation. Vous trouverez dans cet espace, les recommandations destinées aux professionnels, une fiche d’information destinée aux médecins traitants ; une brochure d’information destinée aux personnes obèses qui envisagent la chirurgie de l’obésité, des interviews vidéos, ...</t>
+  </si>
+  <si>
+    <t>21/10/2009 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865974/fr/prise-en-charge-chirurgicale-de-l-obesite-chez-l-adulte-dossier-de-presse</t>
+  </si>
+  <si>
+    <t>c_865974</t>
+  </si>
+  <si>
+    <t>BPCO – Causes fréquentes : tabagisme et expositions professionnelles</t>
+  </si>
+  <si>
+    <t>La bronchopneumopathie chronique obstructive (BPCO) est une maladie respiratoire chronique caractérisée par une obstruction permanente et progressive des voies aériennes. Sa cause la plus fréquente est le tabagisme, mais certains cas sont liés à des expositions professionnelles.</t>
+  </si>
+  <si>
+    <t>07/11/2018 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974843/fr/bpco-causes-frequentes-tabagisme-et-expositions-professionnelles</t>
+  </si>
+  <si>
+    <t>pprd_2974843</t>
+  </si>
+  <si>
+    <t>Boulimie, hyperphagie : urgence à les repérer et les prendre en charge</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique, des troubles souvent cachés par les personnes qui en souffrent... Le point sur les facteurs de risque, les signes d'alerte, le diagnostic et la prise en charge.</t>
+  </si>
+  <si>
+    <t>12/09/2019 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974164/fr/boulimie-hyperphagie-urgence-a-les-reperer-et-les-prendre-en-charge</t>
+  </si>
+  <si>
+    <t>pprd_2974164</t>
+  </si>
+  <si>
+    <t>Fracture de la hanche : optimiser la prise en charge des patients âgés</t>
+  </si>
+  <si>
+    <t>La HAS, en collaboration avec la Sofcot et la SFGG, a réalisé une fiche points clés « Orthogériatrie et fracture de la hanche ». L’objectif : aider les professionnels, les directeurs des établissements hospitaliers et leurs tutelles à améliorer l’organisation de la prise en charge hospitalière des patients âgés victimes d’une fracture de la hanche.</t>
+  </si>
+  <si>
+    <t>06/11/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974238/fr/fracture-de-la-hanche-optimiser-la-prise-en-charge-des-patients-ages</t>
+  </si>
+  <si>
+    <t>pprd_2974238</t>
+  </si>
+  <si>
+    <t>[Interview] Contraception : zoom sur les méthodes efficaces</t>
+  </si>
+  <si>
+    <t>Contraception, les différentes méthodes en bref.</t>
+  </si>
+  <si>
+    <t>05/12/2017 13:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974837/fr/-interview-contraception-zoom-sur-les-methodes-efficaces</t>
+  </si>
+  <si>
+    <t>pprd_2974837</t>
+  </si>
+  <si>
+    <t>L’obésité se caractérise par une accumulation anormale et excessive de graisses corporelles qui peut nuire à la santé. Afin de l'évaluer, l’indice de masse corporelle (IMC) est l’indicateur le plus fréquemment utilisé. Questions - Réponses</t>
+  </si>
+  <si>
+    <t>30/03/2016 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621051/fr/chirurgie-de-l-obesite-pour-les-moins-de-18-ans-a-n-envisager-que-dans-des-cas-tres-particuliers</t>
+  </si>
+  <si>
+    <t>c_2621051</t>
+  </si>
+  <si>
+    <t>Arrêter de fumer et ne pas rechuter - Dossier d'information patient</t>
+  </si>
+  <si>
+    <t>La HAS émet des recommandations d’usage sur les traitements nicotiniques, les médicaments disponibles mais également sur les autres prises en charge existantes ainsi que sur la cigarette électronique.</t>
+  </si>
+  <si>
+    <t>21/01/2014 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719733/fr/arreter-de-fumer-et-ne-pas-rechuter-dossier-d-information-patient</t>
+  </si>
+  <si>
+    <t>c_1719733</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -4753,7091 +14791,24906 @@
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1974</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1975</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1976</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1978</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1979</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1980</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1981</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1983</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1985</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1986</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1987</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1990</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1991</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1992</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1994</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1995</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1996</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1999</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2000</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2010</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2011</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2014</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2015</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2016</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2020</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2021</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2026</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2028</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2029</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2030</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2031</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2032</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H26"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2035</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2038</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2042</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2043</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2044</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2049</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2050</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2051</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2052</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2054</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2055</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2056</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2057</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2060</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2061</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2062</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2066</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2067</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2068</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2071</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2072</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2073</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2074</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2078</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2080</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2084</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2085</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2086</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2088</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2091</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2092</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2093</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1627</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2096</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2099</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2100</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2101</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2102</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2103</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2104</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2106</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2107</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2108</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2109</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2112</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2115</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1668</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2119</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2120</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2124</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2125</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2126</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2127</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2129</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1674</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2130</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2131</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2134</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2135</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2137</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2139</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2140</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2141</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2142</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2143</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2145</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2148</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2149</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C22" t="s">
+        <v>2152</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2155</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2157</v>
+      </c>
+      <c r="C23" t="s">
+        <v>2158</v>
+      </c>
+      <c r="D23" t="s">
+        <v>200</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2159</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2160</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2161</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2162</v>
+      </c>
+      <c r="C24" t="s">
+        <v>2163</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2164</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2165</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2166</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2167</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2168</v>
+      </c>
+      <c r="C25" t="s">
+        <v>2169</v>
+      </c>
+      <c r="D25" t="s">
+        <v>339</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2170</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2171</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C26" t="s">
+        <v>2174</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2175</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2176</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2177</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2184</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2185</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2187</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2188</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2189</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2190</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2192</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2193</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2194</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2195</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2196</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2197</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2198</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2200</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2201</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2202</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:AI269"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>2203</v>
+      </c>
+      <c r="J1" t="s">
+        <v>41</v>
+      </c>
+      <c r="K1" t="s">
+        <v>2204</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2206</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2207</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2208</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2209</v>
+      </c>
+      <c r="I2" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J2" t="s">
+        <v>2211</v>
+      </c>
+      <c r="K2" t="s">
+        <v>2212</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2215</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2216</v>
+      </c>
+      <c r="I3" t="s">
+        <v>2217</v>
+      </c>
+      <c r="J3" t="s">
+        <v>2218</v>
+      </c>
+      <c r="K3" t="s">
+        <v>2219</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2220</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2221</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2222</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2223</v>
+      </c>
+      <c r="I4" t="s">
+        <v>2217</v>
+      </c>
+      <c r="J4" t="s">
+        <v>2224</v>
+      </c>
+      <c r="K4" t="s">
+        <v>2225</v>
+      </c>
+      <c r="L4" t="s">
+        <v>2226</v>
+      </c>
+      <c r="M4" t="s">
+        <v>2227</v>
+      </c>
+      <c r="N4" t="s">
+        <v>2228</v>
+      </c>
+      <c r="O4" t="s">
+        <v>2229</v>
+      </c>
+      <c r="P4" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2232</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2233</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2234</v>
+      </c>
+      <c r="I5" t="s">
+        <v>2235</v>
+      </c>
+      <c r="J5" t="s">
+        <v>2236</v>
+      </c>
+      <c r="K5" t="s">
+        <v>2237</v>
+      </c>
+      <c r="L5" t="s">
+        <v>2238</v>
+      </c>
+      <c r="M5" t="s">
+        <v>2239</v>
+      </c>
+      <c r="N5" t="s">
+        <v>2240</v>
+      </c>
+      <c r="O5" t="s">
+        <v>2241</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2242</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2243</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2244</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2245</v>
+      </c>
+      <c r="I6" t="s">
+        <v>2246</v>
+      </c>
+      <c r="J6" t="s">
+        <v>2247</v>
+      </c>
+      <c r="K6" t="s">
+        <v>2248</v>
+      </c>
+      <c r="L6" t="s">
+        <v>2249</v>
+      </c>
+      <c r="M6" t="s">
+        <v>2250</v>
+      </c>
+      <c r="N6" t="s">
+        <v>2251</v>
+      </c>
+      <c r="O6" t="s">
+        <v>2252</v>
+      </c>
+      <c r="P6" t="s">
+        <v>2253</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>2254</v>
+      </c>
+      <c r="R6" t="s">
+        <v>2255</v>
+      </c>
+      <c r="S6" t="s">
+        <v>2256</v>
+      </c>
+      <c r="T6" t="s">
+        <v>2257</v>
+      </c>
+      <c r="U6" t="s">
+        <v>2258</v>
+      </c>
+      <c r="V6" t="s">
+        <v>2259</v>
+      </c>
+      <c r="W6" t="s">
+        <v>2260</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2262</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2263</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2264</v>
+      </c>
+      <c r="I7" t="s">
+        <v>2265</v>
+      </c>
+      <c r="J7" t="s">
+        <v>2266</v>
+      </c>
+      <c r="K7" t="s">
+        <v>2267</v>
+      </c>
+      <c r="L7" t="s">
+        <v>2268</v>
+      </c>
+      <c r="M7" t="s">
+        <v>2269</v>
+      </c>
+      <c r="N7" t="s">
+        <v>2270</v>
+      </c>
+      <c r="O7" t="s">
+        <v>2271</v>
+      </c>
+      <c r="P7" t="s">
+        <v>2272</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2273</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2274</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2275</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2276</v>
+      </c>
+      <c r="I8" t="s">
+        <v>2277</v>
+      </c>
+      <c r="J8" t="s">
+        <v>2278</v>
+      </c>
+      <c r="K8" t="s">
+        <v>2279</v>
+      </c>
+      <c r="L8" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2283</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2284</v>
+      </c>
+      <c r="I9" t="s">
+        <v>2285</v>
+      </c>
+      <c r="J9" t="s">
+        <v>2286</v>
+      </c>
+      <c r="K9" t="s">
+        <v>2287</v>
+      </c>
+      <c r="L9" t="s">
+        <v>2288</v>
+      </c>
+      <c r="M9" t="s">
+        <v>2289</v>
+      </c>
+      <c r="N9" t="s">
+        <v>2290</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2291</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2292</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2293</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2294</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2295</v>
+      </c>
+      <c r="J10" t="s">
+        <v>2296</v>
+      </c>
+      <c r="K10" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2298</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2300</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2301</v>
+      </c>
+      <c r="I11" t="s">
+        <v>2302</v>
+      </c>
+      <c r="J11" t="s">
+        <v>2303</v>
+      </c>
+      <c r="K11" t="s">
+        <v>2304</v>
+      </c>
+      <c r="L11" t="s">
+        <v>2305</v>
+      </c>
+      <c r="M11" t="s">
+        <v>2306</v>
+      </c>
+      <c r="N11" t="s">
+        <v>2307</v>
+      </c>
+      <c r="O11" t="s">
+        <v>2308</v>
+      </c>
+      <c r="P11" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2310</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2311</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2312</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2313</v>
+      </c>
+      <c r="I12" t="s">
+        <v>2314</v>
+      </c>
+      <c r="J12" t="s">
+        <v>2315</v>
+      </c>
+      <c r="K12" t="s">
+        <v>2316</v>
+      </c>
+      <c r="L12" t="s">
+        <v>2317</v>
+      </c>
+      <c r="M12" t="s">
+        <v>2318</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2319</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2320</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2321</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2322</v>
+      </c>
+      <c r="I13" t="s">
+        <v>2323</v>
+      </c>
+      <c r="J13" t="s">
+        <v>2324</v>
+      </c>
+      <c r="K13" t="s">
+        <v>2325</v>
+      </c>
+      <c r="L13" t="s">
+        <v>2326</v>
+      </c>
+      <c r="M13" t="s">
+        <v>2327</v>
+      </c>
+      <c r="N13" t="s">
+        <v>2328</v>
+      </c>
+      <c r="O13" t="s">
+        <v>2329</v>
+      </c>
+      <c r="P13" t="s">
+        <v>2330</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>2331</v>
+      </c>
+      <c r="R13" t="s">
+        <v>2332</v>
+      </c>
+      <c r="S13" t="s">
+        <v>2333</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2334</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2335</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2336</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2337</v>
+      </c>
+      <c r="I14" t="s">
+        <v>2314</v>
+      </c>
+      <c r="J14" t="s">
+        <v>2338</v>
+      </c>
+      <c r="K14" t="s">
+        <v>2339</v>
+      </c>
+      <c r="L14" t="s">
+        <v>2340</v>
+      </c>
+      <c r="M14" t="s">
+        <v>2341</v>
+      </c>
+      <c r="N14" t="s">
+        <v>2342</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2343</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2344</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2345</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2346</v>
+      </c>
+      <c r="I15" t="s">
+        <v>2347</v>
+      </c>
+      <c r="J15" t="s">
+        <v>2348</v>
+      </c>
+      <c r="K15" t="s">
+        <v>2349</v>
+      </c>
+      <c r="L15" t="s">
+        <v>2350</v>
+      </c>
+      <c r="M15" t="s">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2352</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2353</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2354</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2355</v>
+      </c>
+      <c r="I16" t="s">
+        <v>2356</v>
+      </c>
+      <c r="J16" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K16" t="s">
+        <v>2358</v>
+      </c>
+      <c r="L16" t="s">
+        <v>2359</v>
+      </c>
+      <c r="M16" t="s">
+        <v>2360</v>
+      </c>
+      <c r="N16" t="s">
+        <v>2361</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2362</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2363</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2364</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2365</v>
+      </c>
+      <c r="I17" t="s">
+        <v>2366</v>
+      </c>
+      <c r="J17" t="s">
+        <v>2367</v>
+      </c>
+      <c r="K17" t="s">
+        <v>2368</v>
+      </c>
+      <c r="L17" t="s">
+        <v>2369</v>
+      </c>
+      <c r="M17" t="s">
+        <v>2370</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2371</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2372</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2373</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2374</v>
+      </c>
+      <c r="I18" t="s">
+        <v>2366</v>
+      </c>
+      <c r="J18" t="s">
+        <v>2375</v>
+      </c>
+      <c r="K18" t="s">
+        <v>2376</v>
+      </c>
+      <c r="L18" t="s">
+        <v>2377</v>
+      </c>
+      <c r="M18" t="s">
+        <v>2378</v>
+      </c>
+      <c r="N18" t="s">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2381</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2382</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2383</v>
+      </c>
+      <c r="I19" t="s">
+        <v>2384</v>
+      </c>
+      <c r="J19" t="s">
+        <v>2385</v>
+      </c>
+      <c r="K19" t="s">
+        <v>2386</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2387</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2389</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2390</v>
+      </c>
+      <c r="I20" t="s">
+        <v>2391</v>
+      </c>
+      <c r="J20" t="s">
+        <v>2296</v>
+      </c>
+      <c r="K20" t="s">
+        <v>2392</v>
+      </c>
+      <c r="L20" t="s">
+        <v>2393</v>
+      </c>
+      <c r="M20" t="s">
+        <v>2394</v>
+      </c>
+      <c r="N20" t="s">
+        <v>2395</v>
+      </c>
+      <c r="O20" t="s">
+        <v>2396</v>
+      </c>
+      <c r="P20" t="s">
+        <v>2397</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>2398</v>
+      </c>
+      <c r="R20" t="s">
+        <v>2399</v>
+      </c>
+      <c r="S20" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2401</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2402</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2403</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2404</v>
+      </c>
+      <c r="I21" t="s">
+        <v>2405</v>
+      </c>
+      <c r="J21" t="s">
+        <v>2406</v>
+      </c>
+      <c r="K21" t="s">
+        <v>2407</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2408</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2409</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2410</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2411</v>
+      </c>
+      <c r="I22" t="s">
+        <v>2412</v>
+      </c>
+      <c r="J22" t="s">
+        <v>2413</v>
+      </c>
+      <c r="K22" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2415</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2416</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2417</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2418</v>
+      </c>
+      <c r="I23" t="s">
+        <v>2419</v>
+      </c>
+      <c r="J23" t="s">
+        <v>2420</v>
+      </c>
+      <c r="K23" t="s">
+        <v>2421</v>
+      </c>
+      <c r="L23" t="s">
+        <v>2422</v>
+      </c>
+      <c r="M23" t="s">
+        <v>2423</v>
+      </c>
+      <c r="N23" t="s">
+        <v>2424</v>
+      </c>
+      <c r="O23" t="s">
+        <v>2425</v>
+      </c>
+      <c r="P23" t="s">
+        <v>2426</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>2427</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2428</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2429</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2430</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2431</v>
+      </c>
+      <c r="I24" t="s">
+        <v>2432</v>
+      </c>
+      <c r="J24" t="s">
+        <v>2433</v>
+      </c>
+      <c r="K24" t="s">
+        <v>2434</v>
+      </c>
+      <c r="L24" t="s">
+        <v>2435</v>
+      </c>
+      <c r="M24" t="s">
+        <v>2436</v>
+      </c>
+      <c r="N24" t="s">
+        <v>2437</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2438</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2439</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2440</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2441</v>
+      </c>
+      <c r="I25" t="s">
+        <v>2419</v>
+      </c>
+      <c r="J25" t="s">
+        <v>2442</v>
+      </c>
+      <c r="K25" t="s">
+        <v>2443</v>
+      </c>
+      <c r="L25" t="s">
+        <v>2444</v>
+      </c>
+      <c r="M25" t="s">
+        <v>2445</v>
+      </c>
+      <c r="N25" t="s">
+        <v>2446</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2447</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2448</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2449</v>
+      </c>
+      <c r="I26" t="s">
+        <v>2450</v>
+      </c>
+      <c r="J26" t="s">
+        <v>2451</v>
+      </c>
+      <c r="K26" t="s">
+        <v>2452</v>
+      </c>
+      <c r="L26" t="s">
+        <v>2453</v>
+      </c>
+      <c r="M26" t="s">
+        <v>2454</v>
+      </c>
+      <c r="N26" t="s">
+        <v>2455</v>
+      </c>
+      <c r="O26" t="s">
+        <v>2456</v>
+      </c>
+      <c r="P26" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2457</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2458</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2459</v>
+      </c>
+      <c r="I27" t="s">
+        <v>2460</v>
+      </c>
+      <c r="J27" t="s">
+        <v>2296</v>
+      </c>
+      <c r="K27" t="s">
+        <v>2461</v>
+      </c>
+      <c r="L27" t="s">
+        <v>2462</v>
+      </c>
+      <c r="M27" t="s">
+        <v>2463</v>
+      </c>
+      <c r="N27" t="s">
+        <v>2464</v>
+      </c>
+      <c r="O27" t="s">
+        <v>2465</v>
+      </c>
+      <c r="P27" t="s">
+        <v>2466</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>2467</v>
+      </c>
+      <c r="R27" t="s">
+        <v>2468</v>
+      </c>
+      <c r="S27" t="s">
+        <v>2469</v>
+      </c>
+      <c r="T27" t="s">
+        <v>2470</v>
+      </c>
+      <c r="U27" t="s">
+        <v>2471</v>
+      </c>
+      <c r="V27" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2473</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2474</v>
+      </c>
+      <c r="I28" t="s">
+        <v>2475</v>
+      </c>
+      <c r="J28" t="s">
+        <v>2476</v>
+      </c>
+      <c r="K28" t="s">
+        <v>2477</v>
+      </c>
+      <c r="L28" t="s">
+        <v>2478</v>
+      </c>
+      <c r="M28" t="s">
+        <v>2479</v>
+      </c>
+      <c r="N28" t="s">
+        <v>2480</v>
+      </c>
+      <c r="O28" t="s">
+        <v>2481</v>
+      </c>
+      <c r="P28" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2482</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2483</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2484</v>
+      </c>
+      <c r="I29" t="s">
+        <v>2485</v>
+      </c>
+      <c r="J29" t="s">
+        <v>2486</v>
+      </c>
+      <c r="K29" t="s">
+        <v>2487</v>
+      </c>
+      <c r="L29" t="s">
+        <v>2488</v>
+      </c>
+      <c r="M29" t="s">
+        <v>2489</v>
+      </c>
+      <c r="N29" t="s">
+        <v>2490</v>
+      </c>
+      <c r="O29" t="s">
+        <v>2491</v>
+      </c>
+      <c r="P29" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2492</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2493</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2494</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2495</v>
+      </c>
+      <c r="J30" t="s">
+        <v>2496</v>
+      </c>
+      <c r="K30" t="s">
+        <v>2497</v>
+      </c>
+      <c r="L30" t="s">
+        <v>2498</v>
+      </c>
+      <c r="M30" t="s">
+        <v>2499</v>
+      </c>
+      <c r="N30" t="s">
+        <v>2500</v>
+      </c>
+      <c r="O30" t="s">
+        <v>2501</v>
+      </c>
+      <c r="P30" t="s">
+        <v>2502</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>2503</v>
+      </c>
+      <c r="R30" t="s">
+        <v>2504</v>
+      </c>
+      <c r="S30" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2505</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2506</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2507</v>
+      </c>
+      <c r="I31" t="s">
+        <v>2508</v>
+      </c>
+      <c r="J31" t="s">
+        <v>2296</v>
+      </c>
+      <c r="K31" t="s">
+        <v>2509</v>
+      </c>
+      <c r="L31" t="s">
+        <v>2510</v>
+      </c>
+      <c r="M31" t="s">
+        <v>2511</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2512</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2513</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2514</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2515</v>
+      </c>
+      <c r="J32" t="s">
+        <v>2516</v>
+      </c>
+      <c r="K32" t="s">
+        <v>2517</v>
+      </c>
+      <c r="L32" t="s">
+        <v>2518</v>
+      </c>
+      <c r="M32" t="s">
+        <v>2519</v>
+      </c>
+      <c r="N32" t="s">
+        <v>2520</v>
+      </c>
+      <c r="O32" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2521</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2522</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I33" t="s">
+        <v>2475</v>
+      </c>
+      <c r="J33" t="s">
+        <v>2296</v>
+      </c>
+      <c r="K33" t="s">
+        <v>2524</v>
+      </c>
+      <c r="L33" t="s">
+        <v>2525</v>
+      </c>
+      <c r="M33" t="s">
+        <v>2526</v>
+      </c>
+      <c r="N33" t="s">
+        <v>2527</v>
+      </c>
+      <c r="O33" t="s">
+        <v>2528</v>
+      </c>
+      <c r="P33" t="s">
+        <v>2529</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>2530</v>
+      </c>
+      <c r="R33" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2531</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2532</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2533</v>
+      </c>
+      <c r="I34" t="s">
+        <v>2534</v>
+      </c>
+      <c r="J34" t="s">
+        <v>2535</v>
+      </c>
+      <c r="K34" t="s">
+        <v>2536</v>
+      </c>
+      <c r="L34" t="s">
+        <v>2537</v>
+      </c>
+      <c r="M34" t="s">
+        <v>2538</v>
+      </c>
+      <c r="N34" t="s">
+        <v>2539</v>
+      </c>
+      <c r="O34" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B35" t="s">
+        <v>2540</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2541</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2542</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2543</v>
+      </c>
+      <c r="J35" t="s">
+        <v>2486</v>
+      </c>
+      <c r="K35" t="s">
+        <v>2544</v>
+      </c>
+      <c r="L35" t="s">
+        <v>2545</v>
+      </c>
+      <c r="M35" t="s">
+        <v>2546</v>
+      </c>
+      <c r="N35" t="s">
+        <v>2547</v>
+      </c>
+      <c r="O35" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2548</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2549</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2550</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2475</v>
+      </c>
+      <c r="J36" t="s">
+        <v>2551</v>
+      </c>
+      <c r="K36" t="s">
+        <v>2552</v>
+      </c>
+      <c r="L36" t="s">
+        <v>2553</v>
+      </c>
+      <c r="M36" t="s">
+        <v>2554</v>
+      </c>
+      <c r="N36" t="s">
+        <v>2555</v>
+      </c>
+      <c r="O36" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2556</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2557</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2558</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2559</v>
+      </c>
+      <c r="J37" t="s">
+        <v>2560</v>
+      </c>
+      <c r="K37" t="s">
+        <v>2561</v>
+      </c>
+      <c r="L37" t="s">
+        <v>2562</v>
+      </c>
+      <c r="M37" t="s">
+        <v>2563</v>
+      </c>
+      <c r="N37" t="s">
+        <v>2564</v>
+      </c>
+      <c r="O37" t="s">
+        <v>2565</v>
+      </c>
+      <c r="P37" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2566</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2567</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2569</v>
+      </c>
+      <c r="J38" t="s">
+        <v>2570</v>
+      </c>
+      <c r="K38" t="s">
+        <v>2571</v>
+      </c>
+      <c r="L38" t="s">
+        <v>2572</v>
+      </c>
+      <c r="M38" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B39" t="s">
+        <v>2573</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2574</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2575</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2576</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2577</v>
+      </c>
+      <c r="J39" t="s">
+        <v>2296</v>
+      </c>
+      <c r="K39" t="s">
+        <v>2578</v>
+      </c>
+      <c r="L39" t="s">
+        <v>2579</v>
+      </c>
+      <c r="M39" t="s">
+        <v>2580</v>
+      </c>
+      <c r="N39" t="s">
+        <v>2581</v>
+      </c>
+      <c r="O39" t="s">
+        <v>2582</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B40" t="s">
+        <v>2583</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2584</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>2585</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I40" t="s">
+        <v>2587</v>
+      </c>
+      <c r="J40" t="s">
+        <v>2588</v>
+      </c>
+      <c r="K40" t="s">
+        <v>2589</v>
+      </c>
+      <c r="L40" t="s">
+        <v>2590</v>
+      </c>
+      <c r="M40" t="s">
+        <v>2591</v>
+      </c>
+      <c r="N40" t="s">
+        <v>2592</v>
+      </c>
+      <c r="O40" t="s">
+        <v>2593</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B41" t="s">
+        <v>2594</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2595</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2596</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2597</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2405</v>
+      </c>
+      <c r="J41" t="s">
+        <v>2588</v>
+      </c>
+      <c r="K41" t="s">
+        <v>2598</v>
+      </c>
+      <c r="L41" t="s">
+        <v>2599</v>
+      </c>
+      <c r="M41" t="s">
+        <v>2600</v>
+      </c>
+      <c r="N41" t="s">
+        <v>2601</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B42" t="s">
+        <v>2602</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>2604</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2605</v>
+      </c>
+      <c r="I42" t="s">
+        <v>2606</v>
+      </c>
+      <c r="J42" t="s">
+        <v>2607</v>
+      </c>
+      <c r="K42" t="s">
+        <v>2608</v>
+      </c>
+      <c r="L42" t="s">
+        <v>2609</v>
+      </c>
+      <c r="M42" t="s">
+        <v>2610</v>
+      </c>
+      <c r="N42" t="s">
+        <v>2611</v>
+      </c>
+      <c r="O42" t="s">
+        <v>2612</v>
+      </c>
+      <c r="P42" t="s">
+        <v>2613</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>2614</v>
+      </c>
+      <c r="R42" t="s">
+        <v>2615</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B43" t="s">
+        <v>2616</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2617</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2618</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2619</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2620</v>
+      </c>
+      <c r="J43" t="s">
+        <v>2535</v>
+      </c>
+      <c r="K43" t="s">
+        <v>2621</v>
+      </c>
+      <c r="L43" t="s">
+        <v>2622</v>
+      </c>
+      <c r="M43" t="s">
+        <v>2623</v>
+      </c>
+      <c r="N43" t="s">
+        <v>2623</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B44" t="s">
+        <v>2624</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2625</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2626</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2627</v>
+      </c>
+      <c r="I44" t="s">
+        <v>2628</v>
+      </c>
+      <c r="J44" t="s">
+        <v>2629</v>
+      </c>
+      <c r="K44" t="s">
+        <v>2630</v>
+      </c>
+      <c r="L44" t="s">
+        <v>2631</v>
+      </c>
+      <c r="M44" t="s">
+        <v>2632</v>
+      </c>
+      <c r="N44" t="s">
+        <v>2633</v>
+      </c>
+      <c r="O44" t="s">
+        <v>2634</v>
+      </c>
+      <c r="P44" t="s">
+        <v>2635</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>2636</v>
+      </c>
+      <c r="R44" t="s">
+        <v>2637</v>
+      </c>
+      <c r="S44" t="s">
+        <v>2638</v>
+      </c>
+      <c r="T44" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B45" t="s">
+        <v>2640</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2641</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2642</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2643</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2644</v>
+      </c>
+      <c r="J45" t="s">
+        <v>2367</v>
+      </c>
+      <c r="K45" t="s">
+        <v>2645</v>
+      </c>
+      <c r="L45" t="s">
+        <v>2646</v>
+      </c>
+      <c r="M45" t="s">
+        <v>2647</v>
+      </c>
+      <c r="N45" t="s">
+        <v>2648</v>
+      </c>
+      <c r="O45" t="s">
+        <v>2649</v>
+      </c>
+      <c r="P45" t="s">
+        <v>2650</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>2651</v>
+      </c>
+      <c r="R45" t="s">
+        <v>2652</v>
+      </c>
+      <c r="S45" t="s">
+        <v>2653</v>
+      </c>
+      <c r="T45" t="s">
+        <v>2654</v>
+      </c>
+      <c r="U45" t="s">
+        <v>2655</v>
+      </c>
+      <c r="V45" t="s">
+        <v>2656</v>
+      </c>
+      <c r="W45" t="s">
+        <v>2657</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B46" t="s">
+        <v>2658</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2659</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2660</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2661</v>
+      </c>
+      <c r="I46" t="s">
+        <v>2323</v>
+      </c>
+      <c r="J46" t="s">
+        <v>2662</v>
+      </c>
+      <c r="K46" t="s">
+        <v>2663</v>
+      </c>
+      <c r="L46" t="s">
+        <v>2664</v>
+      </c>
+      <c r="M46" t="s">
+        <v>2665</v>
+      </c>
+      <c r="N46" t="s">
+        <v>2666</v>
+      </c>
+      <c r="O46" t="s">
+        <v>2667</v>
+      </c>
+      <c r="P46" t="s">
+        <v>2668</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>2669</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B47" t="s">
+        <v>2670</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2335</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2671</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2672</v>
+      </c>
+      <c r="I47" t="s">
+        <v>2673</v>
+      </c>
+      <c r="J47" t="s">
+        <v>2535</v>
+      </c>
+      <c r="K47" t="s">
+        <v>2674</v>
+      </c>
+      <c r="L47" t="s">
+        <v>2675</v>
+      </c>
+      <c r="M47" t="s">
+        <v>2676</v>
+      </c>
+      <c r="N47" t="s">
+        <v>2677</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2678</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2439</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2679</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2680</v>
+      </c>
+      <c r="I48" t="s">
+        <v>2475</v>
+      </c>
+      <c r="J48" t="s">
+        <v>2315</v>
+      </c>
+      <c r="K48" t="s">
+        <v>2681</v>
+      </c>
+      <c r="L48" t="s">
+        <v>2682</v>
+      </c>
+      <c r="M48" t="s">
+        <v>2683</v>
+      </c>
+      <c r="N48" t="s">
+        <v>2684</v>
+      </c>
+      <c r="O48" t="s">
+        <v>2685</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2686</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2687</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2688</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2689</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2606</v>
+      </c>
+      <c r="J49" t="s">
+        <v>2690</v>
+      </c>
+      <c r="K49" t="s">
+        <v>2691</v>
+      </c>
+      <c r="L49" t="s">
+        <v>2692</v>
+      </c>
+      <c r="M49" t="s">
+        <v>2693</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2694</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2695</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2696</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2697</v>
+      </c>
+      <c r="I50" t="s">
+        <v>2698</v>
+      </c>
+      <c r="J50" t="s">
+        <v>2699</v>
+      </c>
+      <c r="K50" t="s">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B51" t="s">
+        <v>2701</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2702</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2704</v>
+      </c>
+      <c r="I51" t="s">
+        <v>2705</v>
+      </c>
+      <c r="J51" t="s">
+        <v>2706</v>
+      </c>
+      <c r="K51" t="s">
+        <v>2707</v>
+      </c>
+      <c r="L51" t="s">
+        <v>2708</v>
+      </c>
+      <c r="M51" t="s">
+        <v>2709</v>
+      </c>
+      <c r="N51" t="s">
+        <v>2710</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B52" t="s">
+        <v>2711</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2712</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2713</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2714</v>
+      </c>
+      <c r="I52" t="s">
+        <v>2715</v>
+      </c>
+      <c r="J52" t="s">
+        <v>2706</v>
+      </c>
+      <c r="K52" t="s">
+        <v>2716</v>
+      </c>
+      <c r="L52" t="s">
+        <v>2717</v>
+      </c>
+      <c r="M52" t="s">
+        <v>2718</v>
+      </c>
+      <c r="N52" t="s">
+        <v>2719</v>
+      </c>
+      <c r="O52" t="s">
+        <v>2720</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B53" t="s">
+        <v>2721</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2722</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2723</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2724</v>
+      </c>
+      <c r="I53" t="s">
+        <v>2698</v>
+      </c>
+      <c r="J53" t="s">
+        <v>2315</v>
+      </c>
+      <c r="K53" t="s">
+        <v>2725</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B54" t="s">
+        <v>2726</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2727</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2728</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2729</v>
+      </c>
+      <c r="I54" t="s">
+        <v>2730</v>
+      </c>
+      <c r="J54" t="s">
+        <v>2303</v>
+      </c>
+      <c r="K54" t="s">
+        <v>2731</v>
+      </c>
+      <c r="L54" t="s">
+        <v>2732</v>
+      </c>
+      <c r="M54" t="s">
+        <v>2733</v>
+      </c>
+      <c r="N54" t="s">
+        <v>2734</v>
+      </c>
+      <c r="O54" t="s">
+        <v>2735</v>
+      </c>
+      <c r="P54" t="s">
+        <v>2736</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>2737</v>
+      </c>
+      <c r="R54" t="s">
+        <v>2738</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2739</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2740</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2741</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2742</v>
+      </c>
+      <c r="I55" t="s">
+        <v>2475</v>
+      </c>
+      <c r="J55" t="s">
+        <v>2743</v>
+      </c>
+      <c r="K55" t="s">
+        <v>2744</v>
+      </c>
+      <c r="L55" t="s">
+        <v>2745</v>
+      </c>
+      <c r="M55" t="s">
+        <v>2746</v>
+      </c>
+      <c r="N55" t="s">
+        <v>2747</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2748</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2750</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2751</v>
+      </c>
+      <c r="I56" t="s">
+        <v>2475</v>
+      </c>
+      <c r="J56" t="s">
+        <v>2752</v>
+      </c>
+      <c r="K56" t="s">
+        <v>2753</v>
+      </c>
+      <c r="L56" t="s">
+        <v>2754</v>
+      </c>
+      <c r="M56" t="s">
+        <v>2755</v>
+      </c>
+      <c r="N56" t="s">
+        <v>2756</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B57" t="s">
+        <v>2757</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2758</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2759</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2760</v>
+      </c>
+      <c r="I57" t="s">
+        <v>2475</v>
+      </c>
+      <c r="J57" t="s">
+        <v>2303</v>
+      </c>
+      <c r="K57" t="s">
+        <v>2761</v>
+      </c>
+      <c r="L57" t="s">
+        <v>2762</v>
+      </c>
+      <c r="M57" t="s">
+        <v>2763</v>
+      </c>
+      <c r="N57" t="s">
+        <v>2764</v>
+      </c>
+      <c r="O57" t="s">
+        <v>2765</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B58" t="s">
+        <v>2766</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2767</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2768</v>
+      </c>
+      <c r="I58" t="s">
+        <v>2769</v>
+      </c>
+      <c r="J58" t="s">
+        <v>2247</v>
+      </c>
+      <c r="K58" t="s">
+        <v>2770</v>
+      </c>
+      <c r="L58" t="s">
+        <v>2771</v>
+      </c>
+      <c r="M58" t="s">
+        <v>2772</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B59" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>2774</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2775</v>
+      </c>
+      <c r="I59" t="s">
+        <v>2776</v>
+      </c>
+      <c r="J59" t="s">
+        <v>2752</v>
+      </c>
+      <c r="K59" t="s">
+        <v>2777</v>
+      </c>
+      <c r="L59" t="s">
+        <v>2778</v>
+      </c>
+      <c r="M59" t="s">
+        <v>2779</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B60" t="s">
+        <v>2780</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>2781</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2782</v>
+      </c>
+      <c r="I60" t="s">
+        <v>2485</v>
+      </c>
+      <c r="J60" t="s">
+        <v>2247</v>
+      </c>
+      <c r="K60" t="s">
+        <v>2783</v>
+      </c>
+      <c r="L60" t="s">
+        <v>2784</v>
+      </c>
+      <c r="M60" t="s">
+        <v>2785</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B61" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2787</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2788</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2789</v>
+      </c>
+      <c r="I61" t="s">
+        <v>2790</v>
+      </c>
+      <c r="J61" t="s">
+        <v>2791</v>
+      </c>
+      <c r="K61" t="s">
+        <v>2792</v>
+      </c>
+      <c r="L61" t="s">
+        <v>2793</v>
+      </c>
+      <c r="M61" t="s">
+        <v>2794</v>
+      </c>
+      <c r="N61" t="s">
+        <v>2795</v>
+      </c>
+      <c r="O61" t="s">
+        <v>2796</v>
+      </c>
+      <c r="P61" t="s">
+        <v>2797</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B62" t="s">
+        <v>2798</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2799</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>2800</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2801</v>
+      </c>
+      <c r="I62" t="s">
+        <v>2802</v>
+      </c>
+      <c r="J62" t="s">
+        <v>2803</v>
+      </c>
+      <c r="K62" t="s">
+        <v>2804</v>
+      </c>
+      <c r="L62" t="s">
+        <v>2805</v>
+      </c>
+      <c r="M62" t="s">
+        <v>2806</v>
+      </c>
+      <c r="N62" t="s">
+        <v>2807</v>
+      </c>
+      <c r="O62" t="s">
+        <v>2808</v>
+      </c>
+      <c r="P62" t="s">
+        <v>2809</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>2810</v>
+      </c>
+      <c r="R62" t="s">
+        <v>2811</v>
+      </c>
+      <c r="S62" t="s">
+        <v>2812</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2813</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2814</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2815</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2816</v>
+      </c>
+      <c r="I63" t="s">
+        <v>2817</v>
+      </c>
+      <c r="J63" t="s">
+        <v>2706</v>
+      </c>
+      <c r="K63" t="s">
+        <v>2818</v>
+      </c>
+      <c r="L63" t="s">
+        <v>2819</v>
+      </c>
+      <c r="M63" t="s">
+        <v>2820</v>
+      </c>
+      <c r="N63" t="s">
+        <v>2821</v>
+      </c>
+      <c r="O63" t="s">
+        <v>2822</v>
+      </c>
+      <c r="P63" t="s">
+        <v>2823</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>2824</v>
+      </c>
+      <c r="R63" t="s">
+        <v>2825</v>
+      </c>
+      <c r="S63" t="s">
+        <v>2826</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2827</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2828</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2829</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2830</v>
+      </c>
+      <c r="I64" t="s">
+        <v>2831</v>
+      </c>
+      <c r="J64" t="s">
+        <v>2832</v>
+      </c>
+      <c r="K64" t="s">
+        <v>2833</v>
+      </c>
+      <c r="L64" t="s">
+        <v>2834</v>
+      </c>
+      <c r="M64" t="s">
+        <v>2835</v>
+      </c>
+      <c r="N64" t="s">
+        <v>2836</v>
+      </c>
+      <c r="O64" t="s">
+        <v>2837</v>
+      </c>
+      <c r="P64" t="s">
+        <v>2838</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>2839</v>
+      </c>
+      <c r="R64" t="s">
+        <v>2840</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B65" t="s">
+        <v>2841</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>2842</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>2843</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2844</v>
+      </c>
+      <c r="I65" t="s">
+        <v>2817</v>
+      </c>
+      <c r="J65" t="s">
+        <v>2845</v>
+      </c>
+      <c r="K65" t="s">
+        <v>2846</v>
+      </c>
+      <c r="L65" t="s">
+        <v>2847</v>
+      </c>
+      <c r="M65" t="s">
+        <v>2848</v>
+      </c>
+      <c r="N65" t="s">
+        <v>2849</v>
+      </c>
+      <c r="O65" t="s">
+        <v>2850</v>
+      </c>
+      <c r="P65" t="s">
+        <v>2851</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>2852</v>
+      </c>
+      <c r="R65" t="s">
+        <v>2853</v>
+      </c>
+      <c r="S65" t="s">
+        <v>2854</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B66" t="s">
+        <v>2855</v>
+      </c>
+      <c r="C66" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>2687</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>2856</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2857</v>
+      </c>
+      <c r="I66" t="s">
+        <v>2858</v>
+      </c>
+      <c r="J66" t="s">
+        <v>2859</v>
+      </c>
+      <c r="K66" t="s">
+        <v>2860</v>
+      </c>
+      <c r="L66" t="s">
+        <v>2861</v>
+      </c>
+      <c r="M66" t="s">
+        <v>2862</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B67" t="s">
+        <v>2863</v>
+      </c>
+      <c r="C67" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>2864</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>2865</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2866</v>
+      </c>
+      <c r="I67" t="s">
+        <v>2867</v>
+      </c>
+      <c r="J67" t="s">
+        <v>2324</v>
+      </c>
+      <c r="K67" t="s">
+        <v>2868</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B68" t="s">
+        <v>2869</v>
+      </c>
+      <c r="C68" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>2870</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>2871</v>
+      </c>
+      <c r="H68" t="s">
+        <v>2872</v>
+      </c>
+      <c r="I68" t="s">
+        <v>2873</v>
+      </c>
+      <c r="J68" t="s">
+        <v>2874</v>
+      </c>
+      <c r="K68" t="s">
+        <v>2875</v>
+      </c>
+      <c r="L68" t="s">
+        <v>2876</v>
+      </c>
+      <c r="M68" t="s">
+        <v>2877</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B69" t="s">
+        <v>2878</v>
+      </c>
+      <c r="C69" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>2879</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>2880</v>
+      </c>
+      <c r="H69" t="s">
+        <v>2881</v>
+      </c>
+      <c r="I69" t="s">
+        <v>2475</v>
+      </c>
+      <c r="J69" t="s">
+        <v>2882</v>
+      </c>
+      <c r="K69" t="s">
+        <v>2883</v>
+      </c>
+      <c r="L69" t="s">
+        <v>2884</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B70" t="s">
+        <v>2885</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>2886</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>2887</v>
+      </c>
+      <c r="H70" t="s">
+        <v>2888</v>
+      </c>
+      <c r="I70" t="s">
+        <v>2889</v>
+      </c>
+      <c r="J70" t="s">
+        <v>2535</v>
+      </c>
+      <c r="K70" t="s">
+        <v>2890</v>
+      </c>
+      <c r="L70" t="s">
+        <v>2891</v>
+      </c>
+      <c r="M70" t="s">
+        <v>2892</v>
+      </c>
+      <c r="N70" t="s">
+        <v>2893</v>
+      </c>
+      <c r="O70" t="s">
+        <v>2894</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B71" t="s">
+        <v>2895</v>
+      </c>
+      <c r="C71" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>2896</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>2897</v>
+      </c>
+      <c r="H71" t="s">
+        <v>2898</v>
+      </c>
+      <c r="I71" t="s">
+        <v>2899</v>
+      </c>
+      <c r="J71" t="s">
+        <v>2900</v>
+      </c>
+      <c r="K71" t="s">
+        <v>2901</v>
+      </c>
+      <c r="L71" t="s">
+        <v>2902</v>
+      </c>
+      <c r="M71" t="s">
+        <v>2903</v>
+      </c>
+      <c r="N71" t="s">
+        <v>2904</v>
+      </c>
+      <c r="O71" t="s">
+        <v>2905</v>
+      </c>
+      <c r="P71" t="s">
+        <v>2906</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>2907</v>
+      </c>
+      <c r="R71" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B72" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C72" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>2910</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>2911</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2912</v>
+      </c>
+      <c r="I72" t="s">
+        <v>2913</v>
+      </c>
+      <c r="J72" t="s">
+        <v>2914</v>
+      </c>
+      <c r="K72" t="s">
+        <v>2915</v>
+      </c>
+      <c r="L72" t="s">
+        <v>2916</v>
+      </c>
+      <c r="M72" t="s">
+        <v>2917</v>
+      </c>
+      <c r="N72" t="s">
+        <v>2918</v>
+      </c>
+      <c r="O72" t="s">
+        <v>2919</v>
+      </c>
+      <c r="P72" t="s">
+        <v>2920</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>2921</v>
+      </c>
+      <c r="R72" t="s">
+        <v>2922</v>
+      </c>
+      <c r="S72" t="s">
+        <v>2923</v>
+      </c>
+      <c r="T72" t="s">
+        <v>2924</v>
+      </c>
+      <c r="U72" t="s">
+        <v>2925</v>
+      </c>
+      <c r="V72" t="s">
+        <v>2926</v>
+      </c>
+      <c r="W72" t="s">
+        <v>2927</v>
+      </c>
+      <c r="X72" t="s">
+        <v>2928</v>
+      </c>
+      <c r="Y72" t="s">
+        <v>2929</v>
+      </c>
+      <c r="Z72" t="s">
+        <v>2930</v>
+      </c>
+      <c r="AA72" t="s">
+        <v>2931</v>
+      </c>
+      <c r="AB72" t="s">
+        <v>2932</v>
+      </c>
+      <c r="AC72" t="s">
+        <v>2933</v>
+      </c>
+      <c r="AD72" t="s">
+        <v>2934</v>
+      </c>
+      <c r="AE72" t="s">
+        <v>2935</v>
+      </c>
+      <c r="AF72" t="s">
+        <v>2936</v>
+      </c>
+      <c r="AG72" t="s">
+        <v>2937</v>
+      </c>
+      <c r="AH72" t="s">
+        <v>2938</v>
+      </c>
+      <c r="AI72" t="s">
+        <v>2939</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B73" t="s">
+        <v>2940</v>
+      </c>
+      <c r="C73" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>2941</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>2942</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2943</v>
+      </c>
+      <c r="I73" t="s">
+        <v>2944</v>
+      </c>
+      <c r="J73" t="s">
+        <v>2945</v>
+      </c>
+      <c r="K73" t="s">
+        <v>2946</v>
+      </c>
+      <c r="L73" t="s">
+        <v>2947</v>
+      </c>
+      <c r="M73" t="s">
+        <v>2948</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B74" t="s">
+        <v>2949</v>
+      </c>
+      <c r="C74" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>2262</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>2950</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2951</v>
+      </c>
+      <c r="I74" t="s">
+        <v>2952</v>
+      </c>
+      <c r="J74" t="s">
+        <v>2953</v>
+      </c>
+      <c r="K74" t="s">
+        <v>2954</v>
+      </c>
+      <c r="L74" t="s">
+        <v>2955</v>
+      </c>
+      <c r="M74" t="s">
+        <v>2956</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B75" t="s">
+        <v>2957</v>
+      </c>
+      <c r="C75" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2262</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2958</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2959</v>
+      </c>
+      <c r="I75" t="s">
+        <v>2952</v>
+      </c>
+      <c r="J75" t="s">
+        <v>2960</v>
+      </c>
+      <c r="K75" t="s">
+        <v>2961</v>
+      </c>
+      <c r="L75" t="s">
+        <v>2962</v>
+      </c>
+      <c r="M75" t="s">
+        <v>2963</v>
+      </c>
+      <c r="N75" t="s">
+        <v>2964</v>
+      </c>
+      <c r="O75" t="s">
+        <v>2965</v>
+      </c>
+      <c r="P75" t="s">
+        <v>2966</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B76" t="s">
+        <v>2967</v>
+      </c>
+      <c r="C76" t="s">
+        <v>13</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>2968</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2969</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2970</v>
+      </c>
+      <c r="I76" t="s">
+        <v>2971</v>
+      </c>
+      <c r="J76" t="s">
+        <v>2972</v>
+      </c>
+      <c r="K76" t="s">
+        <v>2973</v>
+      </c>
+      <c r="L76" t="s">
+        <v>2974</v>
+      </c>
+      <c r="M76" t="s">
+        <v>2975</v>
+      </c>
+      <c r="N76" t="s">
+        <v>2976</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B77" t="s">
+        <v>2977</v>
+      </c>
+      <c r="C77" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>2978</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2979</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2980</v>
+      </c>
+      <c r="I77" t="s">
+        <v>2419</v>
+      </c>
+      <c r="J77" t="s">
+        <v>2981</v>
+      </c>
+      <c r="K77" t="s">
+        <v>2982</v>
+      </c>
+      <c r="L77" t="s">
+        <v>2983</v>
+      </c>
+      <c r="M77" t="s">
+        <v>2984</v>
+      </c>
+      <c r="N77" t="s">
+        <v>2985</v>
+      </c>
+      <c r="O77" t="s">
+        <v>2986</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B78" t="s">
+        <v>2987</v>
+      </c>
+      <c r="C78" t="s">
+        <v>13</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>2988</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>2989</v>
+      </c>
+      <c r="H78" t="s">
+        <v>2990</v>
+      </c>
+      <c r="I78" t="s">
+        <v>2405</v>
+      </c>
+      <c r="J78" t="s">
+        <v>2991</v>
+      </c>
+      <c r="K78" t="s">
+        <v>2992</v>
+      </c>
+      <c r="L78" t="s">
+        <v>2993</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B79" t="s">
+        <v>2994</v>
+      </c>
+      <c r="C79" t="s">
+        <v>13</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>2995</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>2996</v>
+      </c>
+      <c r="H79" t="s">
+        <v>2997</v>
+      </c>
+      <c r="I79" t="s">
+        <v>2495</v>
+      </c>
+      <c r="J79" t="s">
+        <v>2998</v>
+      </c>
+      <c r="K79" t="s">
+        <v>2999</v>
+      </c>
+      <c r="L79" t="s">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B80" t="s">
+        <v>3001</v>
+      </c>
+      <c r="C80" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>3002</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>3003</v>
+      </c>
+      <c r="H80" t="s">
+        <v>3004</v>
+      </c>
+      <c r="I80" t="s">
+        <v>3005</v>
+      </c>
+      <c r="J80" t="s">
+        <v>3006</v>
+      </c>
+      <c r="K80" t="s">
+        <v>3007</v>
+      </c>
+      <c r="L80" t="s">
+        <v>3008</v>
+      </c>
+      <c r="M80" t="s">
+        <v>3009</v>
+      </c>
+      <c r="N80" t="s">
+        <v>3010</v>
+      </c>
+      <c r="O80" t="s">
+        <v>3011</v>
+      </c>
+      <c r="P80" t="s">
+        <v>3012</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>3013</v>
+      </c>
+      <c r="R80" t="s">
+        <v>3014</v>
+      </c>
+      <c r="S80" t="s">
+        <v>3015</v>
+      </c>
+      <c r="T80" t="s">
+        <v>3016</v>
+      </c>
+      <c r="U80" t="s">
+        <v>3017</v>
+      </c>
+      <c r="V80" t="s">
+        <v>3018</v>
+      </c>
+      <c r="W80" t="s">
+        <v>3019</v>
+      </c>
+      <c r="X80" t="s">
+        <v>3020</v>
+      </c>
+      <c r="Y80" t="s">
+        <v>3021</v>
+      </c>
+      <c r="Z80" t="s">
+        <v>3022</v>
+      </c>
+      <c r="AA80" t="s">
+        <v>3023</v>
+      </c>
+      <c r="AB80" t="s">
+        <v>3024</v>
+      </c>
+      <c r="AC80" t="s">
+        <v>3025</v>
+      </c>
+      <c r="AD80" t="s">
+        <v>3026</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B81" t="s">
+        <v>3027</v>
+      </c>
+      <c r="C81" t="s">
+        <v>13</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>3028</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>3029</v>
+      </c>
+      <c r="H81" t="s">
+        <v>3030</v>
+      </c>
+      <c r="I81" t="s">
+        <v>3031</v>
+      </c>
+      <c r="J81" t="s">
+        <v>3032</v>
+      </c>
+      <c r="K81" t="s">
+        <v>3033</v>
+      </c>
+      <c r="L81" t="s">
+        <v>3034</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B82" t="s">
+        <v>3035</v>
+      </c>
+      <c r="C82" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>3036</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>3037</v>
+      </c>
+      <c r="H82" t="s">
+        <v>3038</v>
+      </c>
+      <c r="I82" t="s">
+        <v>3039</v>
+      </c>
+      <c r="J82" t="s">
+        <v>3040</v>
+      </c>
+      <c r="K82" t="s">
+        <v>3041</v>
+      </c>
+      <c r="L82" t="s">
+        <v>3042</v>
+      </c>
+      <c r="M82" t="s">
+        <v>3043</v>
+      </c>
+      <c r="N82" t="s">
+        <v>3044</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B83" t="s">
+        <v>3045</v>
+      </c>
+      <c r="C83" t="s">
+        <v>13</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>3046</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>3047</v>
+      </c>
+      <c r="H83" t="s">
+        <v>3048</v>
+      </c>
+      <c r="I83" t="s">
+        <v>3049</v>
+      </c>
+      <c r="J83" t="s">
+        <v>3050</v>
+      </c>
+      <c r="K83" t="s">
+        <v>3051</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B84" t="s">
+        <v>3052</v>
+      </c>
+      <c r="C84" t="s">
+        <v>13</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>3053</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>3054</v>
+      </c>
+      <c r="H84" t="s">
+        <v>3055</v>
+      </c>
+      <c r="I84" t="s">
+        <v>3056</v>
+      </c>
+      <c r="J84" t="s">
+        <v>3057</v>
+      </c>
+      <c r="K84" t="s">
+        <v>3058</v>
+      </c>
+      <c r="L84" t="s">
+        <v>3059</v>
+      </c>
+      <c r="M84" t="s">
+        <v>3060</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B85" t="s">
+        <v>3061</v>
+      </c>
+      <c r="C85" t="s">
+        <v>13</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>3062</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>3063</v>
+      </c>
+      <c r="H85" t="s">
+        <v>3064</v>
+      </c>
+      <c r="I85" t="s">
+        <v>3065</v>
+      </c>
+      <c r="J85" t="s">
+        <v>3066</v>
+      </c>
+      <c r="K85" t="s">
+        <v>3067</v>
+      </c>
+      <c r="L85" t="s">
+        <v>3068</v>
+      </c>
+      <c r="M85" t="s">
+        <v>3069</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B86" t="s">
+        <v>3070</v>
+      </c>
+      <c r="C86" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>3071</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>3072</v>
+      </c>
+      <c r="H86" t="s">
+        <v>3073</v>
+      </c>
+      <c r="I86" t="s">
+        <v>3074</v>
+      </c>
+      <c r="J86" t="s">
+        <v>2570</v>
+      </c>
+      <c r="K86" t="s">
+        <v>3075</v>
+      </c>
+      <c r="L86" t="s">
+        <v>3076</v>
+      </c>
+      <c r="M86" t="s">
+        <v>3077</v>
+      </c>
+      <c r="N86" t="s">
+        <v>3078</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B87" t="s">
+        <v>3079</v>
+      </c>
+      <c r="C87" t="s">
+        <v>13</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>3080</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>3081</v>
+      </c>
+      <c r="H87" t="s">
+        <v>3082</v>
+      </c>
+      <c r="I87" t="s">
+        <v>3083</v>
+      </c>
+      <c r="J87" t="s">
+        <v>3084</v>
+      </c>
+      <c r="K87" t="s">
+        <v>3085</v>
+      </c>
+      <c r="L87" t="s">
+        <v>3086</v>
+      </c>
+      <c r="M87" t="s">
+        <v>3087</v>
+      </c>
+      <c r="N87" t="s">
+        <v>3088</v>
+      </c>
+      <c r="O87" t="s">
+        <v>3089</v>
+      </c>
+      <c r="P87" t="s">
+        <v>3090</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>3091</v>
+      </c>
+      <c r="R87" t="s">
+        <v>3092</v>
+      </c>
+      <c r="S87" t="s">
+        <v>3093</v>
+      </c>
+      <c r="T87" t="s">
+        <v>3094</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B88" t="s">
+        <v>3095</v>
+      </c>
+      <c r="C88" t="s">
+        <v>13</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>3096</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>3097</v>
+      </c>
+      <c r="H88" t="s">
+        <v>3098</v>
+      </c>
+      <c r="I88" t="s">
+        <v>3074</v>
+      </c>
+      <c r="J88" t="s">
+        <v>2570</v>
+      </c>
+      <c r="K88" t="s">
+        <v>3099</v>
+      </c>
+      <c r="L88" t="s">
+        <v>3076</v>
+      </c>
+      <c r="M88" t="s">
+        <v>3077</v>
+      </c>
+      <c r="N88" t="s">
+        <v>3100</v>
+      </c>
+      <c r="O88" t="s">
+        <v>3075</v>
+      </c>
+      <c r="P88" t="s">
+        <v>3101</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B89" t="s">
+        <v>3102</v>
+      </c>
+      <c r="C89" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>3103</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>3104</v>
+      </c>
+      <c r="H89" t="s">
+        <v>3105</v>
+      </c>
+      <c r="I89" t="s">
+        <v>3106</v>
+      </c>
+      <c r="J89" t="s">
+        <v>2303</v>
+      </c>
+      <c r="K89" t="s">
+        <v>3107</v>
+      </c>
+      <c r="L89" t="s">
+        <v>3108</v>
+      </c>
+      <c r="M89" t="s">
+        <v>3109</v>
+      </c>
+      <c r="N89" t="s">
+        <v>3110</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B90" t="s">
+        <v>3111</v>
+      </c>
+      <c r="C90" t="s">
+        <v>13</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>3112</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>3113</v>
+      </c>
+      <c r="H90" t="s">
+        <v>3114</v>
+      </c>
+      <c r="I90" t="s">
+        <v>3115</v>
+      </c>
+      <c r="J90" t="s">
+        <v>2706</v>
+      </c>
+      <c r="K90" t="s">
+        <v>3116</v>
+      </c>
+      <c r="L90" t="s">
+        <v>3117</v>
+      </c>
+      <c r="M90" t="s">
+        <v>3118</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B91" t="s">
+        <v>3119</v>
+      </c>
+      <c r="C91" t="s">
+        <v>13</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>3120</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>3121</v>
+      </c>
+      <c r="H91" t="s">
+        <v>3122</v>
+      </c>
+      <c r="I91" t="s">
+        <v>2356</v>
+      </c>
+      <c r="J91" t="s">
+        <v>2743</v>
+      </c>
+      <c r="K91" t="s">
+        <v>3123</v>
+      </c>
+      <c r="L91" t="s">
+        <v>3124</v>
+      </c>
+      <c r="M91" t="s">
+        <v>3125</v>
+      </c>
+      <c r="N91" t="s">
+        <v>3126</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B92" t="s">
+        <v>3127</v>
+      </c>
+      <c r="C92" t="s">
+        <v>13</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>3128</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>3129</v>
+      </c>
+      <c r="H92" t="s">
+        <v>3130</v>
+      </c>
+      <c r="I92" t="s">
+        <v>2265</v>
+      </c>
+      <c r="J92" t="s">
+        <v>3131</v>
+      </c>
+      <c r="K92" t="s">
+        <v>3132</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B93" t="s">
+        <v>3133</v>
+      </c>
+      <c r="C93" t="s">
+        <v>13</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>3134</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>3135</v>
+      </c>
+      <c r="H93" t="s">
+        <v>3136</v>
+      </c>
+      <c r="I93" t="s">
+        <v>3137</v>
+      </c>
+      <c r="J93" t="s">
+        <v>3040</v>
+      </c>
+      <c r="K93" t="s">
+        <v>3138</v>
+      </c>
+      <c r="L93" t="s">
+        <v>3139</v>
+      </c>
+      <c r="M93" t="s">
+        <v>3140</v>
+      </c>
+      <c r="N93" t="s">
+        <v>3141</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B94" t="s">
+        <v>3142</v>
+      </c>
+      <c r="C94" t="s">
+        <v>13</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>3143</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>3144</v>
+      </c>
+      <c r="H94" t="s">
+        <v>3145</v>
+      </c>
+      <c r="I94" t="s">
+        <v>3146</v>
+      </c>
+      <c r="J94" t="s">
+        <v>3147</v>
+      </c>
+      <c r="K94" t="s">
+        <v>3148</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B95" t="s">
+        <v>3149</v>
+      </c>
+      <c r="C95" t="s">
+        <v>13</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>3150</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>3151</v>
+      </c>
+      <c r="H95" t="s">
+        <v>3152</v>
+      </c>
+      <c r="I95" t="s">
+        <v>3153</v>
+      </c>
+      <c r="J95" t="s">
+        <v>2706</v>
+      </c>
+      <c r="K95" t="s">
+        <v>3154</v>
+      </c>
+      <c r="L95" t="s">
+        <v>3155</v>
+      </c>
+      <c r="M95" t="s">
+        <v>3156</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B96" t="s">
+        <v>3157</v>
+      </c>
+      <c r="C96" t="s">
+        <v>13</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>3158</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>3159</v>
+      </c>
+      <c r="H96" t="s">
+        <v>3160</v>
+      </c>
+      <c r="I96" t="s">
+        <v>3161</v>
+      </c>
+      <c r="J96" t="s">
+        <v>2900</v>
+      </c>
+      <c r="K96" t="s">
+        <v>3162</v>
+      </c>
+      <c r="L96" t="s">
+        <v>3163</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B97" t="s">
+        <v>3164</v>
+      </c>
+      <c r="C97" t="s">
+        <v>13</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>3165</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>3166</v>
+      </c>
+      <c r="H97" t="s">
+        <v>3167</v>
+      </c>
+      <c r="I97" t="s">
+        <v>3168</v>
+      </c>
+      <c r="J97" t="s">
+        <v>3169</v>
+      </c>
+      <c r="K97" t="s">
+        <v>3170</v>
+      </c>
+      <c r="L97" t="s">
+        <v>3171</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B98" t="s">
+        <v>3172</v>
+      </c>
+      <c r="C98" t="s">
+        <v>13</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>3173</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>3174</v>
+      </c>
+      <c r="H98" t="s">
+        <v>3175</v>
+      </c>
+      <c r="I98" t="s">
+        <v>3176</v>
+      </c>
+      <c r="J98" t="s">
+        <v>3177</v>
+      </c>
+      <c r="K98" t="s">
+        <v>3178</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B99" t="s">
+        <v>3179</v>
+      </c>
+      <c r="C99" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>3180</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>3181</v>
+      </c>
+      <c r="H99" t="s">
+        <v>3182</v>
+      </c>
+      <c r="I99" t="s">
+        <v>3183</v>
+      </c>
+      <c r="J99" t="s">
+        <v>2706</v>
+      </c>
+      <c r="K99" t="s">
+        <v>3184</v>
+      </c>
+      <c r="L99" t="s">
+        <v>3185</v>
+      </c>
+      <c r="M99" t="s">
+        <v>3186</v>
+      </c>
+      <c r="N99" t="s">
+        <v>3187</v>
+      </c>
+      <c r="O99" t="s">
+        <v>3188</v>
+      </c>
+      <c r="P99" t="s">
+        <v>3189</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>3190</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B100" t="s">
+        <v>3191</v>
+      </c>
+      <c r="C100" t="s">
+        <v>13</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>3193</v>
+      </c>
+      <c r="H100" t="s">
+        <v>3194</v>
+      </c>
+      <c r="I100" t="s">
+        <v>3195</v>
+      </c>
+      <c r="J100" t="s">
+        <v>2247</v>
+      </c>
+      <c r="K100" t="s">
+        <v>3196</v>
+      </c>
+      <c r="L100" t="s">
+        <v>3197</v>
+      </c>
+      <c r="M100" t="s">
+        <v>3198</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B101" t="s">
+        <v>3199</v>
+      </c>
+      <c r="C101" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>3200</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>3201</v>
+      </c>
+      <c r="H101" t="s">
+        <v>3202</v>
+      </c>
+      <c r="I101" t="s">
+        <v>3203</v>
+      </c>
+      <c r="J101" t="s">
+        <v>2900</v>
+      </c>
+      <c r="K101" t="s">
+        <v>3204</v>
+      </c>
+      <c r="L101" t="s">
+        <v>3205</v>
+      </c>
+      <c r="M101" t="s">
+        <v>3206</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B102" t="s">
+        <v>3207</v>
+      </c>
+      <c r="C102" t="s">
+        <v>13</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>3208</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>3209</v>
+      </c>
+      <c r="H102" t="s">
+        <v>3210</v>
+      </c>
+      <c r="I102" t="s">
+        <v>3211</v>
+      </c>
+      <c r="J102" t="s">
+        <v>3212</v>
+      </c>
+      <c r="K102" t="s">
+        <v>3213</v>
+      </c>
+      <c r="L102" t="s">
+        <v>3214</v>
+      </c>
+      <c r="M102" t="s">
+        <v>3215</v>
+      </c>
+      <c r="N102" t="s">
+        <v>3216</v>
+      </c>
+      <c r="O102" t="s">
+        <v>3217</v>
+      </c>
+      <c r="P102" t="s">
+        <v>3218</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B103" t="s">
+        <v>3219</v>
+      </c>
+      <c r="C103" t="s">
+        <v>13</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>3028</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>3220</v>
+      </c>
+      <c r="H103" t="s">
+        <v>3221</v>
+      </c>
+      <c r="I103" t="s">
+        <v>3222</v>
+      </c>
+      <c r="J103" t="s">
+        <v>3223</v>
+      </c>
+      <c r="K103" t="s">
+        <v>3224</v>
+      </c>
+      <c r="L103" t="s">
+        <v>3225</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B104" t="s">
+        <v>3226</v>
+      </c>
+      <c r="C104" t="s">
+        <v>13</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>3227</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>3228</v>
+      </c>
+      <c r="H104" t="s">
+        <v>3229</v>
+      </c>
+      <c r="I104" t="s">
+        <v>3230</v>
+      </c>
+      <c r="J104" t="s">
+        <v>2706</v>
+      </c>
+      <c r="K104" t="s">
+        <v>3231</v>
+      </c>
+      <c r="L104" t="s">
+        <v>3232</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B105" t="s">
+        <v>3233</v>
+      </c>
+      <c r="C105" t="s">
+        <v>13</v>
+      </c>
+      <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
+        <v>3234</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>3235</v>
+      </c>
+      <c r="H105" t="s">
+        <v>3236</v>
+      </c>
+      <c r="I105" t="s">
+        <v>3237</v>
+      </c>
+      <c r="J105" t="s">
+        <v>3238</v>
+      </c>
+      <c r="K105" t="s">
+        <v>3239</v>
+      </c>
+      <c r="L105" t="s">
+        <v>3240</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B106" t="s">
+        <v>3241</v>
+      </c>
+      <c r="C106" t="s">
+        <v>13</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>3242</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>3243</v>
+      </c>
+      <c r="H106" t="s">
+        <v>3244</v>
+      </c>
+      <c r="I106" t="s">
+        <v>3245</v>
+      </c>
+      <c r="J106" t="s">
+        <v>3246</v>
+      </c>
+      <c r="K106" t="s">
+        <v>3247</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B107" t="s">
+        <v>3248</v>
+      </c>
+      <c r="C107" t="s">
+        <v>13</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>3249</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>3250</v>
+      </c>
+      <c r="H107" t="s">
+        <v>3251</v>
+      </c>
+      <c r="I107" t="s">
+        <v>2405</v>
+      </c>
+      <c r="J107" t="s">
+        <v>3252</v>
+      </c>
+      <c r="K107" t="s">
+        <v>3253</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B108" t="s">
+        <v>3254</v>
+      </c>
+      <c r="C108" t="s">
+        <v>13</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>3255</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>3256</v>
+      </c>
+      <c r="H108" t="s">
+        <v>3257</v>
+      </c>
+      <c r="I108" t="s">
+        <v>3258</v>
+      </c>
+      <c r="J108" t="s">
+        <v>3259</v>
+      </c>
+      <c r="K108" t="s">
+        <v>3260</v>
+      </c>
+      <c r="L108" t="s">
+        <v>3261</v>
+      </c>
+      <c r="M108" t="s">
+        <v>3262</v>
+      </c>
+      <c r="N108" t="s">
+        <v>3263</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B109" t="s">
+        <v>3264</v>
+      </c>
+      <c r="C109" t="s">
+        <v>13</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>3265</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>3266</v>
+      </c>
+      <c r="H109" t="s">
+        <v>3267</v>
+      </c>
+      <c r="I109" t="s">
+        <v>3268</v>
+      </c>
+      <c r="J109" t="s">
+        <v>2803</v>
+      </c>
+      <c r="K109" t="s">
+        <v>3269</v>
+      </c>
+      <c r="L109" t="s">
+        <v>3270</v>
+      </c>
+      <c r="M109" t="s">
+        <v>3271</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B110" t="s">
+        <v>3272</v>
+      </c>
+      <c r="C110" t="s">
+        <v>13</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>3273</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>3274</v>
+      </c>
+      <c r="H110" t="s">
+        <v>3275</v>
+      </c>
+      <c r="I110" t="s">
+        <v>3276</v>
+      </c>
+      <c r="J110" t="s">
+        <v>3277</v>
+      </c>
+      <c r="K110" t="s">
+        <v>3278</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B111" t="s">
+        <v>3279</v>
+      </c>
+      <c r="C111" t="s">
+        <v>13</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>3280</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>3281</v>
+      </c>
+      <c r="H111" t="s">
+        <v>3282</v>
+      </c>
+      <c r="I111" t="s">
+        <v>3283</v>
+      </c>
+      <c r="J111" t="s">
+        <v>2236</v>
+      </c>
+      <c r="K111" t="s">
+        <v>3284</v>
+      </c>
+      <c r="L111" t="s">
+        <v>3285</v>
+      </c>
+      <c r="M111" t="s">
+        <v>3286</v>
+      </c>
+      <c r="N111" t="s">
+        <v>3287</v>
+      </c>
+      <c r="O111" t="s">
+        <v>3288</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B112" t="s">
+        <v>3289</v>
+      </c>
+      <c r="C112" t="s">
+        <v>13</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>3290</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>3291</v>
+      </c>
+      <c r="H112" t="s">
+        <v>3292</v>
+      </c>
+      <c r="I112" t="s">
+        <v>3293</v>
+      </c>
+      <c r="J112" t="s">
+        <v>3294</v>
+      </c>
+      <c r="K112" t="s">
+        <v>3295</v>
+      </c>
+      <c r="L112" t="s">
+        <v>3296</v>
+      </c>
+      <c r="M112" t="s">
+        <v>3297</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B113" t="s">
+        <v>3298</v>
+      </c>
+      <c r="C113" t="s">
+        <v>13</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>3299</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>3300</v>
+      </c>
+      <c r="H113" t="s">
+        <v>3301</v>
+      </c>
+      <c r="I113" t="s">
+        <v>3302</v>
+      </c>
+      <c r="J113" t="s">
+        <v>3303</v>
+      </c>
+      <c r="K113" t="s">
+        <v>3304</v>
+      </c>
+      <c r="L113" t="s">
+        <v>3305</v>
+      </c>
+      <c r="M113" t="s">
+        <v>3306</v>
+      </c>
+      <c r="N113" t="s">
+        <v>3307</v>
+      </c>
+      <c r="O113" t="s">
+        <v>3308</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B114" t="s">
+        <v>3309</v>
+      </c>
+      <c r="C114" t="s">
+        <v>13</v>
+      </c>
+      <c r="D114" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>3310</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>3311</v>
+      </c>
+      <c r="H114" t="s">
+        <v>3312</v>
+      </c>
+      <c r="I114" t="s">
+        <v>2405</v>
+      </c>
+      <c r="J114" t="s">
+        <v>3252</v>
+      </c>
+      <c r="K114" t="s">
+        <v>3313</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B115" t="s">
+        <v>3314</v>
+      </c>
+      <c r="C115" t="s">
+        <v>13</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>3315</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>3316</v>
+      </c>
+      <c r="H115" t="s">
+        <v>3317</v>
+      </c>
+      <c r="I115" t="s">
+        <v>3318</v>
+      </c>
+      <c r="J115" t="s">
+        <v>3319</v>
+      </c>
+      <c r="K115" t="s">
+        <v>3320</v>
+      </c>
+      <c r="L115" t="s">
+        <v>3321</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B116" t="s">
+        <v>3322</v>
+      </c>
+      <c r="C116" t="s">
+        <v>13</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>3323</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>3324</v>
+      </c>
+      <c r="H116" t="s">
+        <v>3325</v>
+      </c>
+      <c r="I116" t="s">
+        <v>3326</v>
+      </c>
+      <c r="J116" t="s">
+        <v>3327</v>
+      </c>
+      <c r="K116" t="s">
+        <v>3328</v>
+      </c>
+      <c r="L116" t="s">
+        <v>3329</v>
+      </c>
+      <c r="M116" t="s">
+        <v>3330</v>
+      </c>
+      <c r="N116" t="s">
+        <v>3331</v>
+      </c>
+      <c r="O116" t="s">
+        <v>3332</v>
+      </c>
+      <c r="P116" t="s">
+        <v>3333</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>3334</v>
+      </c>
+      <c r="R116" t="s">
+        <v>3335</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B117" t="s">
+        <v>3336</v>
+      </c>
+      <c r="C117" t="s">
+        <v>13</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>3337</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>3338</v>
+      </c>
+      <c r="H117" t="s">
+        <v>3339</v>
+      </c>
+      <c r="I117" t="s">
+        <v>3340</v>
+      </c>
+      <c r="J117" t="s">
+        <v>2296</v>
+      </c>
+      <c r="K117" t="s">
+        <v>3341</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B118" t="s">
+        <v>3342</v>
+      </c>
+      <c r="C118" t="s">
+        <v>13</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>3343</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>3344</v>
+      </c>
+      <c r="H118" t="s">
+        <v>3345</v>
+      </c>
+      <c r="I118" t="s">
+        <v>3183</v>
+      </c>
+      <c r="J118" t="s">
+        <v>3346</v>
+      </c>
+      <c r="K118" t="s">
+        <v>3347</v>
+      </c>
+      <c r="L118" t="s">
+        <v>3348</v>
+      </c>
+      <c r="M118" t="s">
+        <v>3349</v>
+      </c>
+      <c r="N118" t="s">
+        <v>3350</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B119" t="s">
+        <v>3351</v>
+      </c>
+      <c r="C119" t="s">
+        <v>13</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>3352</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>3353</v>
+      </c>
+      <c r="H119" t="s">
+        <v>3354</v>
+      </c>
+      <c r="I119" t="s">
+        <v>3355</v>
+      </c>
+      <c r="J119" t="s">
+        <v>2303</v>
+      </c>
+      <c r="K119" t="s">
+        <v>3356</v>
+      </c>
+      <c r="L119" t="s">
+        <v>3357</v>
+      </c>
+      <c r="M119" t="s">
+        <v>3358</v>
+      </c>
+      <c r="N119" t="s">
+        <v>3359</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B120" t="s">
+        <v>3360</v>
+      </c>
+      <c r="C120" t="s">
+        <v>13</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
+        <v>3361</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>3362</v>
+      </c>
+      <c r="H120" t="s">
+        <v>3363</v>
+      </c>
+      <c r="I120" t="s">
+        <v>3161</v>
+      </c>
+      <c r="J120" t="s">
+        <v>3223</v>
+      </c>
+      <c r="K120" t="s">
+        <v>3364</v>
+      </c>
+      <c r="L120" t="s">
+        <v>3365</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B121" t="s">
+        <v>3366</v>
+      </c>
+      <c r="C121" t="s">
+        <v>13</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>3367</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>3368</v>
+      </c>
+      <c r="H121" t="s">
+        <v>3369</v>
+      </c>
+      <c r="I121" t="s">
+        <v>2587</v>
+      </c>
+      <c r="J121" t="s">
+        <v>3370</v>
+      </c>
+      <c r="K121" t="s">
+        <v>3371</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B122" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C122" t="s">
+        <v>13</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>3373</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>3374</v>
+      </c>
+      <c r="H122" t="s">
+        <v>3375</v>
+      </c>
+      <c r="I122" t="s">
+        <v>3376</v>
+      </c>
+      <c r="J122" t="s">
+        <v>3377</v>
+      </c>
+      <c r="K122" t="s">
+        <v>3378</v>
+      </c>
+      <c r="L122" t="s">
+        <v>3379</v>
+      </c>
+      <c r="M122" t="s">
+        <v>3380</v>
+      </c>
+      <c r="N122" t="s">
+        <v>3381</v>
+      </c>
+      <c r="O122" t="s">
+        <v>3382</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B123" t="s">
+        <v>3383</v>
+      </c>
+      <c r="C123" t="s">
+        <v>13</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>3384</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>3385</v>
+      </c>
+      <c r="H123" t="s">
+        <v>3386</v>
+      </c>
+      <c r="I123" t="s">
+        <v>3387</v>
+      </c>
+      <c r="J123" t="s">
+        <v>3388</v>
+      </c>
+      <c r="K123" t="s">
+        <v>3389</v>
+      </c>
+      <c r="L123" t="s">
+        <v>3390</v>
+      </c>
+      <c r="M123" t="s">
+        <v>3391</v>
+      </c>
+      <c r="N123" t="s">
+        <v>3392</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B124" t="s">
+        <v>3393</v>
+      </c>
+      <c r="C124" t="s">
+        <v>13</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>3394</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>3395</v>
+      </c>
+      <c r="H124" t="s">
+        <v>3396</v>
+      </c>
+      <c r="I124" t="s">
+        <v>3397</v>
+      </c>
+      <c r="J124" t="s">
+        <v>3398</v>
+      </c>
+      <c r="K124" t="s">
+        <v>3399</v>
+      </c>
+      <c r="L124" t="s">
+        <v>3400</v>
+      </c>
+      <c r="M124" t="s">
+        <v>3401</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B125" t="s">
+        <v>3402</v>
+      </c>
+      <c r="C125" t="s">
+        <v>13</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>3403</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>3404</v>
+      </c>
+      <c r="H125" t="s">
+        <v>3405</v>
+      </c>
+      <c r="I125" t="s">
+        <v>3406</v>
+      </c>
+      <c r="J125" t="s">
+        <v>3407</v>
+      </c>
+      <c r="K125" t="s">
+        <v>3408</v>
+      </c>
+      <c r="L125" t="s">
+        <v>3409</v>
+      </c>
+      <c r="M125" t="s">
+        <v>3410</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B126" t="s">
+        <v>3411</v>
+      </c>
+      <c r="C126" t="s">
+        <v>13</v>
+      </c>
+      <c r="D126" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" t="s">
+        <v>3412</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>3413</v>
+      </c>
+      <c r="H126" t="s">
+        <v>3414</v>
+      </c>
+      <c r="I126" t="s">
+        <v>3415</v>
+      </c>
+      <c r="J126" t="s">
+        <v>3416</v>
+      </c>
+      <c r="K126" t="s">
+        <v>3417</v>
+      </c>
+      <c r="L126" t="s">
+        <v>3418</v>
+      </c>
+      <c r="M126" t="s">
+        <v>3419</v>
+      </c>
+      <c r="N126" t="s">
+        <v>3420</v>
+      </c>
+      <c r="O126" t="s">
+        <v>3421</v>
+      </c>
+      <c r="P126" t="s">
+        <v>3422</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>3423</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B127" t="s">
+        <v>3424</v>
+      </c>
+      <c r="C127" t="s">
+        <v>13</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" t="s">
+        <v>3425</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>3426</v>
+      </c>
+      <c r="H127" t="s">
+        <v>3427</v>
+      </c>
+      <c r="I127" t="s">
+        <v>3428</v>
+      </c>
+      <c r="J127" t="s">
+        <v>3429</v>
+      </c>
+      <c r="K127" t="s">
+        <v>3430</v>
+      </c>
+      <c r="L127" t="s">
+        <v>3431</v>
+      </c>
+      <c r="M127" t="s">
+        <v>3432</v>
+      </c>
+      <c r="N127" t="s">
+        <v>3433</v>
+      </c>
+      <c r="O127" t="s">
+        <v>3434</v>
+      </c>
+      <c r="P127" t="s">
+        <v>3435</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B128" t="s">
+        <v>3436</v>
+      </c>
+      <c r="C128" t="s">
+        <v>13</v>
+      </c>
+      <c r="D128" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" t="s">
+        <v>3437</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>3438</v>
+      </c>
+      <c r="H128" t="s">
+        <v>3439</v>
+      </c>
+      <c r="I128" t="s">
+        <v>3440</v>
+      </c>
+      <c r="J128" t="s">
+        <v>3441</v>
+      </c>
+      <c r="K128" t="s">
+        <v>3442</v>
+      </c>
+      <c r="L128" t="s">
+        <v>3443</v>
+      </c>
+      <c r="M128" t="s">
+        <v>3444</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B129" t="s">
+        <v>3445</v>
+      </c>
+      <c r="C129" t="s">
+        <v>13</v>
+      </c>
+      <c r="D129" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" t="s">
+        <v>3446</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>3447</v>
+      </c>
+      <c r="H129" t="s">
+        <v>3448</v>
+      </c>
+      <c r="I129" t="s">
+        <v>3449</v>
+      </c>
+      <c r="J129" t="s">
+        <v>3450</v>
+      </c>
+      <c r="K129" t="s">
+        <v>3451</v>
+      </c>
+      <c r="L129" t="s">
+        <v>3452</v>
+      </c>
+      <c r="M129" t="s">
+        <v>3453</v>
+      </c>
+      <c r="N129" t="s">
+        <v>3454</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B130" t="s">
+        <v>3455</v>
+      </c>
+      <c r="C130" t="s">
+        <v>13</v>
+      </c>
+      <c r="D130" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" t="s">
+        <v>3456</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>3457</v>
+      </c>
+      <c r="H130" t="s">
+        <v>3458</v>
+      </c>
+      <c r="I130" t="s">
+        <v>3459</v>
+      </c>
+      <c r="J130" t="s">
+        <v>3460</v>
+      </c>
+      <c r="K130" t="s">
+        <v>3461</v>
+      </c>
+      <c r="L130" t="s">
+        <v>3462</v>
+      </c>
+      <c r="M130" t="s">
+        <v>3463</v>
+      </c>
+      <c r="N130" t="s">
+        <v>3464</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B131" t="s">
+        <v>3465</v>
+      </c>
+      <c r="C131" t="s">
+        <v>13</v>
+      </c>
+      <c r="D131" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" t="s">
+        <v>3466</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>3467</v>
+      </c>
+      <c r="H131" t="s">
+        <v>3468</v>
+      </c>
+      <c r="I131" t="s">
+        <v>3469</v>
+      </c>
+      <c r="J131" t="s">
+        <v>3470</v>
+      </c>
+      <c r="K131" t="s">
+        <v>3471</v>
+      </c>
+      <c r="L131" t="s">
+        <v>3472</v>
+      </c>
+      <c r="M131" t="s">
+        <v>3473</v>
+      </c>
+      <c r="N131" t="s">
+        <v>3474</v>
+      </c>
+      <c r="O131" t="s">
+        <v>3475</v>
+      </c>
+      <c r="P131" t="s">
+        <v>3476</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>3477</v>
+      </c>
+      <c r="R131" t="s">
+        <v>3478</v>
+      </c>
+      <c r="S131" t="s">
+        <v>3479</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B132" t="s">
+        <v>3480</v>
+      </c>
+      <c r="C132" t="s">
+        <v>13</v>
+      </c>
+      <c r="D132" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" t="s">
+        <v>3481</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>3482</v>
+      </c>
+      <c r="H132" t="s">
+        <v>3483</v>
+      </c>
+      <c r="I132" t="s">
+        <v>3484</v>
+      </c>
+      <c r="J132" t="s">
+        <v>2900</v>
+      </c>
+      <c r="K132" t="s">
+        <v>3485</v>
+      </c>
+      <c r="L132" t="s">
+        <v>3486</v>
+      </c>
+      <c r="M132" t="s">
+        <v>3487</v>
+      </c>
+      <c r="N132" t="s">
+        <v>3488</v>
+      </c>
+      <c r="O132" t="s">
+        <v>3489</v>
+      </c>
+      <c r="P132" t="s">
+        <v>3490</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>3491</v>
+      </c>
+      <c r="R132" t="s">
+        <v>3492</v>
+      </c>
+      <c r="S132" t="s">
+        <v>3493</v>
+      </c>
+      <c r="T132" t="s">
+        <v>3494</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B133" t="s">
+        <v>3495</v>
+      </c>
+      <c r="C133" t="s">
+        <v>13</v>
+      </c>
+      <c r="D133" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" t="s">
+        <v>3496</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>3497</v>
+      </c>
+      <c r="H133" t="s">
+        <v>3498</v>
+      </c>
+      <c r="I133" t="s">
+        <v>3484</v>
+      </c>
+      <c r="J133" t="s">
+        <v>2224</v>
+      </c>
+      <c r="K133" t="s">
+        <v>3499</v>
+      </c>
+      <c r="L133" t="s">
+        <v>3500</v>
+      </c>
+      <c r="M133" t="s">
+        <v>3501</v>
+      </c>
+      <c r="N133" t="s">
+        <v>3502</v>
+      </c>
+      <c r="O133" t="s">
+        <v>3503</v>
+      </c>
+      <c r="P133" t="s">
+        <v>3504</v>
+      </c>
+      <c r="Q133" t="s">
+        <v>3505</v>
+      </c>
+      <c r="R133" t="s">
+        <v>3506</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B134" t="s">
+        <v>3507</v>
+      </c>
+      <c r="C134" t="s">
+        <v>13</v>
+      </c>
+      <c r="D134" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" t="s">
+        <v>3508</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>3509</v>
+      </c>
+      <c r="H134" t="s">
+        <v>3510</v>
+      </c>
+      <c r="I134" t="s">
+        <v>3484</v>
+      </c>
+      <c r="J134" t="s">
+        <v>3511</v>
+      </c>
+      <c r="K134" t="s">
+        <v>3512</v>
+      </c>
+      <c r="L134" t="s">
+        <v>3513</v>
+      </c>
+      <c r="M134" t="s">
+        <v>3514</v>
+      </c>
+      <c r="N134" t="s">
+        <v>3515</v>
+      </c>
+      <c r="O134" t="s">
+        <v>3516</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B135" t="s">
+        <v>3517</v>
+      </c>
+      <c r="C135" t="s">
+        <v>13</v>
+      </c>
+      <c r="D135" t="s">
+        <v>13</v>
+      </c>
+      <c r="E135" t="s">
+        <v>3518</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" t="s">
+        <v>3519</v>
+      </c>
+      <c r="H135" t="s">
+        <v>3520</v>
+      </c>
+      <c r="I135" t="s">
+        <v>3521</v>
+      </c>
+      <c r="J135" t="s">
+        <v>3522</v>
+      </c>
+      <c r="K135" t="s">
+        <v>3523</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B136" t="s">
+        <v>3524</v>
+      </c>
+      <c r="C136" t="s">
+        <v>13</v>
+      </c>
+      <c r="D136" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" t="s">
+        <v>3525</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>3526</v>
+      </c>
+      <c r="H136" t="s">
+        <v>3527</v>
+      </c>
+      <c r="I136" t="s">
+        <v>3528</v>
+      </c>
+      <c r="J136" t="s">
+        <v>3529</v>
+      </c>
+      <c r="K136" t="s">
+        <v>3530</v>
+      </c>
+      <c r="L136" t="s">
+        <v>3531</v>
+      </c>
+      <c r="M136" t="s">
+        <v>3532</v>
+      </c>
+      <c r="N136" t="s">
+        <v>3533</v>
+      </c>
+      <c r="O136" t="s">
+        <v>3534</v>
+      </c>
+      <c r="P136" t="s">
+        <v>3535</v>
+      </c>
+      <c r="Q136" t="s">
+        <v>3536</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B137" t="s">
+        <v>3537</v>
+      </c>
+      <c r="C137" t="s">
+        <v>13</v>
+      </c>
+      <c r="D137" t="s">
+        <v>13</v>
+      </c>
+      <c r="E137" t="s">
+        <v>3538</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" t="s">
+        <v>3539</v>
+      </c>
+      <c r="H137" t="s">
+        <v>3540</v>
+      </c>
+      <c r="I137" t="s">
+        <v>3484</v>
+      </c>
+      <c r="J137" t="s">
+        <v>3040</v>
+      </c>
+      <c r="K137" t="s">
+        <v>3541</v>
+      </c>
+      <c r="L137" t="s">
+        <v>3542</v>
+      </c>
+      <c r="M137" t="s">
+        <v>3543</v>
+      </c>
+      <c r="N137" t="s">
+        <v>3544</v>
+      </c>
+      <c r="O137" t="s">
+        <v>3545</v>
+      </c>
+      <c r="P137" t="s">
+        <v>3546</v>
+      </c>
+      <c r="Q137" t="s">
+        <v>3546</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B138" t="s">
+        <v>3547</v>
+      </c>
+      <c r="C138" t="s">
+        <v>13</v>
+      </c>
+      <c r="D138" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" t="s">
+        <v>3549</v>
+      </c>
+      <c r="H138" t="s">
+        <v>3550</v>
+      </c>
+      <c r="I138" t="s">
+        <v>3484</v>
+      </c>
+      <c r="J138" t="s">
+        <v>2496</v>
+      </c>
+      <c r="K138" t="s">
+        <v>3551</v>
+      </c>
+      <c r="L138" t="s">
+        <v>3552</v>
+      </c>
+      <c r="M138" t="s">
+        <v>3553</v>
+      </c>
+      <c r="N138" t="s">
+        <v>3554</v>
+      </c>
+      <c r="O138" t="s">
+        <v>3555</v>
+      </c>
+      <c r="P138" t="s">
+        <v>3556</v>
+      </c>
+      <c r="Q138" t="s">
+        <v>3557</v>
+      </c>
+      <c r="R138" t="s">
+        <v>3558</v>
+      </c>
+      <c r="S138" t="s">
+        <v>3559</v>
+      </c>
+      <c r="T138" t="s">
+        <v>3559</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B139" t="s">
+        <v>3560</v>
+      </c>
+      <c r="C139" t="s">
+        <v>13</v>
+      </c>
+      <c r="D139" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" t="s">
+        <v>3561</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" t="s">
+        <v>3562</v>
+      </c>
+      <c r="H139" t="s">
+        <v>3563</v>
+      </c>
+      <c r="I139" t="s">
+        <v>3564</v>
+      </c>
+      <c r="J139" t="s">
+        <v>3565</v>
+      </c>
+      <c r="K139" t="s">
+        <v>3566</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B140" t="s">
+        <v>3567</v>
+      </c>
+      <c r="C140" t="s">
+        <v>13</v>
+      </c>
+      <c r="D140" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" t="s">
+        <v>3568</v>
+      </c>
+      <c r="F140" t="s">
+        <v>13</v>
+      </c>
+      <c r="G140" t="s">
+        <v>3569</v>
+      </c>
+      <c r="H140" t="s">
+        <v>3570</v>
+      </c>
+      <c r="I140" t="s">
+        <v>3376</v>
+      </c>
+      <c r="J140" t="s">
+        <v>3571</v>
+      </c>
+      <c r="K140" t="s">
+        <v>3572</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B141" t="s">
+        <v>3573</v>
+      </c>
+      <c r="C141" t="s">
+        <v>13</v>
+      </c>
+      <c r="D141" t="s">
+        <v>13</v>
+      </c>
+      <c r="E141" t="s">
+        <v>3574</v>
+      </c>
+      <c r="F141" t="s">
+        <v>13</v>
+      </c>
+      <c r="G141" t="s">
+        <v>3575</v>
+      </c>
+      <c r="H141" t="s">
+        <v>3576</v>
+      </c>
+      <c r="I141" t="s">
+        <v>3577</v>
+      </c>
+      <c r="J141" t="s">
+        <v>3578</v>
+      </c>
+      <c r="K141" t="s">
+        <v>3579</v>
+      </c>
+      <c r="L141" t="s">
+        <v>3580</v>
+      </c>
+      <c r="M141" t="s">
+        <v>3581</v>
+      </c>
+      <c r="N141" t="s">
+        <v>3582</v>
+      </c>
+      <c r="O141" t="s">
+        <v>3583</v>
+      </c>
+      <c r="P141" t="s">
+        <v>3584</v>
+      </c>
+      <c r="Q141" t="s">
+        <v>3585</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B142" t="s">
+        <v>3586</v>
+      </c>
+      <c r="C142" t="s">
+        <v>13</v>
+      </c>
+      <c r="D142" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" t="s">
+        <v>3587</v>
+      </c>
+      <c r="F142" t="s">
+        <v>13</v>
+      </c>
+      <c r="G142" t="s">
+        <v>3588</v>
+      </c>
+      <c r="H142" t="s">
+        <v>3589</v>
+      </c>
+      <c r="I142" t="s">
+        <v>3484</v>
+      </c>
+      <c r="J142" t="s">
+        <v>2367</v>
+      </c>
+      <c r="K142" t="s">
+        <v>3590</v>
+      </c>
+      <c r="L142" t="s">
+        <v>3591</v>
+      </c>
+      <c r="M142" t="s">
+        <v>3592</v>
+      </c>
+      <c r="N142" t="s">
+        <v>3593</v>
+      </c>
+      <c r="O142" t="s">
+        <v>3594</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B143" t="s">
+        <v>3595</v>
+      </c>
+      <c r="C143" t="s">
+        <v>13</v>
+      </c>
+      <c r="D143" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" t="s">
+        <v>3596</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" t="s">
+        <v>3597</v>
+      </c>
+      <c r="H143" t="s">
+        <v>3598</v>
+      </c>
+      <c r="I143" t="s">
+        <v>3326</v>
+      </c>
+      <c r="J143" t="s">
+        <v>3599</v>
+      </c>
+      <c r="K143" t="s">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B144" t="s">
+        <v>3601</v>
+      </c>
+      <c r="C144" t="s">
+        <v>13</v>
+      </c>
+      <c r="D144" t="s">
+        <v>13</v>
+      </c>
+      <c r="E144" t="s">
+        <v>3602</v>
+      </c>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" t="s">
+        <v>3603</v>
+      </c>
+      <c r="H144" t="s">
+        <v>3604</v>
+      </c>
+      <c r="I144" t="s">
+        <v>3605</v>
+      </c>
+      <c r="J144" t="s">
+        <v>3606</v>
+      </c>
+      <c r="K144" t="s">
+        <v>3607</v>
+      </c>
+      <c r="L144" t="s">
+        <v>3608</v>
+      </c>
+      <c r="M144" t="s">
+        <v>3609</v>
+      </c>
+      <c r="N144" t="s">
+        <v>3610</v>
+      </c>
+      <c r="O144" t="s">
+        <v>3611</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B145" t="s">
+        <v>3612</v>
+      </c>
+      <c r="C145" t="s">
+        <v>13</v>
+      </c>
+      <c r="D145" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" t="s">
+        <v>3613</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" t="s">
+        <v>3614</v>
+      </c>
+      <c r="H145" t="s">
+        <v>3615</v>
+      </c>
+      <c r="I145" t="s">
+        <v>3616</v>
+      </c>
+      <c r="J145" t="s">
+        <v>2803</v>
+      </c>
+      <c r="K145" t="s">
+        <v>3617</v>
+      </c>
+      <c r="L145" t="s">
+        <v>3618</v>
+      </c>
+      <c r="M145" t="s">
+        <v>3619</v>
+      </c>
+      <c r="N145" t="s">
+        <v>3620</v>
+      </c>
+      <c r="O145" t="s">
+        <v>3621</v>
+      </c>
+      <c r="P145" t="s">
+        <v>3622</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B146" t="s">
+        <v>3623</v>
+      </c>
+      <c r="C146" t="s">
+        <v>13</v>
+      </c>
+      <c r="D146" t="s">
+        <v>13</v>
+      </c>
+      <c r="E146" t="s">
+        <v>3624</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" t="s">
+        <v>3625</v>
+      </c>
+      <c r="H146" t="s">
+        <v>3626</v>
+      </c>
+      <c r="I146" t="s">
+        <v>3627</v>
+      </c>
+      <c r="J146" t="s">
+        <v>2706</v>
+      </c>
+      <c r="K146" t="s">
+        <v>3628</v>
+      </c>
+      <c r="L146" t="s">
+        <v>3629</v>
+      </c>
+      <c r="M146" t="s">
+        <v>3630</v>
+      </c>
+      <c r="N146" t="s">
+        <v>3631</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B147" t="s">
+        <v>3632</v>
+      </c>
+      <c r="C147" t="s">
+        <v>13</v>
+      </c>
+      <c r="D147" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" t="s">
+        <v>3633</v>
+      </c>
+      <c r="F147" t="s">
+        <v>13</v>
+      </c>
+      <c r="G147" t="s">
+        <v>3634</v>
+      </c>
+      <c r="H147" t="s">
+        <v>3635</v>
+      </c>
+      <c r="I147" t="s">
+        <v>3636</v>
+      </c>
+      <c r="J147" t="s">
+        <v>2706</v>
+      </c>
+      <c r="K147" t="s">
+        <v>3637</v>
+      </c>
+      <c r="L147" t="s">
+        <v>3638</v>
+      </c>
+      <c r="M147" t="s">
+        <v>3639</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B148" t="s">
+        <v>3640</v>
+      </c>
+      <c r="C148" t="s">
+        <v>13</v>
+      </c>
+      <c r="D148" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" t="s">
+        <v>3633</v>
+      </c>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" t="s">
+        <v>3641</v>
+      </c>
+      <c r="H148" t="s">
+        <v>3642</v>
+      </c>
+      <c r="I148" t="s">
+        <v>3643</v>
+      </c>
+      <c r="J148" t="s">
+        <v>3147</v>
+      </c>
+      <c r="K148" t="s">
+        <v>3644</v>
+      </c>
+      <c r="L148" t="s">
+        <v>3645</v>
+      </c>
+      <c r="M148" t="s">
+        <v>3646</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B149" t="s">
+        <v>3647</v>
+      </c>
+      <c r="C149" t="s">
+        <v>13</v>
+      </c>
+      <c r="D149" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" t="s">
+        <v>3648</v>
+      </c>
+      <c r="F149" t="s">
+        <v>13</v>
+      </c>
+      <c r="G149" t="s">
+        <v>3649</v>
+      </c>
+      <c r="H149" t="s">
+        <v>3650</v>
+      </c>
+      <c r="I149" t="s">
+        <v>3651</v>
+      </c>
+      <c r="J149" t="s">
+        <v>3652</v>
+      </c>
+      <c r="K149" t="s">
+        <v>3653</v>
+      </c>
+      <c r="L149" t="s">
+        <v>3654</v>
+      </c>
+      <c r="M149" t="s">
+        <v>3655</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B150" t="s">
+        <v>3656</v>
+      </c>
+      <c r="C150" t="s">
+        <v>13</v>
+      </c>
+      <c r="D150" t="s">
+        <v>13</v>
+      </c>
+      <c r="E150" t="s">
+        <v>3633</v>
+      </c>
+      <c r="F150" t="s">
+        <v>13</v>
+      </c>
+      <c r="G150" t="s">
+        <v>3657</v>
+      </c>
+      <c r="H150" t="s">
+        <v>3658</v>
+      </c>
+      <c r="I150" t="s">
+        <v>3636</v>
+      </c>
+      <c r="J150" t="s">
+        <v>3652</v>
+      </c>
+      <c r="K150" t="s">
+        <v>3659</v>
+      </c>
+      <c r="L150" t="s">
+        <v>3660</v>
+      </c>
+      <c r="M150" t="s">
+        <v>3661</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B151" t="s">
+        <v>3662</v>
+      </c>
+      <c r="C151" t="s">
+        <v>13</v>
+      </c>
+      <c r="D151" t="s">
+        <v>13</v>
+      </c>
+      <c r="E151" t="s">
+        <v>3663</v>
+      </c>
+      <c r="F151" t="s">
+        <v>13</v>
+      </c>
+      <c r="G151" t="s">
+        <v>3664</v>
+      </c>
+      <c r="H151" t="s">
+        <v>3665</v>
+      </c>
+      <c r="I151" t="s">
+        <v>2790</v>
+      </c>
+      <c r="J151" t="s">
+        <v>2900</v>
+      </c>
+      <c r="K151" t="s">
+        <v>3666</v>
+      </c>
+      <c r="L151" t="s">
+        <v>3667</v>
+      </c>
+      <c r="M151" t="s">
+        <v>3668</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B152" t="s">
+        <v>3669</v>
+      </c>
+      <c r="C152" t="s">
+        <v>13</v>
+      </c>
+      <c r="D152" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" t="s">
+        <v>2372</v>
+      </c>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" t="s">
+        <v>3670</v>
+      </c>
+      <c r="H152" t="s">
+        <v>3671</v>
+      </c>
+      <c r="I152" t="s">
+        <v>3672</v>
+      </c>
+      <c r="J152" t="s">
+        <v>3529</v>
+      </c>
+      <c r="K152" t="s">
+        <v>3673</v>
+      </c>
+      <c r="L152" t="s">
+        <v>3674</v>
+      </c>
+      <c r="M152" t="s">
+        <v>3675</v>
+      </c>
+      <c r="N152" t="s">
+        <v>3676</v>
+      </c>
+      <c r="O152" t="s">
+        <v>3677</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B153" t="s">
+        <v>3678</v>
+      </c>
+      <c r="C153" t="s">
+        <v>13</v>
+      </c>
+      <c r="D153" t="s">
+        <v>13</v>
+      </c>
+      <c r="E153" t="s">
+        <v>3679</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" t="s">
+        <v>3680</v>
+      </c>
+      <c r="H153" t="s">
+        <v>3681</v>
+      </c>
+      <c r="I153" t="s">
+        <v>3484</v>
+      </c>
+      <c r="J153" t="s">
+        <v>2945</v>
+      </c>
+      <c r="K153" t="s">
+        <v>3682</v>
+      </c>
+      <c r="L153" t="s">
+        <v>3683</v>
+      </c>
+      <c r="M153" t="s">
+        <v>3684</v>
+      </c>
+      <c r="N153" t="s">
+        <v>3685</v>
+      </c>
+      <c r="O153" t="s">
+        <v>3686</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B154" t="s">
+        <v>3687</v>
+      </c>
+      <c r="C154" t="s">
+        <v>13</v>
+      </c>
+      <c r="D154" t="s">
+        <v>13</v>
+      </c>
+      <c r="E154" t="s">
+        <v>3688</v>
+      </c>
+      <c r="F154" t="s">
+        <v>13</v>
+      </c>
+      <c r="G154" t="s">
+        <v>3689</v>
+      </c>
+      <c r="H154" t="s">
+        <v>3690</v>
+      </c>
+      <c r="I154" t="s">
+        <v>3691</v>
+      </c>
+      <c r="J154" t="s">
+        <v>2367</v>
+      </c>
+      <c r="K154" t="s">
+        <v>3692</v>
+      </c>
+      <c r="L154" t="s">
+        <v>3693</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B155" t="s">
+        <v>3694</v>
+      </c>
+      <c r="C155" t="s">
+        <v>13</v>
+      </c>
+      <c r="D155" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" t="s">
+        <v>3695</v>
+      </c>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" t="s">
+        <v>3696</v>
+      </c>
+      <c r="H155" t="s">
+        <v>3697</v>
+      </c>
+      <c r="I155" t="s">
+        <v>3698</v>
+      </c>
+      <c r="J155" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K155" t="s">
+        <v>3699</v>
+      </c>
+      <c r="L155" t="s">
+        <v>3700</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B156" t="s">
+        <v>3701</v>
+      </c>
+      <c r="C156" t="s">
+        <v>13</v>
+      </c>
+      <c r="D156" t="s">
+        <v>13</v>
+      </c>
+      <c r="E156" t="s">
+        <v>3702</v>
+      </c>
+      <c r="F156" t="s">
+        <v>13</v>
+      </c>
+      <c r="G156" t="s">
+        <v>3703</v>
+      </c>
+      <c r="H156" t="s">
+        <v>3704</v>
+      </c>
+      <c r="I156" t="s">
+        <v>3326</v>
+      </c>
+      <c r="J156" t="s">
+        <v>3705</v>
+      </c>
+      <c r="K156" t="s">
+        <v>3706</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B157" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C157" t="s">
+        <v>13</v>
+      </c>
+      <c r="D157" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" t="s">
+        <v>3708</v>
+      </c>
+      <c r="F157" t="s">
+        <v>13</v>
+      </c>
+      <c r="G157" t="s">
+        <v>3709</v>
+      </c>
+      <c r="H157" t="s">
+        <v>3710</v>
+      </c>
+      <c r="I157" t="s">
+        <v>3711</v>
+      </c>
+      <c r="J157" t="s">
+        <v>2803</v>
+      </c>
+      <c r="K157" t="s">
+        <v>3712</v>
+      </c>
+      <c r="L157" t="s">
+        <v>3713</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B158" t="s">
+        <v>3714</v>
+      </c>
+      <c r="C158" t="s">
+        <v>13</v>
+      </c>
+      <c r="D158" t="s">
+        <v>13</v>
+      </c>
+      <c r="E158" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F158" t="s">
+        <v>13</v>
+      </c>
+      <c r="G158" t="s">
+        <v>3715</v>
+      </c>
+      <c r="H158" t="s">
+        <v>3716</v>
+      </c>
+      <c r="I158" t="s">
+        <v>3717</v>
+      </c>
+      <c r="J158" t="s">
+        <v>2303</v>
+      </c>
+      <c r="K158" t="s">
+        <v>3718</v>
+      </c>
+      <c r="L158" t="s">
+        <v>3719</v>
+      </c>
+      <c r="M158" t="s">
+        <v>3720</v>
+      </c>
+      <c r="N158" t="s">
+        <v>3721</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B159" t="s">
+        <v>3722</v>
+      </c>
+      <c r="C159" t="s">
+        <v>13</v>
+      </c>
+      <c r="D159" t="s">
+        <v>13</v>
+      </c>
+      <c r="E159" t="s">
+        <v>3723</v>
+      </c>
+      <c r="F159" t="s">
+        <v>13</v>
+      </c>
+      <c r="G159" t="s">
+        <v>3724</v>
+      </c>
+      <c r="H159" t="s">
+        <v>3725</v>
+      </c>
+      <c r="I159" t="s">
+        <v>3726</v>
+      </c>
+      <c r="J159" t="s">
+        <v>3727</v>
+      </c>
+      <c r="K159" t="s">
+        <v>3728</v>
+      </c>
+      <c r="L159" t="s">
+        <v>3729</v>
+      </c>
+      <c r="M159" t="s">
+        <v>3730</v>
+      </c>
+      <c r="N159" t="s">
+        <v>3731</v>
+      </c>
+      <c r="O159" t="s">
+        <v>3732</v>
+      </c>
+      <c r="P159" t="s">
+        <v>3733</v>
+      </c>
+      <c r="Q159" t="s">
+        <v>3734</v>
+      </c>
+      <c r="R159" t="s">
+        <v>3735</v>
+      </c>
+      <c r="S159" t="s">
+        <v>3736</v>
+      </c>
+      <c r="T159" t="s">
+        <v>3737</v>
+      </c>
+      <c r="U159" t="s">
+        <v>3738</v>
+      </c>
+      <c r="V159" t="s">
+        <v>3739</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B160" t="s">
+        <v>3740</v>
+      </c>
+      <c r="C160" t="s">
+        <v>13</v>
+      </c>
+      <c r="D160" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" t="s">
+        <v>3741</v>
+      </c>
+      <c r="F160" t="s">
+        <v>13</v>
+      </c>
+      <c r="G160" t="s">
+        <v>3742</v>
+      </c>
+      <c r="H160" t="s">
+        <v>3743</v>
+      </c>
+      <c r="I160" t="s">
+        <v>3744</v>
+      </c>
+      <c r="J160" t="s">
+        <v>3745</v>
+      </c>
+      <c r="K160" t="s">
+        <v>3746</v>
+      </c>
+      <c r="L160" t="s">
+        <v>3747</v>
+      </c>
+      <c r="M160" t="s">
+        <v>3748</v>
+      </c>
+      <c r="N160" t="s">
+        <v>3749</v>
+      </c>
+      <c r="O160" t="s">
+        <v>3750</v>
+      </c>
+      <c r="P160" t="s">
+        <v>3751</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B161" t="s">
+        <v>3752</v>
+      </c>
+      <c r="C161" t="s">
+        <v>13</v>
+      </c>
+      <c r="D161" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" t="s">
+        <v>3753</v>
+      </c>
+      <c r="F161" t="s">
+        <v>13</v>
+      </c>
+      <c r="G161" t="s">
+        <v>3754</v>
+      </c>
+      <c r="H161" t="s">
+        <v>3755</v>
+      </c>
+      <c r="I161" t="s">
+        <v>3756</v>
+      </c>
+      <c r="J161" t="s">
+        <v>3757</v>
+      </c>
+      <c r="K161" t="s">
+        <v>3758</v>
+      </c>
+      <c r="L161" t="s">
+        <v>3759</v>
+      </c>
+      <c r="M161" t="s">
+        <v>3760</v>
+      </c>
+      <c r="N161" t="s">
+        <v>3761</v>
+      </c>
+      <c r="O161" t="s">
+        <v>3762</v>
+      </c>
+      <c r="P161" t="s">
+        <v>3763</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>3764</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B162" t="s">
+        <v>3765</v>
+      </c>
+      <c r="C162" t="s">
+        <v>13</v>
+      </c>
+      <c r="D162" t="s">
+        <v>13</v>
+      </c>
+      <c r="E162" t="s">
+        <v>3766</v>
+      </c>
+      <c r="F162" t="s">
+        <v>13</v>
+      </c>
+      <c r="G162" t="s">
+        <v>3767</v>
+      </c>
+      <c r="H162" t="s">
+        <v>3768</v>
+      </c>
+      <c r="I162" t="s">
+        <v>3769</v>
+      </c>
+      <c r="J162" t="s">
+        <v>2803</v>
+      </c>
+      <c r="K162" t="s">
+        <v>3770</v>
+      </c>
+      <c r="L162" t="s">
+        <v>3771</v>
+      </c>
+      <c r="M162" t="s">
+        <v>3772</v>
+      </c>
+      <c r="N162" t="s">
+        <v>3773</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B163" t="s">
+        <v>3774</v>
+      </c>
+      <c r="C163" t="s">
+        <v>13</v>
+      </c>
+      <c r="D163" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" t="s">
+        <v>3775</v>
+      </c>
+      <c r="F163" t="s">
+        <v>13</v>
+      </c>
+      <c r="G163" t="s">
+        <v>3776</v>
+      </c>
+      <c r="H163" t="s">
+        <v>3777</v>
+      </c>
+      <c r="I163" t="s">
+        <v>3778</v>
+      </c>
+      <c r="J163" t="s">
+        <v>3779</v>
+      </c>
+      <c r="K163" t="s">
+        <v>3780</v>
+      </c>
+      <c r="L163" t="s">
+        <v>3781</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B164" t="s">
+        <v>3782</v>
+      </c>
+      <c r="C164" t="s">
+        <v>13</v>
+      </c>
+      <c r="D164" t="s">
+        <v>13</v>
+      </c>
+      <c r="E164" t="s">
+        <v>3783</v>
+      </c>
+      <c r="F164" t="s">
+        <v>13</v>
+      </c>
+      <c r="G164" t="s">
+        <v>3784</v>
+      </c>
+      <c r="H164" t="s">
+        <v>3785</v>
+      </c>
+      <c r="I164" t="s">
+        <v>3786</v>
+      </c>
+      <c r="J164" t="s">
+        <v>3787</v>
+      </c>
+      <c r="K164" t="s">
+        <v>3788</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B165" t="s">
+        <v>3789</v>
+      </c>
+      <c r="C165" t="s">
+        <v>13</v>
+      </c>
+      <c r="D165" t="s">
+        <v>13</v>
+      </c>
+      <c r="E165" t="s">
+        <v>3790</v>
+      </c>
+      <c r="F165" t="s">
+        <v>13</v>
+      </c>
+      <c r="G165" t="s">
+        <v>3791</v>
+      </c>
+      <c r="H165" t="s">
+        <v>3792</v>
+      </c>
+      <c r="I165" t="s">
+        <v>3793</v>
+      </c>
+      <c r="J165" t="s">
+        <v>3794</v>
+      </c>
+      <c r="K165" t="s">
+        <v>3795</v>
+      </c>
+      <c r="L165" t="s">
+        <v>3796</v>
+      </c>
+      <c r="M165" t="s">
+        <v>3797</v>
+      </c>
+      <c r="N165" t="s">
+        <v>3798</v>
+      </c>
+      <c r="O165" t="s">
+        <v>3799</v>
+      </c>
+      <c r="P165" t="s">
+        <v>3800</v>
+      </c>
+      <c r="Q165" t="s">
+        <v>3801</v>
+      </c>
+      <c r="R165" t="s">
+        <v>3802</v>
+      </c>
+      <c r="S165" t="s">
+        <v>3803</v>
+      </c>
+      <c r="T165" t="s">
+        <v>3804</v>
+      </c>
+      <c r="U165" t="s">
+        <v>3805</v>
+      </c>
+      <c r="V165" t="s">
+        <v>3806</v>
+      </c>
+      <c r="W165" t="s">
+        <v>3807</v>
+      </c>
+      <c r="X165" t="s">
+        <v>3808</v>
+      </c>
+      <c r="Y165" t="s">
+        <v>3809</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B166" t="s">
+        <v>3810</v>
+      </c>
+      <c r="C166" t="s">
+        <v>13</v>
+      </c>
+      <c r="D166" t="s">
+        <v>13</v>
+      </c>
+      <c r="E166" t="s">
+        <v>3811</v>
+      </c>
+      <c r="F166" t="s">
+        <v>13</v>
+      </c>
+      <c r="G166" t="s">
+        <v>3812</v>
+      </c>
+      <c r="H166" t="s">
+        <v>3813</v>
+      </c>
+      <c r="I166" t="s">
+        <v>3814</v>
+      </c>
+      <c r="J166" t="s">
+        <v>3815</v>
+      </c>
+      <c r="K166" t="s">
+        <v>3816</v>
+      </c>
+      <c r="L166" t="s">
+        <v>3817</v>
+      </c>
+      <c r="M166" t="s">
+        <v>3818</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B167" t="s">
+        <v>3819</v>
+      </c>
+      <c r="C167" t="s">
+        <v>13</v>
+      </c>
+      <c r="D167" t="s">
+        <v>13</v>
+      </c>
+      <c r="E167" t="s">
+        <v>3820</v>
+      </c>
+      <c r="F167" t="s">
+        <v>13</v>
+      </c>
+      <c r="G167" t="s">
+        <v>3821</v>
+      </c>
+      <c r="H167" t="s">
+        <v>3822</v>
+      </c>
+      <c r="I167" t="s">
+        <v>3823</v>
+      </c>
+      <c r="J167" t="s">
+        <v>3815</v>
+      </c>
+      <c r="K167" t="s">
+        <v>3824</v>
+      </c>
+      <c r="L167" t="s">
+        <v>3825</v>
+      </c>
+      <c r="M167" t="s">
+        <v>3826</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B168" t="s">
+        <v>3827</v>
+      </c>
+      <c r="C168" t="s">
+        <v>13</v>
+      </c>
+      <c r="D168" t="s">
+        <v>13</v>
+      </c>
+      <c r="E168" t="s">
+        <v>3828</v>
+      </c>
+      <c r="F168" t="s">
+        <v>13</v>
+      </c>
+      <c r="G168" t="s">
+        <v>3829</v>
+      </c>
+      <c r="H168" t="s">
+        <v>3830</v>
+      </c>
+      <c r="I168" t="s">
+        <v>3831</v>
+      </c>
+      <c r="J168" t="s">
+        <v>3832</v>
+      </c>
+      <c r="K168" t="s">
+        <v>3833</v>
+      </c>
+      <c r="L168" t="s">
+        <v>3834</v>
+      </c>
+      <c r="M168" t="s">
+        <v>3835</v>
+      </c>
+      <c r="N168" t="s">
+        <v>3836</v>
+      </c>
+      <c r="O168" t="s">
+        <v>3837</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B169" t="s">
+        <v>3838</v>
+      </c>
+      <c r="C169" t="s">
+        <v>13</v>
+      </c>
+      <c r="D169" t="s">
+        <v>13</v>
+      </c>
+      <c r="E169" t="s">
+        <v>3839</v>
+      </c>
+      <c r="F169" t="s">
+        <v>13</v>
+      </c>
+      <c r="G169" t="s">
+        <v>3840</v>
+      </c>
+      <c r="H169" t="s">
+        <v>3841</v>
+      </c>
+      <c r="I169" t="s">
+        <v>3842</v>
+      </c>
+      <c r="J169" t="s">
+        <v>2832</v>
+      </c>
+      <c r="K169" t="s">
+        <v>3843</v>
+      </c>
+      <c r="L169" t="s">
+        <v>3844</v>
+      </c>
+      <c r="M169" t="s">
+        <v>3845</v>
+      </c>
+      <c r="N169" t="s">
+        <v>3846</v>
+      </c>
+      <c r="O169" t="s">
+        <v>3847</v>
+      </c>
+      <c r="P169" t="s">
+        <v>3848</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B170" t="s">
+        <v>3849</v>
+      </c>
+      <c r="C170" t="s">
+        <v>13</v>
+      </c>
+      <c r="D170" t="s">
+        <v>13</v>
+      </c>
+      <c r="E170" t="s">
+        <v>3850</v>
+      </c>
+      <c r="F170" t="s">
+        <v>13</v>
+      </c>
+      <c r="G170" t="s">
+        <v>3851</v>
+      </c>
+      <c r="H170" t="s">
+        <v>3852</v>
+      </c>
+      <c r="I170" t="s">
+        <v>3853</v>
+      </c>
+      <c r="J170" t="s">
+        <v>2832</v>
+      </c>
+      <c r="K170" t="s">
+        <v>3854</v>
+      </c>
+      <c r="L170" t="s">
+        <v>3855</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B171" t="s">
+        <v>3856</v>
+      </c>
+      <c r="C171" t="s">
+        <v>13</v>
+      </c>
+      <c r="D171" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" t="s">
+        <v>3857</v>
+      </c>
+      <c r="F171" t="s">
+        <v>13</v>
+      </c>
+      <c r="G171" t="s">
+        <v>3858</v>
+      </c>
+      <c r="H171" t="s">
+        <v>3859</v>
+      </c>
+      <c r="I171" t="s">
+        <v>3860</v>
+      </c>
+      <c r="J171" t="s">
+        <v>2224</v>
+      </c>
+      <c r="K171" t="s">
+        <v>3861</v>
+      </c>
+      <c r="L171" t="s">
+        <v>3862</v>
+      </c>
+      <c r="M171" t="s">
+        <v>3863</v>
+      </c>
+      <c r="N171" t="s">
+        <v>3864</v>
+      </c>
+      <c r="O171" t="s">
+        <v>3865</v>
+      </c>
+      <c r="P171" t="s">
+        <v>3866</v>
+      </c>
+      <c r="Q171" t="s">
+        <v>3867</v>
+      </c>
+      <c r="R171" t="s">
+        <v>3868</v>
+      </c>
+      <c r="S171" t="s">
+        <v>3869</v>
+      </c>
+      <c r="T171" t="s">
+        <v>3870</v>
+      </c>
+      <c r="U171" t="s">
+        <v>3871</v>
+      </c>
+      <c r="V171" t="s">
+        <v>3872</v>
+      </c>
+      <c r="W171" t="s">
+        <v>3873</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B172" t="s">
+        <v>3874</v>
+      </c>
+      <c r="C172" t="s">
+        <v>13</v>
+      </c>
+      <c r="D172" t="s">
+        <v>13</v>
+      </c>
+      <c r="E172" t="s">
+        <v>3875</v>
+      </c>
+      <c r="F172" t="s">
+        <v>13</v>
+      </c>
+      <c r="G172" t="s">
+        <v>3876</v>
+      </c>
+      <c r="H172" t="s">
+        <v>3877</v>
+      </c>
+      <c r="I172" t="s">
+        <v>3878</v>
+      </c>
+      <c r="J172" t="s">
+        <v>3879</v>
+      </c>
+      <c r="K172" t="s">
+        <v>3880</v>
+      </c>
+      <c r="L172" t="s">
+        <v>3881</v>
+      </c>
+      <c r="M172" t="s">
+        <v>3882</v>
+      </c>
+      <c r="N172" t="s">
+        <v>3883</v>
+      </c>
+      <c r="O172" t="s">
+        <v>3884</v>
+      </c>
+      <c r="P172" t="s">
+        <v>3883</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B173" t="s">
+        <v>3885</v>
+      </c>
+      <c r="C173" t="s">
+        <v>13</v>
+      </c>
+      <c r="D173" t="s">
+        <v>13</v>
+      </c>
+      <c r="E173" t="s">
+        <v>3886</v>
+      </c>
+      <c r="F173" t="s">
+        <v>13</v>
+      </c>
+      <c r="G173" t="s">
+        <v>3887</v>
+      </c>
+      <c r="H173" t="s">
+        <v>3888</v>
+      </c>
+      <c r="I173" t="s">
+        <v>3889</v>
+      </c>
+      <c r="J173" t="s">
+        <v>3890</v>
+      </c>
+      <c r="K173" t="s">
+        <v>3891</v>
+      </c>
+      <c r="L173" t="s">
+        <v>3892</v>
+      </c>
+      <c r="M173" t="s">
+        <v>3893</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B174" t="s">
+        <v>3894</v>
+      </c>
+      <c r="C174" t="s">
+        <v>13</v>
+      </c>
+      <c r="D174" t="s">
+        <v>13</v>
+      </c>
+      <c r="E174" t="s">
+        <v>3895</v>
+      </c>
+      <c r="F174" t="s">
+        <v>13</v>
+      </c>
+      <c r="G174" t="s">
+        <v>3896</v>
+      </c>
+      <c r="H174" t="s">
+        <v>3897</v>
+      </c>
+      <c r="I174" t="s">
+        <v>3898</v>
+      </c>
+      <c r="J174" t="s">
+        <v>3899</v>
+      </c>
+      <c r="K174" t="s">
+        <v>3900</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B175" t="s">
+        <v>3901</v>
+      </c>
+      <c r="C175" t="s">
+        <v>13</v>
+      </c>
+      <c r="D175" t="s">
+        <v>13</v>
+      </c>
+      <c r="E175" t="s">
+        <v>3902</v>
+      </c>
+      <c r="F175" t="s">
+        <v>13</v>
+      </c>
+      <c r="G175" t="s">
+        <v>3903</v>
+      </c>
+      <c r="H175" t="s">
+        <v>3904</v>
+      </c>
+      <c r="I175" t="s">
+        <v>3905</v>
+      </c>
+      <c r="J175" t="s">
+        <v>3906</v>
+      </c>
+      <c r="K175" t="s">
+        <v>3907</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B176" t="s">
+        <v>3908</v>
+      </c>
+      <c r="C176" t="s">
+        <v>13</v>
+      </c>
+      <c r="D176" t="s">
+        <v>13</v>
+      </c>
+      <c r="E176" t="s">
+        <v>3909</v>
+      </c>
+      <c r="F176" t="s">
+        <v>13</v>
+      </c>
+      <c r="G176" t="s">
+        <v>3910</v>
+      </c>
+      <c r="H176" t="s">
+        <v>3911</v>
+      </c>
+      <c r="I176" t="s">
+        <v>3912</v>
+      </c>
+      <c r="J176" t="s">
+        <v>2845</v>
+      </c>
+      <c r="K176" t="s">
+        <v>3913</v>
+      </c>
+      <c r="L176" t="s">
+        <v>3914</v>
+      </c>
+      <c r="M176" t="s">
+        <v>3915</v>
+      </c>
+      <c r="N176" t="s">
+        <v>3916</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B177" t="s">
+        <v>3917</v>
+      </c>
+      <c r="C177" t="s">
+        <v>13</v>
+      </c>
+      <c r="D177" t="s">
+        <v>13</v>
+      </c>
+      <c r="E177" t="s">
+        <v>3918</v>
+      </c>
+      <c r="F177" t="s">
+        <v>13</v>
+      </c>
+      <c r="G177" t="s">
+        <v>3919</v>
+      </c>
+      <c r="H177" t="s">
+        <v>3920</v>
+      </c>
+      <c r="I177" t="s">
+        <v>3921</v>
+      </c>
+      <c r="J177" t="s">
+        <v>2211</v>
+      </c>
+      <c r="K177" t="s">
+        <v>3922</v>
+      </c>
+      <c r="L177" t="s">
+        <v>3923</v>
+      </c>
+      <c r="M177" t="s">
+        <v>3924</v>
+      </c>
+      <c r="N177" t="s">
+        <v>3925</v>
+      </c>
+      <c r="O177" t="s">
+        <v>3926</v>
+      </c>
+      <c r="P177" t="s">
+        <v>3927</v>
+      </c>
+      <c r="Q177" t="s">
+        <v>3928</v>
+      </c>
+      <c r="R177" t="s">
+        <v>3929</v>
+      </c>
+      <c r="S177" t="s">
+        <v>3930</v>
+      </c>
+      <c r="T177" t="s">
+        <v>3931</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B178" t="s">
+        <v>3932</v>
+      </c>
+      <c r="C178" t="s">
+        <v>13</v>
+      </c>
+      <c r="D178" t="s">
+        <v>13</v>
+      </c>
+      <c r="E178" t="s">
+        <v>3933</v>
+      </c>
+      <c r="F178" t="s">
+        <v>13</v>
+      </c>
+      <c r="G178" t="s">
+        <v>3934</v>
+      </c>
+      <c r="H178" t="s">
+        <v>3935</v>
+      </c>
+      <c r="I178" t="s">
+        <v>3936</v>
+      </c>
+      <c r="J178" t="s">
+        <v>3937</v>
+      </c>
+      <c r="K178" t="s">
+        <v>3938</v>
+      </c>
+      <c r="L178" t="s">
+        <v>3939</v>
+      </c>
+      <c r="M178" t="s">
+        <v>3940</v>
+      </c>
+      <c r="N178" t="s">
+        <v>3941</v>
+      </c>
+      <c r="O178" t="s">
+        <v>3942</v>
+      </c>
+      <c r="P178" t="s">
+        <v>3943</v>
+      </c>
+      <c r="Q178" t="s">
+        <v>3944</v>
+      </c>
+      <c r="R178" t="s">
+        <v>3945</v>
+      </c>
+      <c r="S178" t="s">
+        <v>3946</v>
+      </c>
+      <c r="T178" t="s">
+        <v>3947</v>
+      </c>
+      <c r="U178" t="s">
+        <v>3948</v>
+      </c>
+      <c r="V178" t="s">
+        <v>3949</v>
+      </c>
+      <c r="W178" t="s">
+        <v>3950</v>
+      </c>
+      <c r="X178" t="s">
+        <v>3951</v>
+      </c>
+      <c r="Y178" t="s">
+        <v>3952</v>
+      </c>
+      <c r="Z178" t="s">
+        <v>3953</v>
+      </c>
+      <c r="AA178" t="s">
+        <v>3954</v>
+      </c>
+      <c r="AB178" t="s">
+        <v>3955</v>
+      </c>
+      <c r="AC178" t="s">
+        <v>3956</v>
+      </c>
+      <c r="AD178" t="s">
+        <v>3957</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B179" t="s">
+        <v>3958</v>
+      </c>
+      <c r="C179" t="s">
+        <v>13</v>
+      </c>
+      <c r="D179" t="s">
+        <v>13</v>
+      </c>
+      <c r="E179" t="s">
+        <v>3959</v>
+      </c>
+      <c r="F179" t="s">
+        <v>13</v>
+      </c>
+      <c r="G179" t="s">
+        <v>3960</v>
+      </c>
+      <c r="H179" t="s">
+        <v>3961</v>
+      </c>
+      <c r="I179" t="s">
+        <v>3962</v>
+      </c>
+      <c r="J179" t="s">
+        <v>3259</v>
+      </c>
+      <c r="K179" t="s">
+        <v>3963</v>
+      </c>
+      <c r="L179" t="s">
+        <v>3964</v>
+      </c>
+      <c r="M179" t="s">
+        <v>3965</v>
+      </c>
+      <c r="N179" t="s">
+        <v>3966</v>
+      </c>
+      <c r="O179" t="s">
+        <v>3967</v>
+      </c>
+      <c r="P179" t="s">
+        <v>3968</v>
+      </c>
+      <c r="Q179" t="s">
+        <v>3969</v>
+      </c>
+      <c r="R179" t="s">
+        <v>3970</v>
+      </c>
+      <c r="S179" t="s">
+        <v>3971</v>
+      </c>
+      <c r="T179" t="s">
+        <v>3972</v>
+      </c>
+      <c r="U179" t="s">
+        <v>3973</v>
+      </c>
+      <c r="V179" t="s">
+        <v>3974</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B180" t="s">
+        <v>3975</v>
+      </c>
+      <c r="C180" t="s">
+        <v>13</v>
+      </c>
+      <c r="D180" t="s">
+        <v>13</v>
+      </c>
+      <c r="E180" t="s">
+        <v>3976</v>
+      </c>
+      <c r="F180" t="s">
+        <v>13</v>
+      </c>
+      <c r="G180" t="s">
+        <v>3977</v>
+      </c>
+      <c r="H180" t="s">
+        <v>3978</v>
+      </c>
+      <c r="I180" t="s">
+        <v>3979</v>
+      </c>
+      <c r="J180" t="s">
+        <v>3441</v>
+      </c>
+      <c r="K180" t="s">
+        <v>3980</v>
+      </c>
+      <c r="L180" t="s">
+        <v>3981</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B181" t="s">
+        <v>3982</v>
+      </c>
+      <c r="C181" t="s">
+        <v>13</v>
+      </c>
+      <c r="D181" t="s">
+        <v>13</v>
+      </c>
+      <c r="E181" t="s">
+        <v>3983</v>
+      </c>
+      <c r="F181" t="s">
+        <v>13</v>
+      </c>
+      <c r="G181" t="s">
+        <v>3984</v>
+      </c>
+      <c r="H181" t="s">
+        <v>3985</v>
+      </c>
+      <c r="I181" t="s">
+        <v>3986</v>
+      </c>
+      <c r="J181" t="s">
+        <v>3987</v>
+      </c>
+      <c r="K181" t="s">
+        <v>3988</v>
+      </c>
+      <c r="L181" t="s">
+        <v>3989</v>
+      </c>
+      <c r="M181" t="s">
+        <v>3990</v>
+      </c>
+      <c r="N181" t="s">
+        <v>3991</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B182" t="s">
+        <v>3992</v>
+      </c>
+      <c r="C182" t="s">
+        <v>13</v>
+      </c>
+      <c r="D182" t="s">
+        <v>13</v>
+      </c>
+      <c r="E182" t="s">
+        <v>3993</v>
+      </c>
+      <c r="F182" t="s">
+        <v>13</v>
+      </c>
+      <c r="G182" t="s">
+        <v>3994</v>
+      </c>
+      <c r="H182" t="s">
+        <v>3995</v>
+      </c>
+      <c r="I182" t="s">
+        <v>3996</v>
+      </c>
+      <c r="J182" t="s">
+        <v>3997</v>
+      </c>
+      <c r="K182" t="s">
+        <v>3998</v>
+      </c>
+      <c r="L182" t="s">
+        <v>3999</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B183" t="s">
+        <v>4000</v>
+      </c>
+      <c r="C183" t="s">
+        <v>13</v>
+      </c>
+      <c r="D183" t="s">
+        <v>13</v>
+      </c>
+      <c r="E183" t="s">
+        <v>4001</v>
+      </c>
+      <c r="F183" t="s">
+        <v>13</v>
+      </c>
+      <c r="G183" t="s">
+        <v>4002</v>
+      </c>
+      <c r="H183" t="s">
+        <v>4003</v>
+      </c>
+      <c r="I183" t="s">
+        <v>4004</v>
+      </c>
+      <c r="J183" t="s">
+        <v>4005</v>
+      </c>
+      <c r="K183" t="s">
+        <v>4006</v>
+      </c>
+      <c r="L183" t="s">
+        <v>4007</v>
+      </c>
+      <c r="M183" t="s">
+        <v>4008</v>
+      </c>
+      <c r="N183" t="s">
+        <v>4009</v>
+      </c>
+      <c r="O183" t="s">
+        <v>4010</v>
+      </c>
+      <c r="P183" t="s">
+        <v>4011</v>
+      </c>
+      <c r="Q183" t="s">
+        <v>4012</v>
+      </c>
+      <c r="R183" t="s">
+        <v>4013</v>
+      </c>
+      <c r="S183" t="s">
+        <v>4014</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B184" t="s">
+        <v>4015</v>
+      </c>
+      <c r="C184" t="s">
+        <v>13</v>
+      </c>
+      <c r="D184" t="s">
+        <v>13</v>
+      </c>
+      <c r="E184" t="s">
+        <v>4016</v>
+      </c>
+      <c r="F184" t="s">
+        <v>13</v>
+      </c>
+      <c r="G184" t="s">
+        <v>4017</v>
+      </c>
+      <c r="H184" t="s">
+        <v>4018</v>
+      </c>
+      <c r="I184" t="s">
+        <v>4019</v>
+      </c>
+      <c r="J184" t="s">
+        <v>2266</v>
+      </c>
+      <c r="K184" t="s">
+        <v>4020</v>
+      </c>
+      <c r="L184" t="s">
+        <v>4021</v>
+      </c>
+      <c r="M184" t="s">
+        <v>4022</v>
+      </c>
+      <c r="N184" t="s">
+        <v>4023</v>
+      </c>
+      <c r="O184" t="s">
+        <v>4024</v>
+      </c>
+      <c r="P184" t="s">
+        <v>4025</v>
+      </c>
+      <c r="Q184" t="s">
+        <v>4026</v>
+      </c>
+      <c r="R184" t="s">
+        <v>4027</v>
+      </c>
+      <c r="S184" t="s">
+        <v>4028</v>
+      </c>
+      <c r="T184" t="s">
+        <v>4029</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B185" t="s">
+        <v>4030</v>
+      </c>
+      <c r="C185" t="s">
+        <v>13</v>
+      </c>
+      <c r="D185" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" t="s">
+        <v>4031</v>
+      </c>
+      <c r="F185" t="s">
+        <v>13</v>
+      </c>
+      <c r="G185" t="s">
+        <v>4032</v>
+      </c>
+      <c r="H185" t="s">
+        <v>4033</v>
+      </c>
+      <c r="I185" t="s">
+        <v>4034</v>
+      </c>
+      <c r="J185" t="s">
+        <v>2706</v>
+      </c>
+      <c r="K185" t="s">
+        <v>4035</v>
+      </c>
+      <c r="L185" t="s">
+        <v>4036</v>
+      </c>
+      <c r="M185" t="s">
+        <v>4037</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B186" t="s">
+        <v>4038</v>
+      </c>
+      <c r="C186" t="s">
+        <v>13</v>
+      </c>
+      <c r="D186" t="s">
+        <v>13</v>
+      </c>
+      <c r="E186" t="s">
+        <v>4039</v>
+      </c>
+      <c r="F186" t="s">
+        <v>13</v>
+      </c>
+      <c r="G186" t="s">
+        <v>4040</v>
+      </c>
+      <c r="H186" t="s">
+        <v>4041</v>
+      </c>
+      <c r="I186" t="s">
+        <v>4042</v>
+      </c>
+      <c r="J186" t="s">
+        <v>2247</v>
+      </c>
+      <c r="K186" t="s">
+        <v>4043</v>
+      </c>
+      <c r="L186" t="s">
+        <v>4044</v>
+      </c>
+      <c r="M186" t="s">
+        <v>4045</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B187" t="s">
+        <v>4046</v>
+      </c>
+      <c r="C187" t="s">
+        <v>13</v>
+      </c>
+      <c r="D187" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" t="s">
+        <v>4047</v>
+      </c>
+      <c r="F187" t="s">
+        <v>13</v>
+      </c>
+      <c r="G187" t="s">
+        <v>4048</v>
+      </c>
+      <c r="H187" t="s">
+        <v>4049</v>
+      </c>
+      <c r="I187" t="s">
+        <v>4050</v>
+      </c>
+      <c r="J187" t="s">
+        <v>2303</v>
+      </c>
+      <c r="K187" t="s">
+        <v>4051</v>
+      </c>
+      <c r="L187" t="s">
+        <v>4052</v>
+      </c>
+      <c r="M187" t="s">
+        <v>4053</v>
+      </c>
+      <c r="N187" t="s">
+        <v>4054</v>
+      </c>
+      <c r="O187" t="s">
+        <v>4055</v>
+      </c>
+      <c r="P187" t="s">
+        <v>4056</v>
+      </c>
+      <c r="Q187" t="s">
+        <v>4057</v>
+      </c>
+      <c r="R187" t="s">
+        <v>4058</v>
+      </c>
+      <c r="S187" t="s">
+        <v>4059</v>
+      </c>
+      <c r="T187" t="s">
+        <v>4060</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B188" t="s">
+        <v>4061</v>
+      </c>
+      <c r="C188" t="s">
+        <v>13</v>
+      </c>
+      <c r="D188" t="s">
+        <v>13</v>
+      </c>
+      <c r="E188" t="s">
+        <v>4062</v>
+      </c>
+      <c r="F188" t="s">
+        <v>13</v>
+      </c>
+      <c r="G188" t="s">
+        <v>4063</v>
+      </c>
+      <c r="H188" t="s">
+        <v>4064</v>
+      </c>
+      <c r="I188" t="s">
+        <v>4065</v>
+      </c>
+      <c r="J188" t="s">
+        <v>3757</v>
+      </c>
+      <c r="K188" t="s">
+        <v>4066</v>
+      </c>
+      <c r="L188" t="s">
+        <v>4067</v>
+      </c>
+      <c r="M188" t="s">
+        <v>4068</v>
+      </c>
+      <c r="N188" t="s">
+        <v>4069</v>
+      </c>
+      <c r="O188" t="s">
+        <v>4070</v>
+      </c>
+      <c r="P188" t="s">
+        <v>4071</v>
+      </c>
+      <c r="Q188" t="s">
+        <v>4072</v>
+      </c>
+      <c r="R188" t="s">
+        <v>4073</v>
+      </c>
+      <c r="S188" t="s">
+        <v>4074</v>
+      </c>
+      <c r="T188" t="s">
+        <v>4075</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B189" t="s">
+        <v>4076</v>
+      </c>
+      <c r="C189" t="s">
+        <v>13</v>
+      </c>
+      <c r="D189" t="s">
+        <v>13</v>
+      </c>
+      <c r="E189" t="s">
+        <v>4077</v>
+      </c>
+      <c r="F189" t="s">
+        <v>13</v>
+      </c>
+      <c r="G189" t="s">
+        <v>4078</v>
+      </c>
+      <c r="H189" t="s">
+        <v>4079</v>
+      </c>
+      <c r="I189" t="s">
+        <v>4080</v>
+      </c>
+      <c r="J189" t="s">
+        <v>2832</v>
+      </c>
+      <c r="K189" t="s">
+        <v>4081</v>
+      </c>
+      <c r="L189" t="s">
+        <v>4082</v>
+      </c>
+      <c r="M189" t="s">
+        <v>4083</v>
+      </c>
+      <c r="N189" t="s">
+        <v>4084</v>
+      </c>
+      <c r="O189" t="s">
+        <v>4085</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B190" t="s">
+        <v>4086</v>
+      </c>
+      <c r="C190" t="s">
+        <v>13</v>
+      </c>
+      <c r="D190" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" t="s">
+        <v>4087</v>
+      </c>
+      <c r="F190" t="s">
+        <v>13</v>
+      </c>
+      <c r="G190" t="s">
+        <v>4088</v>
+      </c>
+      <c r="H190" t="s">
+        <v>4089</v>
+      </c>
+      <c r="I190" t="s">
+        <v>4090</v>
+      </c>
+      <c r="J190" t="s">
+        <v>2224</v>
+      </c>
+      <c r="K190" t="s">
+        <v>4091</v>
+      </c>
+      <c r="L190" t="s">
+        <v>4092</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B191" t="s">
+        <v>4093</v>
+      </c>
+      <c r="C191" t="s">
+        <v>13</v>
+      </c>
+      <c r="D191" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" t="s">
+        <v>4094</v>
+      </c>
+      <c r="F191" t="s">
+        <v>13</v>
+      </c>
+      <c r="G191" t="s">
+        <v>4095</v>
+      </c>
+      <c r="H191" t="s">
+        <v>4096</v>
+      </c>
+      <c r="I191" t="s">
+        <v>4097</v>
+      </c>
+      <c r="J191" t="s">
+        <v>4098</v>
+      </c>
+      <c r="K191" t="s">
+        <v>4099</v>
+      </c>
+      <c r="L191" t="s">
+        <v>4100</v>
+      </c>
+      <c r="M191" t="s">
+        <v>4101</v>
+      </c>
+      <c r="N191" t="s">
+        <v>4102</v>
+      </c>
+      <c r="O191" t="s">
+        <v>4103</v>
+      </c>
+      <c r="P191" t="s">
+        <v>4104</v>
+      </c>
+      <c r="Q191" t="s">
+        <v>4105</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B192" t="s">
+        <v>4106</v>
+      </c>
+      <c r="C192" t="s">
+        <v>13</v>
+      </c>
+      <c r="D192" t="s">
+        <v>13</v>
+      </c>
+      <c r="E192" t="s">
+        <v>4107</v>
+      </c>
+      <c r="F192" t="s">
+        <v>13</v>
+      </c>
+      <c r="G192" t="s">
+        <v>4108</v>
+      </c>
+      <c r="H192" t="s">
+        <v>4109</v>
+      </c>
+      <c r="I192" t="s">
+        <v>4110</v>
+      </c>
+      <c r="J192" t="s">
+        <v>3937</v>
+      </c>
+      <c r="K192" t="s">
+        <v>4111</v>
+      </c>
+      <c r="L192" t="s">
+        <v>4112</v>
+      </c>
+      <c r="M192" t="s">
+        <v>4113</v>
+      </c>
+      <c r="N192" t="s">
+        <v>4114</v>
+      </c>
+      <c r="O192" t="s">
+        <v>4115</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B193" t="s">
+        <v>4116</v>
+      </c>
+      <c r="C193" t="s">
+        <v>13</v>
+      </c>
+      <c r="D193" t="s">
+        <v>13</v>
+      </c>
+      <c r="E193" t="s">
+        <v>4117</v>
+      </c>
+      <c r="F193" t="s">
+        <v>13</v>
+      </c>
+      <c r="G193" t="s">
+        <v>4118</v>
+      </c>
+      <c r="H193" t="s">
+        <v>4119</v>
+      </c>
+      <c r="I193" t="s">
+        <v>4120</v>
+      </c>
+      <c r="J193" t="s">
+        <v>3398</v>
+      </c>
+      <c r="K193" t="s">
+        <v>4121</v>
+      </c>
+      <c r="L193" t="s">
+        <v>4122</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B194" t="s">
+        <v>4123</v>
+      </c>
+      <c r="C194" t="s">
+        <v>13</v>
+      </c>
+      <c r="D194" t="s">
+        <v>13</v>
+      </c>
+      <c r="E194" t="s">
+        <v>4124</v>
+      </c>
+      <c r="F194" t="s">
+        <v>13</v>
+      </c>
+      <c r="G194" t="s">
+        <v>4125</v>
+      </c>
+      <c r="H194" t="s">
+        <v>4126</v>
+      </c>
+      <c r="I194" t="s">
+        <v>3823</v>
+      </c>
+      <c r="J194" t="s">
+        <v>3832</v>
+      </c>
+      <c r="K194" t="s">
+        <v>4127</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B195" t="s">
+        <v>4128</v>
+      </c>
+      <c r="C195" t="s">
+        <v>13</v>
+      </c>
+      <c r="D195" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" t="s">
+        <v>4129</v>
+      </c>
+      <c r="F195" t="s">
+        <v>13</v>
+      </c>
+      <c r="G195" t="s">
+        <v>4130</v>
+      </c>
+      <c r="H195" t="s">
+        <v>4131</v>
+      </c>
+      <c r="I195" t="s">
+        <v>4132</v>
+      </c>
+      <c r="J195" t="s">
+        <v>4133</v>
+      </c>
+      <c r="K195" t="s">
+        <v>4134</v>
+      </c>
+      <c r="L195" t="s">
+        <v>4135</v>
+      </c>
+      <c r="M195" t="s">
+        <v>4136</v>
+      </c>
+      <c r="N195" t="s">
+        <v>4137</v>
+      </c>
+      <c r="O195" t="s">
+        <v>4138</v>
+      </c>
+      <c r="P195" t="s">
+        <v>4139</v>
+      </c>
+      <c r="Q195" t="s">
+        <v>4140</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B196" t="s">
+        <v>4141</v>
+      </c>
+      <c r="C196" t="s">
+        <v>13</v>
+      </c>
+      <c r="D196" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" t="s">
+        <v>4142</v>
+      </c>
+      <c r="F196" t="s">
+        <v>13</v>
+      </c>
+      <c r="G196" t="s">
+        <v>4143</v>
+      </c>
+      <c r="H196" t="s">
+        <v>4144</v>
+      </c>
+      <c r="I196" t="s">
+        <v>4145</v>
+      </c>
+      <c r="J196" t="s">
+        <v>4146</v>
+      </c>
+      <c r="K196" t="s">
+        <v>4147</v>
+      </c>
+      <c r="L196" t="s">
+        <v>4148</v>
+      </c>
+      <c r="M196" t="s">
+        <v>4149</v>
+      </c>
+      <c r="N196" t="s">
+        <v>4150</v>
+      </c>
+      <c r="O196" t="s">
+        <v>4151</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B197" t="s">
+        <v>4152</v>
+      </c>
+      <c r="C197" t="s">
+        <v>13</v>
+      </c>
+      <c r="D197" t="s">
+        <v>13</v>
+      </c>
+      <c r="E197" t="s">
+        <v>4153</v>
+      </c>
+      <c r="F197" t="s">
+        <v>13</v>
+      </c>
+      <c r="G197" t="s">
+        <v>4154</v>
+      </c>
+      <c r="H197" t="s">
+        <v>4155</v>
+      </c>
+      <c r="I197" t="s">
+        <v>4156</v>
+      </c>
+      <c r="J197" t="s">
+        <v>3937</v>
+      </c>
+      <c r="K197" t="s">
+        <v>4157</v>
+      </c>
+      <c r="L197" t="s">
+        <v>4158</v>
+      </c>
+      <c r="M197" t="s">
+        <v>4159</v>
+      </c>
+      <c r="N197" t="s">
+        <v>4160</v>
+      </c>
+      <c r="O197" t="s">
+        <v>4161</v>
+      </c>
+      <c r="P197" t="s">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B198" t="s">
+        <v>4163</v>
+      </c>
+      <c r="C198" t="s">
+        <v>13</v>
+      </c>
+      <c r="D198" t="s">
+        <v>13</v>
+      </c>
+      <c r="E198" t="s">
+        <v>4164</v>
+      </c>
+      <c r="F198" t="s">
+        <v>13</v>
+      </c>
+      <c r="G198" t="s">
+        <v>4165</v>
+      </c>
+      <c r="H198" t="s">
+        <v>4166</v>
+      </c>
+      <c r="I198" t="s">
+        <v>4167</v>
+      </c>
+      <c r="J198" t="s">
+        <v>2496</v>
+      </c>
+      <c r="K198" t="s">
+        <v>4168</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B199" t="s">
+        <v>4169</v>
+      </c>
+      <c r="C199" t="s">
+        <v>13</v>
+      </c>
+      <c r="D199" t="s">
+        <v>13</v>
+      </c>
+      <c r="E199" t="s">
+        <v>4170</v>
+      </c>
+      <c r="F199" t="s">
+        <v>13</v>
+      </c>
+      <c r="G199" t="s">
+        <v>4171</v>
+      </c>
+      <c r="H199" t="s">
+        <v>4172</v>
+      </c>
+      <c r="I199" t="s">
+        <v>4173</v>
+      </c>
+      <c r="J199" t="s">
+        <v>4174</v>
+      </c>
+      <c r="K199" t="s">
+        <v>4175</v>
+      </c>
+      <c r="L199" t="s">
+        <v>4176</v>
+      </c>
+      <c r="M199" t="s">
+        <v>4177</v>
+      </c>
+      <c r="N199" t="s">
+        <v>4178</v>
+      </c>
+      <c r="O199" t="s">
+        <v>4179</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B200" t="s">
+        <v>4180</v>
+      </c>
+      <c r="C200" t="s">
+        <v>13</v>
+      </c>
+      <c r="D200" t="s">
+        <v>13</v>
+      </c>
+      <c r="E200" t="s">
+        <v>4181</v>
+      </c>
+      <c r="F200" t="s">
+        <v>13</v>
+      </c>
+      <c r="G200" t="s">
+        <v>4182</v>
+      </c>
+      <c r="H200" t="s">
+        <v>4183</v>
+      </c>
+      <c r="I200" t="s">
+        <v>4184</v>
+      </c>
+      <c r="J200" t="s">
+        <v>2413</v>
+      </c>
+      <c r="K200" t="s">
+        <v>4185</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B201" t="s">
+        <v>4186</v>
+      </c>
+      <c r="C201" t="s">
+        <v>13</v>
+      </c>
+      <c r="D201" t="s">
+        <v>13</v>
+      </c>
+      <c r="E201" t="s">
+        <v>4187</v>
+      </c>
+      <c r="F201" t="s">
+        <v>13</v>
+      </c>
+      <c r="G201" t="s">
+        <v>4188</v>
+      </c>
+      <c r="H201" t="s">
+        <v>4189</v>
+      </c>
+      <c r="I201" t="s">
+        <v>4190</v>
+      </c>
+      <c r="J201" t="s">
+        <v>2535</v>
+      </c>
+      <c r="K201" t="s">
+        <v>4191</v>
+      </c>
+      <c r="L201" t="s">
+        <v>4192</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B202" t="s">
+        <v>4193</v>
+      </c>
+      <c r="C202" t="s">
+        <v>13</v>
+      </c>
+      <c r="D202" t="s">
+        <v>13</v>
+      </c>
+      <c r="E202" t="s">
+        <v>4194</v>
+      </c>
+      <c r="F202" t="s">
+        <v>13</v>
+      </c>
+      <c r="G202" t="s">
+        <v>4195</v>
+      </c>
+      <c r="H202" t="s">
+        <v>4196</v>
+      </c>
+      <c r="I202" t="s">
+        <v>4197</v>
+      </c>
+      <c r="J202" t="s">
+        <v>2551</v>
+      </c>
+      <c r="K202" t="s">
+        <v>4198</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B203" t="s">
+        <v>4199</v>
+      </c>
+      <c r="C203" t="s">
+        <v>13</v>
+      </c>
+      <c r="D203" t="s">
+        <v>13</v>
+      </c>
+      <c r="E203" t="s">
+        <v>2320</v>
+      </c>
+      <c r="F203" t="s">
+        <v>13</v>
+      </c>
+      <c r="G203" t="s">
+        <v>4200</v>
+      </c>
+      <c r="H203" t="s">
+        <v>4201</v>
+      </c>
+      <c r="I203" t="s">
+        <v>4202</v>
+      </c>
+      <c r="J203" t="s">
+        <v>4133</v>
+      </c>
+      <c r="K203" t="s">
+        <v>4203</v>
+      </c>
+      <c r="L203" t="s">
+        <v>4204</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B204" t="s">
+        <v>4205</v>
+      </c>
+      <c r="C204" t="s">
+        <v>13</v>
+      </c>
+      <c r="D204" t="s">
+        <v>13</v>
+      </c>
+      <c r="E204" t="s">
+        <v>2320</v>
+      </c>
+      <c r="F204" t="s">
+        <v>13</v>
+      </c>
+      <c r="G204" t="s">
+        <v>4206</v>
+      </c>
+      <c r="H204" t="s">
+        <v>4207</v>
+      </c>
+      <c r="I204" t="s">
+        <v>4208</v>
+      </c>
+      <c r="J204" t="s">
+        <v>2845</v>
+      </c>
+      <c r="K204" t="s">
+        <v>4209</v>
+      </c>
+      <c r="L204" t="s">
+        <v>4210</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B205" t="s">
+        <v>4211</v>
+      </c>
+      <c r="C205" t="s">
+        <v>13</v>
+      </c>
+      <c r="D205" t="s">
+        <v>13</v>
+      </c>
+      <c r="E205" t="s">
+        <v>2320</v>
+      </c>
+      <c r="F205" t="s">
+        <v>13</v>
+      </c>
+      <c r="G205" t="s">
+        <v>4212</v>
+      </c>
+      <c r="H205" t="s">
+        <v>4213</v>
+      </c>
+      <c r="I205" t="s">
+        <v>4214</v>
+      </c>
+      <c r="J205" t="s">
+        <v>3277</v>
+      </c>
+      <c r="K205" t="s">
+        <v>4215</v>
+      </c>
+      <c r="L205" t="s">
+        <v>4216</v>
+      </c>
+      <c r="M205" t="s">
+        <v>4217</v>
+      </c>
+      <c r="N205" t="s">
+        <v>4218</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B206" t="s">
+        <v>4219</v>
+      </c>
+      <c r="C206" t="s">
+        <v>13</v>
+      </c>
+      <c r="D206" t="s">
+        <v>13</v>
+      </c>
+      <c r="E206" t="s">
+        <v>4220</v>
+      </c>
+      <c r="F206" t="s">
+        <v>13</v>
+      </c>
+      <c r="G206" t="s">
+        <v>4221</v>
+      </c>
+      <c r="H206" t="s">
+        <v>4222</v>
+      </c>
+      <c r="I206" t="s">
+        <v>4223</v>
+      </c>
+      <c r="J206" t="s">
+        <v>4224</v>
+      </c>
+      <c r="K206" t="s">
+        <v>4225</v>
+      </c>
+      <c r="L206" t="s">
+        <v>4226</v>
+      </c>
+      <c r="M206" t="s">
+        <v>4227</v>
+      </c>
+      <c r="N206" t="s">
+        <v>4228</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B207" t="s">
+        <v>4229</v>
+      </c>
+      <c r="C207" t="s">
+        <v>13</v>
+      </c>
+      <c r="D207" t="s">
+        <v>13</v>
+      </c>
+      <c r="E207" t="s">
+        <v>4220</v>
+      </c>
+      <c r="F207" t="s">
+        <v>13</v>
+      </c>
+      <c r="G207" t="s">
+        <v>4230</v>
+      </c>
+      <c r="H207" t="s">
+        <v>4231</v>
+      </c>
+      <c r="I207" t="s">
+        <v>4232</v>
+      </c>
+      <c r="J207" t="s">
+        <v>2832</v>
+      </c>
+      <c r="K207" t="s">
+        <v>4233</v>
+      </c>
+      <c r="L207" t="s">
+        <v>4234</v>
+      </c>
+      <c r="M207" t="s">
+        <v>4235</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B208" t="s">
+        <v>4236</v>
+      </c>
+      <c r="C208" t="s">
+        <v>13</v>
+      </c>
+      <c r="D208" t="s">
+        <v>13</v>
+      </c>
+      <c r="E208" t="s">
+        <v>4237</v>
+      </c>
+      <c r="F208" t="s">
+        <v>13</v>
+      </c>
+      <c r="G208" t="s">
+        <v>4238</v>
+      </c>
+      <c r="H208" t="s">
+        <v>4239</v>
+      </c>
+      <c r="I208" t="s">
+        <v>3083</v>
+      </c>
+      <c r="J208" t="s">
+        <v>4240</v>
+      </c>
+      <c r="K208" t="s">
+        <v>4241</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B209" t="s">
+        <v>4242</v>
+      </c>
+      <c r="C209" t="s">
+        <v>13</v>
+      </c>
+      <c r="D209" t="s">
+        <v>13</v>
+      </c>
+      <c r="E209" t="s">
+        <v>4243</v>
+      </c>
+      <c r="F209" t="s">
+        <v>13</v>
+      </c>
+      <c r="G209" t="s">
+        <v>4244</v>
+      </c>
+      <c r="H209" t="s">
+        <v>4245</v>
+      </c>
+      <c r="I209" t="s">
+        <v>4246</v>
+      </c>
+      <c r="J209" t="s">
+        <v>4247</v>
+      </c>
+      <c r="K209" t="s">
+        <v>4248</v>
+      </c>
+      <c r="L209" t="s">
+        <v>4249</v>
+      </c>
+      <c r="M209" t="s">
+        <v>4250</v>
+      </c>
+      <c r="N209" t="s">
+        <v>4251</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B210" t="s">
+        <v>4252</v>
+      </c>
+      <c r="C210" t="s">
+        <v>13</v>
+      </c>
+      <c r="D210" t="s">
+        <v>13</v>
+      </c>
+      <c r="E210" t="s">
+        <v>4253</v>
+      </c>
+      <c r="F210" t="s">
+        <v>13</v>
+      </c>
+      <c r="G210" t="s">
+        <v>4254</v>
+      </c>
+      <c r="H210" t="s">
+        <v>4255</v>
+      </c>
+      <c r="I210" t="s">
+        <v>4256</v>
+      </c>
+      <c r="J210" t="s">
+        <v>4257</v>
+      </c>
+      <c r="K210" t="s">
+        <v>4258</v>
+      </c>
+      <c r="L210" t="s">
+        <v>4259</v>
+      </c>
+      <c r="M210" t="s">
+        <v>4260</v>
+      </c>
+      <c r="N210" t="s">
+        <v>4261</v>
+      </c>
+      <c r="O210" t="s">
+        <v>4262</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B211" t="s">
+        <v>4263</v>
+      </c>
+      <c r="C211" t="s">
+        <v>13</v>
+      </c>
+      <c r="D211" t="s">
+        <v>13</v>
+      </c>
+      <c r="E211" t="s">
+        <v>4264</v>
+      </c>
+      <c r="F211" t="s">
+        <v>13</v>
+      </c>
+      <c r="G211" t="s">
+        <v>4265</v>
+      </c>
+      <c r="H211" t="s">
+        <v>4266</v>
+      </c>
+      <c r="I211" t="s">
+        <v>4267</v>
+      </c>
+      <c r="J211" t="s">
+        <v>4268</v>
+      </c>
+      <c r="K211" t="s">
+        <v>4269</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B212" t="s">
+        <v>4270</v>
+      </c>
+      <c r="C212" t="s">
+        <v>13</v>
+      </c>
+      <c r="D212" t="s">
+        <v>13</v>
+      </c>
+      <c r="E212" t="s">
+        <v>4271</v>
+      </c>
+      <c r="F212" t="s">
+        <v>13</v>
+      </c>
+      <c r="G212" t="s">
+        <v>4272</v>
+      </c>
+      <c r="H212" t="s">
+        <v>4273</v>
+      </c>
+      <c r="I212" t="s">
+        <v>4274</v>
+      </c>
+      <c r="J212" t="s">
+        <v>2570</v>
+      </c>
+      <c r="K212" t="s">
+        <v>4275</v>
+      </c>
+      <c r="L212" t="s">
+        <v>4276</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B213" t="s">
+        <v>4277</v>
+      </c>
+      <c r="C213" t="s">
+        <v>13</v>
+      </c>
+      <c r="D213" t="s">
+        <v>13</v>
+      </c>
+      <c r="E213" t="s">
+        <v>4278</v>
+      </c>
+      <c r="F213" t="s">
+        <v>13</v>
+      </c>
+      <c r="G213" t="s">
+        <v>4279</v>
+      </c>
+      <c r="H213" t="s">
+        <v>4280</v>
+      </c>
+      <c r="I213" t="s">
+        <v>4281</v>
+      </c>
+      <c r="J213" t="s">
+        <v>3416</v>
+      </c>
+      <c r="K213" t="s">
+        <v>4282</v>
+      </c>
+      <c r="L213" t="s">
+        <v>4283</v>
+      </c>
+      <c r="M213" t="s">
+        <v>4284</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B214" t="s">
+        <v>4285</v>
+      </c>
+      <c r="C214" t="s">
+        <v>13</v>
+      </c>
+      <c r="D214" t="s">
+        <v>13</v>
+      </c>
+      <c r="E214" t="s">
+        <v>4286</v>
+      </c>
+      <c r="F214" t="s">
+        <v>13</v>
+      </c>
+      <c r="G214" t="s">
+        <v>4287</v>
+      </c>
+      <c r="H214" t="s">
+        <v>4288</v>
+      </c>
+      <c r="I214" t="s">
+        <v>4289</v>
+      </c>
+      <c r="J214" t="s">
+        <v>3084</v>
+      </c>
+      <c r="K214" t="s">
+        <v>4290</v>
+      </c>
+      <c r="L214" t="s">
+        <v>4291</v>
+      </c>
+      <c r="M214" t="s">
+        <v>4292</v>
+      </c>
+      <c r="N214" t="s">
+        <v>4293</v>
+      </c>
+      <c r="O214" t="s">
+        <v>4294</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B215" t="s">
+        <v>4295</v>
+      </c>
+      <c r="C215" t="s">
+        <v>13</v>
+      </c>
+      <c r="D215" t="s">
+        <v>13</v>
+      </c>
+      <c r="E215" t="s">
+        <v>4296</v>
+      </c>
+      <c r="F215" t="s">
+        <v>13</v>
+      </c>
+      <c r="G215" t="s">
+        <v>4297</v>
+      </c>
+      <c r="H215" t="s">
+        <v>4298</v>
+      </c>
+      <c r="I215" t="s">
+        <v>4299</v>
+      </c>
+      <c r="J215" t="s">
+        <v>2803</v>
+      </c>
+      <c r="K215" t="s">
+        <v>4300</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B216" t="s">
+        <v>4301</v>
+      </c>
+      <c r="C216" t="s">
+        <v>13</v>
+      </c>
+      <c r="D216" t="s">
+        <v>13</v>
+      </c>
+      <c r="E216" t="s">
+        <v>4302</v>
+      </c>
+      <c r="F216" t="s">
+        <v>13</v>
+      </c>
+      <c r="G216" t="s">
+        <v>4303</v>
+      </c>
+      <c r="H216" t="s">
+        <v>4304</v>
+      </c>
+      <c r="I216" t="s">
+        <v>4305</v>
+      </c>
+      <c r="J216" t="s">
+        <v>4306</v>
+      </c>
+      <c r="K216" t="s">
+        <v>4307</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B217" t="s">
+        <v>4308</v>
+      </c>
+      <c r="C217" t="s">
+        <v>13</v>
+      </c>
+      <c r="D217" t="s">
+        <v>13</v>
+      </c>
+      <c r="E217" t="s">
+        <v>4309</v>
+      </c>
+      <c r="F217" t="s">
+        <v>13</v>
+      </c>
+      <c r="G217" t="s">
+        <v>4310</v>
+      </c>
+      <c r="H217" t="s">
+        <v>4311</v>
+      </c>
+      <c r="I217" t="s">
+        <v>4312</v>
+      </c>
+      <c r="J217" t="s">
+        <v>4313</v>
+      </c>
+      <c r="K217" t="s">
+        <v>4314</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B218" t="s">
+        <v>4315</v>
+      </c>
+      <c r="C218" t="s">
+        <v>13</v>
+      </c>
+      <c r="D218" t="s">
+        <v>13</v>
+      </c>
+      <c r="E218" t="s">
+        <v>4316</v>
+      </c>
+      <c r="F218" t="s">
+        <v>13</v>
+      </c>
+      <c r="G218" t="s">
+        <v>4317</v>
+      </c>
+      <c r="H218" t="s">
+        <v>4318</v>
+      </c>
+      <c r="I218" t="s">
+        <v>4319</v>
+      </c>
+      <c r="J218" t="s">
+        <v>2945</v>
+      </c>
+      <c r="K218" t="s">
+        <v>4320</v>
+      </c>
+      <c r="L218" t="s">
+        <v>4321</v>
+      </c>
+      <c r="M218" t="s">
+        <v>4322</v>
+      </c>
+      <c r="N218" t="s">
+        <v>4323</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B219" t="s">
+        <v>4324</v>
+      </c>
+      <c r="C219" t="s">
+        <v>13</v>
+      </c>
+      <c r="D219" t="s">
+        <v>13</v>
+      </c>
+      <c r="E219" t="s">
+        <v>4325</v>
+      </c>
+      <c r="F219" t="s">
+        <v>13</v>
+      </c>
+      <c r="G219" t="s">
+        <v>4326</v>
+      </c>
+      <c r="H219" t="s">
+        <v>4327</v>
+      </c>
+      <c r="I219" t="s">
+        <v>4328</v>
+      </c>
+      <c r="J219" t="s">
+        <v>4329</v>
+      </c>
+      <c r="K219" t="s">
+        <v>4330</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B220" t="s">
+        <v>4331</v>
+      </c>
+      <c r="C220" t="s">
+        <v>13</v>
+      </c>
+      <c r="D220" t="s">
+        <v>13</v>
+      </c>
+      <c r="E220" t="s">
+        <v>4332</v>
+      </c>
+      <c r="F220" t="s">
+        <v>13</v>
+      </c>
+      <c r="G220" t="s">
+        <v>4333</v>
+      </c>
+      <c r="H220" t="s">
+        <v>4334</v>
+      </c>
+      <c r="I220" t="s">
+        <v>4335</v>
+      </c>
+      <c r="J220" t="s">
+        <v>4336</v>
+      </c>
+      <c r="K220" t="s">
+        <v>4337</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B221" t="s">
+        <v>4338</v>
+      </c>
+      <c r="C221" t="s">
+        <v>13</v>
+      </c>
+      <c r="D221" t="s">
+        <v>13</v>
+      </c>
+      <c r="E221" t="s">
+        <v>4339</v>
+      </c>
+      <c r="F221" t="s">
+        <v>13</v>
+      </c>
+      <c r="G221" t="s">
+        <v>4340</v>
+      </c>
+      <c r="H221" t="s">
+        <v>4341</v>
+      </c>
+      <c r="I221" t="s">
+        <v>4342</v>
+      </c>
+      <c r="J221" t="s">
+        <v>4343</v>
+      </c>
+      <c r="K221" t="s">
+        <v>4344</v>
+      </c>
+      <c r="L221" t="s">
+        <v>4345</v>
+      </c>
+      <c r="M221" t="s">
+        <v>4346</v>
+      </c>
+      <c r="N221" t="s">
+        <v>4347</v>
+      </c>
+      <c r="O221" t="s">
+        <v>4348</v>
+      </c>
+      <c r="P221" t="s">
+        <v>4349</v>
+      </c>
+      <c r="Q221" t="s">
+        <v>4350</v>
+      </c>
+      <c r="R221" t="s">
+        <v>4351</v>
+      </c>
+      <c r="S221" t="s">
+        <v>4352</v>
+      </c>
+      <c r="T221" t="s">
+        <v>4353</v>
+      </c>
+      <c r="U221" t="s">
+        <v>4354</v>
+      </c>
+      <c r="V221" t="s">
+        <v>4355</v>
+      </c>
+      <c r="W221" t="s">
+        <v>4356</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B222" t="s">
+        <v>4357</v>
+      </c>
+      <c r="C222" t="s">
+        <v>13</v>
+      </c>
+      <c r="D222" t="s">
+        <v>13</v>
+      </c>
+      <c r="E222" t="s">
+        <v>4358</v>
+      </c>
+      <c r="F222" t="s">
+        <v>13</v>
+      </c>
+      <c r="G222" t="s">
+        <v>4359</v>
+      </c>
+      <c r="H222" t="s">
+        <v>4360</v>
+      </c>
+      <c r="I222" t="s">
+        <v>4361</v>
+      </c>
+      <c r="J222" t="s">
+        <v>4362</v>
+      </c>
+      <c r="K222" t="s">
+        <v>4363</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B223" t="s">
+        <v>4364</v>
+      </c>
+      <c r="C223" t="s">
+        <v>13</v>
+      </c>
+      <c r="D223" t="s">
+        <v>13</v>
+      </c>
+      <c r="E223" t="s">
+        <v>4365</v>
+      </c>
+      <c r="F223" t="s">
+        <v>13</v>
+      </c>
+      <c r="G223" t="s">
+        <v>4366</v>
+      </c>
+      <c r="H223" t="s">
+        <v>4367</v>
+      </c>
+      <c r="I223" t="s">
+        <v>4368</v>
+      </c>
+      <c r="J223" t="s">
+        <v>3259</v>
+      </c>
+      <c r="K223" t="s">
+        <v>4369</v>
+      </c>
+      <c r="L223" t="s">
+        <v>4370</v>
+      </c>
+      <c r="M223" t="s">
+        <v>4371</v>
+      </c>
+      <c r="N223" t="s">
+        <v>4372</v>
+      </c>
+      <c r="O223" t="s">
+        <v>4373</v>
+      </c>
+      <c r="P223" t="s">
+        <v>4374</v>
+      </c>
+      <c r="Q223" t="s">
+        <v>4375</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B224" t="s">
+        <v>4376</v>
+      </c>
+      <c r="C224" t="s">
+        <v>13</v>
+      </c>
+      <c r="D224" t="s">
+        <v>13</v>
+      </c>
+      <c r="E224" t="s">
+        <v>4377</v>
+      </c>
+      <c r="F224" t="s">
+        <v>13</v>
+      </c>
+      <c r="G224" t="s">
+        <v>4378</v>
+      </c>
+      <c r="H224" t="s">
+        <v>4379</v>
+      </c>
+      <c r="I224" t="s">
+        <v>4380</v>
+      </c>
+      <c r="J224" t="s">
+        <v>4257</v>
+      </c>
+      <c r="K224" t="s">
+        <v>4381</v>
+      </c>
+      <c r="L224" t="s">
+        <v>4382</v>
+      </c>
+      <c r="M224" t="s">
+        <v>4383</v>
+      </c>
+      <c r="N224" t="s">
+        <v>4384</v>
+      </c>
+      <c r="O224" t="s">
+        <v>4385</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B225" t="s">
+        <v>4386</v>
+      </c>
+      <c r="C225" t="s">
+        <v>13</v>
+      </c>
+      <c r="D225" t="s">
+        <v>13</v>
+      </c>
+      <c r="E225" t="s">
+        <v>4387</v>
+      </c>
+      <c r="F225" t="s">
+        <v>13</v>
+      </c>
+      <c r="G225" t="s">
+        <v>4388</v>
+      </c>
+      <c r="H225" t="s">
+        <v>4389</v>
+      </c>
+      <c r="I225" t="s">
+        <v>4390</v>
+      </c>
+      <c r="J225" t="s">
+        <v>4391</v>
+      </c>
+      <c r="K225" t="s">
+        <v>4392</v>
+      </c>
+      <c r="L225" t="s">
+        <v>4393</v>
+      </c>
+      <c r="M225" t="s">
+        <v>4394</v>
+      </c>
+      <c r="N225" t="s">
+        <v>4395</v>
+      </c>
+      <c r="O225" t="s">
+        <v>4396</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B226" t="s">
+        <v>4397</v>
+      </c>
+      <c r="C226" t="s">
+        <v>13</v>
+      </c>
+      <c r="D226" t="s">
+        <v>13</v>
+      </c>
+      <c r="E226" t="s">
+        <v>4398</v>
+      </c>
+      <c r="F226" t="s">
+        <v>13</v>
+      </c>
+      <c r="G226" t="s">
+        <v>4399</v>
+      </c>
+      <c r="H226" t="s">
+        <v>4400</v>
+      </c>
+      <c r="I226" t="s">
+        <v>3326</v>
+      </c>
+      <c r="J226" t="s">
+        <v>2706</v>
+      </c>
+      <c r="K226" t="s">
+        <v>4401</v>
+      </c>
+      <c r="L226" t="s">
+        <v>4402</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B227" t="s">
+        <v>4403</v>
+      </c>
+      <c r="C227" t="s">
+        <v>13</v>
+      </c>
+      <c r="D227" t="s">
+        <v>13</v>
+      </c>
+      <c r="E227" t="s">
+        <v>4404</v>
+      </c>
+      <c r="F227" t="s">
+        <v>13</v>
+      </c>
+      <c r="G227" t="s">
+        <v>4405</v>
+      </c>
+      <c r="H227" t="s">
+        <v>4406</v>
+      </c>
+      <c r="I227" t="s">
+        <v>4407</v>
+      </c>
+      <c r="J227" t="s">
+        <v>4408</v>
+      </c>
+      <c r="K227" t="s">
+        <v>4409</v>
+      </c>
+      <c r="L227" t="s">
+        <v>4410</v>
+      </c>
+      <c r="M227" t="s">
+        <v>4411</v>
+      </c>
+      <c r="N227" t="s">
+        <v>4412</v>
+      </c>
+      <c r="O227" t="s">
+        <v>4413</v>
+      </c>
+      <c r="P227" t="s">
+        <v>4414</v>
+      </c>
+      <c r="Q227" t="s">
+        <v>4415</v>
+      </c>
+      <c r="R227" t="s">
+        <v>4416</v>
+      </c>
+      <c r="S227" t="s">
+        <v>4417</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B228" t="s">
+        <v>4418</v>
+      </c>
+      <c r="C228" t="s">
+        <v>13</v>
+      </c>
+      <c r="D228" t="s">
+        <v>13</v>
+      </c>
+      <c r="E228" t="s">
+        <v>4419</v>
+      </c>
+      <c r="F228" t="s">
+        <v>13</v>
+      </c>
+      <c r="G228" t="s">
+        <v>4420</v>
+      </c>
+      <c r="H228" t="s">
+        <v>4421</v>
+      </c>
+      <c r="I228" t="s">
+        <v>4422</v>
+      </c>
+      <c r="J228" t="s">
+        <v>4224</v>
+      </c>
+      <c r="K228" t="s">
+        <v>4423</v>
+      </c>
+      <c r="L228" t="s">
+        <v>4424</v>
+      </c>
+      <c r="M228" t="s">
+        <v>4425</v>
+      </c>
+      <c r="N228" t="s">
+        <v>4426</v>
+      </c>
+      <c r="O228" t="s">
+        <v>4427</v>
+      </c>
+      <c r="P228" t="s">
+        <v>4428</v>
+      </c>
+      <c r="Q228" t="s">
+        <v>4429</v>
+      </c>
+      <c r="R228" t="s">
+        <v>4430</v>
+      </c>
+      <c r="S228" t="s">
+        <v>4431</v>
+      </c>
+      <c r="T228" t="s">
+        <v>4432</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B229" t="s">
+        <v>4433</v>
+      </c>
+      <c r="C229" t="s">
+        <v>13</v>
+      </c>
+      <c r="D229" t="s">
+        <v>13</v>
+      </c>
+      <c r="E229" t="s">
+        <v>4434</v>
+      </c>
+      <c r="F229" t="s">
+        <v>13</v>
+      </c>
+      <c r="G229" t="s">
+        <v>4435</v>
+      </c>
+      <c r="H229" t="s">
+        <v>4436</v>
+      </c>
+      <c r="I229" t="s">
+        <v>4437</v>
+      </c>
+      <c r="J229" t="s">
+        <v>4438</v>
+      </c>
+      <c r="K229" t="s">
+        <v>4439</v>
+      </c>
+      <c r="L229" t="s">
+        <v>4440</v>
+      </c>
+      <c r="M229" t="s">
+        <v>4441</v>
+      </c>
+      <c r="N229" t="s">
+        <v>4442</v>
+      </c>
+      <c r="O229" t="s">
+        <v>4443</v>
+      </c>
+      <c r="P229" t="s">
+        <v>4444</v>
+      </c>
+      <c r="Q229" t="s">
+        <v>4445</v>
+      </c>
+      <c r="R229" t="s">
+        <v>4446</v>
+      </c>
+      <c r="S229" t="s">
+        <v>4447</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B230" t="s">
+        <v>4448</v>
+      </c>
+      <c r="C230" t="s">
+        <v>13</v>
+      </c>
+      <c r="D230" t="s">
+        <v>13</v>
+      </c>
+      <c r="E230" t="s">
+        <v>4449</v>
+      </c>
+      <c r="F230" t="s">
+        <v>13</v>
+      </c>
+      <c r="G230" t="s">
+        <v>4450</v>
+      </c>
+      <c r="H230" t="s">
+        <v>4451</v>
+      </c>
+      <c r="I230" t="s">
+        <v>3183</v>
+      </c>
+      <c r="J230" t="s">
+        <v>4452</v>
+      </c>
+      <c r="K230" t="s">
+        <v>4453</v>
+      </c>
+      <c r="L230" t="s">
+        <v>4454</v>
+      </c>
+      <c r="M230" t="s">
+        <v>4455</v>
+      </c>
+      <c r="N230" t="s">
+        <v>4456</v>
+      </c>
+      <c r="O230" t="s">
+        <v>4457</v>
+      </c>
+      <c r="P230" t="s">
+        <v>4458</v>
+      </c>
+      <c r="Q230" t="s">
+        <v>4459</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B231" t="s">
+        <v>4460</v>
+      </c>
+      <c r="C231" t="s">
+        <v>13</v>
+      </c>
+      <c r="D231" t="s">
+        <v>13</v>
+      </c>
+      <c r="E231" t="s">
+        <v>4461</v>
+      </c>
+      <c r="F231" t="s">
+        <v>13</v>
+      </c>
+      <c r="G231" t="s">
+        <v>4462</v>
+      </c>
+      <c r="H231" t="s">
+        <v>4463</v>
+      </c>
+      <c r="I231" t="s">
+        <v>4464</v>
+      </c>
+      <c r="J231" t="s">
+        <v>4438</v>
+      </c>
+      <c r="K231" t="s">
+        <v>4465</v>
+      </c>
+      <c r="L231" t="s">
+        <v>4466</v>
+      </c>
+      <c r="M231" t="s">
+        <v>4467</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B232" t="s">
+        <v>4468</v>
+      </c>
+      <c r="C232" t="s">
+        <v>13</v>
+      </c>
+      <c r="D232" t="s">
+        <v>13</v>
+      </c>
+      <c r="E232" t="s">
+        <v>4469</v>
+      </c>
+      <c r="F232" t="s">
+        <v>13</v>
+      </c>
+      <c r="G232" t="s">
+        <v>4470</v>
+      </c>
+      <c r="H232" t="s">
+        <v>4471</v>
+      </c>
+      <c r="I232" t="s">
+        <v>4472</v>
+      </c>
+      <c r="J232" t="s">
+        <v>2560</v>
+      </c>
+      <c r="K232" t="s">
+        <v>4473</v>
+      </c>
+      <c r="L232" t="s">
+        <v>4474</v>
+      </c>
+      <c r="M232" t="s">
+        <v>4475</v>
+      </c>
+      <c r="N232" t="s">
+        <v>4476</v>
+      </c>
+      <c r="O232" t="s">
+        <v>4477</v>
+      </c>
+      <c r="P232" t="s">
+        <v>4478</v>
+      </c>
+      <c r="Q232" t="s">
+        <v>4479</v>
+      </c>
+      <c r="R232" t="s">
+        <v>4480</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B233" t="s">
+        <v>4481</v>
+      </c>
+      <c r="C233" t="s">
+        <v>13</v>
+      </c>
+      <c r="D233" t="s">
+        <v>13</v>
+      </c>
+      <c r="E233" t="s">
+        <v>4482</v>
+      </c>
+      <c r="F233" t="s">
+        <v>13</v>
+      </c>
+      <c r="G233" t="s">
+        <v>4483</v>
+      </c>
+      <c r="H233" t="s">
+        <v>4484</v>
+      </c>
+      <c r="I233" t="s">
+        <v>4485</v>
+      </c>
+      <c r="J233" t="s">
+        <v>3652</v>
+      </c>
+      <c r="K233" t="s">
+        <v>4486</v>
+      </c>
+      <c r="L233" t="s">
+        <v>4487</v>
+      </c>
+      <c r="M233" t="s">
+        <v>4488</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B234" t="s">
+        <v>4489</v>
+      </c>
+      <c r="C234" t="s">
+        <v>13</v>
+      </c>
+      <c r="D234" t="s">
+        <v>13</v>
+      </c>
+      <c r="E234" t="s">
+        <v>4490</v>
+      </c>
+      <c r="F234" t="s">
+        <v>13</v>
+      </c>
+      <c r="G234" t="s">
+        <v>4491</v>
+      </c>
+      <c r="H234" t="s">
+        <v>4492</v>
+      </c>
+      <c r="I234" t="s">
+        <v>4493</v>
+      </c>
+      <c r="J234" t="s">
+        <v>2832</v>
+      </c>
+      <c r="K234" t="s">
+        <v>4494</v>
+      </c>
+      <c r="L234" t="s">
+        <v>4495</v>
+      </c>
+      <c r="M234" t="s">
+        <v>4496</v>
+      </c>
+      <c r="N234" t="s">
+        <v>4497</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B235" t="s">
+        <v>4498</v>
+      </c>
+      <c r="C235" t="s">
+        <v>13</v>
+      </c>
+      <c r="D235" t="s">
+        <v>13</v>
+      </c>
+      <c r="E235" t="s">
+        <v>4499</v>
+      </c>
+      <c r="F235" t="s">
+        <v>13</v>
+      </c>
+      <c r="G235" t="s">
+        <v>4500</v>
+      </c>
+      <c r="H235" t="s">
+        <v>4501</v>
+      </c>
+      <c r="I235" t="s">
+        <v>4502</v>
+      </c>
+      <c r="J235" t="s">
+        <v>4503</v>
+      </c>
+      <c r="K235" t="s">
+        <v>4504</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B236" t="s">
+        <v>4505</v>
+      </c>
+      <c r="C236" t="s">
+        <v>13</v>
+      </c>
+      <c r="D236" t="s">
+        <v>13</v>
+      </c>
+      <c r="E236" t="s">
+        <v>4506</v>
+      </c>
+      <c r="F236" t="s">
+        <v>13</v>
+      </c>
+      <c r="G236" t="s">
+        <v>4507</v>
+      </c>
+      <c r="H236" t="s">
+        <v>4508</v>
+      </c>
+      <c r="I236" t="s">
+        <v>4509</v>
+      </c>
+      <c r="J236" t="s">
+        <v>2266</v>
+      </c>
+      <c r="K236" t="s">
+        <v>4510</v>
+      </c>
+      <c r="L236" t="s">
+        <v>4511</v>
+      </c>
+      <c r="M236" t="s">
+        <v>4512</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B237" t="s">
+        <v>4513</v>
+      </c>
+      <c r="C237" t="s">
+        <v>13</v>
+      </c>
+      <c r="D237" t="s">
+        <v>13</v>
+      </c>
+      <c r="E237" t="s">
+        <v>4514</v>
+      </c>
+      <c r="F237" t="s">
+        <v>13</v>
+      </c>
+      <c r="G237" t="s">
+        <v>4515</v>
+      </c>
+      <c r="H237" t="s">
+        <v>4516</v>
+      </c>
+      <c r="I237" t="s">
+        <v>4517</v>
+      </c>
+      <c r="J237" t="s">
+        <v>4257</v>
+      </c>
+      <c r="K237" t="s">
+        <v>4518</v>
+      </c>
+      <c r="L237" t="s">
+        <v>4519</v>
+      </c>
+      <c r="M237" t="s">
+        <v>4520</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B238" t="s">
+        <v>4521</v>
+      </c>
+      <c r="C238" t="s">
+        <v>13</v>
+      </c>
+      <c r="D238" t="s">
+        <v>13</v>
+      </c>
+      <c r="E238" t="s">
+        <v>4522</v>
+      </c>
+      <c r="F238" t="s">
+        <v>13</v>
+      </c>
+      <c r="G238" t="s">
+        <v>4523</v>
+      </c>
+      <c r="H238" t="s">
+        <v>4524</v>
+      </c>
+      <c r="I238" t="s">
+        <v>4525</v>
+      </c>
+      <c r="J238" t="s">
+        <v>4005</v>
+      </c>
+      <c r="K238" t="s">
+        <v>4526</v>
+      </c>
+      <c r="L238" t="s">
+        <v>4527</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B239" t="s">
+        <v>4528</v>
+      </c>
+      <c r="C239" t="s">
+        <v>13</v>
+      </c>
+      <c r="D239" t="s">
+        <v>13</v>
+      </c>
+      <c r="E239" t="s">
+        <v>4529</v>
+      </c>
+      <c r="F239" t="s">
+        <v>13</v>
+      </c>
+      <c r="G239" t="s">
+        <v>4530</v>
+      </c>
+      <c r="H239" t="s">
+        <v>4531</v>
+      </c>
+      <c r="I239" t="s">
+        <v>4532</v>
+      </c>
+      <c r="J239" t="s">
+        <v>4533</v>
+      </c>
+      <c r="K239" t="s">
+        <v>4534</v>
+      </c>
+      <c r="L239" t="s">
+        <v>4535</v>
+      </c>
+      <c r="M239" t="s">
+        <v>4536</v>
+      </c>
+      <c r="N239" t="s">
+        <v>4537</v>
+      </c>
+      <c r="O239" t="s">
+        <v>4538</v>
+      </c>
+      <c r="P239" t="s">
+        <v>4539</v>
+      </c>
+      <c r="Q239" t="s">
+        <v>4540</v>
+      </c>
+      <c r="R239" t="s">
+        <v>4541</v>
+      </c>
+      <c r="S239" t="s">
+        <v>4542</v>
+      </c>
+      <c r="T239" t="s">
+        <v>4543</v>
+      </c>
+      <c r="U239" t="s">
+        <v>4544</v>
+      </c>
+      <c r="V239" t="s">
+        <v>4545</v>
+      </c>
+      <c r="W239" t="s">
+        <v>4546</v>
+      </c>
+      <c r="X239" t="s">
+        <v>4547</v>
+      </c>
+      <c r="Y239" t="s">
+        <v>4548</v>
+      </c>
+      <c r="Z239" t="s">
+        <v>4549</v>
+      </c>
+      <c r="AA239" t="s">
+        <v>4550</v>
+      </c>
+      <c r="AB239" t="s">
+        <v>4551</v>
+      </c>
+      <c r="AC239" t="s">
+        <v>4552</v>
+      </c>
+      <c r="AD239" t="s">
+        <v>4553</v>
+      </c>
+      <c r="AE239" t="s">
+        <v>4554</v>
+      </c>
+      <c r="AF239" t="s">
+        <v>4555</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B240" t="s">
+        <v>4556</v>
+      </c>
+      <c r="C240" t="s">
+        <v>13</v>
+      </c>
+      <c r="D240" t="s">
+        <v>13</v>
+      </c>
+      <c r="E240" t="s">
+        <v>2896</v>
+      </c>
+      <c r="F240" t="s">
+        <v>13</v>
+      </c>
+      <c r="G240" t="s">
+        <v>4557</v>
+      </c>
+      <c r="H240" t="s">
+        <v>4558</v>
+      </c>
+      <c r="I240" t="s">
+        <v>4559</v>
+      </c>
+      <c r="J240" t="s">
+        <v>3259</v>
+      </c>
+      <c r="K240" t="s">
+        <v>4560</v>
+      </c>
+      <c r="L240" t="s">
+        <v>4561</v>
+      </c>
+      <c r="M240" t="s">
+        <v>4562</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B241" t="s">
+        <v>4563</v>
+      </c>
+      <c r="C241" t="s">
+        <v>13</v>
+      </c>
+      <c r="D241" t="s">
+        <v>13</v>
+      </c>
+      <c r="E241" t="s">
+        <v>4564</v>
+      </c>
+      <c r="F241" t="s">
+        <v>13</v>
+      </c>
+      <c r="G241" t="s">
+        <v>4565</v>
+      </c>
+      <c r="H241" t="s">
+        <v>4566</v>
+      </c>
+      <c r="I241" t="s">
+        <v>4567</v>
+      </c>
+      <c r="J241" t="s">
+        <v>4568</v>
+      </c>
+      <c r="K241" t="s">
+        <v>4569</v>
+      </c>
+      <c r="L241" t="s">
+        <v>4570</v>
+      </c>
+      <c r="M241" t="s">
+        <v>4571</v>
+      </c>
+      <c r="N241" t="s">
+        <v>4572</v>
+      </c>
+      <c r="O241" t="s">
+        <v>4573</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B242" t="s">
+        <v>4574</v>
+      </c>
+      <c r="C242" t="s">
+        <v>13</v>
+      </c>
+      <c r="D242" t="s">
+        <v>13</v>
+      </c>
+      <c r="E242" t="s">
+        <v>4564</v>
+      </c>
+      <c r="F242" t="s">
+        <v>13</v>
+      </c>
+      <c r="G242" t="s">
+        <v>4575</v>
+      </c>
+      <c r="H242" t="s">
+        <v>4576</v>
+      </c>
+      <c r="I242" t="s">
+        <v>4577</v>
+      </c>
+      <c r="J242" t="s">
+        <v>2960</v>
+      </c>
+      <c r="K242" t="s">
+        <v>4578</v>
+      </c>
+      <c r="L242" t="s">
+        <v>4579</v>
+      </c>
+      <c r="M242" t="s">
+        <v>4580</v>
+      </c>
+      <c r="N242" t="s">
+        <v>4581</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B243" t="s">
+        <v>4582</v>
+      </c>
+      <c r="C243" t="s">
+        <v>13</v>
+      </c>
+      <c r="D243" t="s">
+        <v>13</v>
+      </c>
+      <c r="E243" t="s">
+        <v>3290</v>
+      </c>
+      <c r="F243" t="s">
+        <v>13</v>
+      </c>
+      <c r="G243" t="s">
+        <v>4583</v>
+      </c>
+      <c r="H243" t="s">
+        <v>4584</v>
+      </c>
+      <c r="I243" t="s">
+        <v>4585</v>
+      </c>
+      <c r="J243" t="s">
+        <v>3294</v>
+      </c>
+      <c r="K243" t="s">
+        <v>4586</v>
+      </c>
+      <c r="L243" t="s">
+        <v>4587</v>
+      </c>
+      <c r="M243" t="s">
+        <v>4588</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B244" t="s">
+        <v>4589</v>
+      </c>
+      <c r="C244" t="s">
+        <v>13</v>
+      </c>
+      <c r="D244" t="s">
+        <v>13</v>
+      </c>
+      <c r="E244" t="s">
+        <v>4590</v>
+      </c>
+      <c r="F244" t="s">
+        <v>13</v>
+      </c>
+      <c r="G244" t="s">
+        <v>4591</v>
+      </c>
+      <c r="H244" t="s">
+        <v>4592</v>
+      </c>
+      <c r="I244" t="s">
+        <v>4593</v>
+      </c>
+      <c r="J244" t="s">
+        <v>4438</v>
+      </c>
+      <c r="K244" t="s">
+        <v>4594</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B245" t="s">
+        <v>4595</v>
+      </c>
+      <c r="C245" t="s">
+        <v>13</v>
+      </c>
+      <c r="D245" t="s">
+        <v>13</v>
+      </c>
+      <c r="E245" t="s">
+        <v>4596</v>
+      </c>
+      <c r="F245" t="s">
+        <v>13</v>
+      </c>
+      <c r="G245" t="s">
+        <v>4597</v>
+      </c>
+      <c r="H245" t="s">
+        <v>4598</v>
+      </c>
+      <c r="I245" t="s">
+        <v>4599</v>
+      </c>
+      <c r="J245" t="s">
+        <v>2803</v>
+      </c>
+      <c r="K245" t="s">
+        <v>4600</v>
+      </c>
+      <c r="L245" t="s">
+        <v>4601</v>
+      </c>
+      <c r="M245" t="s">
+        <v>4602</v>
+      </c>
+      <c r="N245" t="s">
+        <v>4603</v>
+      </c>
+      <c r="O245" t="s">
+        <v>4604</v>
+      </c>
+      <c r="P245" t="s">
+        <v>4605</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B246" t="s">
+        <v>4606</v>
+      </c>
+      <c r="C246" t="s">
+        <v>13</v>
+      </c>
+      <c r="D246" t="s">
+        <v>13</v>
+      </c>
+      <c r="E246" t="s">
+        <v>4607</v>
+      </c>
+      <c r="F246" t="s">
+        <v>13</v>
+      </c>
+      <c r="G246" t="s">
+        <v>4608</v>
+      </c>
+      <c r="H246" t="s">
+        <v>4609</v>
+      </c>
+      <c r="I246" t="s">
+        <v>4610</v>
+      </c>
+      <c r="J246" t="s">
+        <v>3727</v>
+      </c>
+      <c r="K246" t="s">
+        <v>4611</v>
+      </c>
+      <c r="L246" t="s">
+        <v>4612</v>
+      </c>
+      <c r="M246" t="s">
+        <v>4613</v>
+      </c>
+      <c r="N246" t="s">
+        <v>4614</v>
+      </c>
+      <c r="O246" t="s">
+        <v>4615</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B247" t="s">
+        <v>4616</v>
+      </c>
+      <c r="C247" t="s">
+        <v>13</v>
+      </c>
+      <c r="D247" t="s">
+        <v>13</v>
+      </c>
+      <c r="E247" t="s">
+        <v>4617</v>
+      </c>
+      <c r="F247" t="s">
+        <v>13</v>
+      </c>
+      <c r="G247" t="s">
+        <v>4618</v>
+      </c>
+      <c r="H247" t="s">
+        <v>4619</v>
+      </c>
+      <c r="I247" t="s">
+        <v>4620</v>
+      </c>
+      <c r="J247" t="s">
+        <v>3169</v>
+      </c>
+      <c r="K247" t="s">
+        <v>4621</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B248" t="s">
+        <v>4622</v>
+      </c>
+      <c r="C248" t="s">
+        <v>13</v>
+      </c>
+      <c r="D248" t="s">
+        <v>13</v>
+      </c>
+      <c r="E248" t="s">
+        <v>4623</v>
+      </c>
+      <c r="F248" t="s">
+        <v>13</v>
+      </c>
+      <c r="G248" t="s">
+        <v>4624</v>
+      </c>
+      <c r="H248" t="s">
+        <v>4625</v>
+      </c>
+      <c r="I248" t="s">
+        <v>3195</v>
+      </c>
+      <c r="J248" t="s">
+        <v>4626</v>
+      </c>
+      <c r="K248" t="s">
+        <v>4627</v>
+      </c>
+      <c r="L248" t="s">
+        <v>4628</v>
+      </c>
+      <c r="M248" t="s">
+        <v>4629</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B249" t="s">
+        <v>4630</v>
+      </c>
+      <c r="C249" t="s">
+        <v>13</v>
+      </c>
+      <c r="D249" t="s">
+        <v>13</v>
+      </c>
+      <c r="E249" t="s">
+        <v>4631</v>
+      </c>
+      <c r="F249" t="s">
+        <v>13</v>
+      </c>
+      <c r="G249" t="s">
+        <v>4632</v>
+      </c>
+      <c r="H249" t="s">
+        <v>4633</v>
+      </c>
+      <c r="I249" t="s">
+        <v>4634</v>
+      </c>
+      <c r="J249" t="s">
+        <v>3727</v>
+      </c>
+      <c r="K249" t="s">
+        <v>4635</v>
+      </c>
+      <c r="L249" t="s">
+        <v>4636</v>
+      </c>
+      <c r="M249" t="s">
+        <v>4637</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B250" t="s">
+        <v>4638</v>
+      </c>
+      <c r="C250" t="s">
+        <v>13</v>
+      </c>
+      <c r="D250" t="s">
+        <v>13</v>
+      </c>
+      <c r="E250" t="s">
+        <v>4639</v>
+      </c>
+      <c r="F250" t="s">
+        <v>13</v>
+      </c>
+      <c r="G250" t="s">
+        <v>4640</v>
+      </c>
+      <c r="H250" t="s">
+        <v>4641</v>
+      </c>
+      <c r="I250" t="s">
+        <v>3195</v>
+      </c>
+      <c r="J250" t="s">
+        <v>2236</v>
+      </c>
+      <c r="K250" t="s">
+        <v>4642</v>
+      </c>
+      <c r="L250" t="s">
+        <v>4643</v>
+      </c>
+      <c r="M250" t="s">
+        <v>4644</v>
+      </c>
+      <c r="N250" t="s">
+        <v>4645</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B251" t="s">
+        <v>4646</v>
+      </c>
+      <c r="C251" t="s">
+        <v>13</v>
+      </c>
+      <c r="D251" t="s">
+        <v>13</v>
+      </c>
+      <c r="E251" t="s">
+        <v>4647</v>
+      </c>
+      <c r="F251" t="s">
+        <v>13</v>
+      </c>
+      <c r="G251" t="s">
+        <v>4648</v>
+      </c>
+      <c r="H251" t="s">
+        <v>4649</v>
+      </c>
+      <c r="I251" t="s">
+        <v>4650</v>
+      </c>
+      <c r="J251" t="s">
+        <v>4438</v>
+      </c>
+      <c r="K251" t="s">
+        <v>4651</v>
+      </c>
+      <c r="L251" t="s">
+        <v>4652</v>
+      </c>
+      <c r="M251" t="s">
+        <v>4653</v>
+      </c>
+      <c r="N251" t="s">
+        <v>4654</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B252" t="s">
+        <v>4655</v>
+      </c>
+      <c r="C252" t="s">
+        <v>13</v>
+      </c>
+      <c r="D252" t="s">
+        <v>13</v>
+      </c>
+      <c r="E252" t="s">
+        <v>4647</v>
+      </c>
+      <c r="F252" t="s">
+        <v>13</v>
+      </c>
+      <c r="G252" t="s">
+        <v>4656</v>
+      </c>
+      <c r="H252" t="s">
+        <v>4657</v>
+      </c>
+      <c r="I252" t="s">
+        <v>4658</v>
+      </c>
+      <c r="J252" t="s">
+        <v>2303</v>
+      </c>
+      <c r="K252" t="s">
+        <v>4659</v>
+      </c>
+      <c r="L252" t="s">
+        <v>4660</v>
+      </c>
+      <c r="M252" t="s">
+        <v>4661</v>
+      </c>
+      <c r="N252" t="s">
+        <v>4662</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B253" t="s">
+        <v>4663</v>
+      </c>
+      <c r="C253" t="s">
+        <v>13</v>
+      </c>
+      <c r="D253" t="s">
+        <v>13</v>
+      </c>
+      <c r="E253" t="s">
+        <v>4664</v>
+      </c>
+      <c r="F253" t="s">
+        <v>13</v>
+      </c>
+      <c r="G253" t="s">
+        <v>4665</v>
+      </c>
+      <c r="H253" t="s">
+        <v>4666</v>
+      </c>
+      <c r="I253" t="s">
+        <v>4667</v>
+      </c>
+      <c r="J253" t="s">
+        <v>2832</v>
+      </c>
+      <c r="K253" t="s">
+        <v>4668</v>
+      </c>
+      <c r="L253" t="s">
+        <v>4669</v>
+      </c>
+      <c r="M253" t="s">
+        <v>4670</v>
+      </c>
+      <c r="N253" t="s">
+        <v>4671</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B254" t="s">
+        <v>4672</v>
+      </c>
+      <c r="C254" t="s">
+        <v>13</v>
+      </c>
+      <c r="D254" t="s">
+        <v>13</v>
+      </c>
+      <c r="E254" t="s">
+        <v>4673</v>
+      </c>
+      <c r="F254" t="s">
+        <v>13</v>
+      </c>
+      <c r="G254" t="s">
+        <v>4674</v>
+      </c>
+      <c r="H254" t="s">
+        <v>4675</v>
+      </c>
+      <c r="I254" t="s">
+        <v>4585</v>
+      </c>
+      <c r="J254" t="s">
+        <v>4676</v>
+      </c>
+      <c r="K254" t="s">
+        <v>4677</v>
+      </c>
+      <c r="L254" t="s">
+        <v>4678</v>
+      </c>
+      <c r="M254" t="s">
+        <v>4679</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B255" t="s">
+        <v>4680</v>
+      </c>
+      <c r="C255" t="s">
+        <v>13</v>
+      </c>
+      <c r="D255" t="s">
+        <v>13</v>
+      </c>
+      <c r="E255" t="s">
+        <v>2221</v>
+      </c>
+      <c r="F255" t="s">
+        <v>13</v>
+      </c>
+      <c r="G255" t="s">
+        <v>4681</v>
+      </c>
+      <c r="H255" t="s">
+        <v>4682</v>
+      </c>
+      <c r="I255" t="s">
+        <v>4683</v>
+      </c>
+      <c r="J255" t="s">
+        <v>2706</v>
+      </c>
+      <c r="K255" t="s">
+        <v>4684</v>
+      </c>
+      <c r="L255" t="s">
+        <v>4685</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B256" t="s">
+        <v>4686</v>
+      </c>
+      <c r="C256" t="s">
+        <v>13</v>
+      </c>
+      <c r="D256" t="s">
+        <v>13</v>
+      </c>
+      <c r="E256" t="s">
+        <v>4687</v>
+      </c>
+      <c r="F256" t="s">
+        <v>13</v>
+      </c>
+      <c r="G256" t="s">
+        <v>4688</v>
+      </c>
+      <c r="H256" t="s">
+        <v>4689</v>
+      </c>
+      <c r="I256" t="s">
+        <v>4690</v>
+      </c>
+      <c r="J256" t="s">
+        <v>4691</v>
+      </c>
+      <c r="K256" t="s">
+        <v>4692</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B257" t="s">
+        <v>4693</v>
+      </c>
+      <c r="C257" t="s">
+        <v>13</v>
+      </c>
+      <c r="D257" t="s">
+        <v>13</v>
+      </c>
+      <c r="E257" t="s">
+        <v>4694</v>
+      </c>
+      <c r="F257" t="s">
+        <v>13</v>
+      </c>
+      <c r="G257" t="s">
+        <v>4695</v>
+      </c>
+      <c r="H257" t="s">
+        <v>4696</v>
+      </c>
+      <c r="I257" t="s">
+        <v>4697</v>
+      </c>
+      <c r="J257" t="s">
+        <v>4533</v>
+      </c>
+      <c r="K257" t="s">
+        <v>4698</v>
+      </c>
+      <c r="L257" t="s">
+        <v>4699</v>
+      </c>
+      <c r="M257" t="s">
+        <v>4700</v>
+      </c>
+      <c r="N257" t="s">
+        <v>4701</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B258" t="s">
+        <v>4702</v>
+      </c>
+      <c r="C258" t="s">
+        <v>13</v>
+      </c>
+      <c r="D258" t="s">
+        <v>13</v>
+      </c>
+      <c r="E258" t="s">
+        <v>4694</v>
+      </c>
+      <c r="F258" t="s">
+        <v>13</v>
+      </c>
+      <c r="G258" t="s">
+        <v>4703</v>
+      </c>
+      <c r="H258" t="s">
+        <v>4704</v>
+      </c>
+      <c r="I258" t="s">
+        <v>4705</v>
+      </c>
+      <c r="J258" t="s">
+        <v>4533</v>
+      </c>
+      <c r="K258" t="s">
+        <v>4706</v>
+      </c>
+      <c r="L258" t="s">
+        <v>4707</v>
+      </c>
+      <c r="M258" t="s">
+        <v>4708</v>
+      </c>
+      <c r="N258" t="s">
+        <v>4709</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B259" t="s">
+        <v>4710</v>
+      </c>
+      <c r="C259" t="s">
+        <v>13</v>
+      </c>
+      <c r="D259" t="s">
+        <v>13</v>
+      </c>
+      <c r="E259" t="s">
+        <v>4694</v>
+      </c>
+      <c r="F259" t="s">
+        <v>13</v>
+      </c>
+      <c r="G259" t="s">
+        <v>4711</v>
+      </c>
+      <c r="H259" t="s">
+        <v>4712</v>
+      </c>
+      <c r="I259" t="s">
+        <v>4368</v>
+      </c>
+      <c r="J259" t="s">
+        <v>4713</v>
+      </c>
+      <c r="K259" t="s">
+        <v>4714</v>
+      </c>
+      <c r="L259" t="s">
+        <v>4715</v>
+      </c>
+      <c r="M259" t="s">
+        <v>4716</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B260" t="s">
+        <v>4717</v>
+      </c>
+      <c r="C260" t="s">
+        <v>13</v>
+      </c>
+      <c r="D260" t="s">
+        <v>13</v>
+      </c>
+      <c r="E260" t="s">
+        <v>4718</v>
+      </c>
+      <c r="F260" t="s">
+        <v>13</v>
+      </c>
+      <c r="G260" t="s">
+        <v>4719</v>
+      </c>
+      <c r="H260" t="s">
+        <v>4720</v>
+      </c>
+      <c r="I260" t="s">
+        <v>4721</v>
+      </c>
+      <c r="J260" t="s">
+        <v>4722</v>
+      </c>
+      <c r="K260" t="s">
+        <v>4723</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B261" t="s">
+        <v>4724</v>
+      </c>
+      <c r="C261" t="s">
+        <v>13</v>
+      </c>
+      <c r="D261" t="s">
+        <v>13</v>
+      </c>
+      <c r="E261" t="s">
+        <v>4725</v>
+      </c>
+      <c r="F261" t="s">
+        <v>13</v>
+      </c>
+      <c r="G261" t="s">
+        <v>4726</v>
+      </c>
+      <c r="H261" t="s">
+        <v>4727</v>
+      </c>
+      <c r="I261" t="s">
+        <v>4728</v>
+      </c>
+      <c r="J261" t="s">
+        <v>2303</v>
+      </c>
+      <c r="K261" t="s">
+        <v>4729</v>
+      </c>
+      <c r="L261" t="s">
+        <v>4730</v>
+      </c>
+      <c r="M261" t="s">
+        <v>4731</v>
+      </c>
+      <c r="N261" t="s">
+        <v>4732</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B262" t="s">
+        <v>4733</v>
+      </c>
+      <c r="C262" t="s">
+        <v>13</v>
+      </c>
+      <c r="D262" t="s">
+        <v>13</v>
+      </c>
+      <c r="E262" t="s">
+        <v>4734</v>
+      </c>
+      <c r="F262" t="s">
+        <v>13</v>
+      </c>
+      <c r="G262" t="s">
+        <v>4735</v>
+      </c>
+      <c r="H262" t="s">
+        <v>4736</v>
+      </c>
+      <c r="I262" t="s">
+        <v>4737</v>
+      </c>
+      <c r="J262" t="s">
+        <v>2752</v>
+      </c>
+      <c r="K262" t="s">
+        <v>4738</v>
+      </c>
+      <c r="L262" t="s">
+        <v>4739</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B263" t="s">
+        <v>4740</v>
+      </c>
+      <c r="C263" t="s">
+        <v>13</v>
+      </c>
+      <c r="D263" t="s">
+        <v>13</v>
+      </c>
+      <c r="E263" t="s">
+        <v>4741</v>
+      </c>
+      <c r="F263" t="s">
+        <v>13</v>
+      </c>
+      <c r="G263" t="s">
+        <v>4742</v>
+      </c>
+      <c r="H263" t="s">
+        <v>4743</v>
+      </c>
+      <c r="I263" t="s">
+        <v>3183</v>
+      </c>
+      <c r="J263" t="s">
+        <v>2662</v>
+      </c>
+      <c r="K263" t="s">
+        <v>4744</v>
+      </c>
+      <c r="L263" t="s">
+        <v>4745</v>
+      </c>
+      <c r="M263" t="s">
+        <v>4746</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B264" t="s">
+        <v>4747</v>
+      </c>
+      <c r="C264" t="s">
+        <v>13</v>
+      </c>
+      <c r="D264" t="s">
+        <v>13</v>
+      </c>
+      <c r="E264" t="s">
+        <v>4748</v>
+      </c>
+      <c r="F264" t="s">
+        <v>13</v>
+      </c>
+      <c r="G264" t="s">
+        <v>4749</v>
+      </c>
+      <c r="H264" t="s">
+        <v>4750</v>
+      </c>
+      <c r="I264" t="s">
+        <v>2405</v>
+      </c>
+      <c r="J264" t="s">
+        <v>4751</v>
+      </c>
+      <c r="K264" t="s">
+        <v>4752</v>
+      </c>
+      <c r="L264" t="s">
+        <v>4753</v>
+      </c>
+      <c r="M264" t="s">
+        <v>4754</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B265" t="s">
+        <v>4755</v>
+      </c>
+      <c r="C265" t="s">
+        <v>13</v>
+      </c>
+      <c r="D265" t="s">
+        <v>13</v>
+      </c>
+      <c r="E265" t="s">
+        <v>4756</v>
+      </c>
+      <c r="F265" t="s">
+        <v>13</v>
+      </c>
+      <c r="G265" t="s">
+        <v>4757</v>
+      </c>
+      <c r="H265" t="s">
+        <v>4758</v>
+      </c>
+      <c r="I265" t="s">
+        <v>4759</v>
+      </c>
+      <c r="J265" t="s">
+        <v>4760</v>
+      </c>
+      <c r="K265" t="s">
+        <v>4761</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B266" t="s">
+        <v>4762</v>
+      </c>
+      <c r="C266" t="s">
+        <v>13</v>
+      </c>
+      <c r="D266" t="s">
+        <v>13</v>
+      </c>
+      <c r="E266" t="s">
+        <v>4763</v>
+      </c>
+      <c r="F266" t="s">
+        <v>13</v>
+      </c>
+      <c r="G266" t="s">
+        <v>4764</v>
+      </c>
+      <c r="H266" t="s">
+        <v>4765</v>
+      </c>
+      <c r="I266" t="s">
+        <v>4766</v>
+      </c>
+      <c r="J266" t="s">
+        <v>4767</v>
+      </c>
+      <c r="K266" t="s">
+        <v>4768</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B267" t="s">
+        <v>4769</v>
+      </c>
+      <c r="C267" t="s">
+        <v>13</v>
+      </c>
+      <c r="D267" t="s">
+        <v>13</v>
+      </c>
+      <c r="E267" t="s">
+        <v>4770</v>
+      </c>
+      <c r="F267" t="s">
+        <v>13</v>
+      </c>
+      <c r="G267" t="s">
+        <v>4771</v>
+      </c>
+      <c r="H267" t="s">
+        <v>4772</v>
+      </c>
+      <c r="I267" t="s">
+        <v>4184</v>
+      </c>
+      <c r="J267" t="s">
+        <v>2315</v>
+      </c>
+      <c r="K267" t="s">
+        <v>4773</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B268" t="s">
+        <v>4774</v>
+      </c>
+      <c r="C268" t="s">
+        <v>13</v>
+      </c>
+      <c r="D268" t="s">
+        <v>13</v>
+      </c>
+      <c r="E268" t="s">
+        <v>4775</v>
+      </c>
+      <c r="F268" t="s">
+        <v>13</v>
+      </c>
+      <c r="G268" t="s">
+        <v>4776</v>
+      </c>
+      <c r="H268" t="s">
+        <v>4777</v>
+      </c>
+      <c r="I268" t="s">
+        <v>4778</v>
+      </c>
+      <c r="J268" t="s">
+        <v>4779</v>
+      </c>
+      <c r="K268" t="s">
+        <v>4780</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B269" t="s">
+        <v>4781</v>
+      </c>
+      <c r="C269" t="s">
+        <v>13</v>
+      </c>
+      <c r="D269" t="s">
+        <v>13</v>
+      </c>
+      <c r="E269" t="s">
+        <v>3242</v>
+      </c>
+      <c r="F269" t="s">
+        <v>13</v>
+      </c>
+      <c r="G269" t="s">
+        <v>4782</v>
+      </c>
+      <c r="H269" t="s">
+        <v>4783</v>
+      </c>
+      <c r="I269" t="s">
+        <v>3176</v>
+      </c>
+      <c r="J269" t="s">
+        <v>4784</v>
+      </c>
+      <c r="K269" t="s">
+        <v>4785</v>
+      </c>
+      <c r="L269" t="s">
+        <v>4786</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>4787</v>
+      </c>
+      <c r="B2" t="s">
+        <v>4788</v>
+      </c>
+      <c r="C2" t="s">
+        <v>4789</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>4790</v>
+      </c>
+      <c r="H2" t="s">
+        <v>4791</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>4787</v>
+      </c>
+      <c r="B3" t="s">
+        <v>4792</v>
+      </c>
+      <c r="C3" t="s">
+        <v>4793</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>4794</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>4795</v>
+      </c>
+      <c r="H3" t="s">
+        <v>4796</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>4787</v>
+      </c>
+      <c r="B4" t="s">
+        <v>4797</v>
+      </c>
+      <c r="C4" t="s">
+        <v>4798</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>4799</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>4800</v>
+      </c>
+      <c r="H4" t="s">
+        <v>4801</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>4787</v>
+      </c>
+      <c r="B5" t="s">
+        <v>4802</v>
+      </c>
+      <c r="C5" t="s">
+        <v>4803</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>4804</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>4805</v>
+      </c>
+      <c r="H5" t="s">
+        <v>4806</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>4787</v>
+      </c>
+      <c r="B6" t="s">
+        <v>4807</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>4808</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>4809</v>
+      </c>
+      <c r="H6" t="s">
+        <v>4810</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>4787</v>
+      </c>
+      <c r="B7" t="s">
+        <v>4811</v>
+      </c>
+      <c r="C7" t="s">
+        <v>4812</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>4813</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>4814</v>
+      </c>
+      <c r="H7" t="s">
+        <v>4815</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>4787</v>
+      </c>
+      <c r="B8" t="s">
+        <v>4816</v>
+      </c>
+      <c r="C8" t="s">
+        <v>4817</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>4818</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>4819</v>
+      </c>
+      <c r="H8" t="s">
+        <v>4820</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>4787</v>
+      </c>
+      <c r="B9" t="s">
+        <v>4821</v>
+      </c>
+      <c r="C9" t="s">
+        <v>4822</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>4823</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>4824</v>
+      </c>
+      <c r="H9" t="s">
+        <v>4825</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>4787</v>
+      </c>
+      <c r="B10" t="s">
+        <v>4826</v>
+      </c>
+      <c r="C10" t="s">
+        <v>4827</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>4828</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>4829</v>
+      </c>
+      <c r="H10" t="s">
+        <v>4830</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>4787</v>
+      </c>
+      <c r="B11" t="s">
+        <v>4831</v>
+      </c>
+      <c r="C11" t="s">
+        <v>4832</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>4833</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>4834</v>
+      </c>
+      <c r="H11" t="s">
+        <v>4835</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>4787</v>
+      </c>
+      <c r="B12" t="s">
+        <v>4836</v>
+      </c>
+      <c r="C12" t="s">
+        <v>4837</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>4838</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>4839</v>
+      </c>
+      <c r="H12" t="s">
+        <v>4840</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>4787</v>
+      </c>
+      <c r="B13" t="s">
+        <v>4841</v>
+      </c>
+      <c r="C13" t="s">
+        <v>4842</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>4843</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>4844</v>
+      </c>
+      <c r="H13" t="s">
+        <v>4845</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>4787</v>
+      </c>
+      <c r="B14" t="s">
+        <v>4846</v>
+      </c>
+      <c r="C14" t="s">
+        <v>4847</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>4848</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>4849</v>
+      </c>
+      <c r="H14" t="s">
+        <v>4850</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>4787</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C15" t="s">
+        <v>4851</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>4852</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>4853</v>
+      </c>
+      <c r="H15" t="s">
+        <v>4854</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>4787</v>
+      </c>
+      <c r="B16" t="s">
+        <v>4855</v>
+      </c>
+      <c r="C16" t="s">
+        <v>4856</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>4857</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>4858</v>
+      </c>
+      <c r="H16" t="s">
+        <v>4859</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:J68"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>40</v>
+      </c>
+      <c r="J1" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="C2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="E2" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="H2" t="s">
-        <v>34</v>
+        <v>47</v>
+      </c>
+      <c r="I2" t="s">
+        <v>13</v>
+      </c>
+      <c r="J2" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="C3" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="E3" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="H3" t="s">
-        <v>40</v>
+        <v>52</v>
+      </c>
+      <c r="I3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J3" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="D4" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="E4" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="H4" t="s">
-        <v>46</v>
+        <v>59</v>
+      </c>
+      <c r="I4" t="s">
+        <v>55</v>
+      </c>
+      <c r="J4" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="C5" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="H5" t="s">
-        <v>52</v>
+        <v>64</v>
+      </c>
+      <c r="I5" t="s">
+        <v>55</v>
+      </c>
+      <c r="J5" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="C6" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="D6" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="E6" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>58</v>
+        <v>71</v>
+      </c>
+      <c r="I6" t="s">
+        <v>67</v>
+      </c>
+      <c r="J6" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="C7" t="s">
-        <v>60</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="E7" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="H7" t="s">
-        <v>64</v>
+        <v>77</v>
+      </c>
+      <c r="I7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J7" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B8" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="C8" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="E8" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="H8" t="s">
-        <v>70</v>
+        <v>83</v>
+      </c>
+      <c r="I8" t="s">
+        <v>84</v>
+      </c>
+      <c r="J8" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B9" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="C9" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="E9" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="H9" t="s">
-        <v>76</v>
+        <v>91</v>
+      </c>
+      <c r="I9" t="s">
+        <v>13</v>
+      </c>
+      <c r="J9" t="s">
+        <v>92</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>77</v>
+        <v>93</v>
       </c>
       <c r="C10" t="s">
-        <v>78</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>94</v>
       </c>
       <c r="E10" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="H10" t="s">
-        <v>82</v>
+        <v>97</v>
+      </c>
+      <c r="I10" t="s">
+        <v>13</v>
+      </c>
+      <c r="J10" t="s">
+        <v>98</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B11" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="E11" t="s">
-        <v>86</v>
+        <v>101</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>87</v>
+        <v>102</v>
       </c>
       <c r="H11" t="s">
-        <v>88</v>
+        <v>103</v>
+      </c>
+      <c r="I11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J11" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B12" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>91</v>
+        <v>106</v>
       </c>
       <c r="E12" t="s">
-        <v>92</v>
+        <v>107</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>93</v>
+        <v>108</v>
       </c>
       <c r="H12" t="s">
-        <v>94</v>
+        <v>109</v>
+      </c>
+      <c r="I12" t="s">
+        <v>13</v>
+      </c>
+      <c r="J12" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B13" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="C13" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="E13" t="s">
-        <v>98</v>
+        <v>113</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="H13" t="s">
-        <v>100</v>
+        <v>115</v>
+      </c>
+      <c r="I13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J13" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B14" t="s">
-        <v>101</v>
+        <v>117</v>
       </c>
       <c r="C14" t="s">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="D14" t="s">
-        <v>103</v>
+        <v>119</v>
       </c>
       <c r="E14" t="s">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="H14" t="s">
-        <v>106</v>
+        <v>121</v>
+      </c>
+      <c r="I14" t="s">
+        <v>118</v>
+      </c>
+      <c r="J14" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B15" t="s">
-        <v>107</v>
+        <v>123</v>
       </c>
       <c r="C15" t="s">
-        <v>108</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="E15" t="s">
-        <v>110</v>
+        <v>124</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>111</v>
+        <v>125</v>
       </c>
       <c r="H15" t="s">
-        <v>112</v>
+        <v>126</v>
+      </c>
+      <c r="I15" t="s">
+        <v>13</v>
+      </c>
+      <c r="J15" t="s">
+        <v>127</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>128</v>
       </c>
       <c r="C16" t="s">
-        <v>114</v>
+        <v>13</v>
       </c>
       <c r="D16" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="E16" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="H16" t="s">
-        <v>118</v>
+        <v>132</v>
+      </c>
+      <c r="I16" t="s">
+        <v>13</v>
+      </c>
+      <c r="J16" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B17" t="s">
-        <v>119</v>
+        <v>105</v>
       </c>
       <c r="C17" t="s">
-        <v>120</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
-        <v>121</v>
+        <v>100</v>
       </c>
       <c r="E17" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="H17" t="s">
-        <v>124</v>
+        <v>136</v>
+      </c>
+      <c r="I17" t="s">
+        <v>13</v>
+      </c>
+      <c r="J17" t="s">
+        <v>137</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
-        <v>126</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>73</v>
+        <v>100</v>
       </c>
       <c r="E18" t="s">
-        <v>74</v>
+        <v>139</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
       <c r="H18" t="s">
-        <v>128</v>
+        <v>141</v>
+      </c>
+      <c r="I18" t="s">
+        <v>13</v>
+      </c>
+      <c r="J18" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="C19" t="s">
-        <v>130</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="E19" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="H19" t="s">
-        <v>134</v>
+        <v>145</v>
+      </c>
+      <c r="I19" t="s">
+        <v>13</v>
+      </c>
+      <c r="J19" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
-        <v>135</v>
+        <v>61</v>
       </c>
       <c r="C20" t="s">
-        <v>136</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="E20" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="H20" t="s">
-        <v>140</v>
+        <v>149</v>
+      </c>
+      <c r="I20" t="s">
+        <v>55</v>
+      </c>
+      <c r="J20" t="s">
+        <v>150</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B21" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>152</v>
+      </c>
+      <c r="E21" t="s">
+        <v>153</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>154</v>
+      </c>
+      <c r="H21" t="s">
+        <v>155</v>
+      </c>
+      <c r="I21" t="s">
+        <v>13</v>
+      </c>
+      <c r="J21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B22" t="s">
+        <v>99</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>157</v>
+      </c>
+      <c r="E22" t="s">
+        <v>158</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>159</v>
+      </c>
+      <c r="H22" t="s">
+        <v>160</v>
+      </c>
+      <c r="I22" t="s">
+        <v>161</v>
+      </c>
+      <c r="J22" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>42</v>
+      </c>
+      <c r="B23" t="s">
+        <v>105</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>163</v>
+      </c>
+      <c r="E23" t="s">
+        <v>164</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>165</v>
+      </c>
+      <c r="H23" t="s">
+        <v>166</v>
+      </c>
+      <c r="I23" t="s">
+        <v>167</v>
+      </c>
+      <c r="J23" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>42</v>
+      </c>
+      <c r="B24" t="s">
+        <v>61</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>163</v>
+      </c>
+      <c r="E24" t="s">
+        <v>169</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>170</v>
+      </c>
+      <c r="H24" t="s">
+        <v>171</v>
+      </c>
+      <c r="I24" t="s">
+        <v>55</v>
+      </c>
+      <c r="J24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>42</v>
+      </c>
+      <c r="B25" t="s">
+        <v>173</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>174</v>
+      </c>
+      <c r="E25" t="s">
+        <v>175</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>176</v>
+      </c>
+      <c r="H25" t="s">
+        <v>177</v>
+      </c>
+      <c r="I25" t="s">
+        <v>178</v>
+      </c>
+      <c r="J25" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>42</v>
+      </c>
+      <c r="B26" t="s">
+        <v>105</v>
+      </c>
+      <c r="C26" t="s">
+        <v>180</v>
+      </c>
+      <c r="D26" t="s">
+        <v>181</v>
+      </c>
+      <c r="E26" t="s">
+        <v>182</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>183</v>
+      </c>
+      <c r="H26" t="s">
+        <v>184</v>
+      </c>
+      <c r="I26" t="s">
+        <v>180</v>
+      </c>
+      <c r="J26" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>42</v>
+      </c>
+      <c r="B27" t="s">
+        <v>186</v>
+      </c>
+      <c r="C27" t="s">
+        <v>180</v>
+      </c>
+      <c r="D27" t="s">
+        <v>187</v>
+      </c>
+      <c r="E27" t="s">
+        <v>188</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>189</v>
+      </c>
+      <c r="H27" t="s">
+        <v>190</v>
+      </c>
+      <c r="I27" t="s">
+        <v>180</v>
+      </c>
+      <c r="J27" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" t="s">
+        <v>192</v>
+      </c>
+      <c r="C28" t="s">
+        <v>180</v>
+      </c>
+      <c r="D28" t="s">
+        <v>181</v>
+      </c>
+      <c r="E28" t="s">
+        <v>188</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>193</v>
+      </c>
+      <c r="H28" t="s">
+        <v>194</v>
+      </c>
+      <c r="I28" t="s">
+        <v>180</v>
+      </c>
+      <c r="J28" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>42</v>
+      </c>
+      <c r="B29" t="s">
         <v>142</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="C29" t="s">
+        <v>180</v>
+      </c>
+      <c r="D29" t="s">
+        <v>195</v>
+      </c>
+      <c r="E29" t="s">
+        <v>196</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>197</v>
+      </c>
+      <c r="H29" t="s">
+        <v>198</v>
+      </c>
+      <c r="I29" t="s">
+        <v>180</v>
+      </c>
+      <c r="J29" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>42</v>
+      </c>
+      <c r="B30" t="s">
+        <v>199</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>200</v>
+      </c>
+      <c r="E30" t="s">
+        <v>201</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>202</v>
+      </c>
+      <c r="H30" t="s">
+        <v>203</v>
+      </c>
+      <c r="I30" t="s">
+        <v>13</v>
+      </c>
+      <c r="J30" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>42</v>
+      </c>
+      <c r="B31" t="s">
+        <v>205</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>200</v>
+      </c>
+      <c r="E31" t="s">
+        <v>201</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>206</v>
+      </c>
+      <c r="H31" t="s">
+        <v>207</v>
+      </c>
+      <c r="I31" t="s">
+        <v>13</v>
+      </c>
+      <c r="J31" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>42</v>
+      </c>
+      <c r="B32" t="s">
+        <v>192</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>209</v>
+      </c>
+      <c r="E32" t="s">
+        <v>210</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>211</v>
+      </c>
+      <c r="H32" t="s">
+        <v>212</v>
+      </c>
+      <c r="I32" t="s">
+        <v>13</v>
+      </c>
+      <c r="J32" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" t="s">
+        <v>61</v>
+      </c>
+      <c r="C33" t="s">
+        <v>55</v>
+      </c>
+      <c r="D33" t="s">
+        <v>214</v>
+      </c>
+      <c r="E33" t="s">
+        <v>215</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>216</v>
+      </c>
+      <c r="H33" t="s">
+        <v>217</v>
+      </c>
+      <c r="I33" t="s">
+        <v>55</v>
+      </c>
+      <c r="J33" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>42</v>
+      </c>
+      <c r="B34" t="s">
+        <v>186</v>
+      </c>
+      <c r="C34" t="s">
+        <v>180</v>
+      </c>
+      <c r="D34" t="s">
+        <v>218</v>
+      </c>
+      <c r="E34" t="s">
+        <v>219</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>220</v>
+      </c>
+      <c r="H34" t="s">
+        <v>221</v>
+      </c>
+      <c r="I34" t="s">
+        <v>180</v>
+      </c>
+      <c r="J34" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>42</v>
+      </c>
+      <c r="B35" t="s">
+        <v>222</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>223</v>
+      </c>
+      <c r="E35" t="s">
+        <v>224</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>225</v>
+      </c>
+      <c r="H35" t="s">
+        <v>226</v>
+      </c>
+      <c r="I35" t="s">
+        <v>13</v>
+      </c>
+      <c r="J35" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>42</v>
+      </c>
+      <c r="B36" t="s">
+        <v>228</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>229</v>
+      </c>
+      <c r="E36" t="s">
+        <v>230</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>231</v>
+      </c>
+      <c r="H36" t="s">
+        <v>232</v>
+      </c>
+      <c r="I36" t="s">
+        <v>13</v>
+      </c>
+      <c r="J36" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>42</v>
+      </c>
+      <c r="B37" t="s">
+        <v>234</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>235</v>
+      </c>
+      <c r="E37" t="s">
+        <v>236</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>237</v>
+      </c>
+      <c r="H37" t="s">
+        <v>238</v>
+      </c>
+      <c r="I37" t="s">
+        <v>13</v>
+      </c>
+      <c r="J37" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>42</v>
+      </c>
+      <c r="B38" t="s">
+        <v>240</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>112</v>
+      </c>
+      <c r="E38" t="s">
+        <v>241</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>242</v>
+      </c>
+      <c r="H38" t="s">
+        <v>243</v>
+      </c>
+      <c r="I38" t="s">
+        <v>13</v>
+      </c>
+      <c r="J38" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>42</v>
+      </c>
+      <c r="B39" t="s">
+        <v>245</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>246</v>
+      </c>
+      <c r="E39" t="s">
+        <v>247</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>248</v>
+      </c>
+      <c r="H39" t="s">
+        <v>249</v>
+      </c>
+      <c r="I39" t="s">
+        <v>13</v>
+      </c>
+      <c r="J39" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" t="s">
+        <v>251</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>252</v>
+      </c>
+      <c r="E40" t="s">
+        <v>253</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>254</v>
+      </c>
+      <c r="H40" t="s">
+        <v>255</v>
+      </c>
+      <c r="I40" t="s">
+        <v>13</v>
+      </c>
+      <c r="J40" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>42</v>
+      </c>
+      <c r="B41" t="s">
+        <v>257</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>258</v>
+      </c>
+      <c r="E41" t="s">
+        <v>259</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>260</v>
+      </c>
+      <c r="H41" t="s">
+        <v>261</v>
+      </c>
+      <c r="I41" t="s">
+        <v>13</v>
+      </c>
+      <c r="J41" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>42</v>
+      </c>
+      <c r="B42" t="s">
+        <v>257</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>258</v>
+      </c>
+      <c r="E42" t="s">
+        <v>263</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>264</v>
+      </c>
+      <c r="H42" t="s">
+        <v>265</v>
+      </c>
+      <c r="I42" t="s">
+        <v>13</v>
+      </c>
+      <c r="J42" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>42</v>
+      </c>
+      <c r="B43" t="s">
+        <v>245</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>266</v>
+      </c>
+      <c r="E43" t="s">
+        <v>266</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>267</v>
+      </c>
+      <c r="H43" t="s">
+        <v>268</v>
+      </c>
+      <c r="I43" t="s">
+        <v>13</v>
+      </c>
+      <c r="J43" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>42</v>
+      </c>
+      <c r="B44" t="s">
+        <v>270</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>271</v>
+      </c>
+      <c r="E44" t="s">
+        <v>271</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>272</v>
+      </c>
+      <c r="H44" t="s">
+        <v>273</v>
+      </c>
+      <c r="I44" t="s">
+        <v>13</v>
+      </c>
+      <c r="J44" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>42</v>
+      </c>
+      <c r="B45" t="s">
+        <v>275</v>
+      </c>
+      <c r="C45" t="s">
+        <v>118</v>
+      </c>
+      <c r="D45" t="s">
+        <v>276</v>
+      </c>
+      <c r="E45" t="s">
+        <v>276</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>277</v>
+      </c>
+      <c r="H45" t="s">
+        <v>278</v>
+      </c>
+      <c r="I45" t="s">
+        <v>118</v>
+      </c>
+      <c r="J45" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>42</v>
+      </c>
+      <c r="B46" t="s">
+        <v>280</v>
+      </c>
+      <c r="C46" t="s">
+        <v>118</v>
+      </c>
+      <c r="D46" t="s">
+        <v>281</v>
+      </c>
+      <c r="E46" t="s">
+        <v>281</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>282</v>
+      </c>
+      <c r="H46" t="s">
+        <v>283</v>
+      </c>
+      <c r="I46" t="s">
+        <v>118</v>
+      </c>
+      <c r="J46" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>42</v>
+      </c>
+      <c r="B47" t="s">
+        <v>285</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>286</v>
+      </c>
+      <c r="E47" t="s">
+        <v>286</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>287</v>
+      </c>
+      <c r="H47" t="s">
+        <v>288</v>
+      </c>
+      <c r="I47" t="s">
+        <v>13</v>
+      </c>
+      <c r="J47" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>42</v>
+      </c>
+      <c r="B48" t="s">
+        <v>290</v>
+      </c>
+      <c r="C48" t="s">
+        <v>118</v>
+      </c>
+      <c r="D48" t="s">
+        <v>119</v>
+      </c>
+      <c r="E48" t="s">
+        <v>119</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>291</v>
+      </c>
+      <c r="H48" t="s">
+        <v>292</v>
+      </c>
+      <c r="I48" t="s">
+        <v>118</v>
+      </c>
+      <c r="J48" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>42</v>
+      </c>
+      <c r="B49" t="s">
+        <v>294</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>295</v>
+      </c>
+      <c r="E49" t="s">
+        <v>295</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>296</v>
+      </c>
+      <c r="H49" t="s">
+        <v>297</v>
+      </c>
+      <c r="I49" t="s">
+        <v>13</v>
+      </c>
+      <c r="J49" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>42</v>
+      </c>
+      <c r="B50" t="s">
+        <v>299</v>
+      </c>
+      <c r="C50" t="s">
+        <v>300</v>
+      </c>
+      <c r="D50" t="s">
+        <v>301</v>
+      </c>
+      <c r="E50" t="s">
+        <v>302</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>303</v>
+      </c>
+      <c r="H50" t="s">
+        <v>304</v>
+      </c>
+      <c r="I50" t="s">
+        <v>13</v>
+      </c>
+      <c r="J50" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>42</v>
+      </c>
+      <c r="B51" t="s">
+        <v>79</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>305</v>
+      </c>
+      <c r="E51" t="s">
+        <v>306</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>307</v>
+      </c>
+      <c r="H51" t="s">
+        <v>308</v>
+      </c>
+      <c r="I51" t="s">
+        <v>84</v>
+      </c>
+      <c r="J51" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>42</v>
+      </c>
+      <c r="B52" t="s">
+        <v>310</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>311</v>
+      </c>
+      <c r="E52" t="s">
+        <v>312</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>313</v>
+      </c>
+      <c r="H52" t="s">
+        <v>314</v>
+      </c>
+      <c r="I52" t="s">
+        <v>315</v>
+      </c>
+      <c r="J52" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>42</v>
+      </c>
+      <c r="B53" t="s">
+        <v>317</v>
+      </c>
+      <c r="C53" t="s">
+        <v>318</v>
+      </c>
+      <c r="D53" t="s">
+        <v>319</v>
+      </c>
+      <c r="E53" t="s">
+        <v>320</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>321</v>
+      </c>
+      <c r="H53" t="s">
+        <v>322</v>
+      </c>
+      <c r="I53" t="s">
+        <v>318</v>
+      </c>
+      <c r="J53" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>42</v>
+      </c>
+      <c r="B54" t="s">
+        <v>324</v>
+      </c>
+      <c r="C54" t="s">
+        <v>325</v>
+      </c>
+      <c r="D54" t="s">
+        <v>326</v>
+      </c>
+      <c r="E54" t="s">
+        <v>327</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>328</v>
+      </c>
+      <c r="H54" t="s">
+        <v>329</v>
+      </c>
+      <c r="I54" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>42</v>
+      </c>
+      <c r="B55" t="s">
+        <v>117</v>
+      </c>
+      <c r="C55" t="s">
+        <v>331</v>
+      </c>
+      <c r="D55" t="s">
+        <v>332</v>
+      </c>
+      <c r="E55" t="s">
+        <v>333</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>334</v>
+      </c>
+      <c r="H55" t="s">
+        <v>335</v>
+      </c>
+      <c r="I55" t="s">
+        <v>331</v>
+      </c>
+      <c r="J55" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>42</v>
+      </c>
+      <c r="B56" t="s">
+        <v>337</v>
+      </c>
+      <c r="C56" t="s">
+        <v>338</v>
+      </c>
+      <c r="D56" t="s">
+        <v>339</v>
+      </c>
+      <c r="E56" t="s">
+        <v>340</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>341</v>
+      </c>
+      <c r="H56" t="s">
+        <v>342</v>
+      </c>
+      <c r="I56" t="s">
+        <v>338</v>
+      </c>
+      <c r="J56" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>42</v>
+      </c>
+      <c r="B57" t="s">
+        <v>343</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>344</v>
+      </c>
+      <c r="E57" t="s">
+        <v>345</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>346</v>
+      </c>
+      <c r="H57" t="s">
+        <v>347</v>
+      </c>
+      <c r="I57" t="s">
+        <v>13</v>
+      </c>
+      <c r="J57" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>42</v>
+      </c>
+      <c r="B58" t="s">
+        <v>348</v>
+      </c>
+      <c r="C58" t="s">
+        <v>349</v>
+      </c>
+      <c r="D58" t="s">
+        <v>94</v>
+      </c>
+      <c r="E58" t="s">
+        <v>95</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>350</v>
+      </c>
+      <c r="H58" t="s">
+        <v>351</v>
+      </c>
+      <c r="I58" t="s">
+        <v>13</v>
+      </c>
+      <c r="J58" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>42</v>
+      </c>
+      <c r="B59" t="s">
+        <v>353</v>
+      </c>
+      <c r="C59" t="s">
+        <v>354</v>
+      </c>
+      <c r="D59" t="s">
+        <v>355</v>
+      </c>
+      <c r="E59" t="s">
+        <v>356</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>357</v>
+      </c>
+      <c r="H59" t="s">
+        <v>358</v>
+      </c>
+      <c r="I59" t="s">
+        <v>354</v>
+      </c>
+      <c r="J59" t="s">
         <v>146</v>
       </c>
     </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>42</v>
+      </c>
+      <c r="B60" t="s">
+        <v>359</v>
+      </c>
+      <c r="C60" t="s">
+        <v>354</v>
+      </c>
+      <c r="D60" t="s">
+        <v>360</v>
+      </c>
+      <c r="E60" t="s">
+        <v>361</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>362</v>
+      </c>
+      <c r="H60" t="s">
+        <v>363</v>
+      </c>
+      <c r="I60" t="s">
+        <v>354</v>
+      </c>
+      <c r="J60" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>42</v>
+      </c>
+      <c r="B61" t="s">
+        <v>364</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>129</v>
+      </c>
+      <c r="E61" t="s">
+        <v>365</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>366</v>
+      </c>
+      <c r="H61" t="s">
+        <v>367</v>
+      </c>
+      <c r="I61" t="s">
+        <v>13</v>
+      </c>
+      <c r="J61" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>42</v>
+      </c>
+      <c r="B62" t="s">
+        <v>369</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>129</v>
+      </c>
+      <c r="E62" t="s">
+        <v>370</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>371</v>
+      </c>
+      <c r="H62" t="s">
+        <v>372</v>
+      </c>
+      <c r="I62" t="s">
+        <v>13</v>
+      </c>
+      <c r="J62" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>42</v>
+      </c>
+      <c r="B63" t="s">
+        <v>373</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>100</v>
+      </c>
+      <c r="E63" t="s">
+        <v>374</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>375</v>
+      </c>
+      <c r="H63" t="s">
+        <v>376</v>
+      </c>
+      <c r="I63" t="s">
+        <v>13</v>
+      </c>
+      <c r="J63" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>42</v>
+      </c>
+      <c r="B64" t="s">
+        <v>378</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>379</v>
+      </c>
+      <c r="E64" t="s">
+        <v>380</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>381</v>
+      </c>
+      <c r="H64" t="s">
+        <v>382</v>
+      </c>
+      <c r="I64" t="s">
+        <v>13</v>
+      </c>
+      <c r="J64" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>42</v>
+      </c>
+      <c r="B65" t="s">
+        <v>384</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>385</v>
+      </c>
+      <c r="E65" t="s">
+        <v>386</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>387</v>
+      </c>
+      <c r="H65" t="s">
+        <v>388</v>
+      </c>
+      <c r="I65" t="s">
+        <v>13</v>
+      </c>
+      <c r="J65" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>42</v>
+      </c>
+      <c r="B66" t="s">
+        <v>390</v>
+      </c>
+      <c r="C66" t="s">
+        <v>391</v>
+      </c>
+      <c r="D66" t="s">
+        <v>392</v>
+      </c>
+      <c r="E66" t="s">
+        <v>392</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>393</v>
+      </c>
+      <c r="H66" t="s">
+        <v>394</v>
+      </c>
+      <c r="I66" t="s">
+        <v>391</v>
+      </c>
+      <c r="J66" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>42</v>
+      </c>
+      <c r="B67" t="s">
+        <v>396</v>
+      </c>
+      <c r="C67" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" t="s">
+        <v>397</v>
+      </c>
+      <c r="E67" t="s">
+        <v>397</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>398</v>
+      </c>
+      <c r="H67" t="s">
+        <v>399</v>
+      </c>
+      <c r="I67" t="s">
+        <v>13</v>
+      </c>
+      <c r="J67" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>42</v>
+      </c>
+      <c r="B68" t="s">
+        <v>401</v>
+      </c>
+      <c r="C68" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" t="s">
+        <v>402</v>
+      </c>
+      <c r="E68" t="s">
+        <v>402</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>403</v>
+      </c>
+      <c r="H68" t="s">
+        <v>404</v>
+      </c>
+      <c r="I68" t="s">
+        <v>13</v>
+      </c>
+      <c r="J68" t="s">
+        <v>405</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H167"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>147</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>148</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
-        <v>149</v>
+        <v>408</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>150</v>
+        <v>409</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>151</v>
+        <v>410</v>
       </c>
       <c r="H2" t="s">
-        <v>152</v>
+        <v>411</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>147</v>
+        <v>406</v>
       </c>
       <c r="B3" t="s">
-        <v>153</v>
+        <v>412</v>
       </c>
       <c r="C3" t="s">
-        <v>154</v>
+        <v>413</v>
       </c>
       <c r="D3" t="s">
-        <v>155</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>156</v>
+        <v>414</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>157</v>
+        <v>415</v>
       </c>
       <c r="H3" t="s">
-        <v>158</v>
+        <v>416</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>147</v>
+        <v>406</v>
       </c>
       <c r="B4" t="s">
-        <v>159</v>
+        <v>417</v>
       </c>
       <c r="C4" t="s">
-        <v>160</v>
+        <v>418</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>161</v>
+        <v>419</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>162</v>
+        <v>420</v>
       </c>
       <c r="H4" t="s">
-        <v>163</v>
+        <v>421</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>406</v>
+      </c>
+      <c r="B5" t="s">
+        <v>422</v>
+      </c>
+      <c r="C5" t="s">
+        <v>423</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>424</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>425</v>
+      </c>
+      <c r="H5" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>406</v>
+      </c>
+      <c r="B6" t="s">
+        <v>427</v>
+      </c>
+      <c r="C6" t="s">
+        <v>428</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>429</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>430</v>
+      </c>
+      <c r="H6" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>406</v>
+      </c>
+      <c r="B7" t="s">
+        <v>432</v>
+      </c>
+      <c r="C7" t="s">
+        <v>433</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>434</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>435</v>
+      </c>
+      <c r="H7" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>406</v>
+      </c>
+      <c r="B8" t="s">
+        <v>437</v>
+      </c>
+      <c r="C8" t="s">
+        <v>438</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>439</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>440</v>
+      </c>
+      <c r="H8" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>406</v>
+      </c>
+      <c r="B9" t="s">
+        <v>442</v>
+      </c>
+      <c r="C9" t="s">
+        <v>443</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>444</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>445</v>
+      </c>
+      <c r="H9" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>406</v>
+      </c>
+      <c r="B10" t="s">
+        <v>447</v>
+      </c>
+      <c r="C10" t="s">
+        <v>448</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>449</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>450</v>
+      </c>
+      <c r="H10" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>406</v>
+      </c>
+      <c r="B11" t="s">
+        <v>452</v>
+      </c>
+      <c r="C11" t="s">
+        <v>453</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>454</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>455</v>
+      </c>
+      <c r="H11" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>406</v>
+      </c>
+      <c r="B12" t="s">
+        <v>457</v>
+      </c>
+      <c r="C12" t="s">
+        <v>458</v>
+      </c>
+      <c r="D12" t="s">
+        <v>459</v>
+      </c>
+      <c r="E12" t="s">
+        <v>460</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>461</v>
+      </c>
+      <c r="H12" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>406</v>
+      </c>
+      <c r="B13" t="s">
+        <v>463</v>
+      </c>
+      <c r="C13" t="s">
+        <v>464</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>465</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>466</v>
+      </c>
+      <c r="H13" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>406</v>
+      </c>
+      <c r="B14" t="s">
+        <v>468</v>
+      </c>
+      <c r="C14" t="s">
+        <v>469</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>470</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>471</v>
+      </c>
+      <c r="H14" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>406</v>
+      </c>
+      <c r="B15" t="s">
+        <v>473</v>
+      </c>
+      <c r="C15" t="s">
+        <v>474</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>475</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>476</v>
+      </c>
+      <c r="H15" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>406</v>
+      </c>
+      <c r="B16" t="s">
+        <v>478</v>
+      </c>
+      <c r="C16" t="s">
+        <v>479</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>480</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>481</v>
+      </c>
+      <c r="H16" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>406</v>
+      </c>
+      <c r="B17" t="s">
+        <v>483</v>
+      </c>
+      <c r="C17" t="s">
+        <v>484</v>
+      </c>
+      <c r="D17" t="s">
+        <v>485</v>
+      </c>
+      <c r="E17" t="s">
+        <v>486</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>487</v>
+      </c>
+      <c r="H17" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>406</v>
+      </c>
+      <c r="B18" t="s">
+        <v>489</v>
+      </c>
+      <c r="C18" t="s">
+        <v>490</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>491</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>492</v>
+      </c>
+      <c r="H18" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>406</v>
+      </c>
+      <c r="B19" t="s">
+        <v>494</v>
+      </c>
+      <c r="C19" t="s">
+        <v>495</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>496</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>497</v>
+      </c>
+      <c r="H19" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>406</v>
+      </c>
+      <c r="B20" t="s">
+        <v>499</v>
+      </c>
+      <c r="C20" t="s">
+        <v>500</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>501</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>502</v>
+      </c>
+      <c r="H20" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>406</v>
+      </c>
+      <c r="B21" t="s">
+        <v>504</v>
+      </c>
+      <c r="C21" t="s">
+        <v>505</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>506</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>507</v>
+      </c>
+      <c r="H21" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>406</v>
+      </c>
+      <c r="B22" t="s">
+        <v>509</v>
+      </c>
+      <c r="C22" t="s">
+        <v>510</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>511</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>512</v>
+      </c>
+      <c r="H22" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>406</v>
+      </c>
+      <c r="B23" t="s">
+        <v>514</v>
+      </c>
+      <c r="C23" t="s">
+        <v>515</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>429</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>516</v>
+      </c>
+      <c r="H23" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>406</v>
+      </c>
+      <c r="B24" t="s">
+        <v>518</v>
+      </c>
+      <c r="C24" t="s">
+        <v>519</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>429</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>520</v>
+      </c>
+      <c r="H24" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>406</v>
+      </c>
+      <c r="B25" t="s">
+        <v>522</v>
+      </c>
+      <c r="C25" t="s">
+        <v>523</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>524</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>525</v>
+      </c>
+      <c r="H25" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>406</v>
+      </c>
+      <c r="B26" t="s">
+        <v>527</v>
+      </c>
+      <c r="C26" t="s">
+        <v>528</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>529</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>530</v>
+      </c>
+      <c r="H26" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>406</v>
+      </c>
+      <c r="B27" t="s">
+        <v>532</v>
+      </c>
+      <c r="C27" t="s">
+        <v>533</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>534</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>535</v>
+      </c>
+      <c r="H27" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>406</v>
+      </c>
+      <c r="B28" t="s">
+        <v>537</v>
+      </c>
+      <c r="C28" t="s">
+        <v>538</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>539</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>540</v>
+      </c>
+      <c r="H28" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>406</v>
+      </c>
+      <c r="B29" t="s">
+        <v>542</v>
+      </c>
+      <c r="C29" t="s">
+        <v>543</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>544</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>545</v>
+      </c>
+      <c r="H29" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>406</v>
+      </c>
+      <c r="B30" t="s">
+        <v>547</v>
+      </c>
+      <c r="C30" t="s">
+        <v>548</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>549</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>550</v>
+      </c>
+      <c r="H30" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>406</v>
+      </c>
+      <c r="B31" t="s">
+        <v>552</v>
+      </c>
+      <c r="C31" t="s">
+        <v>553</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>554</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>555</v>
+      </c>
+      <c r="H31" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>406</v>
+      </c>
+      <c r="B32" t="s">
+        <v>557</v>
+      </c>
+      <c r="C32" t="s">
+        <v>558</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>559</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>560</v>
+      </c>
+      <c r="H32" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>406</v>
+      </c>
+      <c r="B33" t="s">
+        <v>562</v>
+      </c>
+      <c r="C33" t="s">
+        <v>563</v>
+      </c>
+      <c r="D33" t="s">
+        <v>564</v>
+      </c>
+      <c r="E33" t="s">
+        <v>565</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>566</v>
+      </c>
+      <c r="H33" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>406</v>
+      </c>
+      <c r="B34" t="s">
+        <v>568</v>
+      </c>
+      <c r="C34" t="s">
+        <v>569</v>
+      </c>
+      <c r="D34" t="s">
+        <v>570</v>
+      </c>
+      <c r="E34" t="s">
+        <v>571</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>572</v>
+      </c>
+      <c r="H34" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>406</v>
+      </c>
+      <c r="B35" t="s">
+        <v>574</v>
+      </c>
+      <c r="C35" t="s">
+        <v>575</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>576</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>577</v>
+      </c>
+      <c r="H35" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>406</v>
+      </c>
+      <c r="B36" t="s">
+        <v>579</v>
+      </c>
+      <c r="C36" t="s">
+        <v>580</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>581</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>582</v>
+      </c>
+      <c r="H36" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>406</v>
+      </c>
+      <c r="B37" t="s">
+        <v>584</v>
+      </c>
+      <c r="C37" t="s">
+        <v>585</v>
+      </c>
+      <c r="D37" t="s">
+        <v>586</v>
+      </c>
+      <c r="E37" t="s">
+        <v>587</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>588</v>
+      </c>
+      <c r="H37" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>406</v>
+      </c>
+      <c r="B38" t="s">
+        <v>590</v>
+      </c>
+      <c r="C38" t="s">
+        <v>591</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>439</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>592</v>
+      </c>
+      <c r="H38" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>406</v>
+      </c>
+      <c r="B39" t="s">
+        <v>594</v>
+      </c>
+      <c r="C39" t="s">
+        <v>595</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>596</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>597</v>
+      </c>
+      <c r="H39" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>406</v>
+      </c>
+      <c r="B40" t="s">
+        <v>599</v>
+      </c>
+      <c r="C40" t="s">
+        <v>600</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>601</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>602</v>
+      </c>
+      <c r="H40" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>406</v>
+      </c>
+      <c r="B41" t="s">
+        <v>604</v>
+      </c>
+      <c r="C41" t="s">
+        <v>605</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>606</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>607</v>
+      </c>
+      <c r="H41" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>406</v>
+      </c>
+      <c r="B42" t="s">
+        <v>609</v>
+      </c>
+      <c r="C42" t="s">
+        <v>610</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>611</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>612</v>
+      </c>
+      <c r="H42" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>406</v>
+      </c>
+      <c r="B43" t="s">
+        <v>614</v>
+      </c>
+      <c r="C43" t="s">
+        <v>615</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>616</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>617</v>
+      </c>
+      <c r="H43" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>406</v>
+      </c>
+      <c r="B44" t="s">
+        <v>619</v>
+      </c>
+      <c r="C44" t="s">
+        <v>620</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>621</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>622</v>
+      </c>
+      <c r="H44" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>406</v>
+      </c>
+      <c r="B45" t="s">
+        <v>624</v>
+      </c>
+      <c r="C45" t="s">
+        <v>625</v>
+      </c>
+      <c r="D45" t="s">
+        <v>626</v>
+      </c>
+      <c r="E45" t="s">
+        <v>627</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>628</v>
+      </c>
+      <c r="H45" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>406</v>
+      </c>
+      <c r="B46" t="s">
+        <v>630</v>
+      </c>
+      <c r="C46" t="s">
+        <v>631</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>632</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>633</v>
+      </c>
+      <c r="H46" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>406</v>
+      </c>
+      <c r="B47" t="s">
+        <v>635</v>
+      </c>
+      <c r="C47" t="s">
+        <v>636</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>465</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>637</v>
+      </c>
+      <c r="H47" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>406</v>
+      </c>
+      <c r="B48" t="s">
+        <v>639</v>
+      </c>
+      <c r="C48" t="s">
+        <v>640</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>641</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>642</v>
+      </c>
+      <c r="H48" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>406</v>
+      </c>
+      <c r="B49" t="s">
+        <v>644</v>
+      </c>
+      <c r="C49" t="s">
+        <v>645</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>646</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>647</v>
+      </c>
+      <c r="H49" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>406</v>
+      </c>
+      <c r="B50" t="s">
+        <v>649</v>
+      </c>
+      <c r="C50" t="s">
+        <v>650</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>651</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>652</v>
+      </c>
+      <c r="H50" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>406</v>
+      </c>
+      <c r="B51" t="s">
+        <v>654</v>
+      </c>
+      <c r="C51" t="s">
+        <v>655</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>656</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>657</v>
+      </c>
+      <c r="H51" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>406</v>
+      </c>
+      <c r="B52" t="s">
+        <v>659</v>
+      </c>
+      <c r="C52" t="s">
+        <v>660</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>661</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>662</v>
+      </c>
+      <c r="H52" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>406</v>
+      </c>
+      <c r="B53" t="s">
+        <v>664</v>
+      </c>
+      <c r="C53" t="s">
+        <v>665</v>
+      </c>
+      <c r="D53" t="s">
+        <v>666</v>
+      </c>
+      <c r="E53" t="s">
+        <v>667</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>668</v>
+      </c>
+      <c r="H53" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>406</v>
+      </c>
+      <c r="B54" t="s">
+        <v>670</v>
+      </c>
+      <c r="C54" t="s">
+        <v>671</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>414</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>672</v>
+      </c>
+      <c r="H54" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>406</v>
+      </c>
+      <c r="B55" t="s">
+        <v>674</v>
+      </c>
+      <c r="C55" t="s">
+        <v>675</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>676</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>677</v>
+      </c>
+      <c r="H55" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>406</v>
+      </c>
+      <c r="B56" t="s">
+        <v>679</v>
+      </c>
+      <c r="C56" t="s">
+        <v>680</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>681</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>682</v>
+      </c>
+      <c r="H56" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>406</v>
+      </c>
+      <c r="B57" t="s">
+        <v>684</v>
+      </c>
+      <c r="C57" t="s">
+        <v>685</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>686</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>687</v>
+      </c>
+      <c r="H57" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>406</v>
+      </c>
+      <c r="B58" t="s">
+        <v>689</v>
+      </c>
+      <c r="C58" t="s">
+        <v>690</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>691</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>692</v>
+      </c>
+      <c r="H58" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>406</v>
+      </c>
+      <c r="B59" t="s">
+        <v>694</v>
+      </c>
+      <c r="C59" t="s">
+        <v>695</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>696</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>697</v>
+      </c>
+      <c r="H59" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>406</v>
+      </c>
+      <c r="B60" t="s">
+        <v>699</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>700</v>
+      </c>
+      <c r="E60" t="s">
+        <v>701</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>702</v>
+      </c>
+      <c r="H60" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>406</v>
+      </c>
+      <c r="B61" t="s">
+        <v>704</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>700</v>
+      </c>
+      <c r="E61" t="s">
+        <v>700</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>705</v>
+      </c>
+      <c r="H61" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>406</v>
+      </c>
+      <c r="B62" t="s">
+        <v>707</v>
+      </c>
+      <c r="C62" t="s">
+        <v>708</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>709</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>710</v>
+      </c>
+      <c r="H62" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>406</v>
+      </c>
+      <c r="B63" t="s">
+        <v>712</v>
+      </c>
+      <c r="C63" t="s">
+        <v>713</v>
+      </c>
+      <c r="D63" t="s">
+        <v>714</v>
+      </c>
+      <c r="E63" t="s">
+        <v>715</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>716</v>
+      </c>
+      <c r="H63" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>406</v>
+      </c>
+      <c r="B64" t="s">
+        <v>718</v>
+      </c>
+      <c r="C64" t="s">
+        <v>719</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>506</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>720</v>
+      </c>
+      <c r="H64" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>406</v>
+      </c>
+      <c r="B65" t="s">
+        <v>722</v>
+      </c>
+      <c r="C65" t="s">
+        <v>723</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>724</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>725</v>
+      </c>
+      <c r="H65" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>406</v>
+      </c>
+      <c r="B66" t="s">
+        <v>727</v>
+      </c>
+      <c r="C66" t="s">
+        <v>728</v>
+      </c>
+      <c r="D66" t="s">
+        <v>729</v>
+      </c>
+      <c r="E66" t="s">
+        <v>730</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>731</v>
+      </c>
+      <c r="H66" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>406</v>
+      </c>
+      <c r="B67" t="s">
+        <v>733</v>
+      </c>
+      <c r="C67" t="s">
+        <v>728</v>
+      </c>
+      <c r="D67" t="s">
+        <v>729</v>
+      </c>
+      <c r="E67" t="s">
+        <v>734</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>735</v>
+      </c>
+      <c r="H67" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>406</v>
+      </c>
+      <c r="B68" t="s">
+        <v>737</v>
+      </c>
+      <c r="C68" t="s">
+        <v>738</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>739</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>740</v>
+      </c>
+      <c r="H68" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>406</v>
+      </c>
+      <c r="B69" t="s">
+        <v>742</v>
+      </c>
+      <c r="C69" t="s">
+        <v>743</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>744</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>745</v>
+      </c>
+      <c r="H69" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>406</v>
+      </c>
+      <c r="B70" t="s">
+        <v>747</v>
+      </c>
+      <c r="C70" t="s">
+        <v>748</v>
+      </c>
+      <c r="D70" t="s">
+        <v>749</v>
+      </c>
+      <c r="E70" t="s">
+        <v>750</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>751</v>
+      </c>
+      <c r="H70" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>406</v>
+      </c>
+      <c r="B71" t="s">
+        <v>753</v>
+      </c>
+      <c r="C71" t="s">
+        <v>754</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>755</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>756</v>
+      </c>
+      <c r="H71" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>406</v>
+      </c>
+      <c r="B72" t="s">
+        <v>758</v>
+      </c>
+      <c r="C72" t="s">
+        <v>759</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>760</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>761</v>
+      </c>
+      <c r="H72" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>406</v>
+      </c>
+      <c r="B73" t="s">
+        <v>763</v>
+      </c>
+      <c r="C73" t="s">
+        <v>764</v>
+      </c>
+      <c r="D73" t="s">
+        <v>765</v>
+      </c>
+      <c r="E73" t="s">
+        <v>766</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>767</v>
+      </c>
+      <c r="H73" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>406</v>
+      </c>
+      <c r="B74" t="s">
+        <v>769</v>
+      </c>
+      <c r="C74" t="s">
+        <v>770</v>
+      </c>
+      <c r="D74" t="s">
+        <v>771</v>
+      </c>
+      <c r="E74" t="s">
+        <v>772</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>773</v>
+      </c>
+      <c r="H74" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>406</v>
+      </c>
+      <c r="B75" t="s">
+        <v>775</v>
+      </c>
+      <c r="C75" t="s">
+        <v>776</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>777</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>778</v>
+      </c>
+      <c r="H75" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>406</v>
+      </c>
+      <c r="B76" t="s">
+        <v>780</v>
+      </c>
+      <c r="C76" t="s">
+        <v>781</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>782</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>783</v>
+      </c>
+      <c r="H76" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>406</v>
+      </c>
+      <c r="B77" t="s">
+        <v>785</v>
+      </c>
+      <c r="C77" t="s">
+        <v>786</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>782</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>787</v>
+      </c>
+      <c r="H77" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>406</v>
+      </c>
+      <c r="B78" t="s">
+        <v>789</v>
+      </c>
+      <c r="C78" t="s">
+        <v>790</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>782</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>791</v>
+      </c>
+      <c r="H78" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>406</v>
+      </c>
+      <c r="B79" t="s">
+        <v>793</v>
+      </c>
+      <c r="C79" t="s">
+        <v>794</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>795</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>796</v>
+      </c>
+      <c r="H79" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>406</v>
+      </c>
+      <c r="B80" t="s">
+        <v>798</v>
+      </c>
+      <c r="C80" t="s">
+        <v>799</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>656</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>800</v>
+      </c>
+      <c r="H80" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>406</v>
+      </c>
+      <c r="B81" t="s">
+        <v>802</v>
+      </c>
+      <c r="C81" t="s">
+        <v>803</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>804</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>805</v>
+      </c>
+      <c r="H81" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>406</v>
+      </c>
+      <c r="B82" t="s">
+        <v>807</v>
+      </c>
+      <c r="C82" t="s">
+        <v>808</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>760</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>809</v>
+      </c>
+      <c r="H82" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>406</v>
+      </c>
+      <c r="B83" t="s">
+        <v>811</v>
+      </c>
+      <c r="C83" t="s">
+        <v>812</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>813</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>814</v>
+      </c>
+      <c r="H83" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>406</v>
+      </c>
+      <c r="B84" t="s">
+        <v>816</v>
+      </c>
+      <c r="C84" t="s">
+        <v>817</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>818</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>819</v>
+      </c>
+      <c r="H84" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>406</v>
+      </c>
+      <c r="B85" t="s">
+        <v>821</v>
+      </c>
+      <c r="C85" t="s">
+        <v>822</v>
+      </c>
+      <c r="D85" t="s">
+        <v>823</v>
+      </c>
+      <c r="E85" t="s">
+        <v>824</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>825</v>
+      </c>
+      <c r="H85" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>406</v>
+      </c>
+      <c r="B86" t="s">
+        <v>827</v>
+      </c>
+      <c r="C86" t="s">
+        <v>828</v>
+      </c>
+      <c r="D86" t="s">
+        <v>823</v>
+      </c>
+      <c r="E86" t="s">
+        <v>829</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>830</v>
+      </c>
+      <c r="H86" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>406</v>
+      </c>
+      <c r="B87" t="s">
+        <v>832</v>
+      </c>
+      <c r="C87" t="s">
+        <v>833</v>
+      </c>
+      <c r="D87" t="s">
+        <v>823</v>
+      </c>
+      <c r="E87" t="s">
+        <v>834</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>835</v>
+      </c>
+      <c r="H87" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>406</v>
+      </c>
+      <c r="B88" t="s">
+        <v>837</v>
+      </c>
+      <c r="C88" t="s">
+        <v>838</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>839</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>840</v>
+      </c>
+      <c r="H88" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>406</v>
+      </c>
+      <c r="B89" t="s">
+        <v>842</v>
+      </c>
+      <c r="C89" t="s">
+        <v>843</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>844</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>845</v>
+      </c>
+      <c r="H89" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>406</v>
+      </c>
+      <c r="B90" t="s">
+        <v>847</v>
+      </c>
+      <c r="C90" t="s">
+        <v>848</v>
+      </c>
+      <c r="D90" t="s">
+        <v>849</v>
+      </c>
+      <c r="E90" t="s">
+        <v>850</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>851</v>
+      </c>
+      <c r="H90" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>406</v>
+      </c>
+      <c r="B91" t="s">
+        <v>853</v>
+      </c>
+      <c r="C91" t="s">
+        <v>854</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>855</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>856</v>
+      </c>
+      <c r="H91" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>406</v>
+      </c>
+      <c r="B92" t="s">
+        <v>858</v>
+      </c>
+      <c r="C92" t="s">
+        <v>859</v>
+      </c>
+      <c r="D92" t="s">
+        <v>626</v>
+      </c>
+      <c r="E92" t="s">
+        <v>627</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>860</v>
+      </c>
+      <c r="H92" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>406</v>
+      </c>
+      <c r="B93" t="s">
+        <v>862</v>
+      </c>
+      <c r="C93" t="s">
+        <v>863</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>864</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>865</v>
+      </c>
+      <c r="H93" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>406</v>
+      </c>
+      <c r="B94" t="s">
+        <v>867</v>
+      </c>
+      <c r="C94" t="s">
+        <v>868</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>869</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>870</v>
+      </c>
+      <c r="H94" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>406</v>
+      </c>
+      <c r="B95" t="s">
+        <v>872</v>
+      </c>
+      <c r="C95" t="s">
+        <v>873</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>656</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>874</v>
+      </c>
+      <c r="H95" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>406</v>
+      </c>
+      <c r="B96" t="s">
+        <v>876</v>
+      </c>
+      <c r="C96" t="s">
+        <v>877</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>878</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>879</v>
+      </c>
+      <c r="H96" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>406</v>
+      </c>
+      <c r="B97" t="s">
+        <v>881</v>
+      </c>
+      <c r="C97" t="s">
+        <v>882</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>883</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>884</v>
+      </c>
+      <c r="H97" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>406</v>
+      </c>
+      <c r="B98" t="s">
+        <v>886</v>
+      </c>
+      <c r="C98" t="s">
+        <v>887</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>888</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>889</v>
+      </c>
+      <c r="H98" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>406</v>
+      </c>
+      <c r="B99" t="s">
+        <v>891</v>
+      </c>
+      <c r="C99" t="s">
+        <v>892</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>893</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>894</v>
+      </c>
+      <c r="H99" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>406</v>
+      </c>
+      <c r="B100" t="s">
+        <v>896</v>
+      </c>
+      <c r="C100" t="s">
+        <v>13</v>
+      </c>
+      <c r="D100" t="s">
+        <v>897</v>
+      </c>
+      <c r="E100" t="s">
+        <v>898</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>899</v>
+      </c>
+      <c r="H100" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>406</v>
+      </c>
+      <c r="B101" t="s">
+        <v>901</v>
+      </c>
+      <c r="C101" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>902</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>903</v>
+      </c>
+      <c r="H101" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>406</v>
+      </c>
+      <c r="B102" t="s">
+        <v>905</v>
+      </c>
+      <c r="C102" t="s">
+        <v>906</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>907</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>908</v>
+      </c>
+      <c r="H102" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>406</v>
+      </c>
+      <c r="B103" t="s">
+        <v>910</v>
+      </c>
+      <c r="C103" t="s">
+        <v>911</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>912</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>913</v>
+      </c>
+      <c r="H103" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>406</v>
+      </c>
+      <c r="B104" t="s">
+        <v>915</v>
+      </c>
+      <c r="C104" t="s">
+        <v>13</v>
+      </c>
+      <c r="D104" t="s">
+        <v>700</v>
+      </c>
+      <c r="E104" t="s">
+        <v>700</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>916</v>
+      </c>
+      <c r="H104" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>406</v>
+      </c>
+      <c r="B105" t="s">
+        <v>918</v>
+      </c>
+      <c r="C105" t="s">
+        <v>919</v>
+      </c>
+      <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
+        <v>920</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>921</v>
+      </c>
+      <c r="H105" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>406</v>
+      </c>
+      <c r="B106" t="s">
+        <v>923</v>
+      </c>
+      <c r="C106" t="s">
+        <v>924</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>925</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>926</v>
+      </c>
+      <c r="H106" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>406</v>
+      </c>
+      <c r="B107" t="s">
+        <v>928</v>
+      </c>
+      <c r="C107" t="s">
+        <v>929</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>930</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>931</v>
+      </c>
+      <c r="H107" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>406</v>
+      </c>
+      <c r="B108" t="s">
+        <v>933</v>
+      </c>
+      <c r="C108" t="s">
+        <v>934</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>434</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>935</v>
+      </c>
+      <c r="H108" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>406</v>
+      </c>
+      <c r="B109" t="s">
+        <v>937</v>
+      </c>
+      <c r="C109" t="s">
+        <v>938</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>939</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>940</v>
+      </c>
+      <c r="H109" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>406</v>
+      </c>
+      <c r="B110" t="s">
+        <v>942</v>
+      </c>
+      <c r="C110" t="s">
+        <v>943</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>439</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>944</v>
+      </c>
+      <c r="H110" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>406</v>
+      </c>
+      <c r="B111" t="s">
+        <v>946</v>
+      </c>
+      <c r="C111" t="s">
+        <v>947</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>439</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>948</v>
+      </c>
+      <c r="H111" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>406</v>
+      </c>
+      <c r="B112" t="s">
+        <v>950</v>
+      </c>
+      <c r="C112" t="s">
+        <v>951</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>724</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>952</v>
+      </c>
+      <c r="H112" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>406</v>
+      </c>
+      <c r="B113" t="s">
+        <v>954</v>
+      </c>
+      <c r="C113" t="s">
+        <v>955</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>424</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>956</v>
+      </c>
+      <c r="H113" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>406</v>
+      </c>
+      <c r="B114" t="s">
+        <v>958</v>
+      </c>
+      <c r="C114" t="s">
+        <v>959</v>
+      </c>
+      <c r="D114" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>782</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>960</v>
+      </c>
+      <c r="H114" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>406</v>
+      </c>
+      <c r="B115" t="s">
+        <v>962</v>
+      </c>
+      <c r="C115" t="s">
+        <v>963</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>651</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>964</v>
+      </c>
+      <c r="H115" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>406</v>
+      </c>
+      <c r="B116" t="s">
+        <v>966</v>
+      </c>
+      <c r="C116" t="s">
+        <v>967</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>656</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>968</v>
+      </c>
+      <c r="H116" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>406</v>
+      </c>
+      <c r="B117" t="s">
+        <v>970</v>
+      </c>
+      <c r="C117" t="s">
+        <v>971</v>
+      </c>
+      <c r="D117" t="s">
+        <v>419</v>
+      </c>
+      <c r="E117" t="s">
+        <v>972</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>973</v>
+      </c>
+      <c r="H117" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>406</v>
+      </c>
+      <c r="B118" t="s">
+        <v>975</v>
+      </c>
+      <c r="C118" t="s">
+        <v>976</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>977</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>978</v>
+      </c>
+      <c r="H118" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>406</v>
+      </c>
+      <c r="B119" t="s">
+        <v>980</v>
+      </c>
+      <c r="C119" t="s">
+        <v>981</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>982</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>983</v>
+      </c>
+      <c r="H119" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>406</v>
+      </c>
+      <c r="B120" t="s">
+        <v>985</v>
+      </c>
+      <c r="C120" t="s">
+        <v>986</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
+        <v>987</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>988</v>
+      </c>
+      <c r="H120" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>406</v>
+      </c>
+      <c r="B121" t="s">
+        <v>990</v>
+      </c>
+      <c r="C121" t="s">
+        <v>991</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>992</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>993</v>
+      </c>
+      <c r="H121" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>406</v>
+      </c>
+      <c r="B122" t="s">
+        <v>995</v>
+      </c>
+      <c r="C122" t="s">
+        <v>996</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>997</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>998</v>
+      </c>
+      <c r="H122" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>406</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>406</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>406</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>406</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D126" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>406</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" t="s">
+        <v>434</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>406</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D128" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" t="s">
+        <v>434</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>406</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D129" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>406</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D130" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>406</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D131" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>406</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D132" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1045</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>406</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D133" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1051</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1052</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>406</v>
+      </c>
+      <c r="B134" t="s">
+        <v>896</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D134" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>406</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D135" t="s">
+        <v>13</v>
+      </c>
+      <c r="E135" t="s">
+        <v>465</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H135" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>406</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D136" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" t="s">
+        <v>439</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H136" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>406</v>
+      </c>
+      <c r="B137" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C137" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D137" t="s">
+        <v>13</v>
+      </c>
+      <c r="E137" t="s">
+        <v>439</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" t="s">
+        <v>1068</v>
+      </c>
+      <c r="H137" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>406</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D138" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>406</v>
+      </c>
+      <c r="B139" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D139" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" t="s">
+        <v>724</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H139" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>406</v>
+      </c>
+      <c r="B140" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C140" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D140" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F140" t="s">
+        <v>13</v>
+      </c>
+      <c r="G140" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H140" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>406</v>
+      </c>
+      <c r="B141" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C141" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D141" t="s">
+        <v>13</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F141" t="s">
+        <v>13</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>406</v>
+      </c>
+      <c r="B142" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C142" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D142" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F142" t="s">
+        <v>13</v>
+      </c>
+      <c r="G142" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H142" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>406</v>
+      </c>
+      <c r="B143" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C143" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D143" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H143" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>406</v>
+      </c>
+      <c r="B144" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C144" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D144" t="s">
+        <v>13</v>
+      </c>
+      <c r="E144" t="s">
+        <v>782</v>
+      </c>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H144" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>406</v>
+      </c>
+      <c r="B145" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C145" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D145" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" t="s">
+        <v>646</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H145" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>406</v>
+      </c>
+      <c r="B146" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C146" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D146" t="s">
+        <v>13</v>
+      </c>
+      <c r="E146" t="s">
+        <v>646</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H146" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>406</v>
+      </c>
+      <c r="B147" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C147" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D147" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" t="s">
+        <v>651</v>
+      </c>
+      <c r="F147" t="s">
+        <v>13</v>
+      </c>
+      <c r="G147" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H147" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>406</v>
+      </c>
+      <c r="B148" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C148" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D148" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" t="s">
+        <v>651</v>
+      </c>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H148" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>406</v>
+      </c>
+      <c r="B149" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C149" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D149" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" t="s">
+        <v>651</v>
+      </c>
+      <c r="F149" t="s">
+        <v>13</v>
+      </c>
+      <c r="G149" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H149" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>406</v>
+      </c>
+      <c r="B150" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C150" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D150" t="s">
+        <v>13</v>
+      </c>
+      <c r="E150" t="s">
+        <v>656</v>
+      </c>
+      <c r="F150" t="s">
+        <v>13</v>
+      </c>
+      <c r="G150" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H150" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>406</v>
+      </c>
+      <c r="B151" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C151" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D151" t="s">
+        <v>13</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F151" t="s">
+        <v>13</v>
+      </c>
+      <c r="G151" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H151" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>406</v>
+      </c>
+      <c r="B152" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C152" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D152" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H152" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>406</v>
+      </c>
+      <c r="B153" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D153" t="s">
+        <v>13</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H153" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>406</v>
+      </c>
+      <c r="B154" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D154" t="s">
+        <v>13</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F154" t="s">
+        <v>13</v>
+      </c>
+      <c r="G154" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H154" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>406</v>
+      </c>
+      <c r="B155" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D155" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H155" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>406</v>
+      </c>
+      <c r="B156" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D156" t="s">
+        <v>13</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F156" t="s">
+        <v>13</v>
+      </c>
+      <c r="G156" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H156" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>406</v>
+      </c>
+      <c r="B157" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C157" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D157" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" t="s">
+        <v>1159</v>
+      </c>
+      <c r="F157" t="s">
+        <v>13</v>
+      </c>
+      <c r="G157" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H157" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>406</v>
+      </c>
+      <c r="B158" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C158" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D158" t="s">
+        <v>13</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F158" t="s">
+        <v>13</v>
+      </c>
+      <c r="G158" t="s">
+        <v>1165</v>
+      </c>
+      <c r="H158" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>406</v>
+      </c>
+      <c r="B159" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C159" t="s">
+        <v>13</v>
+      </c>
+      <c r="D159" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1169</v>
+      </c>
+      <c r="F159" t="s">
+        <v>13</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H159" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>406</v>
+      </c>
+      <c r="B160" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C160" t="s">
+        <v>728</v>
+      </c>
+      <c r="D160" t="s">
+        <v>1173</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F160" t="s">
+        <v>13</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H160" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>406</v>
+      </c>
+      <c r="B161" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C161" t="s">
+        <v>13</v>
+      </c>
+      <c r="D161" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F161" t="s">
+        <v>13</v>
+      </c>
+      <c r="G161" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H161" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>406</v>
+      </c>
+      <c r="B162" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D162" t="s">
+        <v>13</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F162" t="s">
+        <v>13</v>
+      </c>
+      <c r="G162" t="s">
+        <v>1184</v>
+      </c>
+      <c r="H162" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>406</v>
+      </c>
+      <c r="B163" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C163" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D163" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F163" t="s">
+        <v>13</v>
+      </c>
+      <c r="G163" t="s">
+        <v>1189</v>
+      </c>
+      <c r="H163" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>406</v>
+      </c>
+      <c r="B164" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C164" t="s">
+        <v>728</v>
+      </c>
+      <c r="D164" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E164" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F164" t="s">
+        <v>13</v>
+      </c>
+      <c r="G164" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H164" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>406</v>
+      </c>
+      <c r="B165" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D165" t="s">
+        <v>13</v>
+      </c>
+      <c r="E165" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F165" t="s">
+        <v>13</v>
+      </c>
+      <c r="G165" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H165" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>406</v>
+      </c>
+      <c r="B166" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C166" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D166" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E166" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F166" t="s">
+        <v>13</v>
+      </c>
+      <c r="G166" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H166" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>406</v>
+      </c>
+      <c r="B167" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D167" t="s">
+        <v>1209</v>
+      </c>
+      <c r="E167" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F167" t="s">
+        <v>13</v>
+      </c>
+      <c r="G167" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H167" t="s">
+        <v>1212</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:I63"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>1213</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>164</v>
+        <v>1214</v>
       </c>
       <c r="B2" t="s">
-        <v>165</v>
+        <v>1215</v>
       </c>
       <c r="C2" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>167</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>168</v>
+        <v>1216</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>169</v>
+        <v>1217</v>
       </c>
       <c r="H2" t="s">
-        <v>170</v>
+        <v>1218</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1219</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>164</v>
+        <v>1214</v>
       </c>
       <c r="B3" t="s">
-        <v>171</v>
+        <v>1220</v>
       </c>
       <c r="C3" t="s">
-        <v>172</v>
+        <v>1221</v>
       </c>
       <c r="D3" t="s">
-        <v>173</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>174</v>
+        <v>1222</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>175</v>
+        <v>1223</v>
       </c>
       <c r="H3" t="s">
-        <v>176</v>
+        <v>1224</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1219</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>164</v>
+        <v>1214</v>
       </c>
       <c r="B4" t="s">
-        <v>177</v>
+        <v>1225</v>
       </c>
       <c r="C4" t="s">
-        <v>178</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>179</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>180</v>
+        <v>1226</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>181</v>
+        <v>1227</v>
       </c>
       <c r="H4" t="s">
-        <v>182</v>
+        <v>1228</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1219</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>164</v>
+        <v>1214</v>
       </c>
       <c r="B5" t="s">
-        <v>183</v>
+        <v>1229</v>
       </c>
       <c r="C5" t="s">
-        <v>184</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>185</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>186</v>
+        <v>1230</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>187</v>
+        <v>1231</v>
       </c>
       <c r="H5" t="s">
-        <v>188</v>
+        <v>1232</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1219</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>164</v>
+        <v>1214</v>
       </c>
       <c r="B6" t="s">
-        <v>189</v>
+        <v>1233</v>
       </c>
       <c r="C6" t="s">
-        <v>190</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>191</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>192</v>
+        <v>1234</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>193</v>
+        <v>1235</v>
       </c>
       <c r="H6" t="s">
-        <v>194</v>
+        <v>1236</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1219</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>164</v>
+        <v>1214</v>
       </c>
       <c r="B7" t="s">
-        <v>195</v>
+        <v>1237</v>
       </c>
       <c r="C7" t="s">
-        <v>196</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>197</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>198</v>
+        <v>1238</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>199</v>
+        <v>1239</v>
       </c>
       <c r="H7" t="s">
-        <v>200</v>
+        <v>1240</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1219</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>164</v>
+        <v>1214</v>
       </c>
       <c r="B8" t="s">
-        <v>201</v>
+        <v>1241</v>
       </c>
       <c r="C8" t="s">
-        <v>202</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>203</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>204</v>
+        <v>1242</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>205</v>
+        <v>1243</v>
       </c>
       <c r="H8" t="s">
-        <v>206</v>
+        <v>1244</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1219</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>164</v>
+        <v>1214</v>
       </c>
       <c r="B9" t="s">
-        <v>207</v>
+        <v>1245</v>
       </c>
       <c r="C9" t="s">
-        <v>208</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>209</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>210</v>
+        <v>1246</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>211</v>
+        <v>1247</v>
       </c>
       <c r="H9" t="s">
-        <v>212</v>
+        <v>1248</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1219</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>164</v>
+        <v>1214</v>
       </c>
       <c r="B10" t="s">
-        <v>213</v>
+        <v>1249</v>
       </c>
       <c r="C10" t="s">
-        <v>214</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>215</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>216</v>
+        <v>1250</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>217</v>
+        <v>1251</v>
       </c>
       <c r="H10" t="s">
-        <v>218</v>
+        <v>1252</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1219</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>164</v>
+        <v>1214</v>
       </c>
       <c r="B11" t="s">
-        <v>219</v>
+        <v>1253</v>
       </c>
       <c r="C11" t="s">
-        <v>220</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>221</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>222</v>
+        <v>1254</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>223</v>
+        <v>1255</v>
       </c>
       <c r="H11" t="s">
-        <v>224</v>
+        <v>1256</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1219</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>164</v>
+        <v>1214</v>
       </c>
       <c r="B12" t="s">
-        <v>225</v>
+        <v>1257</v>
       </c>
       <c r="C12" t="s">
-        <v>226</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>227</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>228</v>
+        <v>1258</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>229</v>
+        <v>1259</v>
       </c>
       <c r="H12" t="s">
-        <v>230</v>
+        <v>1260</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1219</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>164</v>
+        <v>1214</v>
       </c>
       <c r="B13" t="s">
-        <v>231</v>
+        <v>1261</v>
       </c>
       <c r="C13" t="s">
-        <v>232</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>233</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>234</v>
+        <v>1262</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>235</v>
+        <v>1263</v>
       </c>
       <c r="H13" t="s">
-        <v>236</v>
+        <v>1264</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1266</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1268</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1270</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1272</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1276</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1281</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1283</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1285</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1288</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1289</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1293</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1295</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1296</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1297</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1300</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1301</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1305</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1310</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1313</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1314</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1315</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1319</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1322</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1323</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1326</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1327</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1329</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1330</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1331</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1335</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1337</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1339</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1342</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1343</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1346</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1347</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1350</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1351</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1352</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1355</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1356</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1359</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1360</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1362</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1363</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1364</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1366</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1367</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1368</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1376</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1378</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1380</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1382</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1383</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1384</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1386</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1387</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1388</v>
+      </c>
+      <c r="I43" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1390</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1392</v>
+      </c>
+      <c r="I44" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1394</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1396</v>
+      </c>
+      <c r="I45" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1398</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1400</v>
+      </c>
+      <c r="I46" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1402</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1403</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1404</v>
+      </c>
+      <c r="I47" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1406</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1407</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1408</v>
+      </c>
+      <c r="I48" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1410</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1411</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1412</v>
+      </c>
+      <c r="I49" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1414</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1415</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1416</v>
+      </c>
+      <c r="I50" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1418</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1419</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1420</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1422</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1423</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1424</v>
+      </c>
+      <c r="I52" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1427</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1428</v>
+      </c>
+      <c r="I53" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1431</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1432</v>
+      </c>
+      <c r="I54" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1434</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1436</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1440</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1442</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1444</v>
+      </c>
+      <c r="I57" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1446</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1448</v>
+      </c>
+      <c r="I58" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1452</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1453</v>
+      </c>
+      <c r="I59" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1457</v>
+      </c>
+      <c r="I60" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1459</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1460</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1461</v>
+      </c>
+      <c r="I61" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1463</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1464</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1465</v>
+      </c>
+      <c r="I62" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1467</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1469</v>
+      </c>
+      <c r="I63" t="s">
+        <v>1219</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>237</v>
+        <v>1470</v>
       </c>
       <c r="B2" t="s">
-        <v>238</v>
+        <v>1471</v>
       </c>
       <c r="C2" t="s">
-        <v>239</v>
+        <v>1472</v>
       </c>
       <c r="D2" t="s">
-        <v>240</v>
+        <v>1473</v>
       </c>
       <c r="E2" t="s">
-        <v>241</v>
+        <v>1474</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>242</v>
+        <v>1475</v>
       </c>
       <c r="H2" t="s">
-        <v>243</v>
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1484</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1486</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1496</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1497</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1502</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1503</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1508</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1509</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1510</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1511</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AF128"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>247</v>
+        <v>1512</v>
       </c>
       <c r="B2" t="s">
-        <v>248</v>
+        <v>1513</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>1514</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>249</v>
+        <v>1515</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>250</v>
+        <v>1516</v>
       </c>
       <c r="H2" t="s">
-        <v>251</v>
-[...8 lines deleted...]
-        <v>254</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>247</v>
+        <v>1512</v>
       </c>
       <c r="B3" t="s">
-        <v>255</v>
+        <v>1518</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>256</v>
+        <v>1519</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>257</v>
+        <v>1520</v>
       </c>
       <c r="H3" t="s">
-        <v>258</v>
-[...20 lines deleted...]
-        <v>265</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>247</v>
+        <v>1512</v>
       </c>
       <c r="B4" t="s">
-        <v>266</v>
+        <v>1522</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>267</v>
+        <v>1523</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>268</v>
+        <v>1524</v>
       </c>
       <c r="H4" t="s">
-        <v>269</v>
-[...17 lines deleted...]
-        <v>275</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>247</v>
+        <v>1512</v>
       </c>
       <c r="B5" t="s">
-        <v>276</v>
+        <v>1526</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>1527</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>277</v>
+        <v>1528</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>278</v>
+        <v>1529</v>
       </c>
       <c r="H5" t="s">
-        <v>279</v>
-[...8 lines deleted...]
-        <v>282</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>247</v>
+        <v>1512</v>
       </c>
       <c r="B6" t="s">
-        <v>283</v>
+        <v>1531</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>1532</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>284</v>
+        <v>1533</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>285</v>
+        <v>1534</v>
       </c>
       <c r="H6" t="s">
-        <v>286</v>
-[...23 lines deleted...]
-        <v>294</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>247</v>
+        <v>1512</v>
       </c>
       <c r="B7" t="s">
-        <v>295</v>
+        <v>1536</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>1537</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>296</v>
+        <v>1538</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>297</v>
+        <v>1539</v>
       </c>
       <c r="H7" t="s">
-        <v>298</v>
-[...14 lines deleted...]
-        <v>303</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>247</v>
+        <v>1512</v>
       </c>
       <c r="B8" t="s">
-        <v>304</v>
+        <v>1541</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>305</v>
+        <v>1542</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>306</v>
+        <v>1543</v>
       </c>
       <c r="H8" t="s">
-        <v>307</v>
-[...17 lines deleted...]
-        <v>313</v>
+        <v>1544</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1548</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1549</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1554</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1555</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1556</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1561</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1563</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1566</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1567</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1568</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1569</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1573</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1574</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1575</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1579</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1580</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1581</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1585</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1586</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1587</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1590</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1591</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1592</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1593</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1597</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1598</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1599</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1600</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>247</v>
+        <v>1558</v>
       </c>
       <c r="B9" t="s">
-        <v>314</v>
+        <v>1601</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>1602</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>1603</v>
       </c>
       <c r="E9" t="s">
-        <v>315</v>
+        <v>1604</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>316</v>
+        <v>1605</v>
       </c>
       <c r="H9" t="s">
-        <v>317</v>
-[...14 lines deleted...]
-        <v>322</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>247</v>
+        <v>1558</v>
       </c>
       <c r="B10" t="s">
-        <v>323</v>
+        <v>1607</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>1608</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>1609</v>
       </c>
       <c r="E10" t="s">
-        <v>324</v>
+        <v>1610</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>325</v>
+        <v>1611</v>
       </c>
       <c r="H10" t="s">
-        <v>326</v>
-[...8 lines deleted...]
-        <v>329</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>247</v>
+        <v>1558</v>
       </c>
       <c r="B11" t="s">
-        <v>330</v>
+        <v>1613</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>1614</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>1615</v>
       </c>
       <c r="E11" t="s">
-        <v>331</v>
+        <v>1616</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>332</v>
+        <v>1617</v>
       </c>
       <c r="H11" t="s">
-        <v>333</v>
-[...23 lines deleted...]
-        <v>341</v>
+        <v>1618</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H65"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1622</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1622</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1626</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1627</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1628</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1629</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1633</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1634</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1635</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1603</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1639</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1640</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1644</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1646</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1650</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1654</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1658</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1663</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1664</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1668</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1670</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1674</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1675</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1676</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1677</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B12" t="s">
-        <v>342</v>
+        <v>1678</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>1679</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>849</v>
       </c>
       <c r="E12" t="s">
-        <v>331</v>
+        <v>1680</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>343</v>
+        <v>1681</v>
       </c>
       <c r="H12" t="s">
-        <v>344</v>
-[...41 lines deleted...]
-        <v>341</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B13" t="s">
-        <v>357</v>
+        <v>1683</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>1684</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>1685</v>
       </c>
       <c r="E13" t="s">
-        <v>331</v>
+        <v>1686</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>358</v>
+        <v>1687</v>
       </c>
       <c r="H13" t="s">
-        <v>359</v>
-[...23 lines deleted...]
-        <v>341</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B14" t="s">
-        <v>367</v>
+        <v>1689</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>1690</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>1691</v>
       </c>
       <c r="E14" t="s">
-        <v>331</v>
+        <v>1692</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>368</v>
+        <v>1693</v>
       </c>
       <c r="H14" t="s">
-        <v>369</v>
-[...23 lines deleted...]
-        <v>341</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B15" t="s">
-        <v>377</v>
+        <v>1695</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>1696</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>1697</v>
       </c>
       <c r="E15" t="s">
-        <v>331</v>
+        <v>1698</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>378</v>
+        <v>1699</v>
       </c>
       <c r="H15" t="s">
-        <v>379</v>
-[...32 lines deleted...]
-        <v>341</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B16" t="s">
-        <v>390</v>
+        <v>1701</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
+        <v>1702</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>1703</v>
       </c>
       <c r="E16" t="s">
-        <v>331</v>
+        <v>1704</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>391</v>
+        <v>1705</v>
       </c>
       <c r="H16" t="s">
-        <v>392</v>
-[...14 lines deleted...]
-        <v>396</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B17" t="s">
-        <v>397</v>
+        <v>1707</v>
       </c>
       <c r="C17" t="s">
-        <v>13</v>
+        <v>1708</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>1709</v>
       </c>
       <c r="E17" t="s">
-        <v>331</v>
+        <v>1710</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>398</v>
+        <v>1711</v>
       </c>
       <c r="H17" t="s">
-        <v>399</v>
-[...20 lines deleted...]
-        <v>341</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B18" t="s">
-        <v>406</v>
+        <v>1713</v>
       </c>
       <c r="C18" t="s">
-        <v>13</v>
+        <v>1714</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>1715</v>
       </c>
       <c r="E18" t="s">
-        <v>331</v>
+        <v>1716</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>407</v>
+        <v>1717</v>
       </c>
       <c r="H18" t="s">
-        <v>408</v>
-[...29 lines deleted...]
-        <v>341</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B19" t="s">
-        <v>416</v>
+        <v>1719</v>
       </c>
       <c r="C19" t="s">
-        <v>13</v>
+        <v>1720</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>1721</v>
       </c>
       <c r="E19" t="s">
-        <v>331</v>
+        <v>1722</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>417</v>
+        <v>1723</v>
       </c>
       <c r="H19" t="s">
-        <v>418</v>
-[...32 lines deleted...]
-        <v>341</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B20" t="s">
-        <v>428</v>
+        <v>1725</v>
       </c>
       <c r="C20" t="s">
-        <v>13</v>
+        <v>1726</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>1727</v>
       </c>
       <c r="E20" t="s">
-        <v>331</v>
+        <v>1728</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>429</v>
+        <v>1729</v>
       </c>
       <c r="H20" t="s">
-        <v>430</v>
-[...20 lines deleted...]
-        <v>341</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B21" t="s">
-        <v>437</v>
+        <v>1731</v>
       </c>
       <c r="C21" t="s">
-        <v>13</v>
+        <v>1732</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>1733</v>
       </c>
       <c r="E21" t="s">
-        <v>331</v>
+        <v>1734</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>438</v>
+        <v>1735</v>
       </c>
       <c r="H21" t="s">
-        <v>439</v>
-[...20 lines deleted...]
-        <v>341</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>1737</v>
       </c>
       <c r="C22" t="s">
-        <v>13</v>
+        <v>1738</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>1739</v>
       </c>
       <c r="E22" t="s">
-        <v>331</v>
+        <v>1740</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>446</v>
+        <v>1741</v>
       </c>
       <c r="H22" t="s">
-        <v>447</v>
-[...20 lines deleted...]
-        <v>341</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B23" t="s">
-        <v>453</v>
+        <v>1743</v>
       </c>
       <c r="C23" t="s">
-        <v>13</v>
+        <v>1744</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>1745</v>
       </c>
       <c r="E23" t="s">
-        <v>331</v>
+        <v>1746</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>454</v>
+        <v>1747</v>
       </c>
       <c r="H23" t="s">
-        <v>455</v>
-[...23 lines deleted...]
-        <v>341</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B24" t="s">
-        <v>463</v>
+        <v>1749</v>
       </c>
       <c r="C24" t="s">
-        <v>13</v>
+        <v>1750</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>1751</v>
       </c>
       <c r="E24" t="s">
-        <v>331</v>
+        <v>1752</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>464</v>
+        <v>1753</v>
       </c>
       <c r="H24" t="s">
-        <v>465</v>
-[...14 lines deleted...]
-        <v>341</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B25" t="s">
-        <v>470</v>
+        <v>1755</v>
       </c>
       <c r="C25" t="s">
-        <v>13</v>
+        <v>1756</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>1757</v>
       </c>
       <c r="E25" t="s">
-        <v>471</v>
+        <v>1758</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>472</v>
+        <v>1759</v>
       </c>
       <c r="H25" t="s">
-        <v>473</v>
-[...20 lines deleted...]
-        <v>479</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B26" t="s">
-        <v>480</v>
+        <v>1761</v>
       </c>
       <c r="C26" t="s">
-        <v>13</v>
+        <v>1762</v>
       </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>1757</v>
       </c>
       <c r="E26" t="s">
-        <v>481</v>
+        <v>1758</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>482</v>
+        <v>1763</v>
       </c>
       <c r="H26" t="s">
-        <v>483</v>
-[...17 lines deleted...]
-        <v>488</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B27" t="s">
-        <v>489</v>
+        <v>1765</v>
       </c>
       <c r="C27" t="s">
-        <v>13</v>
+        <v>1766</v>
       </c>
       <c r="D27" t="s">
-        <v>13</v>
+        <v>1757</v>
       </c>
       <c r="E27" t="s">
-        <v>490</v>
+        <v>1767</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>491</v>
+        <v>1768</v>
       </c>
       <c r="H27" t="s">
-        <v>492</v>
-[...20 lines deleted...]
-        <v>497</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B28" t="s">
-        <v>498</v>
+        <v>1770</v>
       </c>
       <c r="C28" t="s">
-        <v>13</v>
+        <v>1771</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>1757</v>
       </c>
       <c r="E28" t="s">
-        <v>499</v>
+        <v>1767</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>500</v>
+        <v>1772</v>
       </c>
       <c r="H28" t="s">
-        <v>501</v>
-[...17 lines deleted...]
-        <v>507</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B29" t="s">
-        <v>508</v>
+        <v>1774</v>
       </c>
       <c r="C29" t="s">
-        <v>13</v>
+        <v>1771</v>
       </c>
       <c r="D29" t="s">
-        <v>13</v>
+        <v>1757</v>
       </c>
       <c r="E29" t="s">
-        <v>509</v>
+        <v>1758</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>510</v>
+        <v>1775</v>
       </c>
       <c r="H29" t="s">
-        <v>511</v>
-[...20 lines deleted...]
-        <v>517</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B30" t="s">
-        <v>518</v>
+        <v>1777</v>
       </c>
       <c r="C30" t="s">
-        <v>13</v>
+        <v>1778</v>
       </c>
       <c r="D30" t="s">
-        <v>13</v>
+        <v>1757</v>
       </c>
       <c r="E30" t="s">
-        <v>519</v>
+        <v>1767</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>520</v>
+        <v>1779</v>
       </c>
       <c r="H30" t="s">
-        <v>521</v>
-[...17 lines deleted...]
-        <v>526</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B31" t="s">
-        <v>527</v>
+        <v>1781</v>
       </c>
       <c r="C31" t="s">
-        <v>13</v>
+        <v>1782</v>
       </c>
       <c r="D31" t="s">
-        <v>13</v>
+        <v>1757</v>
       </c>
       <c r="E31" t="s">
-        <v>528</v>
+        <v>1767</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>529</v>
+        <v>1783</v>
       </c>
       <c r="H31" t="s">
-        <v>530</v>
-[...17 lines deleted...]
-        <v>535</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B32" t="s">
-        <v>536</v>
+        <v>1785</v>
       </c>
       <c r="C32" t="s">
-        <v>13</v>
+        <v>1786</v>
       </c>
       <c r="D32" t="s">
-        <v>13</v>
+        <v>1757</v>
       </c>
       <c r="E32" t="s">
-        <v>537</v>
+        <v>1758</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>538</v>
+        <v>1787</v>
       </c>
       <c r="H32" t="s">
-        <v>539</v>
-[...20 lines deleted...]
-        <v>544</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B33" t="s">
-        <v>545</v>
+        <v>1789</v>
       </c>
       <c r="C33" t="s">
-        <v>13</v>
+        <v>1771</v>
       </c>
       <c r="D33" t="s">
-        <v>13</v>
+        <v>1757</v>
       </c>
       <c r="E33" t="s">
-        <v>528</v>
+        <v>1758</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>546</v>
+        <v>1790</v>
       </c>
       <c r="H33" t="s">
-        <v>547</v>
-[...14 lines deleted...]
-        <v>552</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B34" t="s">
-        <v>553</v>
+        <v>1792</v>
       </c>
       <c r="C34" t="s">
-        <v>13</v>
+        <v>1766</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>1757</v>
       </c>
       <c r="E34" t="s">
-        <v>528</v>
+        <v>1767</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>554</v>
+        <v>1793</v>
       </c>
       <c r="H34" t="s">
-        <v>555</v>
-[...14 lines deleted...]
-        <v>559</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B35" t="s">
-        <v>560</v>
+        <v>1795</v>
       </c>
       <c r="C35" t="s">
-        <v>13</v>
+        <v>1766</v>
       </c>
       <c r="D35" t="s">
-        <v>13</v>
+        <v>1757</v>
       </c>
       <c r="E35" t="s">
-        <v>528</v>
+        <v>1767</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>561</v>
+        <v>1796</v>
       </c>
       <c r="H35" t="s">
-        <v>562</v>
-[...14 lines deleted...]
-        <v>565</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B36" t="s">
-        <v>566</v>
+        <v>1798</v>
       </c>
       <c r="C36" t="s">
-        <v>13</v>
+        <v>1799</v>
       </c>
       <c r="D36" t="s">
-        <v>13</v>
+        <v>1800</v>
       </c>
       <c r="E36" t="s">
-        <v>567</v>
+        <v>1801</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>568</v>
+        <v>1802</v>
       </c>
       <c r="H36" t="s">
-        <v>569</v>
-[...41 lines deleted...]
-        <v>583</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B37" t="s">
-        <v>584</v>
+        <v>1804</v>
       </c>
       <c r="C37" t="s">
-        <v>13</v>
+        <v>1805</v>
       </c>
       <c r="D37" t="s">
-        <v>13</v>
+        <v>1806</v>
       </c>
       <c r="E37" t="s">
-        <v>585</v>
+        <v>1807</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>586</v>
+        <v>1808</v>
       </c>
       <c r="H37" t="s">
-        <v>587</v>
-[...32 lines deleted...]
-        <v>597</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B38" t="s">
-        <v>598</v>
+        <v>1810</v>
       </c>
       <c r="C38" t="s">
-        <v>13</v>
+        <v>1811</v>
       </c>
       <c r="D38" t="s">
-        <v>13</v>
+        <v>1812</v>
       </c>
       <c r="E38" t="s">
-        <v>599</v>
+        <v>1813</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>600</v>
+        <v>1814</v>
       </c>
       <c r="H38" t="s">
-        <v>601</v>
-[...29 lines deleted...]
-        <v>611</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B39" t="s">
-        <v>612</v>
+        <v>1816</v>
       </c>
       <c r="C39" t="s">
-        <v>13</v>
+        <v>1817</v>
       </c>
       <c r="D39" t="s">
-        <v>13</v>
+        <v>1818</v>
       </c>
       <c r="E39" t="s">
-        <v>613</v>
+        <v>1819</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>614</v>
+        <v>1820</v>
       </c>
       <c r="H39" t="s">
-        <v>615</v>
-[...32 lines deleted...]
-        <v>625</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B40" t="s">
-        <v>626</v>
+        <v>1822</v>
       </c>
       <c r="C40" t="s">
-        <v>13</v>
+        <v>1823</v>
       </c>
       <c r="D40" t="s">
-        <v>13</v>
+        <v>1824</v>
       </c>
       <c r="E40" t="s">
-        <v>627</v>
+        <v>1825</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>628</v>
+        <v>1826</v>
       </c>
       <c r="H40" t="s">
-        <v>629</v>
-[...65 lines deleted...]
-        <v>651</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B41" t="s">
-        <v>652</v>
+        <v>1828</v>
       </c>
       <c r="C41" t="s">
-        <v>13</v>
+        <v>1829</v>
       </c>
       <c r="D41" t="s">
-        <v>13</v>
+        <v>1830</v>
       </c>
       <c r="E41" t="s">
-        <v>653</v>
+        <v>1831</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>654</v>
+        <v>1832</v>
       </c>
       <c r="H41" t="s">
-        <v>655</v>
-[...14 lines deleted...]
-        <v>660</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B42" t="s">
-        <v>661</v>
+        <v>1834</v>
       </c>
       <c r="C42" t="s">
-        <v>13</v>
+        <v>1835</v>
       </c>
       <c r="D42" t="s">
-        <v>13</v>
+        <v>1836</v>
       </c>
       <c r="E42" t="s">
-        <v>662</v>
+        <v>1837</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>663</v>
+        <v>1838</v>
       </c>
       <c r="H42" t="s">
-        <v>664</v>
-[...14 lines deleted...]
-        <v>669</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B43" t="s">
-        <v>670</v>
+        <v>1840</v>
       </c>
       <c r="C43" t="s">
-        <v>13</v>
+        <v>1841</v>
       </c>
       <c r="D43" t="s">
-        <v>13</v>
+        <v>1842</v>
       </c>
       <c r="E43" t="s">
-        <v>671</v>
+        <v>1843</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>672</v>
+        <v>1844</v>
       </c>
       <c r="H43" t="s">
-        <v>673</v>
-[...17 lines deleted...]
-        <v>678</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B44" t="s">
-        <v>679</v>
+        <v>1846</v>
       </c>
       <c r="C44" t="s">
-        <v>13</v>
+        <v>1841</v>
       </c>
       <c r="D44" t="s">
-        <v>13</v>
+        <v>1847</v>
       </c>
       <c r="E44" t="s">
-        <v>680</v>
+        <v>1848</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>681</v>
+        <v>1849</v>
       </c>
       <c r="H44" t="s">
-        <v>682</v>
-[...8 lines deleted...]
-        <v>685</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B45" t="s">
-        <v>686</v>
+        <v>1851</v>
       </c>
       <c r="C45" t="s">
-        <v>13</v>
+        <v>1852</v>
       </c>
       <c r="D45" t="s">
-        <v>13</v>
+        <v>1609</v>
       </c>
       <c r="E45" t="s">
-        <v>687</v>
+        <v>1853</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>688</v>
+        <v>1854</v>
       </c>
       <c r="H45" t="s">
-        <v>689</v>
-[...17 lines deleted...]
-        <v>695</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B46" t="s">
-        <v>696</v>
+        <v>1856</v>
       </c>
       <c r="C46" t="s">
-        <v>13</v>
+        <v>1857</v>
       </c>
       <c r="D46" t="s">
-        <v>13</v>
+        <v>1858</v>
       </c>
       <c r="E46" t="s">
-        <v>697</v>
+        <v>1859</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>698</v>
+        <v>1860</v>
       </c>
       <c r="H46" t="s">
-        <v>699</v>
-[...8 lines deleted...]
-        <v>702</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B47" t="s">
-        <v>703</v>
+        <v>1862</v>
       </c>
       <c r="C47" t="s">
-        <v>13</v>
+        <v>1863</v>
       </c>
       <c r="D47" t="s">
-        <v>13</v>
+        <v>1864</v>
       </c>
       <c r="E47" t="s">
-        <v>704</v>
+        <v>1865</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>705</v>
+        <v>1866</v>
       </c>
       <c r="H47" t="s">
-        <v>706</v>
-[...20 lines deleted...]
-        <v>712</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B48" t="s">
-        <v>713</v>
+        <v>1868</v>
       </c>
       <c r="C48" t="s">
-        <v>13</v>
+        <v>1869</v>
       </c>
       <c r="D48" t="s">
-        <v>13</v>
+        <v>1870</v>
       </c>
       <c r="E48" t="s">
-        <v>714</v>
+        <v>1871</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>715</v>
+        <v>1872</v>
       </c>
       <c r="H48" t="s">
-        <v>716</v>
-[...8 lines deleted...]
-        <v>718</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B49" t="s">
-        <v>719</v>
+        <v>1874</v>
       </c>
       <c r="C49" t="s">
-        <v>13</v>
+        <v>1875</v>
       </c>
       <c r="D49" t="s">
-        <v>13</v>
+        <v>1876</v>
       </c>
       <c r="E49" t="s">
-        <v>720</v>
+        <v>1877</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>721</v>
+        <v>1878</v>
       </c>
       <c r="H49" t="s">
-        <v>722</v>
-[...35 lines deleted...]
-        <v>731</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B50" t="s">
-        <v>732</v>
+        <v>1880</v>
       </c>
       <c r="C50" t="s">
-        <v>13</v>
+        <v>1841</v>
       </c>
       <c r="D50" t="s">
-        <v>13</v>
+        <v>1881</v>
       </c>
       <c r="E50" t="s">
-        <v>733</v>
+        <v>1882</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>734</v>
+        <v>1883</v>
       </c>
       <c r="H50" t="s">
-        <v>735</v>
-[...17 lines deleted...]
-        <v>741</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B51" t="s">
-        <v>742</v>
+        <v>1885</v>
       </c>
       <c r="C51" t="s">
-        <v>13</v>
+        <v>1886</v>
       </c>
       <c r="D51" t="s">
-        <v>13</v>
+        <v>1887</v>
       </c>
       <c r="E51" t="s">
-        <v>743</v>
+        <v>1888</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>744</v>
+        <v>1889</v>
       </c>
       <c r="H51" t="s">
-        <v>745</v>
-[...14 lines deleted...]
-        <v>750</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B52" t="s">
-        <v>751</v>
+        <v>1891</v>
       </c>
       <c r="C52" t="s">
-        <v>13</v>
+        <v>1892</v>
       </c>
       <c r="D52" t="s">
-        <v>13</v>
+        <v>1893</v>
       </c>
       <c r="E52" t="s">
-        <v>752</v>
+        <v>1894</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>753</v>
+        <v>1895</v>
       </c>
       <c r="H52" t="s">
-        <v>754</v>
-[...23 lines deleted...]
-        <v>762</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B53" t="s">
-        <v>763</v>
+        <v>1897</v>
       </c>
       <c r="C53" t="s">
-        <v>13</v>
+        <v>1898</v>
       </c>
       <c r="D53" t="s">
-        <v>13</v>
+        <v>1899</v>
       </c>
       <c r="E53" t="s">
-        <v>764</v>
+        <v>1900</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>765</v>
+        <v>1901</v>
       </c>
       <c r="H53" t="s">
-        <v>766</v>
-[...32 lines deleted...]
-        <v>777</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B54" t="s">
-        <v>778</v>
+        <v>1903</v>
       </c>
       <c r="C54" t="s">
-        <v>13</v>
+        <v>1904</v>
       </c>
       <c r="D54" t="s">
-        <v>13</v>
+        <v>1905</v>
       </c>
       <c r="E54" t="s">
-        <v>779</v>
+        <v>1906</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>780</v>
+        <v>1907</v>
       </c>
       <c r="H54" t="s">
-        <v>781</v>
-[...35 lines deleted...]
-        <v>793</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B55" t="s">
-        <v>794</v>
+        <v>1909</v>
       </c>
       <c r="C55" t="s">
-        <v>13</v>
+        <v>1910</v>
       </c>
       <c r="D55" t="s">
-        <v>13</v>
+        <v>1911</v>
       </c>
       <c r="E55" t="s">
-        <v>795</v>
+        <v>1912</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>796</v>
+        <v>1913</v>
       </c>
       <c r="H55" t="s">
-        <v>797</v>
-[...29 lines deleted...]
-        <v>806</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B56" t="s">
-        <v>807</v>
+        <v>1915</v>
       </c>
       <c r="C56" t="s">
-        <v>13</v>
+        <v>1916</v>
       </c>
       <c r="D56" t="s">
-        <v>13</v>
+        <v>1917</v>
       </c>
       <c r="E56" t="s">
-        <v>808</v>
+        <v>1918</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>809</v>
+        <v>1919</v>
       </c>
       <c r="H56" t="s">
-        <v>810</v>
-[...20 lines deleted...]
-        <v>816</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B57" t="s">
-        <v>817</v>
+        <v>1921</v>
       </c>
       <c r="C57" t="s">
-        <v>13</v>
+        <v>1916</v>
       </c>
       <c r="D57" t="s">
-        <v>13</v>
+        <v>1917</v>
       </c>
       <c r="E57" t="s">
-        <v>818</v>
+        <v>1922</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>819</v>
+        <v>1923</v>
       </c>
       <c r="H57" t="s">
-        <v>820</v>
-[...8 lines deleted...]
-        <v>823</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B58" t="s">
-        <v>824</v>
+        <v>1925</v>
       </c>
       <c r="C58" t="s">
-        <v>13</v>
+        <v>1926</v>
       </c>
       <c r="D58" t="s">
-        <v>13</v>
+        <v>1927</v>
       </c>
       <c r="E58" t="s">
-        <v>825</v>
+        <v>1928</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>826</v>
+        <v>1929</v>
       </c>
       <c r="H58" t="s">
-        <v>827</v>
-[...26 lines deleted...]
-        <v>834</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B59" t="s">
-        <v>835</v>
+        <v>1931</v>
       </c>
       <c r="C59" t="s">
-        <v>13</v>
+        <v>1932</v>
       </c>
       <c r="D59" t="s">
-        <v>13</v>
+        <v>1933</v>
       </c>
       <c r="E59" t="s">
-        <v>836</v>
+        <v>1934</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>837</v>
+        <v>1935</v>
       </c>
       <c r="H59" t="s">
-        <v>838</v>
-[...35 lines deleted...]
-        <v>847</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B60" t="s">
-        <v>848</v>
+        <v>1937</v>
       </c>
       <c r="C60" t="s">
-        <v>13</v>
+        <v>1938</v>
       </c>
       <c r="D60" t="s">
-        <v>13</v>
+        <v>1939</v>
       </c>
       <c r="E60" t="s">
-        <v>849</v>
+        <v>1940</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>850</v>
+        <v>1941</v>
       </c>
       <c r="H60" t="s">
-        <v>851</v>
-[...8 lines deleted...]
-        <v>854</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B61" t="s">
-        <v>855</v>
+        <v>1943</v>
       </c>
       <c r="C61" t="s">
-        <v>13</v>
+        <v>1944</v>
       </c>
       <c r="D61" t="s">
-        <v>13</v>
+        <v>1945</v>
       </c>
       <c r="E61" t="s">
-        <v>856</v>
+        <v>1946</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>857</v>
+        <v>1947</v>
       </c>
       <c r="H61" t="s">
-        <v>858</v>
-[...20 lines deleted...]
-        <v>864</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B62" t="s">
-        <v>865</v>
+        <v>1949</v>
       </c>
       <c r="C62" t="s">
-        <v>13</v>
+        <v>1950</v>
       </c>
       <c r="D62" t="s">
-        <v>13</v>
+        <v>1727</v>
       </c>
       <c r="E62" t="s">
-        <v>866</v>
+        <v>1728</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>867</v>
+        <v>1951</v>
       </c>
       <c r="H62" t="s">
-        <v>868</v>
-[...8 lines deleted...]
-        <v>871</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B63" t="s">
-        <v>872</v>
+        <v>1953</v>
       </c>
       <c r="C63" t="s">
-        <v>13</v>
+        <v>1954</v>
       </c>
       <c r="D63" t="s">
-        <v>13</v>
+        <v>1955</v>
       </c>
       <c r="E63" t="s">
-        <v>873</v>
+        <v>1956</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>874</v>
+        <v>1957</v>
       </c>
       <c r="H63" t="s">
-        <v>875</v>
-[...20 lines deleted...]
-        <v>881</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B64" t="s">
-        <v>882</v>
+        <v>1959</v>
       </c>
       <c r="C64" t="s">
-        <v>13</v>
+        <v>1960</v>
       </c>
       <c r="D64" t="s">
-        <v>13</v>
+        <v>1961</v>
       </c>
       <c r="E64" t="s">
-        <v>883</v>
+        <v>1962</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>884</v>
+        <v>1963</v>
       </c>
       <c r="H64" t="s">
-        <v>885</v>
-[...23 lines deleted...]
-        <v>893</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>247</v>
+        <v>1619</v>
       </c>
       <c r="B65" t="s">
-        <v>894</v>
+        <v>1965</v>
       </c>
       <c r="C65" t="s">
-        <v>13</v>
+        <v>1966</v>
       </c>
       <c r="D65" t="s">
-        <v>13</v>
+        <v>1967</v>
       </c>
       <c r="E65" t="s">
-        <v>895</v>
+        <v>1968</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>896</v>
+        <v>1969</v>
       </c>
       <c r="H65" t="s">
-        <v>897</v>
-[...2864 lines deleted...]
-        <v>1522</v>
+        <v>1970</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>