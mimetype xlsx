--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,25690 +1,6718 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet16.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...14 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId18" sheetId="16"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Chronic disease guide" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Studies and Reports" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Vaccine recommendation" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Tool to improve professi" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Drugs" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Web page" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...14 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="15" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13329" uniqueCount="8512">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3224" uniqueCount="2194">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>29/11/2018 15:03:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Functional classification, according to their intended use, of digital solutions used in the context of medical and paramedical care</t>
+  </si>
+  <si>
+    <t>In a context of growth in digital tools suitable for use in health, the French National Authority for Health has drafted a system for classifying digital solutions according to their intended use, their capacity to provide a personalised response, and their autonomy, i.e. their capacity to take action with or without human intervention. The objective: guide stakeholders and help improve the integration of these tools in the healthcare and medico-social sector.</t>
+  </si>
+  <si>
+    <t>02/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/17/2021 12:45:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2884714/fr/education-therapeutique-du-patient-etp-evaluation-de-l-efficacite-et-de-l-efficience-dans-les-maladies-chroniques</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353194/fr/proposition-de-methode-d-elaboration-des-referentiels-de-certification-periodique-des-professions-de-sante-a-ordre</t>
+    <t>https://www.has-sante.fr/jcms/p_3238360/en/functional-classification-according-to-their-intended-use-of-digital-solutions-used-in-the-context-of-medical-and-paramedical-care</t>
+  </si>
+  <si>
+    <t>p_3238360</t>
+  </si>
+  <si>
+    <t>Proposed method for the development of periodic certification standards for registered health professions</t>
+  </si>
+  <si>
+    <t>In France, following the publication of Ordinance no. 2021-961 of 19 July 2021 relating to the periodic certification of some health professionals, the Haute Autorité de Santé (French High Authority for Health) has been asked to propose to the Minister for Health a method for drawing up certification reference systems. The method was finally adopted without modification by the Minister, after a favourable opinion from the National Council for Periodic Certification.</t>
+  </si>
+  <si>
+    <t>07/13/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2022 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353194/en/proposed-method-for-the-development-of-periodic-certification-standards-for-registered-health-professions</t>
   </si>
   <si>
     <t>p_3353194</t>
   </si>
   <si>
-    <t>Qualité de vie : handicap, les problèmes somatiques et les phénomènes douloureux</t>
-[...2144 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/15/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+  </si>
+  <si>
+    <t>r_1497591</t>
+  </si>
+  <si>
+    <t>Screening and diagnosis of gestational diabetes mellitus</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272475/en/screening-and-diagnosis-of-gestational-diabetes-mellitus</t>
+  </si>
+  <si>
+    <t>c_272475</t>
+  </si>
+  <si>
+    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>03/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/24/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
+  </si>
+  <si>
+    <t>p_3459735</t>
+  </si>
+  <si>
+    <t>Glaucoma: screening and early diagnosis – problems and outlook in France</t>
+  </si>
+  <si>
+    <t>To summarize and comment on the current status of key clinical and economic data on glaucoma. The report reviews data on the history and epidemiology of glaucoma, problems posed by diagnosis and treatment in France, the relevance of screening, and health professionals’ expectations.</t>
+  </si>
+  <si>
+    <t>07/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2006 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
+  </si>
+  <si>
+    <t>c_500229</t>
+  </si>
+  <si>
+    <t>Assessment of screening for Chlamydia trachomatis infection of the lower genitourinary tract in France</t>
+  </si>
+  <si>
+    <t>02/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>02/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464119/en/assessment-of-screening-for-chlamydia-trachomatis-infection-of-the-lower-genitourinary-tract-in-france</t>
+  </si>
+  <si>
+    <t>c_464119</t>
+  </si>
+  <si>
+    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
+  </si>
+  <si>
+    <t>c_464134</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Pregnancy and smoking</t>
+  </si>
+  <si>
+    <t>The following six questions were put to the jury. 1. What are the epidemiological data on maternal and paternal smoking? 2. What are the consequences of smoking on pregnancy and childbirth? 3. How should women who smoke be managed? 4. What are the short-, medium- and long-term consequences of smoking during pregnancy? 5. How in utero exposure of the fetus to smoking during the perinatal period should be managed? 6. What public health measures should be proposed or validated to reduce smoking among women?</t>
+  </si>
+  <si>
+    <t>11/30/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
+  </si>
+  <si>
+    <t>c_272381</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+  </si>
+  <si>
+    <t>c_454394</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Therapeutic education for patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Therapeutic patient education is defined as helping patients acquire or maintain the competences they need to manage as well as possible their lives with a chronic disease.These guidleines concern patient education for adults and adolescents asthmatics. The topics of the guidelines are: 1. Benefit of patient education in the management of asthma 2. Place of patient education in the management of asthma 3. Approach to education of patients with asthma 4. Consistent information for continuity of care</t>
+  </si>
+  <si>
+    <t>06/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/en/therapeutic-education-for-patients-with-asthma-adults-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_271954</t>
+  </si>
+  <si>
+    <t>Fetal alcohol spectrum disorder : identification</t>
+  </si>
+  <si>
+    <t>To help general practitioners, paediatricians, paediatric psychiatrists, psychiatrists, addiction specialists, maternal and infant protection doctors, school doctors, dentists, obstetricians and gynaecologists, midwives and childcare workers to identify and to advise : - pregnant women likely to have a drinking problem and whose child is at risk for fetal alcohol spectrum disorder ; - at-risk children likely to have experienced the effects of prenatal exposure to alcohol.</t>
+  </si>
+  <si>
+    <t>07/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/11/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
+  </si>
+  <si>
+    <t>c_1636956</t>
+  </si>
+  <si>
+    <t>Improving health and social care for people experiencing homelessness and living with mental health disorders</t>
+  </si>
+  <si>
+    <t>People living in very precarious conditions and suffering from mental health problems face many difficulties and obstacles in gaining access to the care and social services available at local and national level. The Haute Autorité de santé provides professionals in the health, social and medico-social sectors with recommendations for good practice, offering benchmarks and a common approach to improving care and support for the people concerned.</t>
+  </si>
+  <si>
+    <t>11/30/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/18/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/en/improving-health-and-social-care-for-people-experiencing-homelessness-and-living-with-mental-health-disorders</t>
+  </si>
+  <si>
+    <t>p_3289276</t>
+  </si>
+  <si>
+    <t>Preparing for birth and parenthood</t>
+  </si>
+  <si>
+    <t>These guidelines advocate an earlier start to preparation for birth and parenthood, and a broader approach to parent support and to improving the skills of women and their partners in health matters. Their aim is to help health professionals 1. prepare couples for the birth of their child and taking the baby home, through educational sessions suited to the needs and expectations of the parents-to-be 2. support couples, especially those who are vulnerable, in order to avoid parent-child relationship problems 3. provide information and key points on parenting: building family relationships ; the material, educational and emotional needs of the growing child 4. encourage better coordination among the relevant professionals and with the pregnant woman, from the antenatal to the postnatal period</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>09/27/2012 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272500/en/preparing-for-birth-and-parenthood</t>
+  </si>
+  <si>
+    <t>c_272500</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+  </si>
+  <si>
+    <t>c_2581436</t>
+  </si>
+  <si>
+    <t>Dietary consultation with a dietician</t>
+  </si>
+  <si>
+    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
+  </si>
+  <si>
+    <t>01/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
+  </si>
+  <si>
+    <t>c_272510</t>
+  </si>
+  <si>
+    <t>Periodontal disease: diagnosis and treatment</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. Definitions# 2. Classification of periodontal disease# 3. Epidemiology and risk factors# 4. Diagnosis# 5. Periodontal disease as risk factor for other diseases or situations# 6. Treatment ans treatment strategy#</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+  </si>
+  <si>
+    <t>c_272209</t>
+  </si>
+  <si>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+  </si>
+  <si>
+    <t>c_272220</t>
+  </si>
+  <si>
+    <t>Physiotherapy in common neck pain and whiplash</t>
+  </si>
+  <si>
+    <t>These guidelines cover common neck pain and neck pain following whiplash. They exclude neck pain due to nerve root compression in the upper limbs, for which there is specific treatment. The topics of the guidelines are: 1. Physiotherapy assessment 2. Treatment techniques 3. Treatment strategy for common neck pain 4. Treatment strategy for whiplash</t>
+  </si>
+  <si>
+    <t>05/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272262/en/physiotherapy-in-common-neck-pain-and-whiplash</t>
+  </si>
+  <si>
+    <t>c_272262</t>
+  </si>
+  <si>
+    <t>Hormone replacement therapy at menopause</t>
+  </si>
+  <si>
+    <t>The objectives of the report are : 1. Provide guidance on hormone replacement therapy during the menopause and on the provision of information for women and health professionals 2. Draw conclusions and produce guidelines for health professionals 3. Draft key messages for women</t>
+  </si>
+  <si>
+    <t>05/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272308/en/hormone-replacement-therapy-at-menopause</t>
+  </si>
+  <si>
+    <t>c_272308</t>
+  </si>
+  <si>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_272363</t>
+  </si>
+  <si>
+    <t>Memo : Prevention of positional skull deformities and sudden infant death syndrome</t>
+  </si>
+  <si>
+    <t>The aim of this Memo is to provide information about : risk factors and prevention of sudden infant death syndrome definition and diagnosis of positional skull deformities risk factors for positional skull deformities potential complications of positional skull deformity primary prevention of positional skull deformities management of established positional skull deformities</t>
+  </si>
+  <si>
+    <t>02/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151574/en/memo-prevention-of-positional-skull-deformities-and-sudden-infant-death-syndrome</t>
+  </si>
+  <si>
+    <t>p_3151574</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+  </si>
+  <si>
+    <t>c_765529</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+  </si>
+  <si>
+    <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Suicidal thoughts and behaviour in children and adolescents: prevention, detection, assessment, management</t>
+  </si>
+  <si>
+    <t>OBJECTIVE The aim of this guideline is to optimise prevention, detection, assessment, and management of children or adolescents who have attempted suicide or with suicidal ideation.</t>
+  </si>
+  <si>
+    <t>09/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/30/2021 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288864/en/suicidal-thoughts-and-behaviour-in-children-and-adolescents-prevention-detection-assessment-management</t>
+  </si>
+  <si>
+    <t>p_3288864</t>
+  </si>
+  <si>
+    <t>Doctors' attendance on detainees in police custody</t>
+  </si>
+  <si>
+    <t>Questions put to the jury : 1. What is the doctor's mandate, what is its scope and which doctor is mandated? 2. Where is a detainee examined? Under what conditions? What is the outcome? 3. How may custody conditions affect doctors' attendance and cooperation? 4. What are the features specific to medical management of detainees? 5. What should the medical certificate and record</t>
+  </si>
+  <si>
+    <t>01/18/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272395/en/doctors-attendance-on-detainees-in-police-custody</t>
+  </si>
+  <si>
+    <t>c_272395</t>
+  </si>
+  <si>
+    <t>Indications for liver transplantation (19-20 January 2005)</t>
+  </si>
+  <si>
+    <t>Questions put to the jury : # 1. What is the best way of managing patients undergoing transplantation for viral hepatitis?# 2. When is alcoholic cirrhosis an indication for liver transplantation? # 3. When should liver cancer be treated by liver transplantation? # 4. When is living donation an alternative? # 5. What are the developments with regard to indications for liver transplantation?</t>
+  </si>
+  <si>
+    <t>03/08/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
+  </si>
+  <si>
+    <t>c_272409</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+  </si>
+  <si>
+    <t>c_272462</t>
+  </si>
+  <si>
+    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
+  </si>
+  <si>
+    <t>To provide guidelines on how to manage individuals with haemochromatosis who are homozygous for the C282Y mutation :# - treatment of iron overload# - treatment of complications# - counselling# - treatment in the home#</t>
+  </si>
+  <si>
+    <t>07/01/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
+  </si>
+  <si>
+    <t>c_432802</t>
+  </si>
+  <si>
+    <t>Early vision screening in children to prevent amblyopia</t>
+  </si>
+  <si>
+    <t>These guidelines concern vision screening in children under the age of 6. The topics are: 1. Justification for vision screening 2. Populations to be screened 3. Identifying vision disorders in the general population of children aged under 6 years</t>
+  </si>
+  <si>
+    <t>10/08/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2004 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272178/en/early-vision-screening-in-children-to-prevent-amblyopia</t>
+  </si>
+  <si>
+    <t>c_272178</t>
+  </si>
+  <si>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+  </si>
+  <si>
+    <t>c_2820336</t>
+  </si>
+  <si>
+    <t>Child abuse: identification and action to be taken</t>
+  </si>
+  <si>
+    <t>This guidance leaflet “Child abuse: identification and action to be taken” is concerned with children who are abused as well as those at risk of being abused. This guidance leaflet follows on from work already undertaken by HAS on interpersonal violence and its impact on health. It addresses all healthcare professionals who perform clinical observations of children, with a special emphasis on the place of doctors given their decision-making role. It thus concerns: general practitioners, paediatricians, psychiatrists; doctors and nursery nurses in maternal and child protection centres (PMI); school doctors and nurses; hospital doctors and paramedical staff (especially those working in the emergency, paediatric and radiological departments); midwives; doctors and paramedical staff in services for young children, and the medico-social services.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+  </si>
+  <si>
+    <t>c_1760393</t>
+  </si>
+  <si>
+    <t>Seclusion and mechanical restraint in general psychiatry</t>
+  </si>
+  <si>
+    <t>This good practice guideline aims to determine the place of seclusion and restraint in general psychiatry. The objective is to enable Healthcare professionals who could use these last resort measures to improve and harmonize their practices, by meeting clinical, ethical, legal, and organizational requirements. The main goal is the improvement of the safety and the quality of patient care.</t>
+  </si>
+  <si>
+    <t>02/22/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/20/2017 04:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055362/en/seclusion-and-mechanical-restraint-in-general-psychiatry</t>
+  </si>
+  <si>
+    <t>c_2055362</t>
+  </si>
+  <si>
+    <t>Discontinuation of benzodiazepines and related medicinal products: procedure for the doctor providing outpatient treatment</t>
+  </si>
+  <si>
+    <t>The aim is to reduce the long-term prescription of benzodiazepines (BZD) and related medicinal products for anxiety disorders and insomnia because the benefit-risk relationship is unfavourable.</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/29/2015 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038262/en/discontinuation-of-benzodiazepines-and-related-medicinal-products-procedure-for-the-doctor-providing-outpatient-treatment</t>
+  </si>
+  <si>
+    <t>c_2038262</t>
+  </si>
+  <si>
+    <t>Anorexia nervosa</t>
+  </si>
+  <si>
+    <t>These recommendations of good practice are intended to help: to identify anorexia nervosa earlier; To improve the accompaniment of the patient and his entourage: * Improve patient management and initial orientation; * Improve hospital management when necessary and post-hospital care. * Affected are pre-teens, adolescents and young adults. The priorities for improving the quality of care defined for this work are the following.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/30/2010 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_985715/en/anorexia-nervosa</t>
+  </si>
+  <si>
+    <t>c_985715</t>
+  </si>
+  <si>
+    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
+  </si>
+  <si>
+    <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
+  </si>
+  <si>
+    <t>12/16/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
+  </si>
+  <si>
+    <t>c_922867</t>
+  </si>
+  <si>
+    <t>Post-operative rehabilitation after rotator cuff tear surgery or shoulder arthroplasty: inpatient or outpatient care?</t>
+  </si>
+  <si>
+    <t>The aims of this guideline are : - to help doctors make the right decision when prescribing physiotherapy after rotator cuff surgery or shoulder arthroplasty by enabling them to assess whether the patient should be hospitalised in order to receive such care - to specify the information that needs to be exchanged between the surgeon and the physiotherapist in order to implement the patient’s postoperative rehabilitation, wherever the rehabilitation may take place.</t>
+  </si>
+  <si>
+    <t>01/23/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2008 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_613749/en/post-operative-rehabilitation-after-rotator-cuff-tear-surgery-or-shoulder-arthroplasty-inpatient-or-outpatient-care</t>
+  </si>
+  <si>
+    <t>c_613749</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: management of established RA</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
+  </si>
+  <si>
+    <t>c_606483</t>
+  </si>
+  <si>
+    <t>Practical aspects of long-term noninvasive positive pressure ventilation at home in neuromuscular disease</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to review the practical aspects (initiation, adjustment and monitoring) of home noninvasive positive pressure ventilation via a nasal, oral or facial interface, when prescribed for patients with neuromuscular disease.</t>
+  </si>
+  <si>
+    <t>05/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2006 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_334439/en/practical-aspects-of-long-term-noninvasive-positive-pressure-ventilation-at-home-in-neuromuscular-disease</t>
+  </si>
+  <si>
+    <t>c_334439</t>
+  </si>
+  <si>
+    <t>Induced abortion up to 14 weeks</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of legally permitted induced abortion performed within 14 weeks of last menstrual period. The topics of the guidleines are: 1. Abortion services, contact and organisation 2. Pre-abortion visits 3. Methods used for induced abortion according to gestationnal age 4. Management of pain - Analgesia and anaesthesia 5. Prevention of infective complications 6. Prevention of Rhesus incompatibility 7. Follow-up immediately after induced abortion 8. Evaluation</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+  </si>
+  <si>
+    <t>c_271973</t>
+  </si>
+  <si>
+    <t>Diagnostic indications for upper gastrointestinal endoscopy in oesophageal and gastroduodenal disease in adults, excluding endoscopic ultrasonography and enteroscopy</t>
+  </si>
+  <si>
+    <t>These guidelines concern three issues:# 1. Which clinical signs and/or laboratory values should lead to oesophageal and gastroduodenal imaging or endoscopy, and which form of investigation should be used?# 2. What are the upper gastrointestinal indications for diagnosis and follow-up of gastro-oesophageal reflux, ulcers, and portal hypertension without bleeding?# 3. What are the indications for duodenal biopsy?</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272101/en/diagnostic-indications-for-upper-gastrointestinal-endoscopy-in-oesophageal-and-gastroduodenal-disease-in-adults-excluding-endoscopic-ultrasonography-and-enteroscopy</t>
+  </si>
+  <si>
+    <t>c_272101</t>
+  </si>
+  <si>
+    <t>Management of female urinary incontinence in general practice</t>
+  </si>
+  <si>
+    <t>These guideliens are restricted to management of urinary incontinence in women aged over 15 who are not pregnant, and exclude enuresis and urinary incontinence by neurological problems.# Summary of the guidelines:# 1. Reasons for screening for urinary incontinence in general practice# 2. Diagnosis criteria for the presence and type of urinary incontinence# 3. Initial workup of a patient with urinary incontinence in general practice# 4. Initial treatment of female urinary incontinence in general practice#</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272291/en/management-of-female-urinary-incontinence-in-general-practice</t>
+  </si>
+  <si>
+    <t>c_272291</t>
+  </si>
+  <si>
+    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
+  </si>
+  <si>
+    <t>These guidelines cover indications for lower gastrointestinal endoscopy in all cases except screening for colorectal cancer in the general population and except diagnostic strategies for iron-deficiency anaemia, upper gastrointestinal adenoma, primary sclerosing cholangitis and gastric polyposis in the form of cysts in the gastric fundus.</t>
+  </si>
+  <si>
+    <t>04/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
+  </si>
+  <si>
+    <t>c_272348</t>
+  </si>
+  <si>
+    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
+  </si>
+  <si>
+    <t>1. What is chronic daily headache (CDH)?# 2. How to diagnose CDH?# 3. How to manage CDH?# 4. How to identify at-risk patients ?#</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+  </si>
+  <si>
+    <t>c_272365</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Pancréatite Chronique Héréditaire</t>
-[...254 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+    <t>Care pathway guide: overweight and obesity in children and adolescents</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and medical follow-up of children/adolescents with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of each of the professionals involved in the care pathway, and looks at the situations in which they may be called upon.</t>
+  </si>
+  <si>
+    <t>02/16/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
   </si>
   <si>
     <t>p_3321295</t>
   </si>
   <si>
-    <t>Neuropathies optiques héréditaires</t>
-[...305 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534304/fr/ald-n-13-maladie-coronarienne</t>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Coronary artery disease</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the best form of management and the care pathway for a patient entering the ALD [Long-term condition] scheme with ALD 13: coronary artery disease.</t>
+  </si>
+  <si>
+    <t>04/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>04/20/2021 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534304/en/coronary-artery-disease</t>
   </si>
   <si>
     <t>c_534304</t>
   </si>
   <si>
-    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
-[...2492 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
+  </si>
+  <si>
+    <t>05/21/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+  </si>
+  <si>
+    <t>c_1346147</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request by the French National Health Insurance concerning non-surgical periodontal therapy or scaling and root planing (SRP), this report focused on the assessment of the SRP procedure in the management of aggressive and chronic periodontal disease, in terms of its efficacy and safety. The assessment also studied the effects of the full-mouth disinfection method, with or without antiseptic agents, compared to SRP by quadrant / sextant. In addition, the report assessed whether the use of adjuncts to SRP, local antibiotic therapy, systemic antibiotic therapy, photodynamic therapy and different types of laser (Er:YAG laser, Nd:YAg laser, diode laser), were liable to improve the efficacy of treatment, compared to SRP alone</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2842270</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Assessment of elbow joint implants</t>
+  </si>
+  <si>
+    <t>The objectives of the re-assessment of bypass implants were to: * determine the indications for bypass implants; * assess their actual benefit in each indication; * define their role in treatment; * identify which technical specifications influence their actual benefit, in order to avoid coding errors and clarify which devices should be included under generic descriptions; * suggest an updated nomenclature; * estimate the target population; * define CNEDIMTS’ expectations for studies submitted during applications for inclusion under brand name; * define the terms of use and terms of prescribing envisaged for inclusion of products in the LPPR.</t>
+  </si>
+  <si>
+    <t>04/23/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/23/2013 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528391/en/assessment-of-elbow-joint-implants</t>
+  </si>
+  <si>
+    <t>c_1528391</t>
+  </si>
+  <si>
+    <t>Fractional flow reserve (FFR) measurement during coronary angiography - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective was to assess the risk/benefit ratio of FFR (fractional flow reserve) measurement during coronary angiography, in order to obtaining reimbursement for this procedure, following an application from the French Society of Cardiology (SFC). The comparator was a treatment strategy involving a coronary angiogram without FFR measurement. It concerns patients with suspected stable angina or ACS (acute coronary syndrome), including STEMI and NSTEMI, and who have single-vessel or multivessel coronary stenosis</t>
+  </si>
+  <si>
+    <t>04/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/22/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009393/en/fractional-flow-reserve-ffr-measurement-during-coronary-angiography-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2009393</t>
+  </si>
+  <si>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) associated or not with prior cytoreductive surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) consists, after prior cytoreductive surgery (curative indications, peritoneal carcinomatosis) or not (preventive indications, for the said carcinomatosis), in delivering a heated chemotherapy treatment to the abdominal cavity. The two objectives of this report were: question 1: to assess the efficacy and safety of the HIPEC procedure associated or not with prior cytoreductive surgery in order to define which indications are approved/non-approved; question 2: to define the conditions in which the HIPEC procedure is carried out associated or not with prior cytoreductive surgery, and of the ensuing hospitalisation; along with the preoperative preparation required and methods of post-hospitalisation follow-up.</t>
+  </si>
+  <si>
+    <t>06/17/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/21/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3168690</t>
+  </si>
+  <si>
+    <t>Assessment of Clinical and Organisational Aspects of Robot-Assisted Surgery for Radical Prostatectomy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report is to evaluate the clinical and organisational aspects of robot-assisted radical prostatectomy (RARP) compared with open radical prostatectomy (ORP) and conventional laparoscopic radical prostatectomy (LRP), in order to decide whether it should be reimbursed for hospital use</t>
+  </si>
+  <si>
+    <t>11/30/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/22/2016 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2037513/en/assessment-of-clinical-and-organisational-aspects-of-robot-assisted-surgery-for-radical-prostatectomy-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2037513</t>
+  </si>
+  <si>
+    <t>Metabolic surgery: surgical treatment of type 2 diabetes</t>
+  </si>
+  <si>
+    <t>Assess the benefit-risk balance of metabolic surgery, since it is a question of offering surgical management to a population currently only eligible for a pharmacological approach (oral and/or by injection) Determine, as accurately as possible, the target population liable to benefit from metabolic surgery</t>
+  </si>
+  <si>
+    <t>10/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2022 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303025/en/metabolic-surgery-surgical-treatment-of-type-2-diabetes</t>
+  </si>
+  <si>
+    <t>p_3303025</t>
+  </si>
+  <si>
+    <t>Anaesthesia techniques for lens surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The French Association of Health Insurance Funds (L’Union nationale des caisses d’assurance maladie - UNCAM) has asked the HAS to deliver an opinion on the state-of-the-art of anaesthesia practices for all types of cataract surgery. In view of the general context of this assessment, two main questions were selected: question no. 1: define the indications and the non-indications of each of the anaesthesia techniques for cataract surgery; question no. 2: determine the practice requirements and the environment necessary for anaesthetic management of cataract</t>
+  </si>
+  <si>
+    <t>05/14/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2020 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067004/en/anaesthesia-techniques-for-lens-surgery-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3067004</t>
+  </si>
+  <si>
+    <t>Treatment of superficial stomach cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report is to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of superficial stomach cancer presenting a low risk of node involvement, by comparison to surgery (gastrectomy) and mucosectomy (or endoscopic mucosal resection, EMR) , in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>12/21/2018 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853383/en/treatment-of-superficial-stomach-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2853383</t>
+  </si>
+  <si>
+    <t>Assessment of chiropodist-podiatrist consultations for preventing foot lesions in diabetic patients with a grade 1 podiatric risk - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to update an initial review conducted by HAS in 2007, with a view to an indication extension of chiropody-podiatry prevention consultations for diabetic subjects presenting with a grade 1 podiatric risk (isolated sensitive neuropathy). These consultations are not currently covered by French National Health Insurance; as such, the purpose of this report is to: • assess the impact of chiropodist-podiatrist prevention consultations on the morbidity of diabetic subjects with a grade 1 foot ulceration risk; • define the content, frequency and duration of chiropodist-podiatrist prevention consultations for diabetic subjects with grade 1 foot ulceration risk</t>
+  </si>
+  <si>
+    <t>12/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/20/2018 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860579/en/assessment-of-chiropodist-podiatrist-consultations-for-preventing-foot-lesions-in-diabetic-patients-with-a-grade-1-podiatric-risk-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2860579</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2823990</t>
+  </si>
+  <si>
+    <t>Assessment of anti-Müllerian hormone serum assay - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The primary aim of this discussion paper is to assess the usefulness of the anti-Müllerian hormone assay procedure (AMH) with a view to its inclusion in the NABM (Nomenclature of Procedures in Laboratory Medicine)</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/26/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749006/en/assessment-of-anti-mullerian-hormone-serum-assay-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2749006</t>
+  </si>
+  <si>
+    <t>Evaluation of non-invasive cardiac imaging in diagnosis of chronic coronary artery disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment originates from three different requests: from the Ministry of Health, the National Health Insurance and professional cardiology and radiology organisations. The objective is to define the place of non-invasive cardiac imaging tests in the diagnostic management of stable coronary artery disease in patients with an intermediate risk (or pretest probability). The objective being to reserve coronary angiography, an invasive test, for patients for whom it is essential (in light of a possible coronary revascularisation). The non-invasive imaging tests involved in this report are: exercise or pharmacological stress echocardiography, coronary CT scan, pharmacological stress MRI, exercise or pharmacological stress myocardial tomography (SPECT), and positron emission tomography (PET) with 18FDG. It should be noted that a first part addressing non-invasive cardiac imaging in non-ST-segment elevation acute coronary syndrome (ACS) at low cardiovascular risk was published by HAS in March 2015</t>
+  </si>
+  <si>
+    <t>11/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2016 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725332/en/evaluation-of-non-invasive-cardiac-imaging-in-diagnosis-of-chronic-coronary-artery-disease-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2725332</t>
+  </si>
+  <si>
+    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
+  </si>
+  <si>
+    <t>09/28/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2016 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2565031</t>
+  </si>
+  <si>
+    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
+  </si>
+  <si>
+    <t>01/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2045264</t>
+  </si>
+  <si>
+    <t>Assessment of diagnostic and therapeutic parotid and submandibular sialendoscopy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions in this assessment focus on the sialendoscopy technique (endoscopy of the major salivary ducts: parotid and submandibular gland in order for it to be refunded by National Health Insurance. They have been grouped into three main topics: • the ability of the technique to diagnose a non-neoplastic condition causing salivary obstruction; • its ability to treat obstructive-type salivary conditions with a favourable benefit-risk balance by improving patient management; • the conditions for performing this procedure</t>
+  </si>
+  <si>
+    <t>06/02/2015 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_1164340</t>
+  </si>
+  <si>
+    <t>Day surgery: an overview</t>
+  </si>
+  <si>
+    <t>This report is an overview of knowledge produced about day surgery in the French and international literature. It includes the definitions of ambulatory surgery and a point on the French legislation, the description of the environment and different ways of organizing day surgery, an analysis of risk / benefit for patients, an overview of its development in France and current pricing arrangements</t>
+  </si>
+  <si>
+    <t>04/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>04/20/2012 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242334/en/day-surgery-an-overview</t>
+  </si>
+  <si>
+    <t>c_1242334</t>
+  </si>
+  <si>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+  </si>
+  <si>
+    <t>c_1051506</t>
+  </si>
+  <si>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>07/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+  </si>
+  <si>
+    <t>c_867966</t>
+  </si>
+  <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>Indicateurs de qualité généralisés - Thème « Infarctus du myocarde après la phase aiguë » - Analyse descriptive des résultats agrégés - Campagne 2010 - décembre 2011</t>
-[...203 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
+    <t>Good practice guidelines on health apps and smart devices (mobile health or mhealth)</t>
+  </si>
+  <si>
+    <t>This contribution from HAS aims to provide guidance for, promote use of increase confidence in health apps and smart devices, by supplying good practice guidelines for manufacturers and evaluator (evaluating bodies, consumer associations or medical professional organisations), who can use them for their own assessments.</t>
+  </si>
+  <si>
+    <t>10/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/en/good-practice-guidelines-on-health-apps-and-smart-devices-mobile-health-or-mhealth</t>
   </si>
   <si>
     <t>c_2681915</t>
   </si>
   <si>
-    <t>Point de vue des personnes accompagnées par les ESSMS</t>
-[...311 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>Human papillomavirus vaccination: extension of the catch-up vaccination cohort to men and women up to and including 26 years of age</t>
+  </si>
+  <si>
+    <t>The HAS recommends extending HPV catch-up vaccination using the Gardasil 9 vaccine to all young adults up to and including 26 years of age, while highlighting that the priority remains vaccination of adolescents aged 11 to 14 years.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/13/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
+  </si>
+  <si>
+    <t>p_3605114</t>
+  </si>
+  <si>
+    <t>Recommendation on extending HPV vaccination to boys</t>
+  </si>
+  <si>
+    <t>Following its assessment, the HAS is in favour of extending HPV vaccination to boys in the French vaccination schedule.</t>
+  </si>
+  <si>
+    <t>12/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/16/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/en/recommendation-on-extending-hpv-vaccination-to-boys</t>
+  </si>
+  <si>
+    <t>p_3116022</t>
+  </si>
+  <si>
+    <t>RSV infection vaccination recommendation for pregnant women</t>
+  </si>
+  <si>
+    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/13/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
+  </si>
+  <si>
+    <t>p_3505344</t>
+  </si>
+  <si>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Supporting and encouraging public engagement in social and health care organisations</t>
+  </si>
+  <si>
+    <t>This HAS guideline promotes the involvement of people cared or supported in all its forms as an integral part of the quality of health and social care. These recommendations aim to promote participatory approaches in all sectors: health, social and medico-social care. This first guideline, which offers a base of knowledge and a glossary [in French], will be followed by operational work.</t>
+  </si>
+  <si>
+    <t>09/22/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/en/supporting-and-encouraging-public-engagement-in-social-and-health-care-organisations</t>
   </si>
   <si>
     <t>p_3201812</t>
   </si>
   <si>
-    <t>Dossier du patient en odontologie</t>
-[...6200 lines deleted...]
-    <t>pprd_2982965</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>CHAMPIX (varénicline (tartrate de))</t>
+  </si>
+  <si>
+    <t>03/26/2025 14:48:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983834/en/champix-varenicline-tartrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983834</t>
+  </si>
+  <si>
+    <t>tartrate de varénicline</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523453/en/champix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818410/en/champix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725862/en/champix-varenicline-brain-nicotinic-receptor-partial-agonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258961/en/champix-tartrate-de-varenicline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264259/en/champix-tartrate-de-varenicline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599233/en/champix-tartrate-de-varenicline-sevrage-tabagique</t>
+  </si>
+  <si>
+    <t>DIVINA - DUOVA (médroxyprogestérone (acétate de)/ valérate d'estradiol)</t>
+  </si>
+  <si>
+    <t>10/14/2025 15:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983475/en/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>pprd_2983475</t>
+  </si>
+  <si>
+    <t>acétate de médroxyprogestérone,valérate d'estradiol</t>
+  </si>
+  <si>
+    <t>ORION PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817325/en/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753126/en/divina-duova</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806292/en/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545492/en/duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399421/en/duova-1-mg-/-2-5-mg-comprime-duova-1-mg-/-5-mg-comprime-duova-2-mg-/-5-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689712/en/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
+  </si>
+  <si>
+    <t>FEMSEPT - FEMSEPTEVO - FEMSEPTCOMBI - ESTREVA (estradiol hémihydraté/ lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983866/en/femsept-femseptevo-femseptcombi-estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2983866</t>
+  </si>
+  <si>
+    <t>estradiol hémihydraté,lévonorgestrel</t>
+  </si>
+  <si>
+    <t>THERAMEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398935/en/femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544868/en/femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046823/en/femsept-femseptcombi-femseptevo-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682480/en/femsept-femseptevo-femseptcombi-estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753187/en/estreva-femsept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544976/en/estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399376/en/estreva-0-1-gel-transdermique-flacon-tube-de-50-g-100-doses-avec-pompe-doseuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753135/en/femseptcombi-femseptevo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544855/en/femseptcombi-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398934/en/femseptcombi-50-g/-10-g/-24-heures-dispositif-transdermique-en-sachet-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400304/en/femseptevo-50-microgrammes-/-7-microgrammes-/-24-heures-dispositif-transdermique-4-sachets-code-cip-367-594-5</t>
+  </si>
+  <si>
+    <t>PROVAMES (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983947/en/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983947</t>
+  </si>
+  <si>
+    <t>estradiol hémihydraté</t>
+  </si>
+  <si>
+    <t>NORGINE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399162/en/provames-1-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544883/en/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058653/en/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753171/en/provames</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672236/en/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>PROGESTOGEL - UTROGESTAN (progestérone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984105/en/progestogel-utrogestan-progesterone</t>
+  </si>
+  <si>
+    <t>pprd_2984105</t>
+  </si>
+  <si>
+    <t>progestérone</t>
+  </si>
+  <si>
+    <t>BESINS HEALTHCARE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951417/en/progestogel-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633557/en/progestogel-utrogestan-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753199/en/utrogestan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951432/en/utrogestan-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400833/en/utrogestan-100-mg-capsule-molle-orale-ou-vaginale-b/30-cip-323-275-1-utrogestan-200-mg-capsule-molle-orale-ou-vaginale-b/15-cip-348-399-6</t>
+  </si>
+  <si>
+    <t>ACTIVELLE - KLIOGEST - NOVOFEMME - TRISEQUENS (estradiol hémihydraté/ noréthistérone (acétate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984124/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984124</t>
+  </si>
+  <si>
+    <t>estradiol hémihydraté,acétate de noréthistérone</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544823/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048378/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753539/en/activelle</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627645/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753165/en/kliogest-novefemme-trisequens</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398979/en/kliogest-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399506/en/novofemme-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399057/en/trisequens-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
+  </si>
+  <si>
+    <t>DUPHASTON (dydrogestérone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984207/en/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>pprd_2984207</t>
+  </si>
+  <si>
+    <t>dydrogestérone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748315/en/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753190/en/duphaston</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610152/en/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>COLPRONE (médrogestone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984220/en/colprone-medrogestone</t>
+  </si>
+  <si>
+    <t>pprd_2984220</t>
+  </si>
+  <si>
+    <t>médrogestone</t>
+  </si>
+  <si>
+    <t>NEURAXPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748309/en/colprone-medrogestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753202/en/colprone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608651/en/colprone-medrogestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588262/en/colprone-medrogestone-gynecological</t>
+  </si>
+  <si>
+    <t>OESCLIM - OROMONE (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984292/en/oesclim-oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984292</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398948/en/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544874/en/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046772/en/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753177/en/oesclim-oromone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580477/en/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834956/en/oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400076/en/oromone-2-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>CLIMASTON (dydrogestérone/ estradiol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984293/en/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>pprd_2984293</t>
+  </si>
+  <si>
+    <t>dydrogestérone,estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398873/en/climaston-2-mg-/-10-mg-comprime-pellicule-boite-de-28-climaston-1-mg-/-10-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398872/en/climaston-1-mg/-5-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400300/en/climaston-1-mg/10-mg-climaston-1-mg/5-mg-climaston-2-mg/10-mg-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544838/en/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048927/en/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752094/en/climaston</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753193/en/climaston</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580474/en/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>CLIMENE (valérate d'estradiol 2 mg /acétate de cyprotérone 1 mg/ cyprotérone (a...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984344/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>pprd_2984344</t>
+  </si>
+  <si>
+    <t>valérate d'estradiol,acétate de cyprotérone</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048372/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753174/en/climene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569074/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400769/en/climene-comprime-enrobe-b/21-11-blancs-et-10-roses-cip-336-043-7</t>
+  </si>
+  <si>
+    <t>OESTROGEL - OESTRODOSE - THAIS - THAISSEPT (estradiol/ estradiol hémihydraté/ oestrodose 0,06%,/ oestrogel 0,06%,/...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984426/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>pprd_2984426</t>
+  </si>
+  <si>
+    <t>estradiol,estradiol hémihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046775/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753153/en/oestrogel-oestrodose-thais-thaissept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058267/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398903/en/oestrodose-0-06-gel-pour-application-cutanee-en-flacon-avec-pompe-doseuse-flacon-de-80-g-64-doses</t>
+  </si>
+  <si>
+    <t>DERMESTRIL - DERMESTRIL SEPTEM (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984501/en/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984501</t>
+  </si>
+  <si>
+    <t>VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400704/en/dermestril-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_901524/en/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753183/en/dermestril-dermestril-septem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040742/en/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>PHYSIOGINE (estriol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984633/en/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>pprd_2984633</t>
+  </si>
+  <si>
+    <t>estriol</t>
+  </si>
+  <si>
+    <t>ASPEN FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517660/en/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753162/en/physiogine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2000743/en/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399510/en/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456145/en/physiogine-estriol-affections-vulvo-vaginales</t>
+  </si>
+  <si>
+    <t>LIVIAL (tibolone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984732/en/livial-tibolone</t>
+  </si>
+  <si>
+    <t>pprd_2984732</t>
+  </si>
+  <si>
+    <t>tibolone</t>
+  </si>
+  <si>
+    <t>ORGANON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398989/en/livial-2-5-mg-28-comprimes-sous-plaquette-thermoformee-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753542/en/livial</t>
+  </si>
+  <si>
+    <t>LUTENYL (nomégestrol (acétate de))</t>
+  </si>
+  <si>
+    <t>09/07/2023 15:24:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984200/en/lutenyl-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984200</t>
+  </si>
+  <si>
+    <t>nomégestrol (acétate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400321/en/lutenyl-3-75-mg-comprime-boite-de-14-comprimes-code-cip-365-572-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748399/en/lutenyl-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753533/en/lutenyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610185/en/lutenyl-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459822/en/lutenyl-nomegestrol-acetate-gynaecology</t>
+  </si>
+  <si>
+    <t>CLIMODIENE (valérate d'estradiol/ diénogest)</t>
+  </si>
+  <si>
+    <t>11/27/2017 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983474/en/climodiene-valerate-d-estradiol/-dienogest</t>
+  </si>
+  <si>
+    <t>pprd_2983474</t>
+  </si>
+  <si>
+    <t>valérate d'estradiol,diénogest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399416/en/climodiene-2-mg-/-2-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574365/en/climodiene-valerate-d-estradiol/-dienogest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753141/en/climodiene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806906/en/climodiene-valerate-d-estradiol/-dienogest</t>
+  </si>
+  <si>
+    <t>ESTRAPATCH (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>11/07/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983884/en/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983884</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399136/en/estrapatch-40-g/24h-dispositif-transdermique-estrapatch-60-g/24h-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399789/en/estrapatch-80-g/24-heures-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544965/en/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753529/en/estrapatch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680866/en/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>LUTERAN (chlormadinone (acétate de))</t>
+  </si>
+  <si>
+    <t>03/02/2016 18:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984190/en/luteran-chlormadinone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984190</t>
+  </si>
+  <si>
+    <t>chlormadinone (acétate de)</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400795/en/luteran-2-mg-comprime-b/10-cip-306-331-4-luteran-5-mg-comprime-b/10-cip-306-332-0-luteran-10-mg-comprime-b/12-cip-339-433-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923058/en/luteran-chlormadinone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753168/en/luteran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612652/en/luteran-chlormadinone-acetate-de</t>
+  </si>
+  <si>
+    <t>SURGESTONE (promégestone)</t>
+  </si>
+  <si>
+    <t>02/19/2016 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984196/en/surgestone-promegestone</t>
+  </si>
+  <si>
+    <t>pprd_2984196</t>
+  </si>
+  <si>
+    <t>promégestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399079/en/surgestone-0-500-mg-comprime-boites-de-10-et-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544791/en/surgestone-promegestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050835/en/surgestone-promegestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753159/en/surgestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610503/en/surgestone-promegestone</t>
+  </si>
+  <si>
+    <t>DELIDOSE (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>07/07/2015 13:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984492/en/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984492</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400158/en/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900512/en/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753129/en/delidose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041943/en/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>CLIMARA (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>07/16/2014 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984733/en/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984733</t>
+  </si>
+  <si>
+    <t>BAYER SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398871/en/climara-50-microgrammes-/-24-heures-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544847/en/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058667/en/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753536/en/climara</t>
+  </si>
+  <si>
+    <t>ESTRADERM - VIVELLEDOT (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>10/21/2015 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984738/en/estraderm-vivelledot-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984738</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400708/en/estraderm-tts-25-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-726-5-estraderm-tts-50-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-729-4-estraderm-tts-100-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-732-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046793/en/estraderm-tts-vivelledot-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753196/en/estraderm-vivelledot</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564435/en/vivelledot-n/r/-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399598/en/vivelledot-37-5-g/24-h-dispositif-transdermique-vivelledot-50-g/24-h-dispositif-transdermique-vivelledot-75-g/24-h-dispositif-transdermique-vivelledot-100-g/24-h-dispositif-transdermique-boite-de-8</t>
+  </si>
+  <si>
+    <t>NAEMIS (estradiol hémihydraté/ nomégestrol (acétate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984742/en/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984742</t>
+  </si>
+  <si>
+    <t>estradiol hémihydraté,nomégestrol (acétate de)</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594667/en/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753147/en/naemis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399641/en/naemis-comprime-boite-de-24</t>
+  </si>
+  <si>
+    <t>AVADENE (estradiol hémihydraté/ gestodène)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984743/en/avadene-estradiol-hemihydrate/-gestodene</t>
+  </si>
+  <si>
+    <t>pprd_2984743</t>
+  </si>
+  <si>
+    <t>estradiol hémihydraté,gestodène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399479/en/avadene-estradiol-hemihydrate/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545506/en/avadene-estradiol-hemihydrate/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753144/en/avadene</t>
+  </si>
+  <si>
+    <t>MENAELLE (progestérone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984744/en/menaelle-progesterone</t>
+  </si>
+  <si>
+    <t>pprd_2984744</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399966/en/menaelle-100-mg-capsule-molle-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763747/en/menaelle-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753138/en/menaelle</t>
+  </si>
+  <si>
+    <t>ESBRIET</t>
+  </si>
+  <si>
+    <t>01/25/2024 08:40:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983487/en/esbriet</t>
+  </si>
+  <si>
+    <t>pprd_2983487</t>
+  </si>
+  <si>
+    <t>pirfénidone</t>
+  </si>
+  <si>
+    <t>ROCHE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1238454/en/esbriet-pirfenidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023166/en/esbriet-pirfenidone-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803495/en/esbriet-pirfenidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490837/en/esbriet-pirfenidone-fibrose-pulmonaire-idiopathique-fpi-severe</t>
+  </si>
+  <si>
+    <t>BRIMICA GENUAIR - DUAKLIR GENUAIR</t>
+  </si>
+  <si>
+    <t>07/08/2020 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984150/en/brimica-genuair-duaklir-genuair</t>
+  </si>
+  <si>
+    <t>pprd_2984150</t>
+  </si>
+  <si>
+    <t>bromure d'aclidinium,formotérol (fumarate de) dihydraté</t>
+  </si>
+  <si>
+    <t>MENARINI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621483/en/brimica-genuair-and-duaklir-genuair-aclidinium/formoterol-adrenergic-/-anticholinergic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621462/en/duaklir-genuair-bromure-d-aclidinium/-formoterol-fumarate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192402/en/duaklir-genuair</t>
+  </si>
+  <si>
+    <t>ONBREZ BREEZHALER - HIROBRIZ BREEZHALER - OSLIF BREEZHALER (indacatérol (maléate d'))</t>
+  </si>
+  <si>
+    <t>02/21/2017 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983730/en/onbrez-breezhaler-hirobriz-breezhaler-oslif-breezhaler-indacaterol-maleate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983730</t>
+  </si>
+  <si>
+    <t>indacatérol (maléate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019687/en/onbrez-breezhaler-oslif-breezhaler-hirobriz-breezhaler</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746195/en/onbrez-breezhaler-indacaterol-maleate-d</t>
+  </si>
+  <si>
+    <t>ENERZAIR BREEZHALER (acétate d’indacatérol/ bromure de glycopyrronium/ furoate de mométason...)</t>
+  </si>
+  <si>
+    <t>03/16/2021 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215674/en/enerzair-breezhaler-acetate-d-indacaterol/-bromure-de-glycopyrronium/-furoate-de-mometason</t>
+  </si>
+  <si>
+    <t>p_3215674</t>
+  </si>
+  <si>
+    <t>acétate d’indacatérol,bromure de glycopyrronium,furoate de mométasone</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215558/en/enerzair-breezhaler-acetate-d-indacaterol/-bromure-de-glycopyrronium/-furoate-de-mometason</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242947/en/enerzair-breezhaler-indacaterol-acetate-/-glycopyrronium-bromide/-mometasone-furoate</t>
+  </si>
+  <si>
+    <t>EKLIRA GENUAIR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984927/en/eklira-genuair</t>
+  </si>
+  <si>
+    <t>pprd_2984927</t>
+  </si>
+  <si>
+    <t>bromure d'aclidinium</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528339/en/eklira-genuair</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192405/en/eklira-genuair</t>
+  </si>
+  <si>
+    <t>LEQVIO (inclisiran)</t>
+  </si>
+  <si>
+    <t>09/06/2024 09:35:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538836/en/leqvio-inclisiran</t>
+  </si>
+  <si>
+    <t>p_3538836</t>
+  </si>
+  <si>
+    <t>inclisiran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538269/en/leqvio-inclisiran-dyslipidaemia</t>
+  </si>
+  <si>
+    <t>RAXONE (idébénone)</t>
+  </si>
+  <si>
+    <t>03/03/2022 12:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984145/en/raxone-idebenone</t>
+  </si>
+  <si>
+    <t>pprd_2984145</t>
+  </si>
+  <si>
+    <t>idébénone</t>
+  </si>
+  <si>
+    <t>SANTHERA PHARMACEUTICALS GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621695/en/raxone-idebenone-ophthalmic-medicinal-product</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315494/en/raxone-150-mg-idebenone</t>
+  </si>
+  <si>
+    <t>BACLOFENE ZENTIVA (baclofène)</t>
+  </si>
+  <si>
+    <t>04/01/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985511/en/baclofene-zentiva-baclofene</t>
+  </si>
+  <si>
+    <t>pprd_2985511</t>
+  </si>
+  <si>
+    <t>baclofène</t>
+  </si>
+  <si>
+    <t>ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459731/en/baclofene-n/r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258706/en/baclofene-zentiva-baclofene</t>
+  </si>
+  <si>
+    <t>BUVIDAL (buprénorphine)</t>
+  </si>
+  <si>
+    <t>03/10/2023 17:32:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217096/en/buvidal-buprenorphine</t>
+  </si>
+  <si>
+    <t>p_3217096</t>
+  </si>
+  <si>
+    <t>buprénorphine</t>
+  </si>
+  <si>
+    <t>MEDIPHA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217092/en/buvidal-buprenorphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244165/en/buvidal-buprenorphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419439/en/buvidal-buprenorphine-dependance-aux-opiaces</t>
+  </si>
+  <si>
+    <t>GIVLAARI</t>
+  </si>
+  <si>
+    <t>04/01/2021 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192159/en/givlaari</t>
+  </si>
+  <si>
+    <t>p_3192159</t>
+  </si>
+  <si>
+    <t>givosiran</t>
+  </si>
+  <si>
+    <t>ALNYLAM FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191915/en/givlaari</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258964/en/givlaari-givosiran</t>
+  </si>
+  <si>
+    <t>Copie de LANTUS - TOUJEO</t>
+  </si>
+  <si>
+    <t>05/09/2018 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195251/en/copie-de-lantus-toujeo</t>
+  </si>
+  <si>
+    <t>p_3195251</t>
+  </si>
+  <si>
+    <t>insuline glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399776/en/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399876/en/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748385/en/lantus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062696/en/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1722903/en/lantus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749754/en/lantus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848651/en/lantus-toujeo-insuline-glargine</t>
+  </si>
+  <si>
+    <t>INEXIUM</t>
+  </si>
+  <si>
+    <t>10/31/2024 16:11:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984030/en/inexium</t>
+  </si>
+  <si>
+    <t>pprd_2984030</t>
+  </si>
+  <si>
+    <t>esomeprazole</t>
+  </si>
+  <si>
+    <t>GRUNENTHAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399748/en/inexium-20-mg-et-40-mg-comprimes-gastro-resistants-boites-de-7-14-et-28-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400075/en/inexium-40-mg-poudre-pour-solution-injectable-ou-perfusion-boite-de-1-et-10-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400264/en/inexium-20-mg-comprimes-gastro-resistants-boite-de-7-comprimes-code-cip-355-332-0-boite-de-14-comprimes-code-cip-355-333-7-boite-de-28-comprimes-code-cip-355-334-3-boite-de-50-comprimes-code-cip-562-828-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_589380/en/inexium-esomeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622293/en/inexium-esomeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773266/en/inexium-esomeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874846/en/inexium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945889/en/inexium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234519/en/inexium-esomeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658510/en/inexium-esomeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215579/en/inexium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554599/en/inexium-esomeprazole-magnesique-trihydrate-inhibiteur-de-la-pompe-a-protons-ipp</t>
+  </si>
+  <si>
+    <t>SELINCRO (nalméfène (chlorhydrate de) dihydraté)</t>
+  </si>
+  <si>
+    <t>04/08/2021 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983111/en/selincro-nalmefene-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983111</t>
+  </si>
+  <si>
+    <t>nalméfène</t>
+  </si>
+  <si>
+    <t>LUNDBECK SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716023/en/selincro-nalmefene-antagoniste-opioide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872648/en/selincro-nalmefene-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259937/en/selincro-nalmefene</t>
+  </si>
+  <si>
+    <t>LANZOR</t>
+  </si>
+  <si>
+    <t>11/12/2020 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983753/en/lanzor</t>
+  </si>
+  <si>
+    <t>pprd_2983753</t>
+  </si>
+  <si>
+    <t>lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398985/en/lanzor-30-mg-microgranules-gastro-resistant-en-gelule-b/7-b/14-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399434/en/lanzor-15-mg-microgranules-gastro-resistants-en-gelule-b/15-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399749/en/lanzor-15-mg-microgranules-gastroresistants-en-gelule-sous-plaquettes-thermoformees-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399750/en/lanzor-30-mg-microgranules-gastroresistants-en-gelule-sous-plaquette-thermoformee-boite-de-7-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622222/en/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763753/en/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332059/en/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741824/en/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215600/en/lanzor</t>
+  </si>
+  <si>
+    <t>MOPRAL - ZOLTUM</t>
+  </si>
+  <si>
+    <t>11/12/2020 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984407/en/mopral-zoltum</t>
+  </si>
+  <si>
+    <t>pprd_2984407</t>
+  </si>
+  <si>
+    <t>oméprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399005/en/mopral-10-mg-microgranules-gastro-resistants-en-gelule-b/14-b/28-b/50-mopral-20-mg-microgranules-gastro-resistants-en-gelule-b/7-b/14-b/28-b/50-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399503/en/mopral-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400743/en/mopral-10-mg-microgranules-gastroresistants-en-gelule-b/14-341-300-4-b/28-341-301-0-mopral-20-mg-microgranules-gastroresistants-en-gelule-b/7-340-810-9-b/14-340-812-1-b/28-340-814-4-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763738/en/mopral-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954780/en/mopral-zoltum-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559097/en/mopral-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559100/en/mopral-zoltum-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215588/en/mopral-zoltum</t>
+  </si>
+  <si>
+    <t>OGAST - OGASTORO</t>
+  </si>
+  <si>
+    <t>11/12/2020 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984969/en/ogast-ogastoro</t>
+  </si>
+  <si>
+    <t>pprd_2984969</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398905/en/ogast-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399643/en/ogast-15-mg-microgranule-gastroresistant-en-gelule-sous-plaquettes-thermoformees-b/30-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399644/en/ogast-30-mg-microgranule-gastroresistant-en-gelule-b/7-b/14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335893/en/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763768/en/ogast-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622226/en/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679422/en/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399446/en/ogast15-mg-microgranules-gastro-resistants-en-gelule-b/15-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215582/en/ogast-ogastoro</t>
+  </si>
+  <si>
+    <t>Copie de BRIMICA GENUAIR - DUAKLIR GENUAIR</t>
+  </si>
+  <si>
+    <t>06/09/2016 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193006/en/copie-de-brimica-genuair-duaklir-genuair</t>
+  </si>
+  <si>
+    <t>p_3193006</t>
+  </si>
+  <si>
+    <t>aclidinium,formotérol</t>
+  </si>
+  <si>
+    <t>STRESAM</t>
+  </si>
+  <si>
+    <t>06/18/2020 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983641/en/stresam</t>
+  </si>
+  <si>
+    <t>pprd_2983641</t>
+  </si>
+  <si>
+    <t>chlorhydrate d'étifoxine</t>
+  </si>
+  <si>
+    <t>BIOCODEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490351/en/stresam-chlorhydrate-d-etifoxine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189031/en/stresam-chlorhydrate-d-etifoxine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758336/en/stresam-chlorhydrate-d-etifoxine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190306/en/stresam</t>
+  </si>
+  <si>
+    <t>ALFALASTIN (alpha-1 antitrypsine humaine)</t>
+  </si>
+  <si>
+    <t>06/01/2017 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983686/en/alfalastin-alpha-1-antitrypsine-humaine</t>
+  </si>
+  <si>
+    <t>pprd_2983686</t>
+  </si>
+  <si>
+    <t>alpha-1 antitrypsine humaine</t>
+  </si>
+  <si>
+    <t>LFB-BIOMEDICAMENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400843/en/alfalastin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401015/en/alfalastin-alpha-1-antitrypsine-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751858/en/alfalastin-human-alpha-1-antitrypsin-proteinase-inhibitor</t>
+  </si>
+  <si>
+    <t>BRETARIS GENUAIR (bromure d'aclidinium)</t>
+  </si>
+  <si>
+    <t>07/31/2013 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984928/en/bretaris-genuair-bromure-d-aclidinium</t>
+  </si>
+  <si>
+    <t>pprd_2984928</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528336/en/bretaris-genuair</t>
+  </si>
+  <si>
+    <t>OFEV</t>
+  </si>
+  <si>
+    <t>01/30/2026 15:09:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984523/en/ofev</t>
+  </si>
+  <si>
+    <t>pprd_2984523</t>
+  </si>
+  <si>
+    <t>nintédanib</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038122/en/ofev-nintedanib-inhibitor-of-tyrosine-kinases</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225386/en/ofev-pid-nintedanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225416/en/ofev-pid-scs-chez-l-adulte-nintedanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410994/en/ofev-nintedanib-pulmonary-fibrosis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845841/en/ofev-nintedanib-pneumopathie-interstitielle-diffuse-enfants-et-adolescents-6-17-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845776/en/ofev-nintedanib-pneumopathie-interstitielle-diffuse-chez-les-enfants-et-les-adolescents-ages-de-6-a-17-ans</t>
+  </si>
+  <si>
+    <t>OPDIVO (nivolumab), anti-PD1 antibody</t>
+  </si>
+  <si>
+    <t>10/16/2025 12:32:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982912/en/opdivo-nivolumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>pprd_2982912</t>
+  </si>
+  <si>
+    <t>nivolumab</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067177/en/opdivo-lymphome-de-hodgkin-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639665/en/opdivo-nivolumab-anti-pd-1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742286/en/opdivo-cancer-bronchique-non-a-petites-cellules-2eme-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757885/en/opdivo-nivolumab-anti-pd-1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612055/en/opdivo-nivolumab-anti-pd-1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682094/en/opdivo-nivolumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770199/en/opdivo-nivolumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870207/en/opdivo-cancer-bronchique-non-a-petites-cellules-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829034/en/opdivo-nivolumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894915/en/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896995/en/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897014/en/opdivo-melanome-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097610/en/opdivo-yervoy-carcinome-renal-1ere-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159912/en/opdivo-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272283/en/opdivo/yervoy-nivolumab/ipilimumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272292/en/opdivo-nivolumab-traitement-adjuvant-de-melanome-en-monotherapie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279375/en/opdivo-nivolumab-/-opdivo-yervoy-nivolumab-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285286/en/opdivo-nivolumab-carcinome-epidermoide-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287835/en/opdivo-nivolumab-et-yervoy-ipilimumab-mesotheliome-pleural-malin-non-resecable</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290311/en/opdivo-nivolumab-et-yervoy-ipilimumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297501/en/opdivo-10-mg/ml-nivolumab-carcinome-a-cellules-renales-avance-en-association-cabozantinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297497/en/opdivo-10-mg/ml-/-yervoy-5-mg/ml-nivolumab-en-association-a-l-ipilimumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308678/en/opdivo/yervoy-nivolumab/ipilimumab-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318372/en/opdivo-nivolumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311628/en/opdivo-nivolumab-cancer-de-l-oesophage-ou-de-la-jonction-oeso-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324307/en/opdivo-nivolumab-cancer-oesophage-ou-jonction-oeso-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332767/en/opdivo-nivolumab-carcinome-epidermoide-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334854/en/opdivo-nivolumab-adenocarcinome-gastrique-de-la-jonction-oeso-gastrique-ou-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359098/en/opdivo-nivolumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381119/en/opdivo-/-yervoy-nivolumab/ipilimumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382948/en/opdivo-nivolumab-carcinome-urothelial-infiltrant-le-muscle-cuim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386214/en/opdivo-nivolumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417971/en/opdivo-nivolumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451663/en/opdivo-nivolumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460521/en/opdivo-nivolumab-cancer-bronchique-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471682/en/opdivo-nivolumab-cbnpc-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478087/en/opdivo-yervoy-ipilimumab/nivolumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481901/en/opdivo/yervoy-nivolumab/ipilimumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481898/en/opdivo/yervoy-nivolumab/ipilimumab-advanced-melanoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486116/en/opdivo-nivolumab-melanoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527277/en/opdivo-nivolumab-cancer-bronchique-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574980/en/opdivo-nivolumab-et-yervoy-ipilimumab-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700080/en/opdivo/yervoy-nivolumab/ipilimumab-cancer-colorectal-crc</t>
+  </si>
+  <si>
+    <t>SYNJARDY</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:39:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219547/en/synjardy</t>
+  </si>
+  <si>
+    <t>p_3219547</t>
+  </si>
+  <si>
+    <t>empagliflozine,metformine</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218341/en/synjardy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606850/en/synjardy-empagliflozin-metformin-aged-10-years-and-above-for-the-treatment-of-type-2-diabetes</t>
+  </si>
+  <si>
+    <t>OZURDEX (dexamethasone)</t>
+  </si>
+  <si>
+    <t>12/16/2024 08:42:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984135/en/ozurdex-dexamethasone</t>
+  </si>
+  <si>
+    <t>pprd_2984135</t>
+  </si>
+  <si>
+    <t>dexaméthasone</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1003608/en/ozurdex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1313711/en/ozurdex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035698/en/ozurdex-dexamethasone-corticosteroid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625992/en/ozurdex-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289071/en/ozurdex-dexamethasone-omd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3572676/en/ozurdex-dexamethasone-non-infectious-uveitis</t>
+  </si>
+  <si>
+    <t>WEGOVY (sémaglutide)</t>
+  </si>
+  <si>
+    <t>12/04/2024 14:37:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359630/en/wegovy-semaglutide</t>
+  </si>
+  <si>
+    <t>p_3359630</t>
+  </si>
+  <si>
+    <t>sémaglutide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359590/en/wegovy-semaglutide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398698/en/wegovy-semaglutide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453304/en/wegovy-semaglutide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465412/en/wegovy-semaglutide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562976/en/wegovy-semaglutide-obesity</t>
+  </si>
+  <si>
+    <t>EYLEA (aflibercept)</t>
+  </si>
+  <si>
+    <t>12/03/2024 17:02:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983956/en/eylea-aflibercept</t>
+  </si>
+  <si>
+    <t>pprd_2983956</t>
+  </si>
+  <si>
+    <t>aflibercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554433/en/eylea</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751177/en/eylea</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025589/en/eylea-aflibercept-anti-vegf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589764/en/eylea-aflibercept-anti-vegf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671791/en/eylea-aflibercept-anti-vegf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289074/en/eylea-aflibercept-omd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456512/en/eylea-aflibercept-retinopathy-of-prematurity-rop</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535155/en/eylea-aflibercept-age-related-macular-degeneration-dmla</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535158/en/eylea-114-3-mg/ml-aflibercept-diabetic-macular-oedema-dmo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563526/en/eylea-aflibercept-degenerescence-maculaire-liee-a-l-age-oedeme-maculaire-diabetique</t>
+  </si>
+  <si>
+    <t>REPATHA</t>
+  </si>
+  <si>
+    <t>04/18/2024 10:59:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983059/en/repatha</t>
+  </si>
+  <si>
+    <t>pprd_2983059</t>
+  </si>
+  <si>
+    <t>évolocumab</t>
+  </si>
+  <si>
+    <t>AMGEN S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586918/en/repatha-evolocumab-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879791/en/repatha-evolocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869374/en/repatha-evolocumab-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313603/en/repatha-evolocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338762/en/repatha-evolocumab-hypercholesterolemie-familiale-heterozygote-hfhe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506440/en/repatha-evolocumab-hypercholesterolaemia</t>
+  </si>
+  <si>
+    <t>FORXIGA</t>
+  </si>
+  <si>
+    <t>11/22/2023 08:31:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984329/en/forxiga</t>
+  </si>
+  <si>
+    <t>pprd_2984329</t>
+  </si>
+  <si>
+    <t>dapagliflozine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740084/en/forxiga</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572130/en/forxiga-dapagliflozine-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218350/en/forxiga</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263915/en/forxiga-dapagliflozine-propanediol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294883/en/forxiga-dapagliflozine-maladie-renale-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305327/en/forxiga-dapagliflozine-maladie-renale-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473435/en/forxiga-dapagliflozine-insuffisance-cardiaque-chronique-fevg</t>
+  </si>
+  <si>
+    <t>ELEBRATO ELLIPTA - TRELEGY ELLIPTA (furoate de fluticasone/ bromure d'uméclidinium/ trifénatate de vilantérol)</t>
+  </si>
+  <si>
+    <t>07/13/2023 17:45:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982791/en/elebrato-ellipta-trelegy-ellipta-furoate-de-fluticasone/-bromure-d-umeclidinium/-trifenatate-de-vilanterol</t>
+  </si>
+  <si>
+    <t>pprd_2982791</t>
+  </si>
+  <si>
+    <t>furoate de fluticasone,bromure d'uméclidinium,trifénatate de vilantérol</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1755111/fr/nicotinell-fruit-exotique-nicotine</t>
-[...545 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3242664/fr/trixeo-aerosphere-formoterol/glycopyrronium/budesonide</t>
+    <t>https://www.has-sante.fr/jcms/c_2964750/en/elebrato-ellipta-trelegy-ellipta-furoate-de-fluticasone/-bromure-d-umeclidinium/-vilanterol-trifenatat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964753/en/elebrato-ellipta-trelegy-ellipta-furoate-de-fluticasone/-bromure-d-umeclidinium/-vilanterol-trifenatat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332759/en/trelegy-ellipta-furoate-de-fluticasone/-bromure-d-umeclidinium-/-trifenatate-de-vilanterol-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332764/en/elebrato-ellipta-furoate-de-fluticasone-/-bromure-d-umeclidinium-/-trifenatate-de-vilanterol-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847883/en/trelegy-ellipta-/-elebrato-ellipta-fluticasone-/-umeclidinium-/-vilanterol-inhaled-corticosteroid-csi-combination-long-acting-beta-2-agonist-laba-bronchodilator-and-long-acting-muscarinic-antagonist-lama-bronchodilator</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368275/en/trelegy-ellipta-/-elebrato-ellipta-furoate-de-fluticasone/bromure-d-umeclidinium/vilanterol-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452169/en/trelegy-ellipta-/-elebrato-ellipta-fluticasone-/-umeclidinium-/-vilanterol-severe-copd</t>
+  </si>
+  <si>
+    <t>TRYDONIS (bromure de glycopyrronium/ fumarate de formotérol/ dipropionate de béclométasone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982911/en/trydonis-bromure-de-glycopyrronium/-fumarate-de-formoterol/-dipropionate-de-beclometasone</t>
+  </si>
+  <si>
+    <t>pprd_2982911</t>
+  </si>
+  <si>
+    <t>bromure de glycopyrronium,fumarate de formotérol,dipropionate de béclométasone</t>
+  </si>
+  <si>
+    <t>CHIESI SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2898717/en/trydonis-bromure-de-glycopyrronium/-fumarate-de-formoterol/-dipropionate-de-bec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135583/en/trydonis-bromure-de-glycopyrronium/-fumarate-de-formoterol/-dipropionate-de-bec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168747/en/trydonis-bromure-de-glycopyrronium/-fumarate-de-formoterol/-dipropionate-de-bec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452172/en/trydonis-beclometasone-/-formoterol-/-glycopyrronium-copd</t>
+  </si>
+  <si>
+    <t>TRIMBOW (bromure de glycopyrronium/ dipropionate de béclométasone/ fumarate de ...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983333/en/trimbow-bromure-de-glycopyrronium/-dipropionate-de-beclometasone/-fumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983333</t>
+  </si>
+  <si>
+    <t>bromure de glycopyrronium,dipropionate de béclométasone,fumarate de formotérol dihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842287/en/trimbow-beclometasone-/-formoterol-/-glycopyrronium-combination-of-inhaled-corticosteroid-ics-long-acting-beta-2-agonist-laba-bronchodilator-and-long-acting-muscarinic-antagonist-lama-bronchodilator</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109929/en/trimbow-bromure-de-glycopyrronium/-dipropionate-de-beclometasone/-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109940/en/trimbow-bromure-de-glycopyrronium/-dipropionate-de-beclometasone/-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165670/en/trimbow-bromure-de-glycopyrronium/-dipropionate-de-beclometasone/-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281234/en/trimbow-formoterol/-bromure-de-glycopyrronium/-beclometasone-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289697/en/trimbow-88/5/9-g-formoterol-dihydrate/-bromure-de-glycopyrronium/-beclometasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390009/en/trimbow-dipropionate-de-beclometasone-fumarate-de-formoterol-dihydrate-glycopyrronium-bronchopneumopathie-chronique-obstructive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452163/en/trimbow-beclometasone-/-formoterol-/-glycopyrronium-copd</t>
+  </si>
+  <si>
+    <t>TRIXEO AEROSPHERE (formotérol/ glycopyrronium/ budésonide)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242664/en/trixeo-aerosphere-formoterol/-glycopyrronium/-budesonide</t>
   </si>
   <si>
     <t>p_3242664</t>
   </si>
   <si>
     <t>formotérol,glycopyrronium,budésonide</t>
   </si>
   <si>
-    <t>ASTRAZENECA</t>
-[...662 lines deleted...]
-    <t>naftidrofuryl</t>
+    <t>https://www.has-sante.fr/jcms/p_3242546/en/trixeo-aerosphere-formoterol/-glycopyrronium/-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308703/en/trixeo-aerosphere-5-g/7-2-g/160-g-budesonide/-formoterol/glycopyrron</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452166/en/trixeo-aerosphere-formoterol/glycopyrronium/budesonide-copd</t>
+  </si>
+  <si>
+    <t>XIGDUO (dapagliflozine/metformine), antidiabétique</t>
+  </si>
+  <si>
+    <t>09/02/2022 16:49:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984318/en/xigduo-dapagliflozine/metformine-antidiabetique</t>
+  </si>
+  <si>
+    <t>pprd_2984318</t>
+  </si>
+  <si>
+    <t>metformine,dapagliflozine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572200/en/xigduo-dapagliflozin/metformin-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218347/en/xigduo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361538/en/xigduo-dapagliflozine-propanediol-monohydrate/-metformine-chlorhydrate-de-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>SIXMO (buprénorphine)</t>
+  </si>
+  <si>
+    <t>02/10/2022 14:06:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316043/en/sixmo-buprenorphine</t>
+  </si>
+  <si>
+    <t>p_3316043</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315482/en/sixmo-implant-buprenorphine</t>
+  </si>
+  <si>
+    <t>VECTARION</t>
+  </si>
+  <si>
+    <t>03/12/2021 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984929/en/vectarion</t>
+  </si>
+  <si>
+    <t>pprd_2984929</t>
+  </si>
+  <si>
+    <t>almitrine bismésilate</t>
+  </si>
+  <si>
+    <t>SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399049/en/vectarion-50-mg-comprime-pellicule-secable-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574653/en/vectarion-almitrine-bismesilate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079013/en/vectarion</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098682/en/vectarion-almitrine-bismesilate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525570/en/vectarion</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242559/en/vectarion-almitrine-bismesilate</t>
+  </si>
+  <si>
+    <t>INVOKANA</t>
+  </si>
+  <si>
+    <t>12/16/2020 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984655/en/invokana</t>
+  </si>
+  <si>
+    <t>pprd_2984655</t>
+  </si>
+  <si>
+    <t>canagliflozine</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776989/en/invokana-canagliflozin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218337/en/invokana</t>
+  </si>
+  <si>
+    <t>GIOTRIF (afatinib)</t>
+  </si>
+  <si>
+    <t>06/12/2020 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984077/en/giotrif-afatinib</t>
+  </si>
+  <si>
+    <t>pprd_2984077</t>
+  </si>
+  <si>
+    <t>afatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730855/en/giotrif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640689/en/giotrif-afatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112642/en/giotrif-afatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189044/en/giotrif-afatinib</t>
+  </si>
+  <si>
+    <t>PREZISTA (darunavir (éthanolate de))</t>
+  </si>
+  <si>
+    <t>10/09/2018 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983092/en/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983092</t>
+  </si>
+  <si>
+    <t>darunavir (éthanolate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813801/en/prezista-600-mg-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574601/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900460/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172428/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813329/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813802/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352584/en/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525564/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747988/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621282/en/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876133/en/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>ENTOCORT (budésonide)</t>
+  </si>
+  <si>
+    <t>10/24/2018 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983310/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>pprd_2983310</t>
+  </si>
+  <si>
+    <t>budésonide</t>
+  </si>
+  <si>
+    <t>TILLOTTS PHARMA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401002/en/entocort</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603007/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036312/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559094/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847925/en/entocort-budesonide-locally-acting-corticosteroid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399629/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>REYATAZ (atazanavir)</t>
+  </si>
+  <si>
+    <t>10/21/2015 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984372/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>pprd_2984372</t>
+  </si>
+  <si>
+    <t>atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400131/en/reyataz-150-mg-gelules-boite-de-60-reyataz-200-mg-gelules-boite-de-60-reyataz-50-mg/1-5-g-poudre-orale-flacon-de-180-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677435/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_828101/en/reyataz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991888/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747985/en/reyataz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561597/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>PROTELOS (ranélate de strontium)</t>
+  </si>
+  <si>
+    <t>01/22/2015 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984705/en/protelos-ranelate-de-strontium</t>
+  </si>
+  <si>
+    <t>pprd_2984705</t>
+  </si>
+  <si>
+    <t>ranélate de strontium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400199/en/protelos-2g-granules-pour-suspension-buvable-boite-de-28-et-boite-de-56-sachets</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460201/en/protelos-ranelate-de-strontium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060122/en/protelos</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761869/en/protelos-strontium-ranelate-anti-osteoporosis-agent</t>
+  </si>
+  <si>
+    <t>DAXAS (roflumilast)</t>
+  </si>
+  <si>
+    <t>03/19/2013 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985013/en/daxas-roflumilast</t>
+  </si>
+  <si>
+    <t>pprd_2985013</t>
+  </si>
+  <si>
+    <t>roflumilast</t>
+  </si>
+  <si>
+    <t>Laboratoire NYCOMED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1263603/en/daxas</t>
+  </si>
+  <si>
+    <t>TREMFYA (guselkumab)</t>
+  </si>
+  <si>
+    <t>01/29/2026 16:51:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982857/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>pprd_2982857</t>
+  </si>
+  <si>
+    <t>guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877053/en/tremfya-guselkumab-interleukin-23-inhibitor-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908438/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3162058/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271021/en/tremfya-guselkumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363296/en/tremfya-guselkumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539084/en/tremfya-guselkumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643899/en/tremfya-guselkumab-active-ulcerative-colitis-uc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808971/en/tremfya-guselkumab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837715/en/tremfya-pushpen-guselkumab-anti-il23</t>
+  </si>
+  <si>
+    <t>BENLYSTA</t>
+  </si>
+  <si>
+    <t>01/29/2026 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983294/en/benlysta</t>
+  </si>
+  <si>
+    <t>pprd_2983294</t>
+  </si>
+  <si>
+    <t>bélimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234522/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751169/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848657/en/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191300/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313609/en/benlysta-belimumab-glomerulonephrite-lupique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577030/en/benlysta-belimumab-systemic-lupus-erythematosus-sle</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837718/en/benlysta-belimumab-lupus-systemique-actif</t>
+  </si>
+  <si>
+    <t>SKYRIZI (risankizumab)</t>
+  </si>
+  <si>
+    <t>01/23/2026 08:28:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117688/en/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>p_3117688</t>
+  </si>
+  <si>
+    <t>risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117564/en/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273739/en/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280868/en/skyrizi-75-mg-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334262/en/skyrizi-risankizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363305/en/skyrizi-risankizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426348/en/skyrizi-risankizumab-crohn-s-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501627/en/skyrizi-risankizumab-crohn-s-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539108/en/skyrizi-risankizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826273/en/skyrizi-risankizumab-recto-colite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>PLAVIX (clopidogrel (hydrogénosulfate de))</t>
+  </si>
+  <si>
+    <t>01/20/2026 12:16:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984205/en/plavix-clopidogrel-hydrogenosulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984205</t>
+  </si>
+  <si>
+    <t>clopidogrel (hydrogénosulfate de)</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399453/en/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-dans-plaquettes-thermoformees-aluminium/aluminium-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399755/en/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-sous-plaquettes-thermoformees-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642387/en/plavix-clopidogrel-hydrogenosulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545415/en/plavix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610158/en/plavix-clopidogrel-platelet-aggregation-inhibiting-drug</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280947/en/plavix-clopidogrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809517/en/plavix-clopidogrel-antiagregant-plaquettaire</t>
+  </si>
+  <si>
+    <t>KEYTRUDA</t>
+  </si>
+  <si>
+    <t>12/19/2025 11:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982864/en/keytruda</t>
+  </si>
+  <si>
+    <t>pprd_2982864</t>
+  </si>
+  <si>
+    <t>pembrolizumab</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639673/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780761/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825867/en/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755875/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769037/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830777/en/keytruda-pembrolizumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774645/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842744/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885795/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892906/en/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906433/en/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080470/en/keytruda-tete-et-cou-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081878/en/keytruda-melanome-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112911/en/keytruda</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117084/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184677/en/keytruda-kidney-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190303/en/keytruda</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245422/en/keytruda-cbnpc-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272286/en/keytruda-pembrolizumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289694/en/keytruda-pembrolizumab-lymphome-de-hodgkin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296560/en/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313589/en/keytruda-25-mg/ml-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325579/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325988/en/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3327389/en/keytruda-pembrolizumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334585/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338759/en/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367810/en/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374922/en/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390429/en/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395770/en/keytruda-pembrolizumab-melanome-de-stade-iib-iic-ou-iii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396878/en/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406115/en/keytruda-pembrolizumab-msi-h-ou-dmmr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409403/en/keytruda-pembrolizumab-clear-cell-renal-cell-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412056/en/keytruda-pembrolizumab-cancer-de-l-oesophage-ou-d-un-adenocarcinome-de-la-jonction-gastro-oesophagienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418080/en/keytruda-pembrolizumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420758/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420797/en/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478134/en/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498750/en/keytruda-pembrolizumab-renal-cell-carcinoma-rcc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501624/en/keytruda-pembrolizumab-gastro-oesophageal-junction-adenocarcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505662/en/keytruda-pembrolizumab-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505692/en/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508492/en/keytruda-pembrolizumab-metastatic-biliary</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546684/en/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546934/en/keytruda-pembrolizumab-adjuvant-renal-cell-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556740/en/keytruda-pembrolizumab-gastric-or-gastro-oesophageal-junctionadenocarcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589754/en/keytruda-pembrolizumab-non-small-cell-lung-cancer-nsclc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589926/en/keytruda-pembrolizumab-urothelial-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592473/en/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592497/en/keytruda-pembrolizumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546650/en/padcev-enfortumab-vedotin-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594964/en/keytruda-pembrolizumab-cervical-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603357/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639631/en/keytruda-pembrolizumab-endometrial-cancer-ec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806169/en/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806203/en/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806214/en/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>TAGRISSO</t>
+  </si>
+  <si>
+    <t>12/09/2025 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983526/en/tagrisso</t>
+  </si>
+  <si>
+    <t>pprd_2983526</t>
+  </si>
+  <si>
+    <t>osimertinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676714/en/tagrisso-osimertinib-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794988/en/tagrisso-osimertinib-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168614/en/tagrisso-osimertinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313529/en/tagrisso-osimertinib-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487169/en/tagrisso-osimertinib-non-small-cell-lung-cancer-nsclc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3553023/en/tagrisso-osimertinib-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605179/en/tagrisso-osimertinib-unresectable-non-small-cell-lung-cancer-nsclc</t>
+  </si>
+  <si>
+    <t>RINVOQ</t>
+  </si>
+  <si>
+    <t>12/01/2025 08:40:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182936/en/rinvoq</t>
+  </si>
+  <si>
+    <t>p_3182936</t>
+  </si>
+  <si>
+    <t>upadacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181658/en/rinvoq-upadacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266947/en/rinvoq-upadacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271030/en/rinvoq-upadacitinib-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302051/en/rinvoq-upadacitinib-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313562/en/rinvoq-upadacitinib-hemihydrate-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392764/en/rinvoq-upadacitinib-hemihydrate-spondyloarthrite-axiale-non-radiographique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403971/en/rinvoq-upadacitinib-hemihydrate-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479047/en/rinvoq-upadacitinib-crohn-s-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482870/en/rinvoq-upadacitinib-dermatite-atopique-da</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482852/en/rinvoq-upadacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482861/en/rinvoq-upadacitinib-ulcerative-colitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482858/en/rinvoq-upadacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486205/en/rinvoq-upadacitinib-spondyloarthrite-axiale-non-radiographique-spaxnr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486203/en/rinvoq-upadacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3770750/en/rinvoq-upadacitinib-arterite-a-cellules-geantes-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>ALHEMO (concizumab)</t>
+  </si>
+  <si>
+    <t>12/01/2025 14:29:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466254/en/alhemo-concizumab</t>
+  </si>
+  <si>
+    <t>p_3466254</t>
+  </si>
+  <si>
+    <t>concizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466237/en/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563330/en/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658189/en/alhemo-concizumab-haemophilia-a-or-b-with-fix-inhibitors-and-aged-12-years-and-over</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3752762/en/alhemo-concizumab-hemophilie-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>TEVIMBRA (tislélizumab)</t>
+  </si>
+  <si>
+    <t>11/21/2025 09:12:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3544505/en/tevimbra-tislelizumab</t>
+  </si>
+  <si>
+    <t>p_3544505</t>
+  </si>
+  <si>
+    <t>tislélizumab</t>
+  </si>
+  <si>
+    <t>BEONE MEDICINES FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3544491/en/tevimbra-tislelizumab-carcinome-epidermoide-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557273/en/tevimbra-tislelizumab-oesophageal-squamous-cell-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737864/en/tevimbra-tislelizumab-cancer-gastrique-et-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>REKAMBYS (rilpivirine)</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:05:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263205/en/rekambys-rilpivirine</t>
+  </si>
+  <si>
+    <t>p_3263205</t>
+  </si>
+  <si>
+    <t>rilpivirine</t>
+  </si>
+  <si>
+    <t>VIIV HEALTHCARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263060/en/rekambys-rilpivirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412895/en/rekambys-rilpivirine-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700800/en/rekambys-rilpivirine-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
+  </si>
+  <si>
+    <t>VOCABRIA (cabotégravir)</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:09:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263213/en/vocabria-cabotegravir</t>
+  </si>
+  <si>
+    <t>p_3263213</t>
+  </si>
+  <si>
+    <t>cabotégravir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263063/en/vocabria-cabotegravir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412898/en/vocabria-cabotegravir-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700803/en/vocabria-cabotegravir-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
+  </si>
+  <si>
+    <t>KAFTRIO / KALYDECO</t>
+  </si>
+  <si>
+    <t>10/02/2025 15:09:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220496/en/kaftrio-/-kalydeco</t>
+  </si>
+  <si>
+    <t>p_3220496</t>
+  </si>
+  <si>
+    <t>KAFTRIO : ivacaftor/tezacaftor/elexacaftor,KALYDECO : ivacaftor</t>
+  </si>
+  <si>
+    <t>VERTEX PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220388/en/kaftrio-/-kalydeco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303740/en/kaftrio-75-mg/50-mg/100-mg-elexacaftor/-ivacaftor/-tezacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3327002/en/kaftrio-ivacaftor-/-tezacaftor-/-elexacafto-en-association-avec-kalydeco-mucoviscidose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343179/en/kaftrio-elexacaftor/-ivacaftor/-tezacaftor-mucoviscidose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460538/en/kaftrio-ivacaftor-/-tezacaftor-/-elexacafto-en-association-avec-kalydeco-mucoviscidose-2-ans-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460573/en/kaftrio-ivacaftor-/-tezacaftor-/-elexacafto-en-association-avec-kalydeco-mucoviscidose-enfant-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517566/en/kaftrio-ivacaftor/tezacaftor/elexacaftor-in-a-combination-regimen-with-kalydeco-ivacaftor-cystic-fibrosis-cf-aged-2-to-less-than-6-years</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552796/en/kaftrio-ivacaftor-/-tezacaftor-/-elexacaftor-en-association-avec-kalydeco-ivacaftor-mucoviscidose-enfant-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644626/en/kaftrio-ivacaftor-/-tezacaftor-/-elexacaftor-en-association-avec-kalydeco-mucoviscidose-2-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685915/en/kaftrio-ivacaftor/tezacaftor/elexacaftor-/-kalydeco-ivacaftor-mucoviscidose-chez-les-patients-ages-de-2-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689248/en/kaftrio-/-kalydeco-ivacaftor/tezacaftor/elexacaftor-mucoviscidose-chez-l-adulte-et-l-enfant-a-partir-de-2-ans</t>
+  </si>
+  <si>
+    <t>RYBREVANT (amivantamab)</t>
+  </si>
+  <si>
+    <t>08/04/2025 12:26:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337170/en/rybrevant-amivantamab</t>
+  </si>
+  <si>
+    <t>p_3337170</t>
+  </si>
+  <si>
+    <t>amivantamab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336657/en/rybrevant-amivantamab-cancer-bronchique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345839/en/rybrevant-amivantamab-cbnpc-avance-avec-mutation-egfr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430182/en/rybrevant-amivantamab-non-small-cell-lung-cancer-nsclc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447827/en/rybrevant-amivantamab-cancer-bronchique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505636/en/rybrevant-amivantamab-cancer-bronchique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534560/en/rybrevant-amivantamab-cancer-bronchique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604202/en/rybrevant-amivantamab-cell-lung-cancer-nsclc-exon-19-deletions-or-exon-21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604199/en/rybrevant-amivantamab-non-small-cell-lung-cancer-nsclc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632479/en/rybrevant-amivantamab-lazcluze-lazertinib-en-association-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639093/en/rybrevant-/-lazcluze-amivantamab-/-lazertinib-non-small-cell-lung-cancer-nsclc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639721/en/rybrevant-amivantamab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639640/en/rybrevant-amivantamab-non-small-cell-lung-cancer-nsclc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639757/en/rybrevant-amivantamab-cancer-bronchique</t>
+  </si>
+  <si>
+    <t>TECENTRIQ</t>
+  </si>
+  <si>
+    <t>06/18/2025 15:54:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982779/en/tecentriq</t>
+  </si>
+  <si>
+    <t>pprd_2982779</t>
+  </si>
+  <si>
+    <t>atézolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856045/en/tecentriq-cancer-bronchique-non-a-petites-cellules-2eme-ligne-atezolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965862/en/tecentriq-atezolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113584/en/tecentriq-cancer-bronchique-non-a-petites-cellules-1ere-ligne-atezolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119783/en/tecentriq-cancer-bronchique-non-a-petites-cellules-1ere-ligne-atezolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167438/en/tecentriq-atezolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184911/en/tecentriq-es-sclc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214273/en/tecentriq-atezolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240699/en/tecentriq-atezolizumab-carcinome-hepatocellulaire-chc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298586/en/tecentriq-840-1200-mg-atezolizumab-monotherapie-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302587/en/tecentriq-840-mg-atezolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390617/en/tecentriq-atezolizumab-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406124/en/tecentriq-atezolizumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517160/en/tecentriq-1-875-mg-atezolizumab-metastatic-non-small-cell-lung-cancer-nsclc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610371/en/tecentriq-atezolizumab-advanced-nsclc</t>
+  </si>
+  <si>
+    <t>OCREVUS</t>
+  </si>
+  <si>
+    <t>06/12/2025 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983136/en/ocrevus</t>
+  </si>
+  <si>
+    <t>pprd_2983136</t>
+  </si>
+  <si>
+    <t>ocrelizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868189/en/ocrevus-sep-recurrente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863557/en/ocrevus-ocrelizumab-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608840/en/ocrevus-ocrelizumab-multiple-sclerosis-rms</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609553/en/ocrevus-ocrelizumab-multiple-sclerosis</t>
+  </si>
+  <si>
+    <t>ENHERTU (trastuzumab déruxtécan)</t>
+  </si>
+  <si>
+    <t>05/06/2025 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273604/en/enhertu-trastuzumab-deruxtecan</t>
+  </si>
+  <si>
+    <t>p_3273604</t>
+  </si>
+  <si>
+    <t>trastuzumab déruxtécan</t>
+  </si>
+  <si>
+    <t>DAIICHI SANKYO FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272596/en/enhertu-trastuzumab-deruxtecan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341817/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359829/en/enhertu-trastuzumab-deruxtecan-cancer-de-l-estomac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383475/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424347/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443053/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444788/en/enhertu-trastuzumab-deruxtecan-her2-low-breast-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447975/en/enhertu-trastuzumab-deruxtecan-gastric-or-gastroesophageal-junction-gej-adenocarcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458293/en/enhertu-trastuzumab-deruxtecan-cancer-de-l-estomac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471088/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530992/en/enhertu-trastuzumab-deruxtecan-lung-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598458/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible-ou-ultra-faible</t>
+  </si>
+  <si>
+    <t>BEOVU (brolucizumab)</t>
+  </si>
+  <si>
+    <t>04/10/2025 16:45:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225094/en/beovu-brolucizumab</t>
+  </si>
+  <si>
+    <t>p_3225094</t>
+  </si>
+  <si>
+    <t>brolucizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224952/en/beovu-brolucizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375404/en/beovu-brolucizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456142/en/beovu-brolucizumab-age-related-macular-degeneration-amd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601437/en/beovu-brolucizumab-degenerescence-maculaire-liee-a-l-age-dmla-oedeme-maculaire-diabetique-omd</t>
+  </si>
+  <si>
+    <t>VITRAKVI</t>
+  </si>
+  <si>
+    <t>03/06/2025 18:07:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193895/en/vitrakvi</t>
+  </si>
+  <si>
+    <t>p_3193895</t>
+  </si>
+  <si>
+    <t>larotrectinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193768/en/vitrakvi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290908/en/vitrakvi-20-mg/ml-larotrectinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422863/en/vitrakvi-larotrectinib-fibrosarcome-infantile-et-autres-sarcomes-pediatriques-des-tissus-mous</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594390/en/vitrakvi-larotrectinib-soft-tissue-sarcoma-salivary-gland-cancer-non-medullary-thyroid-cancer</t>
+  </si>
+  <si>
+    <t>NILEMDO (acide bempédoïque)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594534/en/nilemdo-acide-bempedoique</t>
+  </si>
+  <si>
+    <t>p_3594534</t>
+  </si>
+  <si>
+    <t>acide bempédoïque</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594378/en/nilemdo-bempedoic-acid-dyslipidaemia</t>
+  </si>
+  <si>
+    <t>VABYSMO (faricimab)</t>
+  </si>
+  <si>
+    <t>03/05/2025 18:58:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3415991/en/vabysmo-faricimab</t>
+  </si>
+  <si>
+    <t>p_3415991</t>
+  </si>
+  <si>
+    <t>faricimab</t>
+  </si>
+  <si>
+    <t>ROCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3413296/en/vabysmo-faricimab-neovascular-wet-retrofoveal-age-related-macular-degeneration-amd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3413299/en/vabysmo-faricimab-diabetic-macular-oedema-dme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577021/en/vabysmo-faricimab-macular-oedema-secondary-to-branch-retinal-vein-occlusion-brvo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594384/en/vabysmo-faricimab-retrofoveal-age-related-macular-degeneration-diabetic-macular-oedema-macular-oedema-secondary-to-branch-retinal</t>
+  </si>
+  <si>
+    <t>KALYDECO</t>
+  </si>
+  <si>
+    <t>01/10/2025 08:43:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984153/en/kalydeco</t>
+  </si>
+  <si>
+    <t>pprd_2984153</t>
+  </si>
+  <si>
+    <t>ivacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343136/en/kalydeco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778225/en/kalydeco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024569/en/kalydeco-ivacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621285/en/kalydeco-ivacaftor-selective-potentiator-of-the-cftr-protein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098921/en/kalydeco-ivacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191297/en/kalydeco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289682/en/kalydeco-ivacaftor-mucoviscidose-nourrissons-4-6-mois</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289700/en/kalydeco-ivacaftor-mucoviscidose-enfants-6-ans-en-association-avec-symkevi-tezacaftor/ivacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302605/en/kalydeco-150-mg-ivacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343182/en/kalydeco-ivacaftor-mucoviscidose-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372074/en/kalydeco-ivacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478096/en/kalydeco-ivacaftor-mucoviscidose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577036/en/kalydeco-ivacaftor-cystic-fibrosis</t>
+  </si>
+  <si>
+    <t>BIMZELX (bimekizumab)</t>
+  </si>
+  <si>
+    <t>01/09/2025 09:25:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324069/en/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>p_3324069</t>
+  </si>
+  <si>
+    <t>bimekizumab</t>
+  </si>
+  <si>
+    <t>UCB PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336645/en/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323505/en/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422860/en/bimzelx-bimekizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500011/en/bimzelx-bimekizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505850/en/bimzelx-bimekizumab-spondyloarthrite-axiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505847/en/bimzelx-bimekizumab-axial-spondyloarthritis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517649/en/bimzelx-bimekizumab-psoriasis-en-plaques-rhumatisme-psoriasique-et-spondylarthrite-axiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539120/en/bimzelx-bimekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562973/en/bimzelx-bimekizumab-hidradenitis-suppurativa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574256/en/bimzelx-bimekizumab-in-plaque-psoriasis-psoriatic-arthritis-and-hidradenitis-suppurativa</t>
+  </si>
+  <si>
+    <t>FILSPARI (sparsentan)</t>
+  </si>
+  <si>
+    <t>12/03/2024 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543081/en/filspari-sparsentan</t>
+  </si>
+  <si>
+    <t>p_3543081</t>
+  </si>
+  <si>
+    <t>sparsentan</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543060/en/filspari-sparsentan-nephropathie-a-iga-primitive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562970/en/filspari-sparsentan-primary-immunoglobulin-a-nephropathy-igan</t>
+  </si>
+  <si>
+    <t>ORENCIA (abatacept)</t>
+  </si>
+  <si>
+    <t>12/02/2024 14:24:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983388/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>pprd_2983388</t>
+  </si>
+  <si>
+    <t>abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827713/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_589384/en/orencia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024731/en/orencia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241683/en/orencia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714253/en/orencia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047018/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561588/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827576/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114488/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295756/en/orencia-abatacept-epi-ascore-ora</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539075/en/orencia-abatacept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562961/en/orencia-abatacept-maladies-inflammatoires-chroniques-en-rhumatologie</t>
+  </si>
+  <si>
+    <t>TRIPLIXAM (périndopril/indapamide/amlodipine)</t>
+  </si>
+  <si>
+    <t>11/07/2024 11:23:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984594/en/triplixam-perindopril/indapamide/amlodipine</t>
+  </si>
+  <si>
+    <t>pprd_2984594</t>
+  </si>
+  <si>
+    <t>périndopril,indapamide,amlodipine</t>
+  </si>
+  <si>
+    <t>LES LABORATOIRES SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022063/en/triplixam-perindopril/-indapamide/-amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107626/en/triplixam-perindopril/-indapamide/-amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555010/en/triplixam-perindopril/-indapamide/amlodipine-essential-hypertension</t>
+  </si>
+  <si>
+    <t>CIMZIA (certolizumab pegol)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982837/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>pprd_2982837</t>
+  </si>
+  <si>
+    <t>certolizumab pegol</t>
+  </si>
+  <si>
+    <t>UCB PHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937977/en/cimzia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716271/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758668/en/cimzia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774104/en/cimzia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583133/en/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583130/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671761/en/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741827/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800419/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813812/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908459/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908904/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363302/en/cimzia-certolizumab-pegol-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539114/en/cimzia-certolizumab-pegol-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>SIMPONI (golimumab)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982937/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>pprd_2982937</t>
+  </si>
+  <si>
+    <t>golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1218114/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728499/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893489/en/simponi-golimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725883/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729434/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728495/en/simponi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637481/en/simponi-golimumab-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3096551/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295747/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539141/en/simponi-golimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>TALTZ</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:25:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983313/en/taltz</t>
+  </si>
+  <si>
+    <t>pprd_2983313</t>
+  </si>
+  <si>
+    <t>ixékizumab</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678850/en/taltz-ixekizumab-immunosuppressive-interleukin-il-17a-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847914/en/taltz-ixekizumab-anti-interleukin-17a-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211088/en/taltz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271027/en/taltz-ixekizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363293/en/taltz-ixekizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478092/en/taltz-ixekizumab-psoriasis-en-plaques-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539138/en/taltz-ixekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>KYNTHEUM (brodalumab)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:21:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983334/en/kyntheum-brodalumab</t>
+  </si>
+  <si>
+    <t>pprd_2983334</t>
+  </si>
+  <si>
+    <t>brodalumab</t>
+  </si>
+  <si>
+    <t>LEO PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842284/en/kyntheum-brodalumab-interleukin-inhibitor-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363299/en/kyntheum-brodalumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539096/en/kyntheum-brodalumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>REMSIMA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983874/en/remsima</t>
+  </si>
+  <si>
+    <t>pprd_2983874</t>
+  </si>
+  <si>
+    <t>infliximab</t>
+  </si>
+  <si>
+    <t>CELLTRION HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041952/en/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775581/en/remsima-biosimilars-of-infliximab-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682118/en/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191666/en/remsima</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213533/en/remsima</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272779/en/remsima-sc-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280901/en/remsima-infliximab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363308/en/remsima-infliximab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539090/en/remsima-infliximab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>COSENTYX</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:18:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984104/en/cosentyx</t>
+  </si>
+  <si>
+    <t>pprd_2984104</t>
+  </si>
+  <si>
+    <t>sécukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561555/en/cosentyx-secukinumab-anti-interleukin-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2631716/en/cosentyx-secukinumab-anti-interleukin-17a-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633888/en/cosentyx-secukinumab-anti-interleukin-17a-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097594/en/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211082/en/cosentyx</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233061/en/cosentyx-children-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240240/en/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240424/en/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271033/en/cosentyx-secukinumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302584/en/cosentyx-75-mg-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305321/en/cosentyx-150-mg-secukinumab-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367902/en/cosentyx-secukinumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390880/en/cosentyx-secukinumab-arthrite-juvenile-idiopathique-aji</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426148/en/cosentyx-secukinumab-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470819/en/cosentyx-secukinumab-hidradenitis-suppurativa-hs-verneuil-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501973/en/cosentyx-secukinumab-ankylosing-spondylitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501976/en/cosentyx-secukinumab-psoriatic-arthritis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539072/en/cosentyx-secukinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ILUMETRI (tildrakizumab)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:21:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190412/en/ilumetri-tildrakizumab</t>
+  </si>
+  <si>
+    <t>p_3190412</t>
+  </si>
+  <si>
+    <t>tildrakizumab</t>
+  </si>
+  <si>
+    <t>ALMIRALL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190309/en/ilumetri-tildrakizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363290/en/ilumetri-tildrakizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434489/en/ilumetri-tildrakizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539132/en/ilumetri-tildrakizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ABRYSVO (vaccin du virus respiratoire syncytial (bivalent, recombinant))</t>
+  </si>
+  <si>
+    <t>09/06/2024 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535788/en/abrysvo-vaccin-du-virus-respiratoire-syncytial-bivalent-recombinant</t>
+  </si>
+  <si>
+    <t>p_3535788</t>
+  </si>
+  <si>
+    <t>vaccin du virus respiratoire syncytial (bivalent, recombinant)</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535401/en/abrysvo-respiratory-syncytial-virus-vaccine-bivalent-recombinant-respiratory-syncytial-virus-rsv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538272/en/abrysvo-respiratory-syncytial-virus-rsv-vaccine-bivalent-recombinant-respiratory-syncytial-virus-rsv</t>
+  </si>
+  <si>
+    <t>APRETUDE (cabotégravir)</t>
+  </si>
+  <si>
+    <t>06/27/2024 08:28:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527311/en/apretude-cabotegravir</t>
+  </si>
+  <si>
+    <t>p_3527311</t>
+  </si>
+  <si>
+    <t>VIIV HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3526084/en/apretude-cabotegravir-prep-/-hiv</t>
+  </si>
+  <si>
+    <t>PRALUENT</t>
+  </si>
+  <si>
+    <t>06/18/2024 09:12:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983646/en/praluent</t>
+  </si>
+  <si>
+    <t>pprd_2983646</t>
+  </si>
+  <si>
+    <t>alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757882/en/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629896/en/praluent-alirocumab-lipid-lowering-agent-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081881/en/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238105/en/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313574/en/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3521987/en/praluent-alirocumab-children-and-adolescents-aged-8-years-and-over-with-heterozygous-familial-hypercholesterolaemia-hfhe</t>
+  </si>
+  <si>
+    <t>PROLASTIN</t>
+  </si>
+  <si>
+    <t>03/08/2024 08:40:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196404/en/prolastin</t>
+  </si>
+  <si>
+    <t>p_3196404</t>
+  </si>
+  <si>
+    <t>GRIFOLS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195773/en/prolastin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499784/en/prolastin-alpha-1-antitrypsine-humaine-deficit-en-alpha-1-antitrypsine</t>
+  </si>
+  <si>
+    <t>ULTIBRO BREEZHALER (bromure de glycopyrronium/ indacatérol (maléate d')/ indacatérol)</t>
+  </si>
+  <si>
+    <t>01/10/2024 17:04:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983048/en/ultibro-breezhaler-bromure-de-glycopyrronium/-indacaterol-maleate-d-/-indacaterol</t>
+  </si>
+  <si>
+    <t>pprd_2983048</t>
+  </si>
+  <si>
+    <t>indacatérol (maléate d'),bromure de glycopyrronium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1744044/en/ultibro-breezhaler</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610170/en/ultibro-breezhaler-bromure-de-glycopyrronium/-indacaterol-maleate-d-/-indacaterol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807276/en/ultibro-breezhaler-indacaterol-glycopyrronium-long-acting-bronchodilator</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881385/en/ultibro-breezhaler-bromure-de-glycopyrronium/-indacaterol-maleate-d-/-indacaterol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481441/en/ultibro-breezhaler-indacaterol/bromure-de-glycopyrronium-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>XELJANZ</t>
+  </si>
+  <si>
+    <t>01/08/2024 12:20:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982824/en/xeljanz</t>
+  </si>
+  <si>
+    <t>pprd_2982824</t>
+  </si>
+  <si>
+    <t>tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798163/en/xeljanz-tofacitinib-anti-jak-1-and-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894923/en/xeljanz-tofacitinib-anti-jak-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912419/en/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182797/en/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305315/en/xeljanz-11-mg-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337944/en/xeljanz-tofacitinib-arthrite-juvenile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337941/en/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-polyarticulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403968/en/xeljanz-tofacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482864/en/xeljanz-tofacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482879/en/xeljanz-tofacitinib-ulcerative-colitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486199/en/xeljanz-tofacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486201/en/xeljanz-tofacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486233/en/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-aji</t>
+  </si>
+  <si>
+    <t>LUMYKRAS (sotorasib)</t>
+  </si>
+  <si>
+    <t>10/26/2023 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337508/en/lumykras-sotorasib</t>
+  </si>
+  <si>
+    <t>p_3337508</t>
+  </si>
+  <si>
+    <t>sotorasib</t>
+  </si>
+  <si>
+    <t>AMGEN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337488/en/lumykras-sotorasib-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345842/en/lumykras-sotorasib-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3450915/en/lumykras-sotorasib-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454337/en/lumykras-sotorasib-advanced-non-small-cell-lung-cancer</t>
+  </si>
+  <si>
+    <t>KERENDIA (finérénone)</t>
+  </si>
+  <si>
+    <t>10/06/2023 09:05:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386113/en/kerendia-finerenone</t>
+  </si>
+  <si>
+    <t>p_3386113</t>
+  </si>
+  <si>
+    <t>finérénone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385066/en/kerendia-finerenone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466350/en/kerendia-finerenone-chronic-kidney-disease</t>
+  </si>
+  <si>
+    <t>TREVICTA (palipéridone), antipsychotique</t>
+  </si>
+  <si>
+    <t>07/27/2023 10:25:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983913/en/trevicta-paliperidone-antipsychotique</t>
+  </si>
+  <si>
+    <t>pprd_2983913</t>
+  </si>
+  <si>
+    <t>palipéridone (palmitate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678886/en/trevicta-paliperidone-antipsychotic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452869/en/trevicta-paliperidone-palmitate-schizophrenia</t>
+  </si>
+  <si>
+    <t>ARIXTRA (fondaparinux)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983673/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>pprd_2983673</t>
+  </si>
+  <si>
+    <t>fondaparinux sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399720/en/arixtra-2-5mg/0-5ml-solution-injectable-en-seringue-pre-remplie-boite-de-10-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400001/en/arixtra-1-5-mg/0-3-ml-solution-injectable-en-seringue-pre-remplie-boite-de-2-boite-de-7-et-boite-de-10-arixtra-2-5-mg/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-2-et-boite-de-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400614/en/arixtra-2-5-mg/0-2-ml-en-seringue-pre-remplie-boite-de-2-cip-359-225-4-boite-de-7-cip-359-226-0-boite-de-10-cip-563-619-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400615/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619527/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538427/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900506/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698057/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698093/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944528/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075811/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599725/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599731/en/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599719/en/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599716/en/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599722/en/arixtra-5-mg-7-5-mg-et-10-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583335/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752872/en/arixtra-1-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419173/en/arixtra-fondaparinux-sodique-antithrombotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451972/en/arixtra-fondaparinux-superficial-vein-thrombosis-svt</t>
+  </si>
+  <si>
+    <t>XALKORI</t>
+  </si>
+  <si>
+    <t>06/09/2023 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983566/en/xalkori</t>
+  </si>
+  <si>
+    <t>pprd_2983566</t>
+  </si>
+  <si>
+    <t>crizotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543504/en/xalkori</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769263/en/xalkori-crizotinib-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779442/en/xalkori-crizotinib-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181549/en/xalkori-crizotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184923/en/xalkori</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359507/en/xalkori-crizotinib-lymphome-t-anaplasique-a-grandes-cellules-lagc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3428384/en/xalkori-crizotinib-lymphome-t-anaplasique-a-grandes-cellules-lagc-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442461/en/xalkori-crizotinib-inflammatory-myofibroblastic-tumour-imt</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444785/en/xalkori-crizotinib-hard-capsules-lymphoma-alcl</t>
+  </si>
+  <si>
+    <t>ALTEIS (olmesartan medoxomil)</t>
+  </si>
+  <si>
+    <t>02/06/2023 09:58:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984304/en/alteis-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>pprd_2984304</t>
+  </si>
+  <si>
+    <t>olmesartan medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399955/en/alteis-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793454/en/alteis-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036419/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-alteis-olmesartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579410/en/alteis-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409800/en/alteis-olmesartan-essential-hypertension-in-adults</t>
+  </si>
+  <si>
+    <t>TABRECTA (capmatinib)</t>
+  </si>
+  <si>
+    <t>01/20/2023 11:52:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359669/en/tabrecta-capmatinib</t>
+  </si>
+  <si>
+    <t>p_3359669</t>
+  </si>
+  <si>
+    <t>capmatinib</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359657/en/tabrecta-capmatinib-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406127/en/tabrecta-capmatinib-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>OKEDI (rispéridone)</t>
+  </si>
+  <si>
+    <t>12/12/2022 08:33:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395204/en/okedi-risperidone</t>
+  </si>
+  <si>
+    <t>p_3395204</t>
+  </si>
+  <si>
+    <t>rispéridone</t>
+  </si>
+  <si>
+    <t>ROVI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395167/en/okedi-risperidone-schizophrenie</t>
+  </si>
+  <si>
+    <t>CABOMETYX</t>
+  </si>
+  <si>
+    <t>12/01/2022 11:20:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982853/en/cabometyx</t>
+  </si>
+  <si>
+    <t>pprd_2982853</t>
+  </si>
+  <si>
+    <t>cabozantinib</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736733/en/cabometyx-cabozantinib-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908453/en/cabometyx-cabozantinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3082106/en/cabometyx-cabozantinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294121/en/cabometyx-20-40-mg-cabozantinib-carcinome-a-cellules-renales-avance-en-association-au-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390668/en/cabometyx-cabozantinib-carcinome-thyroidien-differencie</t>
+  </si>
+  <si>
+    <t>SPHEROX</t>
+  </si>
+  <si>
+    <t>12/01/2022 11:28:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193151/en/spherox</t>
+  </si>
+  <si>
+    <t>p_3193151</t>
+  </si>
+  <si>
+    <t>sphéroïdes de chondrocytes autologues humains associés à une matrice</t>
+  </si>
+  <si>
+    <t>CO.DON AG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192939/en/spherox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368625/en/spherox-reparation-cartilagineuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390341/en/spherox-spheroides-de-chondrocytes-autologues-humains-associes-a-une-matrice-reparation-des-lesions-chez-l-adolescent-atteint-d-osteochondrite-dissequante</t>
+  </si>
+  <si>
+    <t>MEKINIST - TAFINLAR</t>
+  </si>
+  <si>
+    <t>10/25/2022 17:46:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982830/en/mekinist-tafinlar</t>
+  </si>
+  <si>
+    <t>pprd_2982830</t>
+  </si>
+  <si>
+    <t>tramétinib,dabrafénib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2606857/en/mekinist-trametinib-protein-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911595/en/mekinist-tafinlar-trametinib/-dabrafenib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146424/en/tafinlar-mekinist-trametinib/-dabrafenib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381101/en/tafinlar-mekinist-dabrafenib/trametinib</t>
+  </si>
+  <si>
+    <t>LUCENTIS</t>
+  </si>
+  <si>
+    <t>10/19/2021 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983091/en/lucentis</t>
+  </si>
+  <si>
+    <t>pprd_2983091</t>
+  </si>
+  <si>
+    <t>ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057441/en/lucentis-ranibizumab-dans-le-traitement-du-pseudoxanthome-elastique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532619/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072231/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215843/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339922/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720127/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013203/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027889/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2043750/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585429/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831672/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876136/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165902/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202870/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292169/en/lucentis-10-mg/ml-ranibizumab-omd</t>
+  </si>
+  <si>
+    <t>SYMKEVI / KALYDECO</t>
+  </si>
+  <si>
+    <t>10/06/2021 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184804/en/symkevi-/-kalydeco</t>
+  </si>
+  <si>
+    <t>p_3184804</t>
+  </si>
+  <si>
+    <t>SYMKEVI : tezacaftor/ivacaftor,KALYDECO : ivacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184439/en/symkevi-/-kalydeco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282752/en/symkevi-100-mg/150-mg-ivacaftor/-tezacaftor-mucoviscidose-6-ans</t>
+  </si>
+  <si>
+    <t>MISOONE</t>
+  </si>
+  <si>
+    <t>09/21/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984869/en/misoone</t>
+  </si>
+  <si>
+    <t>pprd_2984869</t>
+  </si>
+  <si>
+    <t>misoprostol</t>
+  </si>
+  <si>
+    <t>NORDIC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701297/en/misoone-400-g-misoprostol-prostaglandine-ocytocique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190783/en/misoone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285514/en/gymiso-misoone-misoprostol-/-mifegyne-mifepristone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285578/en/gymiso-misoone-misoprostol</t>
+  </si>
+  <si>
+    <t>EVENITY (romosozumab)</t>
+  </si>
+  <si>
+    <t>03/18/2021 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243950/en/evenity-romosozumab</t>
+  </si>
+  <si>
+    <t>p_3243950</t>
+  </si>
+  <si>
+    <t>romosozumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243905/en/evenity-romosozumab</t>
+  </si>
+  <si>
+    <t>DESOGESTREL SANDOZ (désogestrel 150 µg / éthinylestradiol 30 µg/ désogestrel 150 µg / éthi...)</t>
+  </si>
+  <si>
+    <t>02/09/2021 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983061/en/desogestrel-sandoz-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>pprd_2983061</t>
+  </si>
+  <si>
+    <t>désogestrel 150 µg / éthinylestradiol 30 µg,désogestrel 150 µg / éthinylestradiol 20 µg</t>
+  </si>
+  <si>
+    <t>SANDOZ SAS / BIOGARAN /  SANOFI-AVENTIS FRANCE  / MYLAN SAS / CRISTERS / MEDIPHA SANTE SAS / EG LABO-LABORATOIRES EUROGENERICS / EFFIK SA  /</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918266/en/desogestrel-ethinylestradiol-biogaran-150/30-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918268/en/desogestrel-ethinylestradiol-biogaran-150/20-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995084/en/desogestrel-ethinylestradiol-quill-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995085/en/desogestrel-ethinylestradiol-elka-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794393/en/desogestrel-biogaran-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013189/en/desogestrel-mylan-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023169/en/desogestrel-eg-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041955/en/desogestrel-mithra-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2565109/en/desogestrel-zentiva-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788600/en/desogestrel-cristers-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879784/en/desogestrel-sandoz-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320857/en/desogestrel-ethinylestradiol-biogaran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335889/en/desogestrel-ethinylestradiol-zentiva-ethinylestradiol/-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236431/en/desogestrel-mylan-pharma-desogestrel</t>
+  </si>
+  <si>
+    <t>ANORO - ANORO ELLIPTA (bromure d'uméclidinium/ vilantérol (trifénatate de))</t>
+  </si>
+  <si>
+    <t>07/01/2020 09:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983932/en/anoro-anoro-ellipta-bromure-d-umeclidinium/-vilanterol-trifenatate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983932</t>
+  </si>
+  <si>
+    <t>bromure d'uméclidinium,vilantérol (trifénatate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676741/en/anoro-umeclidinium-bromide-/-vilanterol-long-acting-anticholinergic-/-beta-2-adrenergic-agonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191675/en/anoro-ellipta-bromure-d-umeclidinium/-vilanterol-trifenatate-de</t>
+  </si>
+  <si>
+    <t>CORTIMENT (budésonide)</t>
+  </si>
+  <si>
+    <t>11/18/2019 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983023/en/cortiment-budesonide</t>
+  </si>
+  <si>
+    <t>pprd_2983023</t>
+  </si>
+  <si>
+    <t>FERRING SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744499/en/cortiment-budesonide-corticosteroid-for-local-use</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884371/en/cortiment-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118419/en/cortiment-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294127/en/cortiment-9-mg-budesonide-traitement-d-induction-d-une-remission-chez-des-patients-souffrant-d-une-colite-microscopique-active</t>
+  </si>
+  <si>
+    <t>SPIOLTO RESPIMAT (olodatérol/ tiotropium)</t>
+  </si>
+  <si>
+    <t>05/22/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982748/en/spiolto-respimat-olodaterol/-tiotropium</t>
+  </si>
+  <si>
+    <t>pprd_2982748</t>
+  </si>
+  <si>
+    <t>olodatérol,tiotropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676778/en/spiolto-respimat-tiotropium/olodaterol-long-acting-anticholinergic/beta-2-adrenergic-agonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969204/en/spiolto-respimat-olodaterol/-tiotropium</t>
+  </si>
+  <si>
+    <t>STRIVERDI RESPIMAT (olodatérol (chlorhydrate d'))</t>
+  </si>
+  <si>
+    <t>05/14/2019 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982757/en/striverdi-respimat-olodaterol-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2982757</t>
+  </si>
+  <si>
+    <t>olodatérol (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027374/en/striverdi-respimat-olodaterol-bronchodilator</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967175/en/striverdi-respimat-olodaterol-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>RESPREEZA (alpha-1 antitrypsine humaine)</t>
+  </si>
+  <si>
+    <t>12/12/2018 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982971/en/respreeza-alpha-1-antitrypsine-humaine</t>
+  </si>
+  <si>
+    <t>pprd_2982971</t>
+  </si>
+  <si>
+    <t>CSL BEHRING SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610146/en/respreeza-human-alpha-1-antitrypsin-proteinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2890822/en/respreeza-alpha-1-antitrypsine-humaine</t>
+  </si>
+  <si>
+    <t>HALAVEN</t>
+  </si>
+  <si>
+    <t>11/30/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983004/en/halaven</t>
+  </si>
+  <si>
+    <t>pprd_2983004</t>
+  </si>
+  <si>
+    <t>éribuline (mésilate de)</t>
+  </si>
+  <si>
+    <t>EISAI SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1096739/en/halaven</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559139/en/halaven-eribulin-antineoplastic-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761874/en/halaven-eribulin-antineoplastic-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886957/en/halaven-eribuline-antineoplasique</t>
+  </si>
+  <si>
+    <t>PERGOVERIS (follitropine alfa/ lutropine alfa)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983034/en/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983034</t>
+  </si>
+  <si>
+    <t>follitropine alfa,lutropine alfa</t>
   </si>
   <si>
     <t>MERCK SERONO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400064/fr/praxilene-100-mg-gelules-boite-de-20-praxilene-200-mg-comprimes-pellicules-boites-de-20-et-90</t>
-[...350 lines deleted...]
-    <t>pprd_2983639</t>
+    <t>https://www.has-sante.fr/jcms/c_677439/en/pergoveris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1646903/en/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798157/en/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883469/en/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>TRACLEER (bosentan/ bosentan monohydraté)</t>
+  </si>
+  <si>
+    <t>04/14/2017 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983654/en/tracleer-bosentan/-bosentan-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983654</t>
+  </si>
+  <si>
+    <t>bosentan,bosentan monohydraté</t>
+  </si>
+  <si>
+    <t>ACTELION PHARMACEUTICALS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399781/en/tracleer-62-5-mg-comprime-pellicule-boite-de-56-tracleer-125-mg-comprime-pellicule-boite-de-56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574637/en/tracleer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632474/en/tracleer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024122/en/tracleer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_743957/en/tracleer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928168/en/tracleer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756347/en/tracleer-bosentan/-bosentan-monohydrate</t>
+  </si>
+  <si>
+    <t>SERETIDE - SERETIDE DISKUS (fluticasone (propionate de)/ salmétérol (xinafoate de))</t>
+  </si>
+  <si>
+    <t>03/23/2017 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983692/en/seretide-seretide-diskus-fluticasone-propionate-de-/-salmeterol-xinafoate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983692</t>
+  </si>
+  <si>
+    <t>fluticasone (propionate de),salmétérol (xinafoate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399164/en/seretide-50/25g/dose-suspension-pour-inhalation-en-flacon-pressurise-seretide-125/25g/dose-suspension-pour-inhalation-en-flacon-pressurise-seretide-250/25g/dose-suspension-pour-inhalation-en-flacon-pressurise-120-doses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399927/en/seretide-diskus-500/50-microgrammes/dose-poudre-pour-inhalation-en-recipient-unidose-boite-de-28-et-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400175/en/seretide-50/25-mg/dose-suspension-pour-inhalation-en-flacon-pressurise-inhalateur-de-120-doses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817349/en/seretide-diskus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340462/en/seretide-seretide-diskus-fluticasone-propionate-de-/-salmeterol-xinafoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749832/en/seretide-seretide-diskus-fluticasone-propionate-de-/-salmeterol-xinafoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460217/en/seretide-seretide-diskus-fluticasone-propionate-de-/-salmeterol-xinafoate-de</t>
+  </si>
+  <si>
+    <t>RASILEZ - RASILEZ HCT (aliskiren (hémifumarate d')/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>03/13/2017 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983775/en/rasilez-rasilez-hct-aliskiren-hemifumarate-d-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2983775</t>
+  </si>
+  <si>
+    <t>aliskiren (hémifumarate d'),hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642565/en/rasilez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810823/en/rasilez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528341/en/rasilez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719374/en/rasilez-hct</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719386/en/rasilez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733615/en/rasilez-aliskiren-rasilez-hct-aliskiren/hydrochlorothiazide-renin-inhibitor-alone-or-in-combination-with-a-diuretic</t>
+  </si>
+  <si>
+    <t>COOLMETEC (hydrochlorothiazide/ olmésartan médoxomil)</t>
+  </si>
+  <si>
+    <t>08/02/2016 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984019/en/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>pprd_2984019</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,olmésartan médoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400968/en/coolmetec-20-mg/12-5mg-comprimes-pellicules-b/30-code-cip-372-210-7-b/50-code-cip-567-668-2-b/90-code-cip-372-211-3-coolmetec-20-mg/25mg-comprimes-pellicules-b/30-code-cip-372-213-6-b/50-code-cip-567-669-9-b/90-code-cip-372-214-2-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962466/en/coolmetec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019667/en/coolmetec-gamme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036404/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-coolmetec-olmesartan/hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579425/en/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658552/en/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>ALTEISDUO (olmésartan médoxomil/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>08/02/2016 16:40:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984023/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2984023</t>
+  </si>
+  <si>
+    <t>olmésartan médoxomil,hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400962/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962483/en/alteisduo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024734/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036407/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-alteisduo-olmesartan/hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579413/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658537/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>ACLASTA (acide zoledronique monohydrate)</t>
+  </si>
+  <si>
+    <t>04/06/2016 10:25:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984149/en/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984149</t>
+  </si>
+  <si>
+    <t>acide zoledronique monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400644/en/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623549/en/aclasta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798074/en/aclasta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016645/en/aclasta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874876/en/aclasta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621683/en/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>SEVIKAR (olmésartan médoxomil/ amlodipine (bésilate d'))</t>
+  </si>
+  <si>
+    <t>12/14/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984294/en/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984294</t>
+  </si>
+  <si>
+    <t>olmésartan médoxomil,amlodipine (bésilate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749803/en/sevikar</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716205/en/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036431/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-sevikar-olmesartan/amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579449/en/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>OLMETEC (olmesartan medoxomil)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984301/en/olmetec-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>pprd_2984301</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399969/en/olmetec-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793472/en/olmetec-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036416/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-olmetec-olmesartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579422/en/olmetec-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>AXELER (olmésartan médoxomil/ amlodipine (bésilate d'))</t>
+  </si>
+  <si>
+    <t>12/14/2015 12:22:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984306/en/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984306</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749764/en/axeler</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716199/en/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036425/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-axeler-olmesartan/amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579401/en/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>VALDOXAN (agomélatine)</t>
+  </si>
+  <si>
+    <t>04/18/2016 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984326/en/valdoxan-agomelatine</t>
+  </si>
+  <si>
+    <t>pprd_2984326</t>
+  </si>
+  <si>
+    <t>agomélatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900492/en/valdoxan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572142/en/valdoxan-agomelatine-antidepressant</t>
+  </si>
+  <si>
+    <t>CYTOTEC (N/R/ misoprostol)</t>
+  </si>
+  <si>
+    <t>03/14/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984328/en/cytotec-n/r/-misoprostol</t>
+  </si>
+  <si>
+    <t>pprd_2984328</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400778/en/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121561/en/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572133/en/cytotec-misoprostol-prostaglandin</t>
+  </si>
+  <si>
+    <t>VARGATEF (nintedanib)</t>
+  </si>
+  <si>
+    <t>03/11/2016 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984460/en/vargatef-nintedanib</t>
+  </si>
+  <si>
+    <t>pprd_2984460</t>
+  </si>
+  <si>
+    <t>nintedanib (esilate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048057/en/vargatef-nintedanib-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>SEROPLEX (escitalopram (oxalate d'))</t>
+  </si>
+  <si>
+    <t>07/07/2015 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984493/en/seroplex-escitalopram-oxalate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984493</t>
+  </si>
+  <si>
+    <t>escitalopram (oxalate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400078/en/seroplex-5-mg-comprime-pellicule-boite-de-14-et-boite-de-100-seroplex-10-mg-comprime-pellicule-secable-boite-de-28-et-boite-de-100-seroplex-20-mg-comprime-pellicule-secable-boite-de-28-et-boite-de-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657694/en/seroplex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638602/en/seroplex-escitalopram-inhibiteur-selectif-de-la-recapture-de-la-serotonine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041940/en/seroplex-escitalopram-oxalate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313580/en/seroplex-escitalopram</t>
+  </si>
+  <si>
+    <t>STEDIRIL (éthinylestradiol/ norgestrel)</t>
+  </si>
+  <si>
+    <t>06/24/2015 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984532/en/stediril-ethinylestradiol/-norgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984532</t>
+  </si>
+  <si>
+    <t>éthinylestradiol,norgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704932/en/stediril-ethinylestradiol/-norgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035704/en/stediril-ethinylestradiol-50-g-norgestrel-500-g-hormonal-contraceptive</t>
+  </si>
+  <si>
+    <t>VITAROS (alprostadil)</t>
+  </si>
+  <si>
+    <t>06/03/2015 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984580/en/vitaros-alprostadil</t>
+  </si>
+  <si>
+    <t>pprd_2984580</t>
+  </si>
+  <si>
+    <t>alprostadil</t>
   </si>
   <si>
     <t>MAJORELLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2761837/fr/optilova-optidril-ethinylestradiol/-levonorgestrel</t>
-[...896 lines deleted...]
-    <t>extrait de gingko biloba</t>
+    <t>https://www.has-sante.fr/jcms/c_2024189/en/vitaros-cream-alprostadil-medicine-used-to-treat-erectile-dysfunction</t>
+  </si>
+  <si>
+    <t>HARMONET - MINESSE - MINULET - TRI MINULET (éthinylestradiol/ gestodène)</t>
+  </si>
+  <si>
+    <t>02/06/2013 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984985/en/harmonet-minesse-minulet-tri-minulet-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>pprd_2984985</t>
+  </si>
+  <si>
+    <t>éthinylestradiol,gestodène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1001271/en/harmonet-minulet-tri-minulet-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320879/en/harmonet-minesse-minulet-tri-minulet</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399567/en/minesse-comprime-pellicule-plaquette-de-28-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399568/en/minulet-comprime-enrobe-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399554/en/harmonet-comprime-enrobe-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>GESTODENE/ETHINYLESTRADIOL TEVA et RATIOPHARM (gestodène / éthinylestradiol/ gestodène 0,075 mg / éthinylestradiol 0,...)</t>
+  </si>
+  <si>
+    <t>02/06/2013 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984986/en/gestodene/ethinylestradiol-teva-et-ratiopharm-gestodene-/-ethinylestradiol/-gestodene-0-075-mg-/-ethinylestradiol-0</t>
+  </si>
+  <si>
+    <t>pprd_2984986</t>
+  </si>
+  <si>
+    <t>ACTAVIS FRANCE/ ARROW GENERIQUES/ BIOGARAN/ EG LABO – Laboratoires EuroGenerics/ RANBAXY PHARMACIE GENERIQUES/ RATIOPHARM/ SANDOZ/ SANOFI-AVENTIS FRANCE/ TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079019/en/gestodene/ethinylestradiol-arrow-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121559/en/gestodene/ethinylestradiol-eg-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320878/en/gestodene/ethinylestradiol-teva</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320858/en/gestodene/ethinylestradiol-sandoz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320860/en/gestodene/ethinylestradiol-winthrop</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320856/en/gestodene-ethinylestradiol-biogaran-perleane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320877/en/gestodene/ethinylestradiol-eg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320859/en/gestodene/ethinylestradiol-ranbaxy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320875/en/gestodene/ethinylestradiol-actavis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944552/en/gestodene-ethinylestradiol-biogaran-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019660/en/gestodene/ethinylestradiol-teva-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022284/en/gestodene-ethinylestradiol-ratiopharm-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320873/en/gestodene/ethinylestradiol-arrow-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320871/en/gestodene/ethinylestradiol-arrow</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106797/en/gestodene/ethinylestradiol-sandoz-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079025/en/gestodene-ethinylestradiol-winthrop-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>CARLIN (éthinylestradiol/ gestodène)</t>
+  </si>
+  <si>
+    <t>02/06/2013 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984987/en/carlin-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>pprd_2984987</t>
+  </si>
+  <si>
+    <t>EFFIK SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995087/en/carlin-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320876/en/carlin-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320863/en/carlin</t>
+  </si>
+  <si>
+    <t>EFEZIAL (éthinylestradiol/ gestodène)</t>
+  </si>
+  <si>
+    <t>02/06/2013 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984989/en/efezial-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>pprd_2984989</t>
   </si>
   <si>
     <t>MYLAN S.A.S</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_468651/fr/vitalogink-extrait-de-gingko-biloba</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1029063/fr/fonzylane-buflomedil-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_983241/en/efezial-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320874/en/efezial</t>
+  </si>
+  <si>
+    <t>CILEST (éthinylestradiol/ norgestimate)</t>
+  </si>
+  <si>
+    <t>02/06/2013 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984993/en/cilest-ethinylestradiol/-norgestimate</t>
+  </si>
+  <si>
+    <t>pprd_2984993</t>
+  </si>
+  <si>
+    <t>éthinylestradiol,norgestimate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320866/en/cilest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399538/en/cilest-comprime-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>MELIANE / MONEVA / PHAEVA / MELODIA (éthinylestradiol/ gestodène)</t>
+  </si>
+  <si>
+    <t>02/06/2013 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984994/en/meliane-/-moneva-/-phaeva-/-melodia-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>pprd_2984994</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944531/en/meliane-moneva-phaeva-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320865/en/meliane-moneva-phaeva-melodia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399563/en/meliane-comprime-pellicule-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399564/en/melodia-comprime-pellicule-plaquette-de-24-comprimes-jaunes-et-4-comprimes-blancs-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399570/en/moneva-comprime-pellicule-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399578/en/phaeva-comprime-pellicule-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>DESOBEL (éthinylestradiol/ désogestrel)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984995/en/desobel-ethinylestradiol/-desogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984995</t>
+  </si>
+  <si>
+    <t>éthinylestradiol,désogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900496/en/desobel-ethinylestradiol/-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320864/en/desobel</t>
+  </si>
+  <si>
+    <t>VARNOLINE CONTINU / VARNOLINE / MERCILON / CYCLEANE (désogestrel/ éthinylestradiol)</t>
+  </si>
+  <si>
+    <t>02/06/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984996/en/varnoline-continu-/-varnoline-/-mercilon-/-cycleane-desogestrel/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>pprd_2984996</t>
+  </si>
+  <si>
+    <t>désogestrel,éthinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817331/en/varnoline-continu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320862/en/varnoline-continu-varnoline-mercilon-cycleane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399542/en/cycleane-20-mg-comprime-plaquette-de-21-boites-de-1-et-3-cycleane-30-mg-comprime-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399596/en/varnoline-comprime-plaquette-de-21-boites-de-1-et-3-varnoline-continu-comprime-pellicule-plaquette-de-28-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>EFFIPREV (éthinylestradiol/ norgestimate)</t>
+  </si>
+  <si>
+    <t>04/22/2013 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984997/en/effiprev-ethinylestradiol/-norgestimate</t>
+  </si>
+  <si>
+    <t>pprd_2984997</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320861/en/effiprev</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399788/en/effiprev-comprime-plaquette-de-21-comprimes-boite-de-1-et-boite-de-3</t>
+  </si>
+  <si>
+    <t>CIRCADIN (mélatonine)</t>
+  </si>
+  <si>
+    <t>02/06/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985264/en/circadin-melatonine</t>
+  </si>
+  <si>
+    <t>pprd_2985264</t>
+  </si>
+  <si>
+    <t>mélatonine</t>
+  </si>
+  <si>
+    <t>Laboratoires Lundbeck</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_967008/en/circadin-dans-le-traitement-des-troubles-du-rythme-veille-sommeil-de-l-adulte-melatonine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_967446/en/circadin-dans-le-traitement-des-troubles-du-rythme-veille-sommeil-de-l-enfant-melatonine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_727179/en/circadin</t>
   </si>
   <si>
     <t>ARIDOL (mannitol)</t>
   </si>
   <si>
-    <t>16/06/2011 17:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985267/fr/aridol-mannitol</t>
+    <t>06/16/2011 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985267/en/aridol-mannitol</t>
   </si>
   <si>
     <t>pprd_2985267</t>
   </si>
   <si>
     <t>mannitol</t>
   </si>
   <si>
     <t>Laboratoire PRAXIS PHARMACEUTICAL FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_962469/fr/aridol-mannitol</t>
-[...9188 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_672957/fr/pletal-cilostrazol</t>
+    <t>https://www.has-sante.fr/jcms/c_962469/en/aridol</t>
   </si>
   <si>
     <t>SUBOXONE (buprénorphine (chlorhydrate de)/ naloxone (chlorhydrate de) dihydraté)</t>
   </si>
   <si>
-    <t>10/09/2015 14:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985388/fr/suboxone-buprenorphine-chlorhydrate-de-/-naloxone-chlorhydrate-de-dihydrate</t>
+    <t>09/10/2015 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985388/en/suboxone-buprenorphine-chlorhydrate-de-/-naloxone-chlorhydrate-de-dihydrate</t>
   </si>
   <si>
     <t>pprd_2985388</t>
   </si>
   <si>
     <t>buprénorphine (chlorhydrate de),naloxone (chlorhydrate de) dihydraté</t>
   </si>
   <si>
     <t>RB PHARMACEUTICALS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_666452/fr/suboxone-buprenorphine-chlorhydrate-de-/-naloxone-chlorhydrate-de-dihydrate</t>
-[...803 lines deleted...]
-    <t>p_3118475</t>
+    <t>https://www.has-sante.fr/jcms/c_666452/en/suboxone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030404/en/suboxone-buprenorphine/naloxone-treatment-of-opioid-dependence</t>
+  </si>
+  <si>
+    <t>Web page</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>30/04/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>04/30/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
   </si>
   <si>
-    <t>Outils pour calculer les indicateurs du parcours BPCO à partir du SNDS (DCIR/PMSI)</t>
-[...503 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
+    <t>Early access to medicinal products</t>
+  </si>
+  <si>
+    <t>The Transparency Committee (TC) of the French National Authority for Health (HAS) is responsible for the scientific and medical assessment of medicinal products when pharmaceuticals companies submit applications to the French Minister of Health for registration on the lists of medicinal products reimbursed by National Health Insurance.</t>
+  </si>
+  <si>
+    <t>07/01/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/en/early-access-to-medicinal-products</t>
   </si>
   <si>
     <t>r_1500918</t>
   </si>
   <si>
-    <t>Productions programmées en 2025</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
+    <t>Work programme HAS</t>
+  </si>
+  <si>
+    <t>HAS’s work programme is defined each year at the end of a programming procedure carried out in consultation with the Ministry of Solidarity and Health and the National Health Insurance fund.</t>
+  </si>
+  <si>
+    <t>01/18/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
   </si>
   <si>
     <t>c_1267303</t>
-  </si>
-[...388 lines deleted...]
-    <t>r_1501534</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId18" Target="worksheets/sheet16.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -25706,42712 +6734,10273 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      <c r="B4" t="s">
         <v>21</v>
-      </c>
-[...510 lines deleted...]
-        <v>137</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H176"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2315</v>
+        <v>2178</v>
       </c>
       <c r="B2" t="s">
-        <v>2316</v>
+        <v>2179</v>
       </c>
       <c r="C2" t="s">
-        <v>2317</v>
+        <v>2180</v>
       </c>
       <c r="D2" t="s">
-        <v>2318</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2319</v>
+        <v>2181</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2320</v>
+        <v>2182</v>
       </c>
       <c r="H2" t="s">
-        <v>2321</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2315</v>
+        <v>2178</v>
       </c>
       <c r="B3" t="s">
-        <v>2322</v>
+        <v>2184</v>
       </c>
       <c r="C3" t="s">
-        <v>2323</v>
+        <v>2185</v>
       </c>
       <c r="D3" t="s">
-        <v>2324</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2325</v>
+        <v>2186</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2326</v>
+        <v>2187</v>
       </c>
       <c r="H3" t="s">
-        <v>2327</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2315</v>
+        <v>2178</v>
       </c>
       <c r="B4" t="s">
-        <v>2328</v>
+        <v>2189</v>
       </c>
       <c r="C4" t="s">
-        <v>2329</v>
+        <v>2190</v>
       </c>
       <c r="D4" t="s">
-        <v>2330</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>2331</v>
+        <v>2191</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2332</v>
+        <v>2192</v>
       </c>
       <c r="H4" t="s">
-        <v>2333</v>
-[...4471 lines deleted...]
-        <v>3270</v>
+        <v>2193</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H16"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3271</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>3272</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>3273</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>3274</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>3275</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3276</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>3277</v>
+        <v>28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3271</v>
+        <v>22</v>
       </c>
       <c r="B3" t="s">
-        <v>3278</v>
+        <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>3279</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E3" t="s">
-        <v>3280</v>
+        <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3281</v>
+        <v>32</v>
       </c>
       <c r="H3" t="s">
-        <v>3282</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3271</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>3283</v>
+        <v>34</v>
       </c>
       <c r="C4" t="s">
-        <v>3284</v>
+        <v>35</v>
       </c>
       <c r="D4" t="s">
-        <v>3285</v>
+        <v>36</v>
       </c>
       <c r="E4" t="s">
-        <v>816</v>
+        <v>37</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3286</v>
+        <v>38</v>
       </c>
       <c r="H4" t="s">
-        <v>3287</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3271</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>3288</v>
+        <v>40</v>
       </c>
       <c r="C5" t="s">
-        <v>3289</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
-        <v>3290</v>
+        <v>42</v>
       </c>
       <c r="E5" t="s">
-        <v>3291</v>
+        <v>43</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3292</v>
+        <v>44</v>
       </c>
       <c r="H5" t="s">
-        <v>3293</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3271</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>3294</v>
+        <v>46</v>
       </c>
       <c r="C6" t="s">
-        <v>3295</v>
+        <v>24</v>
       </c>
       <c r="D6" t="s">
-        <v>2543</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
-        <v>3296</v>
+        <v>48</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3297</v>
+        <v>49</v>
       </c>
       <c r="H6" t="s">
-        <v>3298</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3271</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>3299</v>
+        <v>51</v>
       </c>
       <c r="C7" t="s">
-        <v>3300</v>
+        <v>24</v>
       </c>
       <c r="D7" t="s">
-        <v>3301</v>
+        <v>52</v>
       </c>
       <c r="E7" t="s">
-        <v>3302</v>
+        <v>53</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>3303</v>
+        <v>54</v>
       </c>
       <c r="H7" t="s">
-        <v>3304</v>
-[...233 lines deleted...]
-        <v>3355</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H28"/>
+  <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B2" t="s">
-        <v>3357</v>
+        <v>57</v>
       </c>
       <c r="C2" t="s">
-        <v>3358</v>
+        <v>58</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="E2" t="s">
-        <v>3359</v>
+        <v>60</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3360</v>
+        <v>61</v>
       </c>
       <c r="H2" t="s">
-        <v>3361</v>
+        <v>62</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B3" t="s">
-        <v>3362</v>
+        <v>63</v>
       </c>
       <c r="C3" t="s">
-        <v>3363</v>
+        <v>64</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="E3" t="s">
-        <v>3364</v>
+        <v>66</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3365</v>
+        <v>67</v>
       </c>
       <c r="H3" t="s">
-        <v>3366</v>
+        <v>68</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B4" t="s">
-        <v>3367</v>
+        <v>69</v>
       </c>
       <c r="C4" t="s">
-        <v>3368</v>
+        <v>70</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="E4" t="s">
-        <v>2104</v>
+        <v>72</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3369</v>
+        <v>73</v>
       </c>
       <c r="H4" t="s">
-        <v>3370</v>
+        <v>74</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B5" t="s">
-        <v>3371</v>
+        <v>75</v>
       </c>
       <c r="C5" t="s">
-        <v>3372</v>
+        <v>76</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="E5" t="s">
-        <v>3373</v>
+        <v>77</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3374</v>
+        <v>78</v>
       </c>
       <c r="H5" t="s">
-        <v>3375</v>
+        <v>79</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>3376</v>
+        <v>80</v>
       </c>
       <c r="C6" t="s">
-        <v>3377</v>
+        <v>81</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="E6" t="s">
-        <v>3378</v>
+        <v>83</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3379</v>
+        <v>84</v>
       </c>
       <c r="H6" t="s">
-        <v>3380</v>
+        <v>85</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>3381</v>
+        <v>86</v>
       </c>
       <c r="C7" t="s">
-        <v>3382</v>
+        <v>87</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>88</v>
       </c>
       <c r="E7" t="s">
-        <v>3383</v>
+        <v>89</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>3384</v>
+        <v>90</v>
       </c>
       <c r="H7" t="s">
-        <v>3385</v>
+        <v>91</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B8" t="s">
-        <v>3386</v>
+        <v>92</v>
       </c>
       <c r="C8" t="s">
-        <v>3387</v>
+        <v>93</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>94</v>
       </c>
       <c r="E8" t="s">
-        <v>3388</v>
+        <v>95</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>3389</v>
+        <v>96</v>
       </c>
       <c r="H8" t="s">
-        <v>3390</v>
+        <v>97</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B9" t="s">
-        <v>3391</v>
+        <v>98</v>
       </c>
       <c r="C9" t="s">
-        <v>3392</v>
+        <v>99</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="E9" t="s">
-        <v>3393</v>
+        <v>101</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>3394</v>
+        <v>102</v>
       </c>
       <c r="H9" t="s">
-        <v>3395</v>
+        <v>103</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B10" t="s">
-        <v>3396</v>
+        <v>104</v>
       </c>
       <c r="C10" t="s">
-        <v>3397</v>
+        <v>105</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="E10" t="s">
-        <v>3398</v>
+        <v>107</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>3399</v>
+        <v>108</v>
       </c>
       <c r="H10" t="s">
-        <v>3400</v>
+        <v>109</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B11" t="s">
-        <v>3401</v>
+        <v>110</v>
       </c>
       <c r="C11" t="s">
-        <v>3402</v>
+        <v>111</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="E11" t="s">
-        <v>3403</v>
+        <v>113</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>3404</v>
+        <v>114</v>
       </c>
       <c r="H11" t="s">
-        <v>3405</v>
+        <v>115</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
-        <v>3406</v>
+        <v>116</v>
       </c>
       <c r="C12" t="s">
-        <v>3407</v>
+        <v>117</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="E12" t="s">
-        <v>3408</v>
+        <v>113</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>3409</v>
+        <v>118</v>
       </c>
       <c r="H12" t="s">
-        <v>3410</v>
+        <v>119</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B13" t="s">
-        <v>3411</v>
+        <v>120</v>
       </c>
       <c r="C13" t="s">
-        <v>3412</v>
+        <v>121</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>122</v>
       </c>
       <c r="E13" t="s">
-        <v>3413</v>
+        <v>123</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>3414</v>
+        <v>124</v>
       </c>
       <c r="H13" t="s">
-        <v>3415</v>
+        <v>125</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B14" t="s">
-        <v>3416</v>
+        <v>126</v>
       </c>
       <c r="C14" t="s">
-        <v>3417</v>
+        <v>127</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="E14" t="s">
-        <v>3418</v>
+        <v>129</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>3419</v>
+        <v>130</v>
       </c>
       <c r="H14" t="s">
-        <v>3420</v>
+        <v>131</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B15" t="s">
-        <v>3421</v>
+        <v>132</v>
       </c>
       <c r="C15" t="s">
-        <v>3422</v>
+        <v>133</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>134</v>
       </c>
       <c r="E15" t="s">
-        <v>3423</v>
+        <v>26</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>3424</v>
+        <v>135</v>
       </c>
       <c r="H15" t="s">
-        <v>3425</v>
+        <v>136</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B16" t="s">
-        <v>3426</v>
+        <v>137</v>
       </c>
       <c r="C16" t="s">
-        <v>3427</v>
+        <v>138</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>139</v>
       </c>
       <c r="E16" t="s">
-        <v>3428</v>
+        <v>140</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>3429</v>
+        <v>141</v>
       </c>
       <c r="H16" t="s">
-        <v>3430</v>
+        <v>142</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B17" t="s">
-        <v>3431</v>
+        <v>143</v>
       </c>
       <c r="C17" t="s">
-        <v>3432</v>
+        <v>144</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="E17" t="s">
-        <v>2257</v>
+        <v>146</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>3433</v>
+        <v>147</v>
       </c>
       <c r="H17" t="s">
-        <v>3434</v>
+        <v>148</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B18" t="s">
-        <v>3435</v>
+        <v>149</v>
       </c>
       <c r="C18" t="s">
-        <v>3436</v>
+        <v>150</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="E18" t="s">
-        <v>3437</v>
+        <v>152</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>3438</v>
+        <v>153</v>
       </c>
       <c r="H18" t="s">
-        <v>3439</v>
+        <v>154</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B19" t="s">
-        <v>3440</v>
+        <v>155</v>
       </c>
       <c r="C19" t="s">
-        <v>3441</v>
+        <v>156</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>157</v>
       </c>
       <c r="E19" t="s">
-        <v>3442</v>
+        <v>158</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>3443</v>
+        <v>159</v>
       </c>
       <c r="H19" t="s">
-        <v>3444</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B20" t="s">
-        <v>3445</v>
+        <v>161</v>
       </c>
       <c r="C20" t="s">
-        <v>3446</v>
+        <v>162</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="E20" t="s">
-        <v>3447</v>
+        <v>164</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>3448</v>
+        <v>165</v>
       </c>
       <c r="H20" t="s">
-        <v>3449</v>
+        <v>166</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B21" t="s">
-        <v>3450</v>
+        <v>167</v>
       </c>
       <c r="C21" t="s">
-        <v>3451</v>
+        <v>168</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>169</v>
       </c>
       <c r="E21" t="s">
-        <v>3452</v>
+        <v>170</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>3453</v>
+        <v>171</v>
       </c>
       <c r="H21" t="s">
-        <v>3454</v>
+        <v>172</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B22" t="s">
-        <v>3455</v>
+        <v>173</v>
       </c>
       <c r="C22" t="s">
-        <v>3456</v>
+        <v>174</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>175</v>
       </c>
       <c r="E22" t="s">
-        <v>3457</v>
+        <v>176</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>3458</v>
+        <v>177</v>
       </c>
       <c r="H22" t="s">
-        <v>3459</v>
+        <v>178</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B23" t="s">
-        <v>3460</v>
+        <v>179</v>
       </c>
       <c r="C23" t="s">
-        <v>3461</v>
+        <v>180</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>181</v>
       </c>
       <c r="E23" t="s">
-        <v>3462</v>
+        <v>182</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>3463</v>
+        <v>183</v>
       </c>
       <c r="H23" t="s">
-        <v>3464</v>
+        <v>184</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B24" t="s">
-        <v>3465</v>
+        <v>185</v>
       </c>
       <c r="C24" t="s">
-        <v>3466</v>
+        <v>186</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E24" t="s">
-        <v>3467</v>
+        <v>187</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>3468</v>
+        <v>188</v>
       </c>
       <c r="H24" t="s">
-        <v>3469</v>
+        <v>189</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B25" t="s">
-        <v>3470</v>
+        <v>190</v>
       </c>
       <c r="C25" t="s">
-        <v>3471</v>
+        <v>191</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>192</v>
       </c>
       <c r="E25" t="s">
-        <v>3472</v>
+        <v>193</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>3473</v>
+        <v>194</v>
       </c>
       <c r="H25" t="s">
-        <v>3474</v>
+        <v>195</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>3475</v>
+        <v>196</v>
       </c>
       <c r="C26" t="s">
-        <v>3476</v>
+        <v>197</v>
       </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>198</v>
       </c>
       <c r="E26" t="s">
-        <v>3477</v>
+        <v>199</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>3478</v>
+        <v>200</v>
       </c>
       <c r="H26" t="s">
-        <v>3479</v>
+        <v>201</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
-        <v>3480</v>
+        <v>202</v>
       </c>
       <c r="C27" t="s">
-        <v>3481</v>
+        <v>203</v>
       </c>
       <c r="D27" t="s">
-        <v>13</v>
+        <v>204</v>
       </c>
       <c r="E27" t="s">
-        <v>3482</v>
+        <v>205</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>3483</v>
+        <v>206</v>
       </c>
       <c r="H27" t="s">
-        <v>3484</v>
+        <v>207</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>3356</v>
+        <v>56</v>
       </c>
       <c r="B28" t="s">
-        <v>3485</v>
+        <v>208</v>
       </c>
       <c r="C28" t="s">
-        <v>3486</v>
+        <v>209</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>210</v>
       </c>
       <c r="E28" t="s">
-        <v>3487</v>
+        <v>211</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>3488</v>
+        <v>212</v>
       </c>
       <c r="H28" t="s">
-        <v>3489</v>
+        <v>213</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>56</v>
+      </c>
+      <c r="B29" t="s">
+        <v>214</v>
+      </c>
+      <c r="C29" t="s">
+        <v>215</v>
+      </c>
+      <c r="D29" t="s">
+        <v>216</v>
+      </c>
+      <c r="E29" t="s">
+        <v>217</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>218</v>
+      </c>
+      <c r="H29" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>56</v>
+      </c>
+      <c r="B30" t="s">
+        <v>220</v>
+      </c>
+      <c r="C30" t="s">
+        <v>221</v>
+      </c>
+      <c r="D30" t="s">
+        <v>222</v>
+      </c>
+      <c r="E30" t="s">
+        <v>223</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>224</v>
+      </c>
+      <c r="H30" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>56</v>
+      </c>
+      <c r="B31" t="s">
+        <v>226</v>
+      </c>
+      <c r="C31" t="s">
+        <v>227</v>
+      </c>
+      <c r="D31" t="s">
+        <v>228</v>
+      </c>
+      <c r="E31" t="s">
+        <v>229</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>230</v>
+      </c>
+      <c r="H31" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>56</v>
+      </c>
+      <c r="B32" t="s">
+        <v>232</v>
+      </c>
+      <c r="C32" t="s">
+        <v>233</v>
+      </c>
+      <c r="D32" t="s">
+        <v>234</v>
+      </c>
+      <c r="E32" t="s">
+        <v>235</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>236</v>
+      </c>
+      <c r="H32" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>56</v>
+      </c>
+      <c r="B33" t="s">
+        <v>238</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>239</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>240</v>
+      </c>
+      <c r="H33" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>56</v>
+      </c>
+      <c r="B34" t="s">
+        <v>242</v>
+      </c>
+      <c r="C34" t="s">
+        <v>243</v>
+      </c>
+      <c r="D34" t="s">
+        <v>244</v>
+      </c>
+      <c r="E34" t="s">
+        <v>245</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>246</v>
+      </c>
+      <c r="H34" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>56</v>
+      </c>
+      <c r="B35" t="s">
+        <v>248</v>
+      </c>
+      <c r="C35" t="s">
+        <v>249</v>
+      </c>
+      <c r="D35" t="s">
+        <v>250</v>
+      </c>
+      <c r="E35" t="s">
+        <v>250</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>251</v>
+      </c>
+      <c r="H35" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>56</v>
+      </c>
+      <c r="B36" t="s">
+        <v>253</v>
+      </c>
+      <c r="C36" t="s">
+        <v>254</v>
+      </c>
+      <c r="D36" t="s">
+        <v>250</v>
+      </c>
+      <c r="E36" t="s">
+        <v>250</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>255</v>
+      </c>
+      <c r="H36" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>56</v>
+      </c>
+      <c r="B37" t="s">
+        <v>257</v>
+      </c>
+      <c r="C37" t="s">
+        <v>258</v>
+      </c>
+      <c r="D37" t="s">
+        <v>122</v>
+      </c>
+      <c r="E37" t="s">
+        <v>123</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>259</v>
+      </c>
+      <c r="H37" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>56</v>
+      </c>
+      <c r="B38" t="s">
+        <v>261</v>
+      </c>
+      <c r="C38" t="s">
+        <v>262</v>
+      </c>
+      <c r="D38" t="s">
+        <v>52</v>
+      </c>
+      <c r="E38" t="s">
+        <v>263</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>264</v>
+      </c>
+      <c r="H38" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>56</v>
+      </c>
+      <c r="B39" t="s">
+        <v>266</v>
+      </c>
+      <c r="C39" t="s">
+        <v>267</v>
+      </c>
+      <c r="D39" t="s">
+        <v>134</v>
+      </c>
+      <c r="E39" t="s">
+        <v>26</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>268</v>
+      </c>
+      <c r="H39" t="s">
+        <v>269</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H68"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3490</v>
+        <v>270</v>
       </c>
       <c r="B2" t="s">
-        <v>3491</v>
+        <v>271</v>
       </c>
       <c r="C2" t="s">
-        <v>3492</v>
+        <v>272</v>
       </c>
       <c r="D2" t="s">
-        <v>2132</v>
+        <v>273</v>
       </c>
       <c r="E2" t="s">
-        <v>3493</v>
+        <v>274</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3494</v>
+        <v>275</v>
       </c>
       <c r="H2" t="s">
-        <v>3495</v>
+        <v>276</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3490</v>
+        <v>270</v>
       </c>
       <c r="B3" t="s">
-        <v>3496</v>
+        <v>277</v>
       </c>
       <c r="C3" t="s">
-        <v>3497</v>
+        <v>278</v>
       </c>
       <c r="D3" t="s">
-        <v>1153</v>
+        <v>279</v>
       </c>
       <c r="E3" t="s">
-        <v>3498</v>
+        <v>280</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3499</v>
+        <v>281</v>
       </c>
       <c r="H3" t="s">
-        <v>3500</v>
+        <v>282</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3490</v>
+        <v>270</v>
       </c>
       <c r="B4" t="s">
-        <v>3501</v>
+        <v>283</v>
       </c>
       <c r="C4" t="s">
-        <v>3502</v>
+        <v>284</v>
       </c>
       <c r="D4" t="s">
-        <v>191</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>3503</v>
+        <v>285</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3504</v>
+        <v>286</v>
       </c>
       <c r="H4" t="s">
-        <v>3505</v>
+        <v>287</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3490</v>
+        <v>270</v>
       </c>
       <c r="B5" t="s">
-        <v>3506</v>
+        <v>288</v>
       </c>
       <c r="C5" t="s">
-        <v>3507</v>
+        <v>289</v>
       </c>
       <c r="D5" t="s">
-        <v>3508</v>
+        <v>290</v>
       </c>
       <c r="E5" t="s">
-        <v>3509</v>
+        <v>291</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3510</v>
+        <v>292</v>
       </c>
       <c r="H5" t="s">
-        <v>3511</v>
-[...1637 lines deleted...]
-        <v>3872</v>
+        <v>293</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B2" t="s">
-        <v>3874</v>
+        <v>295</v>
       </c>
       <c r="C2" t="s">
-        <v>3874</v>
+        <v>35</v>
       </c>
       <c r="D2" t="s">
-        <v>3875</v>
+        <v>296</v>
       </c>
       <c r="E2" t="s">
-        <v>3876</v>
+        <v>297</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3877</v>
+        <v>298</v>
       </c>
       <c r="H2" t="s">
-        <v>3878</v>
+        <v>299</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B3" t="s">
-        <v>3879</v>
+        <v>300</v>
       </c>
       <c r="C3" t="s">
-        <v>3880</v>
+        <v>301</v>
       </c>
       <c r="D3" t="s">
-        <v>3881</v>
+        <v>100</v>
       </c>
       <c r="E3" t="s">
-        <v>3882</v>
+        <v>302</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3883</v>
+        <v>303</v>
       </c>
       <c r="H3" t="s">
-        <v>3884</v>
+        <v>304</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B4" t="s">
-        <v>3885</v>
+        <v>305</v>
       </c>
       <c r="C4" t="s">
-        <v>3886</v>
+        <v>306</v>
       </c>
       <c r="D4" t="s">
-        <v>3887</v>
+        <v>307</v>
       </c>
       <c r="E4" t="s">
-        <v>3888</v>
+        <v>308</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3889</v>
+        <v>309</v>
       </c>
       <c r="H4" t="s">
-        <v>3890</v>
+        <v>310</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B5" t="s">
-        <v>3891</v>
+        <v>311</v>
       </c>
       <c r="C5" t="s">
-        <v>3892</v>
+        <v>312</v>
       </c>
       <c r="D5" t="s">
-        <v>3893</v>
+        <v>313</v>
       </c>
       <c r="E5" t="s">
-        <v>3894</v>
+        <v>314</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3895</v>
+        <v>315</v>
       </c>
       <c r="H5" t="s">
-        <v>3896</v>
+        <v>316</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B6" t="s">
-        <v>3897</v>
+        <v>317</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>318</v>
       </c>
       <c r="D6" t="s">
-        <v>3898</v>
+        <v>319</v>
       </c>
       <c r="E6" t="s">
-        <v>3899</v>
+        <v>320</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3900</v>
+        <v>321</v>
       </c>
       <c r="H6" t="s">
-        <v>3901</v>
+        <v>322</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B7" t="s">
-        <v>3902</v>
+        <v>323</v>
       </c>
       <c r="C7" t="s">
-        <v>3903</v>
+        <v>324</v>
       </c>
       <c r="D7" t="s">
-        <v>3904</v>
+        <v>325</v>
       </c>
       <c r="E7" t="s">
-        <v>3905</v>
+        <v>326</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>3906</v>
+        <v>327</v>
       </c>
       <c r="H7" t="s">
-        <v>3907</v>
+        <v>328</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B8" t="s">
-        <v>3908</v>
+        <v>329</v>
       </c>
       <c r="C8" t="s">
-        <v>3909</v>
+        <v>330</v>
       </c>
       <c r="D8" t="s">
-        <v>3910</v>
+        <v>331</v>
       </c>
       <c r="E8" t="s">
-        <v>3911</v>
+        <v>332</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>3912</v>
+        <v>333</v>
       </c>
       <c r="H8" t="s">
-        <v>3913</v>
+        <v>334</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B9" t="s">
-        <v>3914</v>
+        <v>335</v>
       </c>
       <c r="C9" t="s">
-        <v>3915</v>
+        <v>336</v>
       </c>
       <c r="D9" t="s">
-        <v>3916</v>
+        <v>337</v>
       </c>
       <c r="E9" t="s">
-        <v>3917</v>
+        <v>338</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>3918</v>
+        <v>339</v>
       </c>
       <c r="H9" t="s">
-        <v>3919</v>
+        <v>340</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B10" t="s">
-        <v>3920</v>
+        <v>341</v>
       </c>
       <c r="C10" t="s">
-        <v>3921</v>
+        <v>342</v>
       </c>
       <c r="D10" t="s">
-        <v>3922</v>
+        <v>343</v>
       </c>
       <c r="E10" t="s">
-        <v>3923</v>
+        <v>344</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>3924</v>
+        <v>345</v>
       </c>
       <c r="H10" t="s">
-        <v>3925</v>
+        <v>346</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B11" t="s">
-        <v>3926</v>
+        <v>347</v>
       </c>
       <c r="C11" t="s">
-        <v>3927</v>
+        <v>348</v>
       </c>
       <c r="D11" t="s">
-        <v>3928</v>
+        <v>349</v>
       </c>
       <c r="E11" t="s">
-        <v>48</v>
+        <v>350</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>3929</v>
+        <v>351</v>
       </c>
       <c r="H11" t="s">
-        <v>3930</v>
+        <v>352</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B12" t="s">
-        <v>3931</v>
+        <v>353</v>
       </c>
       <c r="C12" t="s">
-        <v>3931</v>
+        <v>354</v>
       </c>
       <c r="D12" t="s">
-        <v>3932</v>
+        <v>307</v>
       </c>
       <c r="E12" t="s">
-        <v>3933</v>
+        <v>355</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>3934</v>
+        <v>356</v>
       </c>
       <c r="H12" t="s">
-        <v>3935</v>
+        <v>357</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B13" t="s">
-        <v>3936</v>
+        <v>358</v>
       </c>
       <c r="C13" t="s">
-        <v>3937</v>
+        <v>359</v>
       </c>
       <c r="D13" t="s">
-        <v>3938</v>
+        <v>360</v>
       </c>
       <c r="E13" t="s">
-        <v>3939</v>
+        <v>361</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>3940</v>
+        <v>362</v>
       </c>
       <c r="H13" t="s">
-        <v>3941</v>
+        <v>363</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B14" t="s">
-        <v>3942</v>
+        <v>364</v>
       </c>
       <c r="C14" t="s">
-        <v>3943</v>
+        <v>365</v>
       </c>
       <c r="D14" t="s">
-        <v>3944</v>
+        <v>366</v>
       </c>
       <c r="E14" t="s">
-        <v>3945</v>
+        <v>367</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>3946</v>
+        <v>368</v>
       </c>
       <c r="H14" t="s">
-        <v>3947</v>
+        <v>369</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B15" t="s">
-        <v>3948</v>
+        <v>370</v>
       </c>
       <c r="C15" t="s">
-        <v>3949</v>
+        <v>371</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>372</v>
       </c>
       <c r="E15" t="s">
-        <v>3950</v>
+        <v>373</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>3951</v>
+        <v>374</v>
       </c>
       <c r="H15" t="s">
-        <v>3952</v>
+        <v>375</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B16" t="s">
-        <v>3953</v>
+        <v>376</v>
       </c>
       <c r="C16" t="s">
-        <v>3954</v>
+        <v>377</v>
       </c>
       <c r="D16" t="s">
-        <v>3955</v>
+        <v>378</v>
       </c>
       <c r="E16" t="s">
-        <v>3956</v>
+        <v>379</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>3957</v>
+        <v>380</v>
       </c>
       <c r="H16" t="s">
-        <v>3958</v>
+        <v>381</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B17" t="s">
-        <v>3959</v>
+        <v>382</v>
       </c>
       <c r="C17" t="s">
-        <v>3960</v>
+        <v>383</v>
       </c>
       <c r="D17" t="s">
-        <v>2710</v>
+        <v>384</v>
       </c>
       <c r="E17" t="s">
-        <v>3961</v>
+        <v>385</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>3962</v>
+        <v>386</v>
       </c>
       <c r="H17" t="s">
-        <v>3963</v>
+        <v>387</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>3873</v>
+        <v>294</v>
       </c>
       <c r="B18" t="s">
-        <v>3964</v>
+        <v>388</v>
       </c>
       <c r="C18" t="s">
-        <v>3965</v>
+        <v>389</v>
       </c>
       <c r="D18" t="s">
-        <v>3966</v>
+        <v>390</v>
       </c>
       <c r="E18" t="s">
-        <v>3967</v>
+        <v>391</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>3968</v>
+        <v>392</v>
       </c>
       <c r="H18" t="s">
-        <v>3969</v>
+        <v>393</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>294</v>
+      </c>
+      <c r="B19" t="s">
+        <v>394</v>
+      </c>
+      <c r="C19" t="s">
+        <v>395</v>
+      </c>
+      <c r="D19" t="s">
+        <v>216</v>
+      </c>
+      <c r="E19" t="s">
+        <v>396</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>397</v>
+      </c>
+      <c r="H19" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>294</v>
+      </c>
+      <c r="B20" t="s">
+        <v>399</v>
+      </c>
+      <c r="C20" t="s">
+        <v>400</v>
+      </c>
+      <c r="D20" t="s">
+        <v>401</v>
+      </c>
+      <c r="E20" t="s">
+        <v>402</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>403</v>
+      </c>
+      <c r="H20" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>294</v>
+      </c>
+      <c r="B21" t="s">
+        <v>405</v>
+      </c>
+      <c r="C21" t="s">
+        <v>406</v>
+      </c>
+      <c r="D21" t="s">
+        <v>407</v>
+      </c>
+      <c r="E21" t="s">
+        <v>408</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>409</v>
+      </c>
+      <c r="H21" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>294</v>
+      </c>
+      <c r="B22" t="s">
+        <v>411</v>
+      </c>
+      <c r="C22" t="s">
+        <v>24</v>
+      </c>
+      <c r="D22" t="s">
+        <v>412</v>
+      </c>
+      <c r="E22" t="s">
+        <v>413</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>414</v>
+      </c>
+      <c r="H22" t="s">
+        <v>415</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BM431"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3972</v>
+        <v>416</v>
       </c>
       <c r="B2" t="s">
-        <v>3973</v>
+        <v>417</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>418</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>419</v>
       </c>
       <c r="E2" t="s">
-        <v>3974</v>
+        <v>420</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3975</v>
+        <v>421</v>
       </c>
       <c r="H2" t="s">
-        <v>3976</v>
-[...17 lines deleted...]
-        <v>3982</v>
+        <v>422</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3972</v>
+        <v>416</v>
       </c>
       <c r="B3" t="s">
-        <v>3983</v>
+        <v>423</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>424</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>425</v>
       </c>
       <c r="E3" t="s">
-        <v>3984</v>
+        <v>426</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3985</v>
+        <v>427</v>
       </c>
       <c r="H3" t="s">
-        <v>3986</v>
-[...19764 lines deleted...]
-        <v>8177</v>
+        <v>428</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H72"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8178</v>
+        <v>429</v>
       </c>
       <c r="B2" t="s">
-        <v>8179</v>
+        <v>430</v>
       </c>
       <c r="C2" t="s">
-        <v>8180</v>
+        <v>431</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>432</v>
       </c>
       <c r="E2" t="s">
-        <v>8181</v>
+        <v>433</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>8182</v>
+        <v>434</v>
       </c>
       <c r="H2" t="s">
-        <v>8183</v>
+        <v>435</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8178</v>
+        <v>429</v>
       </c>
       <c r="B3" t="s">
-        <v>8184</v>
+        <v>436</v>
       </c>
       <c r="C3" t="s">
-        <v>8185</v>
+        <v>437</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>438</v>
       </c>
       <c r="E3" t="s">
-        <v>8186</v>
+        <v>439</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>8187</v>
+        <v>440</v>
       </c>
       <c r="H3" t="s">
-        <v>8188</v>
+        <v>441</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8178</v>
+        <v>429</v>
       </c>
       <c r="B4" t="s">
-        <v>8189</v>
+        <v>442</v>
       </c>
       <c r="C4" t="s">
-        <v>8190</v>
+        <v>443</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>444</v>
       </c>
       <c r="E4" t="s">
-        <v>8191</v>
+        <v>445</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>8192</v>
+        <v>446</v>
       </c>
       <c r="H4" t="s">
-        <v>8193</v>
-[...1767 lines deleted...]
-        <v>8511</v>
+        <v>447</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J103"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>140</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>141</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>450</v>
       </c>
       <c r="D2" t="s">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>143</v>
+        <v>451</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>144</v>
+        <v>452</v>
       </c>
       <c r="H2" t="s">
-        <v>145</v>
-[...1627 lines deleted...]
-      <c r="G53" t="s">
         <v>453</v>
       </c>
-      <c r="H53" t="s">
-[...1607 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H144"/>
+  <dimension ref="A1:BP157"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>454</v>
+      </c>
+      <c r="J1" t="s">
+        <v>455</v>
+      </c>
+      <c r="K1" t="s">
+        <v>456</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B2" t="s">
-        <v>732</v>
+        <v>458</v>
       </c>
       <c r="C2" t="s">
-        <v>733</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>734</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>735</v>
+        <v>459</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>736</v>
+        <v>460</v>
       </c>
       <c r="H2" t="s">
-        <v>737</v>
+        <v>461</v>
+      </c>
+      <c r="I2" t="s">
+        <v>462</v>
+      </c>
+      <c r="J2" t="s">
+        <v>463</v>
+      </c>
+      <c r="K2" t="s">
+        <v>464</v>
+      </c>
+      <c r="L2" t="s">
+        <v>465</v>
+      </c>
+      <c r="M2" t="s">
+        <v>466</v>
+      </c>
+      <c r="N2" t="s">
+        <v>467</v>
+      </c>
+      <c r="O2" t="s">
+        <v>468</v>
+      </c>
+      <c r="P2" t="s">
+        <v>469</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B3" t="s">
-        <v>738</v>
+        <v>470</v>
       </c>
       <c r="C3" t="s">
-        <v>739</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>740</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>741</v>
+        <v>471</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>742</v>
+        <v>472</v>
       </c>
       <c r="H3" t="s">
-        <v>743</v>
+        <v>473</v>
+      </c>
+      <c r="I3" t="s">
+        <v>474</v>
+      </c>
+      <c r="J3" t="s">
+        <v>475</v>
+      </c>
+      <c r="K3" t="s">
+        <v>476</v>
+      </c>
+      <c r="L3" t="s">
+        <v>477</v>
+      </c>
+      <c r="M3" t="s">
+        <v>478</v>
+      </c>
+      <c r="N3" t="s">
+        <v>479</v>
+      </c>
+      <c r="O3" t="s">
+        <v>480</v>
+      </c>
+      <c r="P3" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B4" t="s">
-        <v>744</v>
+        <v>482</v>
       </c>
       <c r="C4" t="s">
-        <v>745</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>746</v>
+        <v>471</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>747</v>
+        <v>483</v>
       </c>
       <c r="H4" t="s">
-        <v>748</v>
+        <v>484</v>
+      </c>
+      <c r="I4" t="s">
+        <v>485</v>
+      </c>
+      <c r="J4" t="s">
+        <v>486</v>
+      </c>
+      <c r="K4" t="s">
+        <v>487</v>
+      </c>
+      <c r="L4" t="s">
+        <v>488</v>
+      </c>
+      <c r="M4" t="s">
+        <v>489</v>
+      </c>
+      <c r="N4" t="s">
+        <v>490</v>
+      </c>
+      <c r="O4" t="s">
+        <v>491</v>
+      </c>
+      <c r="P4" t="s">
+        <v>492</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>493</v>
+      </c>
+      <c r="R4" t="s">
+        <v>494</v>
+      </c>
+      <c r="S4" t="s">
+        <v>495</v>
+      </c>
+      <c r="T4" t="s">
+        <v>496</v>
+      </c>
+      <c r="U4" t="s">
+        <v>497</v>
+      </c>
+      <c r="V4" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B5" t="s">
-        <v>749</v>
+        <v>498</v>
       </c>
       <c r="C5" t="s">
-        <v>750</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>751</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>752</v>
+        <v>471</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>753</v>
+        <v>499</v>
       </c>
       <c r="H5" t="s">
-        <v>754</v>
+        <v>500</v>
+      </c>
+      <c r="I5" t="s">
+        <v>501</v>
+      </c>
+      <c r="J5" t="s">
+        <v>502</v>
+      </c>
+      <c r="K5" t="s">
+        <v>503</v>
+      </c>
+      <c r="L5" t="s">
+        <v>504</v>
+      </c>
+      <c r="M5" t="s">
+        <v>505</v>
+      </c>
+      <c r="N5" t="s">
+        <v>506</v>
+      </c>
+      <c r="O5" t="s">
+        <v>507</v>
+      </c>
+      <c r="P5" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B6" t="s">
-        <v>755</v>
+        <v>508</v>
       </c>
       <c r="C6" t="s">
-        <v>756</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>757</v>
+        <v>471</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>758</v>
+        <v>509</v>
       </c>
       <c r="H6" t="s">
-        <v>759</v>
+        <v>510</v>
+      </c>
+      <c r="I6" t="s">
+        <v>511</v>
+      </c>
+      <c r="J6" t="s">
+        <v>512</v>
+      </c>
+      <c r="K6" t="s">
+        <v>513</v>
+      </c>
+      <c r="L6" t="s">
+        <v>514</v>
+      </c>
+      <c r="M6" t="s">
+        <v>515</v>
+      </c>
+      <c r="N6" t="s">
+        <v>516</v>
+      </c>
+      <c r="O6" t="s">
+        <v>517</v>
+      </c>
+      <c r="P6" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B7" t="s">
-        <v>760</v>
+        <v>518</v>
       </c>
       <c r="C7" t="s">
-        <v>761</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>762</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>763</v>
+        <v>471</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>764</v>
+        <v>519</v>
       </c>
       <c r="H7" t="s">
-        <v>765</v>
+        <v>520</v>
+      </c>
+      <c r="I7" t="s">
+        <v>521</v>
+      </c>
+      <c r="J7" t="s">
+        <v>522</v>
+      </c>
+      <c r="K7" t="s">
+        <v>523</v>
+      </c>
+      <c r="L7" t="s">
+        <v>524</v>
+      </c>
+      <c r="M7" t="s">
+        <v>525</v>
+      </c>
+      <c r="N7" t="s">
+        <v>526</v>
+      </c>
+      <c r="O7" t="s">
+        <v>527</v>
+      </c>
+      <c r="P7" t="s">
+        <v>528</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>529</v>
+      </c>
+      <c r="R7" t="s">
+        <v>530</v>
+      </c>
+      <c r="S7" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B8" t="s">
-        <v>766</v>
+        <v>531</v>
       </c>
       <c r="C8" t="s">
-        <v>767</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>768</v>
+        <v>471</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>769</v>
+        <v>532</v>
       </c>
       <c r="H8" t="s">
-        <v>770</v>
+        <v>533</v>
+      </c>
+      <c r="I8" t="s">
+        <v>534</v>
+      </c>
+      <c r="J8" t="s">
+        <v>486</v>
+      </c>
+      <c r="K8" t="s">
+        <v>535</v>
+      </c>
+      <c r="L8" t="s">
+        <v>536</v>
+      </c>
+      <c r="M8" t="s">
+        <v>537</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
-        <v>771</v>
+        <v>538</v>
       </c>
       <c r="C9" t="s">
-        <v>772</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>773</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>774</v>
+        <v>471</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>775</v>
+        <v>539</v>
       </c>
       <c r="H9" t="s">
-        <v>776</v>
+        <v>540</v>
+      </c>
+      <c r="I9" t="s">
+        <v>541</v>
+      </c>
+      <c r="J9" t="s">
+        <v>542</v>
+      </c>
+      <c r="K9" t="s">
+        <v>543</v>
+      </c>
+      <c r="L9" t="s">
+        <v>544</v>
+      </c>
+      <c r="M9" t="s">
+        <v>545</v>
+      </c>
+      <c r="N9" t="s">
+        <v>546</v>
+      </c>
+      <c r="O9" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B10" t="s">
-        <v>777</v>
+        <v>547</v>
       </c>
       <c r="C10" t="s">
-        <v>778</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>779</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>780</v>
+        <v>471</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>781</v>
+        <v>548</v>
       </c>
       <c r="H10" t="s">
-        <v>782</v>
+        <v>549</v>
+      </c>
+      <c r="I10" t="s">
+        <v>501</v>
+      </c>
+      <c r="J10" t="s">
+        <v>486</v>
+      </c>
+      <c r="K10" t="s">
+        <v>550</v>
+      </c>
+      <c r="L10" t="s">
+        <v>551</v>
+      </c>
+      <c r="M10" t="s">
+        <v>552</v>
+      </c>
+      <c r="N10" t="s">
+        <v>553</v>
+      </c>
+      <c r="O10" t="s">
+        <v>554</v>
+      </c>
+      <c r="P10" t="s">
+        <v>555</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>556</v>
+      </c>
+      <c r="R10" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B11" t="s">
-        <v>783</v>
+        <v>557</v>
       </c>
       <c r="C11" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>785</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>786</v>
+        <v>471</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>787</v>
+        <v>558</v>
       </c>
       <c r="H11" t="s">
-        <v>788</v>
+        <v>559</v>
+      </c>
+      <c r="I11" t="s">
+        <v>560</v>
+      </c>
+      <c r="J11" t="s">
+        <v>486</v>
+      </c>
+      <c r="K11" t="s">
+        <v>561</v>
+      </c>
+      <c r="L11" t="s">
+        <v>562</v>
+      </c>
+      <c r="M11" t="s">
+        <v>563</v>
+      </c>
+      <c r="N11" t="s">
+        <v>564</v>
+      </c>
+      <c r="O11" t="s">
+        <v>565</v>
+      </c>
+      <c r="P11" t="s">
+        <v>566</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>567</v>
+      </c>
+      <c r="R11" t="s">
+        <v>568</v>
+      </c>
+      <c r="S11" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B12" t="s">
-        <v>789</v>
+        <v>569</v>
       </c>
       <c r="C12" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>785</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>790</v>
+        <v>471</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>791</v>
+        <v>570</v>
       </c>
       <c r="H12" t="s">
-        <v>792</v>
+        <v>571</v>
+      </c>
+      <c r="I12" t="s">
+        <v>572</v>
+      </c>
+      <c r="J12" t="s">
+        <v>573</v>
+      </c>
+      <c r="K12" t="s">
+        <v>574</v>
+      </c>
+      <c r="L12" t="s">
+        <v>575</v>
+      </c>
+      <c r="M12" t="s">
+        <v>576</v>
+      </c>
+      <c r="N12" t="s">
+        <v>577</v>
+      </c>
+      <c r="O12" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B13" t="s">
-        <v>793</v>
+        <v>578</v>
       </c>
       <c r="C13" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>785</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>794</v>
+        <v>471</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>795</v>
+        <v>579</v>
       </c>
       <c r="H13" t="s">
-        <v>796</v>
+        <v>580</v>
+      </c>
+      <c r="I13" t="s">
+        <v>581</v>
+      </c>
+      <c r="J13" t="s">
+        <v>512</v>
+      </c>
+      <c r="K13" t="s">
+        <v>582</v>
+      </c>
+      <c r="L13" t="s">
+        <v>583</v>
+      </c>
+      <c r="M13" t="s">
+        <v>584</v>
+      </c>
+      <c r="N13" t="s">
+        <v>585</v>
+      </c>
+      <c r="O13" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B14" t="s">
-        <v>797</v>
+        <v>586</v>
       </c>
       <c r="C14" t="s">
-        <v>798</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>799</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>800</v>
+        <v>471</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>801</v>
+        <v>587</v>
       </c>
       <c r="H14" t="s">
-        <v>802</v>
+        <v>588</v>
+      </c>
+      <c r="I14" t="s">
+        <v>501</v>
+      </c>
+      <c r="J14" t="s">
+        <v>589</v>
+      </c>
+      <c r="K14" t="s">
+        <v>590</v>
+      </c>
+      <c r="L14" t="s">
+        <v>591</v>
+      </c>
+      <c r="M14" t="s">
+        <v>592</v>
+      </c>
+      <c r="N14" t="s">
+        <v>593</v>
+      </c>
+      <c r="O14" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B15" t="s">
-        <v>803</v>
+        <v>594</v>
       </c>
       <c r="C15" t="s">
-        <v>804</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>805</v>
+        <v>471</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>806</v>
+        <v>595</v>
       </c>
       <c r="H15" t="s">
-        <v>807</v>
+        <v>596</v>
+      </c>
+      <c r="I15" t="s">
+        <v>597</v>
+      </c>
+      <c r="J15" t="s">
+        <v>598</v>
+      </c>
+      <c r="K15" t="s">
+        <v>599</v>
+      </c>
+      <c r="L15" t="s">
+        <v>600</v>
+      </c>
+      <c r="M15" t="s">
+        <v>601</v>
+      </c>
+      <c r="N15" t="s">
+        <v>602</v>
+      </c>
+      <c r="O15" t="s">
+        <v>603</v>
+      </c>
+      <c r="P15" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B16" t="s">
-        <v>808</v>
+        <v>604</v>
       </c>
       <c r="C16" t="s">
-        <v>809</v>
+        <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>810</v>
+        <v>471</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>811</v>
+        <v>605</v>
       </c>
       <c r="H16" t="s">
-        <v>812</v>
+        <v>606</v>
+      </c>
+      <c r="I16" t="s">
+        <v>607</v>
+      </c>
+      <c r="J16" t="s">
+        <v>608</v>
+      </c>
+      <c r="K16" t="s">
+        <v>609</v>
+      </c>
+      <c r="L16" t="s">
+        <v>610</v>
+      </c>
+      <c r="M16" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B17" t="s">
-        <v>813</v>
+        <v>611</v>
       </c>
       <c r="C17" t="s">
-        <v>814</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
-        <v>815</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>816</v>
+        <v>612</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>817</v>
+        <v>613</v>
       </c>
       <c r="H17" t="s">
-        <v>818</v>
+        <v>614</v>
+      </c>
+      <c r="I17" t="s">
+        <v>615</v>
+      </c>
+      <c r="J17" t="s">
+        <v>486</v>
+      </c>
+      <c r="K17" t="s">
+        <v>616</v>
+      </c>
+      <c r="L17" t="s">
+        <v>617</v>
+      </c>
+      <c r="M17" t="s">
+        <v>618</v>
+      </c>
+      <c r="N17" t="s">
+        <v>619</v>
+      </c>
+      <c r="O17" t="s">
+        <v>620</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B18" t="s">
-        <v>819</v>
+        <v>621</v>
       </c>
       <c r="C18" t="s">
-        <v>820</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>821</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>822</v>
+        <v>622</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>823</v>
+        <v>623</v>
       </c>
       <c r="H18" t="s">
-        <v>824</v>
+        <v>624</v>
+      </c>
+      <c r="I18" t="s">
+        <v>625</v>
+      </c>
+      <c r="J18" t="s">
+        <v>573</v>
+      </c>
+      <c r="K18" t="s">
+        <v>626</v>
+      </c>
+      <c r="L18" t="s">
+        <v>627</v>
+      </c>
+      <c r="M18" t="s">
+        <v>628</v>
+      </c>
+      <c r="N18" t="s">
+        <v>629</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B19" t="s">
-        <v>825</v>
+        <v>630</v>
       </c>
       <c r="C19" t="s">
-        <v>826</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>827</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>828</v>
+        <v>631</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>829</v>
+        <v>632</v>
       </c>
       <c r="H19" t="s">
-        <v>830</v>
+        <v>633</v>
+      </c>
+      <c r="I19" t="s">
+        <v>501</v>
+      </c>
+      <c r="J19" t="s">
+        <v>634</v>
+      </c>
+      <c r="K19" t="s">
+        <v>635</v>
+      </c>
+      <c r="L19" t="s">
+        <v>636</v>
+      </c>
+      <c r="M19" t="s">
+        <v>637</v>
+      </c>
+      <c r="N19" t="s">
+        <v>638</v>
+      </c>
+      <c r="O19" t="s">
+        <v>639</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B20" t="s">
-        <v>831</v>
+        <v>640</v>
       </c>
       <c r="C20" t="s">
-        <v>832</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>833</v>
+        <v>641</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>834</v>
+        <v>642</v>
       </c>
       <c r="H20" t="s">
-        <v>835</v>
+        <v>643</v>
+      </c>
+      <c r="I20" t="s">
+        <v>644</v>
+      </c>
+      <c r="J20" t="s">
+        <v>645</v>
+      </c>
+      <c r="K20" t="s">
+        <v>646</v>
+      </c>
+      <c r="L20" t="s">
+        <v>647</v>
+      </c>
+      <c r="M20" t="s">
+        <v>648</v>
+      </c>
+      <c r="N20" t="s">
+        <v>649</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B21" t="s">
-        <v>836</v>
+        <v>650</v>
       </c>
       <c r="C21" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D21" t="s">
-        <v>837</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>838</v>
+        <v>651</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>839</v>
+        <v>652</v>
       </c>
       <c r="H21" t="s">
-        <v>840</v>
+        <v>653</v>
+      </c>
+      <c r="I21" t="s">
+        <v>654</v>
+      </c>
+      <c r="J21" t="s">
+        <v>645</v>
+      </c>
+      <c r="K21" t="s">
+        <v>655</v>
+      </c>
+      <c r="L21" t="s">
+        <v>656</v>
+      </c>
+      <c r="M21" t="s">
+        <v>657</v>
+      </c>
+      <c r="N21" t="s">
+        <v>658</v>
+      </c>
+      <c r="O21" t="s">
+        <v>659</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B22" t="s">
-        <v>841</v>
+        <v>660</v>
       </c>
       <c r="C22" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
-        <v>842</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>843</v>
+        <v>661</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>844</v>
+        <v>662</v>
       </c>
       <c r="H22" t="s">
-        <v>845</v>
+        <v>663</v>
+      </c>
+      <c r="I22" t="s">
+        <v>501</v>
+      </c>
+      <c r="J22" t="s">
+        <v>664</v>
+      </c>
+      <c r="K22" t="s">
+        <v>665</v>
+      </c>
+      <c r="L22" t="s">
+        <v>666</v>
+      </c>
+      <c r="M22" t="s">
+        <v>667</v>
+      </c>
+      <c r="N22" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B23" t="s">
-        <v>846</v>
+        <v>669</v>
       </c>
       <c r="C23" t="s">
-        <v>847</v>
+        <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>751</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>848</v>
+        <v>670</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>849</v>
+        <v>671</v>
       </c>
       <c r="H23" t="s">
-        <v>850</v>
+        <v>672</v>
+      </c>
+      <c r="I23" t="s">
+        <v>501</v>
+      </c>
+      <c r="J23" t="s">
+        <v>673</v>
+      </c>
+      <c r="K23" t="s">
+        <v>674</v>
+      </c>
+      <c r="L23" t="s">
+        <v>675</v>
+      </c>
+      <c r="M23" t="s">
+        <v>676</v>
+      </c>
+      <c r="N23" t="s">
+        <v>677</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B24" t="s">
-        <v>851</v>
+        <v>678</v>
       </c>
       <c r="C24" t="s">
-        <v>852</v>
+        <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>853</v>
+        <v>679</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>854</v>
+        <v>680</v>
       </c>
       <c r="H24" t="s">
-        <v>855</v>
+        <v>681</v>
+      </c>
+      <c r="I24" t="s">
+        <v>501</v>
+      </c>
+      <c r="J24" t="s">
+        <v>682</v>
+      </c>
+      <c r="K24" t="s">
+        <v>683</v>
+      </c>
+      <c r="L24" t="s">
+        <v>684</v>
+      </c>
+      <c r="M24" t="s">
+        <v>685</v>
+      </c>
+      <c r="N24" t="s">
+        <v>686</v>
+      </c>
+      <c r="O24" t="s">
+        <v>687</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B25" t="s">
-        <v>856</v>
+        <v>688</v>
       </c>
       <c r="C25" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D25" t="s">
-        <v>857</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>858</v>
+        <v>670</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>859</v>
+        <v>689</v>
       </c>
       <c r="H25" t="s">
-        <v>860</v>
+        <v>690</v>
+      </c>
+      <c r="I25" t="s">
+        <v>691</v>
+      </c>
+      <c r="J25" t="s">
+        <v>692</v>
+      </c>
+      <c r="K25" t="s">
+        <v>693</v>
+      </c>
+      <c r="L25" t="s">
+        <v>694</v>
+      </c>
+      <c r="M25" t="s">
+        <v>695</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B26" t="s">
-        <v>861</v>
+        <v>696</v>
       </c>
       <c r="C26" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D26" t="s">
-        <v>857</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>862</v>
+        <v>670</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>863</v>
+        <v>697</v>
       </c>
       <c r="H26" t="s">
-        <v>864</v>
+        <v>698</v>
+      </c>
+      <c r="I26" t="s">
+        <v>699</v>
+      </c>
+      <c r="J26" t="s">
+        <v>673</v>
+      </c>
+      <c r="K26" t="s">
+        <v>700</v>
+      </c>
+      <c r="L26" t="s">
+        <v>701</v>
+      </c>
+      <c r="M26" t="s">
+        <v>702</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B27" t="s">
-        <v>865</v>
+        <v>703</v>
       </c>
       <c r="C27" t="s">
-        <v>866</v>
+        <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>867</v>
+        <v>670</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>868</v>
+        <v>704</v>
       </c>
       <c r="H27" t="s">
-        <v>869</v>
+        <v>705</v>
+      </c>
+      <c r="I27" t="s">
+        <v>511</v>
+      </c>
+      <c r="J27" t="s">
+        <v>692</v>
+      </c>
+      <c r="K27" t="s">
+        <v>706</v>
+      </c>
+      <c r="L27" t="s">
+        <v>707</v>
+      </c>
+      <c r="M27" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B28" t="s">
-        <v>870</v>
+        <v>709</v>
       </c>
       <c r="C28" t="s">
-        <v>871</v>
+        <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>872</v>
+        <v>710</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>873</v>
+        <v>711</v>
       </c>
       <c r="H28" t="s">
-        <v>874</v>
+        <v>712</v>
+      </c>
+      <c r="I28" t="s">
+        <v>713</v>
+      </c>
+      <c r="J28" t="s">
+        <v>714</v>
+      </c>
+      <c r="K28" t="s">
+        <v>715</v>
+      </c>
+      <c r="L28" t="s">
+        <v>716</v>
+      </c>
+      <c r="M28" t="s">
+        <v>717</v>
+      </c>
+      <c r="N28" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B29" t="s">
-        <v>875</v>
+        <v>719</v>
       </c>
       <c r="C29" t="s">
-        <v>876</v>
+        <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>877</v>
+        <v>720</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>878</v>
+        <v>721</v>
       </c>
       <c r="H29" t="s">
-        <v>879</v>
+        <v>722</v>
+      </c>
+      <c r="I29" t="s">
+        <v>723</v>
+      </c>
+      <c r="J29" t="s">
+        <v>724</v>
+      </c>
+      <c r="K29" t="s">
+        <v>725</v>
+      </c>
+      <c r="L29" t="s">
+        <v>726</v>
+      </c>
+      <c r="M29" t="s">
+        <v>727</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
+        <v>457</v>
+      </c>
+      <c r="B30" t="s">
+        <v>728</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>729</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>730</v>
+      </c>
+      <c r="H30" t="s">
         <v>731</v>
       </c>
-      <c r="B30" t="s">
-[...18 lines deleted...]
-        <v>884</v>
+      <c r="I30" t="s">
+        <v>732</v>
+      </c>
+      <c r="J30" t="s">
+        <v>682</v>
+      </c>
+      <c r="K30" t="s">
+        <v>733</v>
+      </c>
+      <c r="L30" t="s">
+        <v>734</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B31" t="s">
-        <v>885</v>
+        <v>735</v>
       </c>
       <c r="C31" t="s">
-        <v>886</v>
+        <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>887</v>
+        <v>736</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>888</v>
+        <v>737</v>
       </c>
       <c r="H31" t="s">
-        <v>889</v>
+        <v>738</v>
+      </c>
+      <c r="I31" t="s">
+        <v>739</v>
+      </c>
+      <c r="J31" t="s">
+        <v>740</v>
+      </c>
+      <c r="K31" t="s">
+        <v>741</v>
+      </c>
+      <c r="L31" t="s">
+        <v>742</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B32" t="s">
-        <v>890</v>
+        <v>743</v>
       </c>
       <c r="C32" t="s">
-        <v>891</v>
+        <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>892</v>
+        <v>720</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>893</v>
+        <v>744</v>
       </c>
       <c r="H32" t="s">
-        <v>894</v>
+        <v>745</v>
+      </c>
+      <c r="I32" t="s">
+        <v>746</v>
+      </c>
+      <c r="J32" t="s">
+        <v>747</v>
+      </c>
+      <c r="K32" t="s">
+        <v>748</v>
+      </c>
+      <c r="L32" t="s">
+        <v>749</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B33" t="s">
-        <v>895</v>
+        <v>750</v>
       </c>
       <c r="C33" t="s">
-        <v>896</v>
+        <v>13</v>
       </c>
       <c r="D33" t="s">
-        <v>897</v>
+        <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>898</v>
+        <v>751</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>899</v>
+        <v>752</v>
       </c>
       <c r="H33" t="s">
-        <v>900</v>
+        <v>753</v>
+      </c>
+      <c r="I33" t="s">
+        <v>754</v>
+      </c>
+      <c r="J33" t="s">
+        <v>740</v>
+      </c>
+      <c r="K33" t="s">
+        <v>755</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B34" t="s">
-        <v>901</v>
+        <v>756</v>
       </c>
       <c r="C34" t="s">
-        <v>902</v>
+        <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>903</v>
+        <v>757</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>904</v>
+        <v>758</v>
       </c>
       <c r="H34" t="s">
-        <v>905</v>
+        <v>759</v>
+      </c>
+      <c r="I34" t="s">
+        <v>760</v>
+      </c>
+      <c r="J34" t="s">
+        <v>761</v>
+      </c>
+      <c r="K34" t="s">
+        <v>762</v>
+      </c>
+      <c r="L34" t="s">
+        <v>763</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B35" t="s">
-        <v>906</v>
+        <v>764</v>
       </c>
       <c r="C35" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D35" t="s">
-        <v>907</v>
+        <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>908</v>
+        <v>765</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>909</v>
+        <v>766</v>
       </c>
       <c r="H35" t="s">
-        <v>910</v>
+        <v>767</v>
+      </c>
+      <c r="I35" t="s">
+        <v>768</v>
+      </c>
+      <c r="J35" t="s">
+        <v>769</v>
+      </c>
+      <c r="K35" t="s">
+        <v>770</v>
+      </c>
+      <c r="L35" t="s">
+        <v>771</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B36" t="s">
-        <v>911</v>
+        <v>772</v>
       </c>
       <c r="C36" t="s">
-        <v>912</v>
+        <v>13</v>
       </c>
       <c r="D36" t="s">
-        <v>913</v>
+        <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>914</v>
+        <v>773</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>915</v>
+        <v>774</v>
       </c>
       <c r="H36" t="s">
-        <v>916</v>
+        <v>775</v>
+      </c>
+      <c r="I36" t="s">
+        <v>776</v>
+      </c>
+      <c r="J36" t="s">
+        <v>777</v>
+      </c>
+      <c r="K36" t="s">
+        <v>778</v>
+      </c>
+      <c r="L36" t="s">
+        <v>779</v>
+      </c>
+      <c r="M36" t="s">
+        <v>780</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B37" t="s">
-        <v>917</v>
+        <v>781</v>
       </c>
       <c r="C37" t="s">
-        <v>918</v>
+        <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>919</v>
+        <v>782</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>920</v>
+        <v>783</v>
       </c>
       <c r="H37" t="s">
-        <v>921</v>
+        <v>784</v>
+      </c>
+      <c r="I37" t="s">
+        <v>785</v>
+      </c>
+      <c r="J37" t="s">
+        <v>786</v>
+      </c>
+      <c r="K37" t="s">
+        <v>787</v>
+      </c>
+      <c r="L37" t="s">
+        <v>788</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B38" t="s">
-        <v>922</v>
+        <v>789</v>
       </c>
       <c r="C38" t="s">
-        <v>923</v>
+        <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>877</v>
+        <v>790</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>924</v>
+        <v>791</v>
       </c>
       <c r="H38" t="s">
-        <v>925</v>
+        <v>792</v>
+      </c>
+      <c r="I38" t="s">
+        <v>793</v>
+      </c>
+      <c r="J38" t="s">
+        <v>645</v>
+      </c>
+      <c r="K38" t="s">
+        <v>794</v>
+      </c>
+      <c r="L38" t="s">
+        <v>795</v>
+      </c>
+      <c r="M38" t="s">
+        <v>796</v>
+      </c>
+      <c r="N38" t="s">
+        <v>797</v>
+      </c>
+      <c r="O38" t="s">
+        <v>798</v>
+      </c>
+      <c r="P38" t="s">
+        <v>799</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>800</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B39" t="s">
-        <v>926</v>
+        <v>801</v>
       </c>
       <c r="C39" t="s">
-        <v>927</v>
+        <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>928</v>
+        <v>802</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>929</v>
+        <v>803</v>
       </c>
       <c r="H39" t="s">
-        <v>930</v>
+        <v>804</v>
+      </c>
+      <c r="I39" t="s">
+        <v>805</v>
+      </c>
+      <c r="J39" t="s">
+        <v>806</v>
+      </c>
+      <c r="K39" t="s">
+        <v>807</v>
+      </c>
+      <c r="L39" t="s">
+        <v>808</v>
+      </c>
+      <c r="M39" t="s">
+        <v>809</v>
+      </c>
+      <c r="N39" t="s">
+        <v>810</v>
+      </c>
+      <c r="O39" t="s">
+        <v>811</v>
+      </c>
+      <c r="P39" t="s">
+        <v>812</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>813</v>
+      </c>
+      <c r="R39" t="s">
+        <v>814</v>
+      </c>
+      <c r="S39" t="s">
+        <v>815</v>
+      </c>
+      <c r="T39" t="s">
+        <v>816</v>
+      </c>
+      <c r="U39" t="s">
+        <v>817</v>
+      </c>
+      <c r="V39" t="s">
+        <v>818</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B40" t="s">
-        <v>931</v>
+        <v>819</v>
       </c>
       <c r="C40" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D40" t="s">
-        <v>762</v>
+        <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>932</v>
+        <v>820</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>933</v>
+        <v>821</v>
       </c>
       <c r="H40" t="s">
-        <v>934</v>
+        <v>822</v>
+      </c>
+      <c r="I40" t="s">
+        <v>823</v>
+      </c>
+      <c r="J40" t="s">
+        <v>824</v>
+      </c>
+      <c r="K40" t="s">
+        <v>825</v>
+      </c>
+      <c r="L40" t="s">
+        <v>826</v>
+      </c>
+      <c r="M40" t="s">
+        <v>827</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B41" t="s">
-        <v>935</v>
+        <v>828</v>
       </c>
       <c r="C41" t="s">
-        <v>936</v>
+        <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>937</v>
+        <v>829</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>938</v>
+        <v>830</v>
       </c>
       <c r="H41" t="s">
-        <v>939</v>
+        <v>831</v>
+      </c>
+      <c r="I41" t="s">
+        <v>832</v>
+      </c>
+      <c r="J41" t="s">
+        <v>645</v>
+      </c>
+      <c r="K41" t="s">
+        <v>833</v>
+      </c>
+      <c r="L41" t="s">
+        <v>834</v>
+      </c>
+      <c r="M41" t="s">
+        <v>835</v>
+      </c>
+      <c r="N41" t="s">
+        <v>836</v>
+      </c>
+      <c r="O41" t="s">
+        <v>837</v>
+      </c>
+      <c r="P41" t="s">
+        <v>838</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>839</v>
+      </c>
+      <c r="R41" t="s">
+        <v>840</v>
+      </c>
+      <c r="S41" t="s">
+        <v>841</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B42" t="s">
-        <v>940</v>
+        <v>842</v>
       </c>
       <c r="C42" t="s">
-        <v>941</v>
+        <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>768</v>
+        <v>843</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>942</v>
+        <v>844</v>
       </c>
       <c r="H42" t="s">
-        <v>943</v>
+        <v>845</v>
+      </c>
+      <c r="I42" t="s">
+        <v>846</v>
+      </c>
+      <c r="J42" t="s">
+        <v>747</v>
+      </c>
+      <c r="K42" t="s">
+        <v>847</v>
+      </c>
+      <c r="L42" t="s">
+        <v>848</v>
+      </c>
+      <c r="M42" t="s">
+        <v>849</v>
+      </c>
+      <c r="N42" t="s">
+        <v>850</v>
+      </c>
+      <c r="O42" t="s">
+        <v>851</v>
+      </c>
+      <c r="P42" t="s">
+        <v>852</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>853</v>
+      </c>
+      <c r="R42" t="s">
+        <v>854</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B43" t="s">
-        <v>944</v>
+        <v>855</v>
       </c>
       <c r="C43" t="s">
-        <v>945</v>
+        <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>903</v>
+        <v>856</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>946</v>
+        <v>857</v>
       </c>
       <c r="H43" t="s">
-        <v>947</v>
+        <v>858</v>
+      </c>
+      <c r="I43" t="s">
+        <v>832</v>
+      </c>
+      <c r="J43" t="s">
+        <v>859</v>
+      </c>
+      <c r="K43" t="s">
+        <v>860</v>
+      </c>
+      <c r="L43" t="s">
+        <v>861</v>
+      </c>
+      <c r="M43" t="s">
+        <v>862</v>
+      </c>
+      <c r="N43" t="s">
+        <v>863</v>
+      </c>
+      <c r="O43" t="s">
+        <v>864</v>
+      </c>
+      <c r="P43" t="s">
+        <v>865</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>866</v>
+      </c>
+      <c r="R43" t="s">
+        <v>867</v>
+      </c>
+      <c r="S43" t="s">
+        <v>868</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B44" t="s">
-        <v>948</v>
+        <v>869</v>
       </c>
       <c r="C44" t="s">
-        <v>949</v>
+        <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>950</v>
+        <v>870</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>951</v>
+        <v>871</v>
       </c>
       <c r="H44" t="s">
-        <v>952</v>
+        <v>872</v>
+      </c>
+      <c r="I44" t="s">
+        <v>873</v>
+      </c>
+      <c r="J44" t="s">
+        <v>724</v>
+      </c>
+      <c r="K44" t="s">
+        <v>725</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B45" t="s">
-        <v>953</v>
+        <v>874</v>
       </c>
       <c r="C45" t="s">
-        <v>954</v>
+        <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
+        <v>875</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>876</v>
+      </c>
+      <c r="H45" t="s">
+        <v>877</v>
+      </c>
+      <c r="I45" t="s">
+        <v>878</v>
+      </c>
+      <c r="J45" t="s">
+        <v>879</v>
+      </c>
+      <c r="K45" t="s">
+        <v>880</v>
+      </c>
+      <c r="L45" t="s">
+        <v>881</v>
+      </c>
+      <c r="M45" t="s">
         <v>882</v>
       </c>
-      <c r="F45" t="s">
-[...6 lines deleted...]
-        <v>956</v>
+      <c r="N45" t="s">
+        <v>883</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B46" t="s">
-        <v>957</v>
+        <v>884</v>
       </c>
       <c r="C46" t="s">
-        <v>958</v>
+        <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>959</v>
+        <v>885</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>960</v>
+        <v>886</v>
       </c>
       <c r="H46" t="s">
-        <v>961</v>
+        <v>887</v>
+      </c>
+      <c r="I46" t="s">
+        <v>888</v>
+      </c>
+      <c r="J46" t="s">
+        <v>889</v>
+      </c>
+      <c r="K46" t="s">
+        <v>890</v>
+      </c>
+      <c r="L46" t="s">
+        <v>891</v>
+      </c>
+      <c r="M46" t="s">
+        <v>892</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B47" t="s">
-        <v>962</v>
+        <v>893</v>
       </c>
       <c r="C47" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>964</v>
+        <v>894</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>965</v>
+        <v>895</v>
       </c>
       <c r="H47" t="s">
-        <v>966</v>
+        <v>896</v>
+      </c>
+      <c r="I47" t="s">
+        <v>746</v>
+      </c>
+      <c r="J47" t="s">
+        <v>724</v>
+      </c>
+      <c r="K47" t="s">
+        <v>897</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B48" t="s">
-        <v>967</v>
+        <v>898</v>
       </c>
       <c r="C48" t="s">
-        <v>968</v>
+        <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>969</v>
+        <v>899</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>970</v>
+        <v>900</v>
       </c>
       <c r="H48" t="s">
-        <v>971</v>
+        <v>901</v>
+      </c>
+      <c r="I48" t="s">
+        <v>902</v>
+      </c>
+      <c r="J48" t="s">
+        <v>903</v>
+      </c>
+      <c r="K48" t="s">
+        <v>904</v>
+      </c>
+      <c r="L48" t="s">
+        <v>905</v>
+      </c>
+      <c r="M48" t="s">
+        <v>906</v>
+      </c>
+      <c r="N48" t="s">
+        <v>907</v>
+      </c>
+      <c r="O48" t="s">
+        <v>908</v>
+      </c>
+      <c r="P48" t="s">
+        <v>909</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B49" t="s">
-        <v>972</v>
+        <v>910</v>
       </c>
       <c r="C49" t="s">
-        <v>973</v>
+        <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>974</v>
+        <v>911</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>975</v>
+        <v>912</v>
       </c>
       <c r="H49" t="s">
-        <v>976</v>
+        <v>913</v>
+      </c>
+      <c r="I49" t="s">
+        <v>914</v>
+      </c>
+      <c r="J49" t="s">
+        <v>915</v>
+      </c>
+      <c r="K49" t="s">
+        <v>916</v>
+      </c>
+      <c r="L49" t="s">
+        <v>917</v>
+      </c>
+      <c r="M49" t="s">
+        <v>918</v>
+      </c>
+      <c r="N49" t="s">
+        <v>919</v>
+      </c>
+      <c r="O49" t="s">
+        <v>920</v>
+      </c>
+      <c r="P49" t="s">
+        <v>921</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>922</v>
+      </c>
+      <c r="R49" t="s">
+        <v>923</v>
+      </c>
+      <c r="S49" t="s">
+        <v>924</v>
+      </c>
+      <c r="T49" t="s">
+        <v>925</v>
+      </c>
+      <c r="U49" t="s">
+        <v>926</v>
+      </c>
+      <c r="V49" t="s">
+        <v>927</v>
+      </c>
+      <c r="W49" t="s">
+        <v>928</v>
+      </c>
+      <c r="X49" t="s">
+        <v>929</v>
+      </c>
+      <c r="Y49" t="s">
+        <v>930</v>
+      </c>
+      <c r="Z49" t="s">
+        <v>931</v>
+      </c>
+      <c r="AA49" t="s">
+        <v>931</v>
+      </c>
+      <c r="AB49" t="s">
+        <v>932</v>
+      </c>
+      <c r="AC49" t="s">
+        <v>933</v>
+      </c>
+      <c r="AD49" t="s">
+        <v>934</v>
+      </c>
+      <c r="AE49" t="s">
+        <v>935</v>
+      </c>
+      <c r="AF49" t="s">
+        <v>936</v>
+      </c>
+      <c r="AG49" t="s">
+        <v>937</v>
+      </c>
+      <c r="AH49" t="s">
+        <v>938</v>
+      </c>
+      <c r="AI49" t="s">
+        <v>939</v>
+      </c>
+      <c r="AJ49" t="s">
+        <v>940</v>
+      </c>
+      <c r="AK49" t="s">
+        <v>941</v>
+      </c>
+      <c r="AL49" t="s">
+        <v>942</v>
+      </c>
+      <c r="AM49" t="s">
+        <v>943</v>
+      </c>
+      <c r="AN49" t="s">
+        <v>944</v>
+      </c>
+      <c r="AO49" t="s">
+        <v>945</v>
+      </c>
+      <c r="AP49" t="s">
+        <v>946</v>
+      </c>
+      <c r="AQ49" t="s">
+        <v>947</v>
+      </c>
+      <c r="AR49" t="s">
+        <v>948</v>
+      </c>
+      <c r="AS49" t="s">
+        <v>949</v>
+      </c>
+      <c r="AT49" t="s">
+        <v>950</v>
+      </c>
+      <c r="AU49" t="s">
+        <v>951</v>
+      </c>
+      <c r="AV49" t="s">
+        <v>952</v>
+      </c>
+      <c r="AW49" t="s">
+        <v>953</v>
+      </c>
+      <c r="AX49" t="s">
+        <v>954</v>
+      </c>
+      <c r="AY49" t="s">
+        <v>955</v>
+      </c>
+      <c r="AZ49" t="s">
+        <v>956</v>
+      </c>
+      <c r="BA49" t="s">
+        <v>950</v>
+      </c>
+      <c r="BB49" t="s">
+        <v>957</v>
+      </c>
+      <c r="BC49" t="s">
+        <v>958</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B50" t="s">
-        <v>977</v>
+        <v>959</v>
       </c>
       <c r="C50" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D50" t="s">
-        <v>978</v>
+        <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>979</v>
+        <v>960</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>980</v>
+        <v>961</v>
       </c>
       <c r="H50" t="s">
-        <v>981</v>
+        <v>962</v>
+      </c>
+      <c r="I50" t="s">
+        <v>963</v>
+      </c>
+      <c r="J50" t="s">
+        <v>964</v>
+      </c>
+      <c r="K50" t="s">
+        <v>965</v>
+      </c>
+      <c r="L50" t="s">
+        <v>966</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B51" t="s">
-        <v>982</v>
+        <v>967</v>
       </c>
       <c r="C51" t="s">
-        <v>983</v>
+        <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>984</v>
+        <v>968</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>985</v>
+        <v>969</v>
       </c>
       <c r="H51" t="s">
-        <v>986</v>
+        <v>970</v>
+      </c>
+      <c r="I51" t="s">
+        <v>971</v>
+      </c>
+      <c r="J51" t="s">
+        <v>972</v>
+      </c>
+      <c r="K51" t="s">
+        <v>973</v>
+      </c>
+      <c r="L51" t="s">
+        <v>974</v>
+      </c>
+      <c r="M51" t="s">
+        <v>975</v>
+      </c>
+      <c r="N51" t="s">
+        <v>976</v>
+      </c>
+      <c r="O51" t="s">
+        <v>977</v>
+      </c>
+      <c r="P51" t="s">
+        <v>978</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B52" t="s">
+        <v>979</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>980</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>981</v>
+      </c>
+      <c r="H52" t="s">
+        <v>982</v>
+      </c>
+      <c r="I52" t="s">
+        <v>983</v>
+      </c>
+      <c r="J52" t="s">
+        <v>522</v>
+      </c>
+      <c r="K52" t="s">
+        <v>984</v>
+      </c>
+      <c r="L52" t="s">
+        <v>985</v>
+      </c>
+      <c r="M52" t="s">
+        <v>986</v>
+      </c>
+      <c r="N52" t="s">
         <v>987</v>
       </c>
-      <c r="C52" t="s">
-[...2 lines deleted...]
-      <c r="D52" t="s">
+      <c r="O52" t="s">
         <v>988</v>
-      </c>
-[...10 lines deleted...]
-        <v>991</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B53" t="s">
+        <v>989</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>990</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>991</v>
+      </c>
+      <c r="H53" t="s">
         <v>992</v>
       </c>
-      <c r="C53" t="s">
+      <c r="I53" t="s">
         <v>993</v>
       </c>
-      <c r="D53" t="s">
+      <c r="J53" t="s">
+        <v>573</v>
+      </c>
+      <c r="K53" t="s">
         <v>994</v>
       </c>
-      <c r="E53" t="s">
+      <c r="L53" t="s">
         <v>995</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="M53" t="s">
         <v>996</v>
       </c>
-      <c r="H53" t="s">
+      <c r="N53" t="s">
         <v>997</v>
+      </c>
+      <c r="O53" t="s">
+        <v>998</v>
+      </c>
+      <c r="P53" t="s">
+        <v>999</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>1000</v>
+      </c>
+      <c r="R53" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S53" t="s">
+        <v>1002</v>
+      </c>
+      <c r="T53" t="s">
+        <v>1003</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B54" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
       <c r="C54" t="s">
-        <v>999</v>
+        <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="H54" t="s">
-        <v>1002</v>
+        <v>1007</v>
+      </c>
+      <c r="I54" t="s">
+        <v>1008</v>
+      </c>
+      <c r="J54" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K54" t="s">
+        <v>1010</v>
+      </c>
+      <c r="L54" t="s">
+        <v>1011</v>
+      </c>
+      <c r="M54" t="s">
+        <v>1012</v>
+      </c>
+      <c r="N54" t="s">
+        <v>1013</v>
+      </c>
+      <c r="O54" t="s">
+        <v>1014</v>
+      </c>
+      <c r="P54" t="s">
+        <v>1015</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B55" t="s">
-        <v>1003</v>
+        <v>1016</v>
       </c>
       <c r="C55" t="s">
-        <v>1004</v>
+        <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>1005</v>
+        <v>1017</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1006</v>
+        <v>1018</v>
       </c>
       <c r="H55" t="s">
-        <v>1007</v>
+        <v>1019</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1020</v>
+      </c>
+      <c r="J55" t="s">
+        <v>747</v>
+      </c>
+      <c r="K55" t="s">
+        <v>1021</v>
+      </c>
+      <c r="L55" t="s">
+        <v>1022</v>
+      </c>
+      <c r="M55" t="s">
+        <v>1023</v>
+      </c>
+      <c r="N55" t="s">
+        <v>1024</v>
+      </c>
+      <c r="O55" t="s">
+        <v>1025</v>
+      </c>
+      <c r="P55" t="s">
+        <v>1026</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>1027</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B56" t="s">
-        <v>1008</v>
+        <v>1028</v>
       </c>
       <c r="C56" t="s">
-        <v>1009</v>
+        <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>1010</v>
+        <v>1029</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1011</v>
+        <v>1030</v>
       </c>
       <c r="H56" t="s">
-        <v>1012</v>
+        <v>1031</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1032</v>
+      </c>
+      <c r="J56" t="s">
+        <v>1033</v>
+      </c>
+      <c r="K56" t="s">
+        <v>1034</v>
+      </c>
+      <c r="L56" t="s">
+        <v>1035</v>
+      </c>
+      <c r="M56" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N56" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O56" t="s">
+        <v>1035</v>
+      </c>
+      <c r="P56" t="s">
+        <v>1034</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>1038</v>
+      </c>
+      <c r="R56" t="s">
+        <v>1037</v>
+      </c>
+      <c r="S56" t="s">
+        <v>1039</v>
+      </c>
+      <c r="T56" t="s">
+        <v>1040</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B57" t="s">
-        <v>1013</v>
+        <v>1041</v>
       </c>
       <c r="C57" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D57" t="s">
-        <v>907</v>
+        <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>1014</v>
+        <v>1029</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1015</v>
+        <v>1042</v>
       </c>
       <c r="H57" t="s">
-        <v>1016</v>
+        <v>1043</v>
+      </c>
+      <c r="I57" t="s">
+        <v>1044</v>
+      </c>
+      <c r="J57" t="s">
+        <v>1045</v>
+      </c>
+      <c r="K57" t="s">
+        <v>1046</v>
+      </c>
+      <c r="L57" t="s">
+        <v>1047</v>
+      </c>
+      <c r="M57" t="s">
+        <v>1048</v>
+      </c>
+      <c r="N57" t="s">
+        <v>1049</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B58" t="s">
-        <v>1017</v>
+        <v>1050</v>
       </c>
       <c r="C58" t="s">
-        <v>1018</v>
+        <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>805</v>
+        <v>1029</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1019</v>
+        <v>1051</v>
       </c>
       <c r="H58" t="s">
-        <v>1020</v>
+        <v>1052</v>
+      </c>
+      <c r="I58" t="s">
+        <v>1053</v>
+      </c>
+      <c r="J58" t="s">
+        <v>1045</v>
+      </c>
+      <c r="K58" t="s">
+        <v>1054</v>
+      </c>
+      <c r="L58" t="s">
+        <v>1055</v>
+      </c>
+      <c r="M58" t="s">
+        <v>1056</v>
+      </c>
+      <c r="N58" t="s">
+        <v>1057</v>
+      </c>
+      <c r="O58" t="s">
+        <v>1058</v>
+      </c>
+      <c r="P58" t="s">
+        <v>1059</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>1060</v>
+      </c>
+      <c r="R58" t="s">
+        <v>1061</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B59" t="s">
-        <v>1003</v>
+        <v>1062</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
-        <v>1021</v>
+        <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>1022</v>
+        <v>1029</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1023</v>
+        <v>1063</v>
       </c>
       <c r="H59" t="s">
-        <v>1024</v>
+        <v>1064</v>
+      </c>
+      <c r="I59" t="s">
+        <v>1065</v>
+      </c>
+      <c r="J59" t="s">
+        <v>747</v>
+      </c>
+      <c r="K59" t="s">
+        <v>1066</v>
+      </c>
+      <c r="L59" t="s">
+        <v>1067</v>
+      </c>
+      <c r="M59" t="s">
+        <v>1068</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B60" t="s">
-        <v>1025</v>
+        <v>1069</v>
       </c>
       <c r="C60" t="s">
-        <v>1026</v>
+        <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>1027</v>
+        <v>1070</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1028</v>
+        <v>1071</v>
       </c>
       <c r="H60" t="s">
-        <v>1029</v>
+        <v>1072</v>
+      </c>
+      <c r="I60" t="s">
+        <v>1073</v>
+      </c>
+      <c r="J60" t="s">
+        <v>747</v>
+      </c>
+      <c r="K60" t="s">
+        <v>1074</v>
+      </c>
+      <c r="L60" t="s">
+        <v>1075</v>
+      </c>
+      <c r="M60" t="s">
+        <v>1076</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B61" t="s">
-        <v>1030</v>
+        <v>1077</v>
       </c>
       <c r="C61" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D61" t="s">
-        <v>1031</v>
+        <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>1032</v>
+        <v>1078</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1033</v>
+        <v>1079</v>
       </c>
       <c r="H61" t="s">
-        <v>1034</v>
+        <v>1080</v>
+      </c>
+      <c r="I61" t="s">
+        <v>776</v>
+      </c>
+      <c r="J61" t="s">
+        <v>1081</v>
+      </c>
+      <c r="K61" t="s">
+        <v>1082</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B62" t="s">
-        <v>1035</v>
+        <v>1083</v>
       </c>
       <c r="C62" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D62" t="s">
-        <v>1031</v>
+        <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>1036</v>
+        <v>1084</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1037</v>
+        <v>1085</v>
       </c>
       <c r="H62" t="s">
-        <v>1038</v>
+        <v>1086</v>
+      </c>
+      <c r="I62" t="s">
+        <v>1087</v>
+      </c>
+      <c r="J62" t="s">
+        <v>1088</v>
+      </c>
+      <c r="K62" t="s">
+        <v>1089</v>
+      </c>
+      <c r="L62" t="s">
+        <v>1090</v>
+      </c>
+      <c r="M62" t="s">
+        <v>1091</v>
+      </c>
+      <c r="N62" t="s">
+        <v>1092</v>
+      </c>
+      <c r="O62" t="s">
+        <v>1093</v>
+      </c>
+      <c r="P62" t="s">
+        <v>1094</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B63" t="s">
-        <v>1039</v>
+        <v>1095</v>
       </c>
       <c r="C63" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D63" t="s">
-        <v>1040</v>
+        <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>1041</v>
+        <v>1096</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1042</v>
+        <v>1097</v>
       </c>
       <c r="H63" t="s">
-        <v>1043</v>
+        <v>1098</v>
+      </c>
+      <c r="I63" t="s">
+        <v>1099</v>
+      </c>
+      <c r="J63" t="s">
+        <v>1100</v>
+      </c>
+      <c r="K63" t="s">
+        <v>1101</v>
+      </c>
+      <c r="L63" t="s">
+        <v>1102</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B64" t="s">
-        <v>1044</v>
+        <v>1103</v>
       </c>
       <c r="C64" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D64" t="s">
-        <v>1045</v>
+        <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>1046</v>
+        <v>1104</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1047</v>
+        <v>1105</v>
       </c>
       <c r="H64" t="s">
-        <v>1048</v>
+        <v>1106</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1107</v>
+      </c>
+      <c r="J64" t="s">
+        <v>903</v>
+      </c>
+      <c r="K64" t="s">
+        <v>1108</v>
+      </c>
+      <c r="L64" t="s">
+        <v>1109</v>
+      </c>
+      <c r="M64" t="s">
+        <v>1110</v>
+      </c>
+      <c r="N64" t="s">
+        <v>1111</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B65" t="s">
-        <v>1049</v>
+        <v>1112</v>
       </c>
       <c r="C65" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D65" t="s">
-        <v>1045</v>
+        <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>1046</v>
+        <v>1113</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1050</v>
+        <v>1114</v>
       </c>
       <c r="H65" t="s">
-        <v>1051</v>
+        <v>1115</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1116</v>
+      </c>
+      <c r="J65" t="s">
+        <v>1100</v>
+      </c>
+      <c r="K65" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="M65" t="s">
+        <v>1119</v>
+      </c>
+      <c r="N65" t="s">
+        <v>1120</v>
+      </c>
+      <c r="O65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="P65" t="s">
+        <v>1122</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>1123</v>
+      </c>
+      <c r="R65" t="s">
+        <v>1124</v>
+      </c>
+      <c r="S65" t="s">
+        <v>1125</v>
+      </c>
+      <c r="T65" t="s">
+        <v>1126</v>
+      </c>
+      <c r="U65" t="s">
+        <v>1127</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B66" t="s">
-        <v>1052</v>
+        <v>1128</v>
       </c>
       <c r="C66" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D66" t="s">
-        <v>1053</v>
+        <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>1054</v>
+        <v>1129</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1055</v>
+        <v>1130</v>
       </c>
       <c r="H66" t="s">
-        <v>1056</v>
+        <v>1131</v>
+      </c>
+      <c r="I66" t="s">
+        <v>1132</v>
+      </c>
+      <c r="J66" t="s">
+        <v>1133</v>
+      </c>
+      <c r="K66" t="s">
+        <v>1134</v>
+      </c>
+      <c r="L66" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M66" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N66" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O66" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P66" t="s">
+        <v>1139</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B67" t="s">
-        <v>1057</v>
+        <v>1140</v>
       </c>
       <c r="C67" t="s">
-        <v>1058</v>
+        <v>13</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>1059</v>
+        <v>1141</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>1060</v>
+        <v>1142</v>
       </c>
       <c r="H67" t="s">
-        <v>1061</v>
+        <v>1143</v>
+      </c>
+      <c r="I67" t="s">
+        <v>1144</v>
+      </c>
+      <c r="J67" t="s">
+        <v>915</v>
+      </c>
+      <c r="K67" t="s">
+        <v>1145</v>
+      </c>
+      <c r="L67" t="s">
+        <v>1146</v>
+      </c>
+      <c r="M67" t="s">
+        <v>1147</v>
+      </c>
+      <c r="N67" t="s">
+        <v>1148</v>
+      </c>
+      <c r="O67" t="s">
+        <v>1149</v>
+      </c>
+      <c r="P67" t="s">
+        <v>1150</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B68" t="s">
-        <v>1062</v>
+        <v>1151</v>
       </c>
       <c r="C68" t="s">
-        <v>1063</v>
+        <v>13</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>1064</v>
+        <v>1152</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>1065</v>
+        <v>1153</v>
       </c>
       <c r="H68" t="s">
-        <v>1066</v>
+        <v>1154</v>
+      </c>
+      <c r="I68" t="s">
+        <v>1155</v>
+      </c>
+      <c r="J68" t="s">
+        <v>1088</v>
+      </c>
+      <c r="K68" t="s">
+        <v>1156</v>
+      </c>
+      <c r="L68" t="s">
+        <v>1157</v>
+      </c>
+      <c r="M68" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N68" t="s">
+        <v>1159</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B69" t="s">
-        <v>1067</v>
+        <v>1160</v>
       </c>
       <c r="C69" t="s">
-        <v>1068</v>
+        <v>13</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>1069</v>
+        <v>1161</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>1070</v>
+        <v>1162</v>
       </c>
       <c r="H69" t="s">
-        <v>1071</v>
+        <v>1163</v>
+      </c>
+      <c r="I69" t="s">
+        <v>1164</v>
+      </c>
+      <c r="J69" t="s">
+        <v>1165</v>
+      </c>
+      <c r="K69" t="s">
+        <v>1166</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B70" t="s">
-        <v>1072</v>
+        <v>1167</v>
       </c>
       <c r="C70" t="s">
-        <v>1073</v>
+        <v>13</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>1074</v>
+        <v>1168</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>1075</v>
+        <v>1169</v>
       </c>
       <c r="H70" t="s">
-        <v>1076</v>
+        <v>1170</v>
+      </c>
+      <c r="I70" t="s">
+        <v>1171</v>
+      </c>
+      <c r="J70" t="s">
+        <v>1100</v>
+      </c>
+      <c r="K70" t="s">
+        <v>1172</v>
+      </c>
+      <c r="L70" t="s">
+        <v>1173</v>
+      </c>
+      <c r="M70" t="s">
+        <v>1174</v>
+      </c>
+      <c r="N70" t="s">
+        <v>1175</v>
+      </c>
+      <c r="O70" t="s">
+        <v>1176</v>
+      </c>
+      <c r="P70" t="s">
+        <v>1176</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>1177</v>
+      </c>
+      <c r="R70" t="s">
+        <v>1178</v>
+      </c>
+      <c r="S70" t="s">
+        <v>1179</v>
+      </c>
+      <c r="T70" t="s">
+        <v>1180</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B71" t="s">
-        <v>1077</v>
+        <v>1181</v>
       </c>
       <c r="C71" t="s">
-        <v>1078</v>
+        <v>13</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>1074</v>
+        <v>1182</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>1079</v>
+        <v>1183</v>
       </c>
       <c r="H71" t="s">
-        <v>1080</v>
+        <v>1184</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1185</v>
+      </c>
+      <c r="J71" t="s">
+        <v>1033</v>
+      </c>
+      <c r="K71" t="s">
+        <v>1186</v>
+      </c>
+      <c r="L71" t="s">
+        <v>1187</v>
+      </c>
+      <c r="M71" t="s">
+        <v>1188</v>
+      </c>
+      <c r="N71" t="s">
+        <v>1189</v>
+      </c>
+      <c r="O71" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P71" t="s">
+        <v>1191</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>1192</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B72" t="s">
-        <v>1081</v>
+        <v>1193</v>
       </c>
       <c r="C72" t="s">
-        <v>1082</v>
+        <v>13</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>1074</v>
+        <v>1194</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>1083</v>
+        <v>1195</v>
       </c>
       <c r="H72" t="s">
-        <v>1084</v>
+        <v>1196</v>
+      </c>
+      <c r="I72" t="s">
+        <v>1197</v>
+      </c>
+      <c r="J72" t="s">
+        <v>972</v>
+      </c>
+      <c r="K72" t="s">
+        <v>1198</v>
+      </c>
+      <c r="L72" t="s">
+        <v>1199</v>
+      </c>
+      <c r="M72" t="s">
+        <v>1200</v>
+      </c>
+      <c r="N72" t="s">
+        <v>1201</v>
+      </c>
+      <c r="O72" t="s">
+        <v>1202</v>
+      </c>
+      <c r="P72" t="s">
+        <v>1203</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>1204</v>
+      </c>
+      <c r="R72" t="s">
+        <v>1205</v>
+      </c>
+      <c r="S72" t="s">
+        <v>1206</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B73" t="s">
-        <v>1085</v>
+        <v>1207</v>
       </c>
       <c r="C73" t="s">
-        <v>1086</v>
+        <v>13</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>1087</v>
+        <v>1208</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>1088</v>
+        <v>1209</v>
       </c>
       <c r="H73" t="s">
-        <v>1089</v>
+        <v>1210</v>
+      </c>
+      <c r="I73" t="s">
+        <v>1211</v>
+      </c>
+      <c r="J73" t="s">
+        <v>1212</v>
+      </c>
+      <c r="K73" t="s">
+        <v>1213</v>
+      </c>
+      <c r="L73" t="s">
+        <v>1214</v>
+      </c>
+      <c r="M73" t="s">
+        <v>1215</v>
+      </c>
+      <c r="N73" t="s">
+        <v>1216</v>
+      </c>
+      <c r="O73" t="s">
+        <v>1217</v>
+      </c>
+      <c r="P73" t="s">
+        <v>1218</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>1219</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B74" t="s">
-        <v>1090</v>
+        <v>1220</v>
       </c>
       <c r="C74" t="s">
-        <v>1091</v>
+        <v>13</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>877</v>
+        <v>1221</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>1092</v>
+        <v>1222</v>
       </c>
       <c r="H74" t="s">
-        <v>1093</v>
+        <v>1223</v>
+      </c>
+      <c r="I74" t="s">
+        <v>1224</v>
+      </c>
+      <c r="J74" t="s">
+        <v>1225</v>
+      </c>
+      <c r="K74" t="s">
+        <v>1226</v>
+      </c>
+      <c r="L74" t="s">
+        <v>1227</v>
+      </c>
+      <c r="M74" t="s">
+        <v>1228</v>
+      </c>
+      <c r="N74" t="s">
+        <v>1229</v>
+      </c>
+      <c r="O74" t="s">
+        <v>1230</v>
+      </c>
+      <c r="P74" t="s">
+        <v>1231</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>1232</v>
+      </c>
+      <c r="R74" t="s">
+        <v>1233</v>
+      </c>
+      <c r="S74" t="s">
+        <v>1234</v>
+      </c>
+      <c r="T74" t="s">
+        <v>1235</v>
+      </c>
+      <c r="U74" t="s">
+        <v>1236</v>
+      </c>
+      <c r="V74" t="s">
+        <v>1237</v>
+      </c>
+      <c r="W74" t="s">
+        <v>1238</v>
+      </c>
+      <c r="X74" t="s">
+        <v>1239</v>
+      </c>
+      <c r="Y74" t="s">
+        <v>1240</v>
+      </c>
+      <c r="Z74" t="s">
+        <v>1241</v>
+      </c>
+      <c r="AA74" t="s">
+        <v>1242</v>
+      </c>
+      <c r="AB74" t="s">
+        <v>1243</v>
+      </c>
+      <c r="AC74" t="s">
+        <v>1244</v>
+      </c>
+      <c r="AD74" t="s">
+        <v>1245</v>
+      </c>
+      <c r="AE74" t="s">
+        <v>1246</v>
+      </c>
+      <c r="AF74" t="s">
+        <v>1247</v>
+      </c>
+      <c r="AG74" t="s">
+        <v>1248</v>
+      </c>
+      <c r="AH74" t="s">
+        <v>1249</v>
+      </c>
+      <c r="AI74" t="s">
+        <v>1250</v>
+      </c>
+      <c r="AJ74" t="s">
+        <v>1251</v>
+      </c>
+      <c r="AK74" t="s">
+        <v>1252</v>
+      </c>
+      <c r="AL74" t="s">
+        <v>1253</v>
+      </c>
+      <c r="AM74" t="s">
+        <v>1254</v>
+      </c>
+      <c r="AN74" t="s">
+        <v>1255</v>
+      </c>
+      <c r="AO74" t="s">
+        <v>1256</v>
+      </c>
+      <c r="AP74" t="s">
+        <v>1257</v>
+      </c>
+      <c r="AQ74" t="s">
+        <v>1258</v>
+      </c>
+      <c r="AR74" t="s">
+        <v>1259</v>
+      </c>
+      <c r="AS74" t="s">
+        <v>1260</v>
+      </c>
+      <c r="AT74" t="s">
+        <v>1261</v>
+      </c>
+      <c r="AU74" t="s">
+        <v>1262</v>
+      </c>
+      <c r="AV74" t="s">
+        <v>1263</v>
+      </c>
+      <c r="AW74" t="s">
+        <v>1264</v>
+      </c>
+      <c r="AX74" t="s">
+        <v>1265</v>
+      </c>
+      <c r="AY74" t="s">
+        <v>1266</v>
+      </c>
+      <c r="AZ74" t="s">
+        <v>1267</v>
+      </c>
+      <c r="BA74" t="s">
+        <v>1268</v>
+      </c>
+      <c r="BB74" t="s">
+        <v>1269</v>
+      </c>
+      <c r="BC74" t="s">
+        <v>1270</v>
+      </c>
+      <c r="BD74" t="s">
+        <v>1271</v>
+      </c>
+      <c r="BE74" t="s">
+        <v>1272</v>
+      </c>
+      <c r="BF74" t="s">
+        <v>1273</v>
+      </c>
+      <c r="BG74" t="s">
+        <v>1274</v>
+      </c>
+      <c r="BH74" t="s">
+        <v>1275</v>
+      </c>
+      <c r="BI74" t="s">
+        <v>1276</v>
+      </c>
+      <c r="BJ74" t="s">
+        <v>1277</v>
+      </c>
+      <c r="BK74" t="s">
+        <v>1278</v>
+      </c>
+      <c r="BL74" t="s">
+        <v>1279</v>
+      </c>
+      <c r="BM74" t="s">
+        <v>1280</v>
+      </c>
+      <c r="BN74" t="s">
+        <v>1281</v>
+      </c>
+      <c r="BO74" t="s">
+        <v>1282</v>
+      </c>
+      <c r="BP74" t="s">
+        <v>1283</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B75" t="s">
-        <v>1094</v>
+        <v>1284</v>
       </c>
       <c r="C75" t="s">
-        <v>1095</v>
+        <v>13</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>1096</v>
+        <v>1285</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>1097</v>
+        <v>1286</v>
       </c>
       <c r="H75" t="s">
-        <v>1098</v>
+        <v>1287</v>
+      </c>
+      <c r="I75" t="s">
+        <v>1288</v>
+      </c>
+      <c r="J75" t="s">
+        <v>747</v>
+      </c>
+      <c r="K75" t="s">
+        <v>1289</v>
+      </c>
+      <c r="L75" t="s">
+        <v>1290</v>
+      </c>
+      <c r="M75" t="s">
+        <v>1291</v>
+      </c>
+      <c r="N75" t="s">
+        <v>1292</v>
+      </c>
+      <c r="O75" t="s">
+        <v>1293</v>
+      </c>
+      <c r="P75" t="s">
+        <v>1294</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>1295</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B76" t="s">
-        <v>1099</v>
+        <v>1296</v>
       </c>
       <c r="C76" t="s">
-        <v>1100</v>
+        <v>13</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>928</v>
+        <v>1297</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>1101</v>
+        <v>1298</v>
       </c>
       <c r="H76" t="s">
-        <v>1102</v>
+        <v>1299</v>
+      </c>
+      <c r="I76" t="s">
+        <v>1300</v>
+      </c>
+      <c r="J76" t="s">
+        <v>972</v>
+      </c>
+      <c r="K76" t="s">
+        <v>1301</v>
+      </c>
+      <c r="L76" t="s">
+        <v>1302</v>
+      </c>
+      <c r="M76" t="s">
+        <v>1303</v>
+      </c>
+      <c r="N76" t="s">
+        <v>1304</v>
+      </c>
+      <c r="O76" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P76" t="s">
+        <v>1306</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>1307</v>
+      </c>
+      <c r="R76" t="s">
+        <v>1308</v>
+      </c>
+      <c r="S76" t="s">
+        <v>1309</v>
+      </c>
+      <c r="T76" t="s">
+        <v>1310</v>
+      </c>
+      <c r="U76" t="s">
+        <v>1311</v>
+      </c>
+      <c r="V76" t="s">
+        <v>1312</v>
+      </c>
+      <c r="W76" t="s">
+        <v>1313</v>
+      </c>
+      <c r="X76" t="s">
+        <v>1314</v>
+      </c>
+      <c r="Y76" t="s">
+        <v>1315</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B77" t="s">
-        <v>1103</v>
+        <v>1316</v>
       </c>
       <c r="C77" t="s">
-        <v>1104</v>
+        <v>13</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>882</v>
+        <v>1317</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>1105</v>
+        <v>1318</v>
       </c>
       <c r="H77" t="s">
-        <v>1106</v>
+        <v>1319</v>
+      </c>
+      <c r="I77" t="s">
+        <v>1320</v>
+      </c>
+      <c r="J77" t="s">
+        <v>522</v>
+      </c>
+      <c r="K77" t="s">
+        <v>1321</v>
+      </c>
+      <c r="L77" t="s">
+        <v>1322</v>
+      </c>
+      <c r="M77" t="s">
+        <v>1323</v>
+      </c>
+      <c r="N77" t="s">
+        <v>1324</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B78" t="s">
-        <v>1107</v>
+        <v>1325</v>
       </c>
       <c r="C78" t="s">
-        <v>1108</v>
+        <v>13</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>1109</v>
+        <v>1326</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>1110</v>
+        <v>1327</v>
       </c>
       <c r="H78" t="s">
-        <v>1111</v>
+        <v>1328</v>
+      </c>
+      <c r="I78" t="s">
+        <v>1329</v>
+      </c>
+      <c r="J78" t="s">
+        <v>1330</v>
+      </c>
+      <c r="K78" t="s">
+        <v>1331</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1333</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B79" t="s">
-        <v>1112</v>
+        <v>1334</v>
       </c>
       <c r="C79" t="s">
-        <v>1113</v>
+        <v>13</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>1114</v>
+        <v>1335</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>1115</v>
+        <v>1336</v>
       </c>
       <c r="H79" t="s">
-        <v>1116</v>
+        <v>1337</v>
+      </c>
+      <c r="I79" t="s">
+        <v>1338</v>
+      </c>
+      <c r="J79" t="s">
+        <v>1339</v>
+      </c>
+      <c r="K79" t="s">
+        <v>1340</v>
+      </c>
+      <c r="L79" t="s">
+        <v>1341</v>
+      </c>
+      <c r="M79" t="s">
+        <v>1342</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B80" t="s">
-        <v>1117</v>
+        <v>1343</v>
       </c>
       <c r="C80" t="s">
-        <v>1118</v>
+        <v>13</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>1119</v>
+        <v>1344</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>1120</v>
+        <v>1345</v>
       </c>
       <c r="H80" t="s">
-        <v>1121</v>
+        <v>1346</v>
+      </c>
+      <c r="I80" t="s">
+        <v>1347</v>
+      </c>
+      <c r="J80" t="s">
+        <v>1339</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1348</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1349</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1350</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B81" t="s">
-        <v>1122</v>
+        <v>1351</v>
       </c>
       <c r="C81" t="s">
-        <v>1123</v>
+        <v>13</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>1124</v>
+        <v>1352</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>1125</v>
+        <v>1353</v>
       </c>
       <c r="H81" t="s">
-        <v>1126</v>
+        <v>1354</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1355</v>
+      </c>
+      <c r="J81" t="s">
+        <v>1356</v>
+      </c>
+      <c r="K81" t="s">
+        <v>1357</v>
+      </c>
+      <c r="L81" t="s">
+        <v>1358</v>
+      </c>
+      <c r="M81" t="s">
+        <v>1359</v>
+      </c>
+      <c r="N81" t="s">
+        <v>1360</v>
+      </c>
+      <c r="O81" t="s">
+        <v>1361</v>
+      </c>
+      <c r="P81" t="s">
+        <v>1362</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>1363</v>
+      </c>
+      <c r="R81" t="s">
+        <v>1364</v>
+      </c>
+      <c r="S81" t="s">
+        <v>1365</v>
+      </c>
+      <c r="T81" t="s">
+        <v>1366</v>
+      </c>
+      <c r="U81" t="s">
+        <v>1367</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B82" t="s">
-        <v>1127</v>
+        <v>1368</v>
       </c>
       <c r="C82" t="s">
-        <v>1128</v>
+        <v>13</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>1129</v>
+        <v>1369</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>1130</v>
+        <v>1370</v>
       </c>
       <c r="H82" t="s">
-        <v>1131</v>
+        <v>1371</v>
+      </c>
+      <c r="I82" t="s">
+        <v>1372</v>
+      </c>
+      <c r="J82" t="s">
+        <v>1100</v>
+      </c>
+      <c r="K82" t="s">
+        <v>1373</v>
+      </c>
+      <c r="L82" t="s">
+        <v>1374</v>
+      </c>
+      <c r="M82" t="s">
+        <v>1374</v>
+      </c>
+      <c r="N82" t="s">
+        <v>1375</v>
+      </c>
+      <c r="O82" t="s">
+        <v>1376</v>
+      </c>
+      <c r="P82" t="s">
+        <v>1377</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>1378</v>
+      </c>
+      <c r="R82" t="s">
+        <v>1379</v>
+      </c>
+      <c r="S82" t="s">
+        <v>1380</v>
+      </c>
+      <c r="T82" t="s">
+        <v>1381</v>
+      </c>
+      <c r="U82" t="s">
+        <v>1382</v>
+      </c>
+      <c r="V82" t="s">
+        <v>1383</v>
+      </c>
+      <c r="W82" t="s">
+        <v>1384</v>
+      </c>
+      <c r="X82" t="s">
+        <v>1385</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B83" t="s">
-        <v>1132</v>
+        <v>1386</v>
       </c>
       <c r="C83" t="s">
-        <v>1133</v>
+        <v>13</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>1134</v>
+        <v>1387</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>1135</v>
+        <v>1388</v>
       </c>
       <c r="H83" t="s">
-        <v>1136</v>
+        <v>1389</v>
+      </c>
+      <c r="I83" t="s">
+        <v>1390</v>
+      </c>
+      <c r="J83" t="s">
+        <v>714</v>
+      </c>
+      <c r="K83" t="s">
+        <v>1391</v>
+      </c>
+      <c r="L83" t="s">
+        <v>1392</v>
+      </c>
+      <c r="M83" t="s">
+        <v>1393</v>
+      </c>
+      <c r="N83" t="s">
+        <v>1394</v>
+      </c>
+      <c r="O83" t="s">
+        <v>1395</v>
+      </c>
+      <c r="P83" t="s">
+        <v>1396</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>1397</v>
+      </c>
+      <c r="R83" t="s">
+        <v>1398</v>
+      </c>
+      <c r="S83" t="s">
+        <v>1399</v>
+      </c>
+      <c r="T83" t="s">
+        <v>1400</v>
+      </c>
+      <c r="U83" t="s">
+        <v>1401</v>
+      </c>
+      <c r="V83" t="s">
+        <v>1402</v>
+      </c>
+      <c r="W83" t="s">
+        <v>1403</v>
+      </c>
+      <c r="X83" t="s">
+        <v>1404</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B84" t="s">
-        <v>1137</v>
+        <v>1405</v>
       </c>
       <c r="C84" t="s">
-        <v>1138</v>
+        <v>13</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>1139</v>
+        <v>1406</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>1140</v>
+        <v>1407</v>
       </c>
       <c r="H84" t="s">
-        <v>1141</v>
+        <v>1408</v>
+      </c>
+      <c r="I84" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J84" t="s">
+        <v>714</v>
+      </c>
+      <c r="K84" t="s">
+        <v>1410</v>
+      </c>
+      <c r="L84" t="s">
+        <v>1411</v>
+      </c>
+      <c r="M84" t="s">
+        <v>1412</v>
+      </c>
+      <c r="N84" t="s">
+        <v>1413</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B85" t="s">
-        <v>1142</v>
+        <v>1414</v>
       </c>
       <c r="C85" t="s">
-        <v>1143</v>
+        <v>13</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>1144</v>
+        <v>1415</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>1145</v>
+        <v>1416</v>
       </c>
       <c r="H85" t="s">
-        <v>1146</v>
+        <v>1417</v>
+      </c>
+      <c r="I85" t="s">
+        <v>1418</v>
+      </c>
+      <c r="J85" t="s">
+        <v>1419</v>
+      </c>
+      <c r="K85" t="s">
+        <v>1420</v>
+      </c>
+      <c r="L85" t="s">
+        <v>1421</v>
+      </c>
+      <c r="M85" t="s">
+        <v>1422</v>
+      </c>
+      <c r="N85" t="s">
+        <v>1423</v>
+      </c>
+      <c r="O85" t="s">
+        <v>1424</v>
+      </c>
+      <c r="P85" t="s">
+        <v>1425</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>1426</v>
+      </c>
+      <c r="R85" t="s">
+        <v>1427</v>
+      </c>
+      <c r="S85" t="s">
+        <v>1428</v>
+      </c>
+      <c r="T85" t="s">
+        <v>1429</v>
+      </c>
+      <c r="U85" t="s">
+        <v>1430</v>
+      </c>
+      <c r="V85" t="s">
+        <v>1431</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B86" t="s">
-        <v>1147</v>
+        <v>1432</v>
       </c>
       <c r="C86" t="s">
-        <v>1148</v>
+        <v>13</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>1149</v>
+        <v>1433</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>1150</v>
+        <v>1434</v>
       </c>
       <c r="H86" t="s">
-        <v>1151</v>
+        <v>1435</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1436</v>
+      </c>
+      <c r="J86" t="s">
+        <v>740</v>
+      </c>
+      <c r="K86" t="s">
+        <v>1437</v>
+      </c>
+      <c r="L86" t="s">
+        <v>1438</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1439</v>
+      </c>
+      <c r="N86" t="s">
+        <v>1440</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B87" t="s">
-        <v>1152</v>
+        <v>1441</v>
       </c>
       <c r="C87" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D87" t="s">
-        <v>1153</v>
+        <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>1154</v>
+        <v>1442</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>1155</v>
+        <v>1443</v>
       </c>
       <c r="H87" t="s">
-        <v>1156</v>
+        <v>1444</v>
+      </c>
+      <c r="I87" t="s">
+        <v>1445</v>
+      </c>
+      <c r="J87" t="s">
+        <v>573</v>
+      </c>
+      <c r="K87" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L87" t="s">
+        <v>1447</v>
+      </c>
+      <c r="M87" t="s">
+        <v>1448</v>
+      </c>
+      <c r="N87" t="s">
+        <v>1449</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B88" t="s">
-        <v>1157</v>
+        <v>1450</v>
       </c>
       <c r="C88" t="s">
-        <v>1158</v>
+        <v>13</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>1159</v>
+        <v>1442</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>1160</v>
+        <v>1451</v>
       </c>
       <c r="H88" t="s">
-        <v>1161</v>
+        <v>1452</v>
+      </c>
+      <c r="I88" t="s">
+        <v>1453</v>
+      </c>
+      <c r="J88" t="s">
+        <v>1419</v>
+      </c>
+      <c r="K88" t="s">
+        <v>1454</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B89" t="s">
-        <v>1162</v>
+        <v>1455</v>
       </c>
       <c r="C89" t="s">
-        <v>1163</v>
+        <v>13</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>1164</v>
+        <v>1456</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>1165</v>
+        <v>1457</v>
       </c>
       <c r="H89" t="s">
-        <v>1166</v>
+        <v>1458</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1459</v>
+      </c>
+      <c r="J89" t="s">
+        <v>1460</v>
+      </c>
+      <c r="K89" t="s">
+        <v>1461</v>
+      </c>
+      <c r="L89" t="s">
+        <v>1462</v>
+      </c>
+      <c r="M89" t="s">
+        <v>1463</v>
+      </c>
+      <c r="N89" t="s">
+        <v>1464</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B90" t="s">
-        <v>1167</v>
+        <v>1465</v>
       </c>
       <c r="C90" t="s">
-        <v>1168</v>
+        <v>13</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>1169</v>
+        <v>1466</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>1170</v>
+        <v>1467</v>
       </c>
       <c r="H90" t="s">
-        <v>1171</v>
+        <v>1468</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1469</v>
+      </c>
+      <c r="J90" t="s">
+        <v>1356</v>
+      </c>
+      <c r="K90" t="s">
+        <v>1470</v>
+      </c>
+      <c r="L90" t="s">
+        <v>1471</v>
+      </c>
+      <c r="M90" t="s">
+        <v>1472</v>
+      </c>
+      <c r="N90" t="s">
+        <v>1473</v>
+      </c>
+      <c r="O90" t="s">
+        <v>1474</v>
+      </c>
+      <c r="P90" t="s">
+        <v>1475</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>1476</v>
+      </c>
+      <c r="R90" t="s">
+        <v>1477</v>
+      </c>
+      <c r="S90" t="s">
+        <v>1478</v>
+      </c>
+      <c r="T90" t="s">
+        <v>1479</v>
+      </c>
+      <c r="U90" t="s">
+        <v>1480</v>
+      </c>
+      <c r="V90" t="s">
+        <v>1481</v>
+      </c>
+      <c r="W90" t="s">
+        <v>1482</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B91" t="s">
-        <v>1172</v>
+        <v>1483</v>
       </c>
       <c r="C91" t="s">
-        <v>1173</v>
+        <v>13</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>1174</v>
+        <v>1484</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>1175</v>
+        <v>1485</v>
       </c>
       <c r="H91" t="s">
-        <v>1176</v>
+        <v>1486</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1487</v>
+      </c>
+      <c r="J91" t="s">
+        <v>1488</v>
+      </c>
+      <c r="K91" t="s">
+        <v>1489</v>
+      </c>
+      <c r="L91" t="s">
+        <v>1490</v>
+      </c>
+      <c r="M91" t="s">
+        <v>1491</v>
+      </c>
+      <c r="N91" t="s">
+        <v>1492</v>
+      </c>
+      <c r="O91" t="s">
+        <v>1493</v>
+      </c>
+      <c r="P91" t="s">
+        <v>1494</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>1495</v>
+      </c>
+      <c r="R91" t="s">
+        <v>1496</v>
+      </c>
+      <c r="S91" t="s">
+        <v>1497</v>
+      </c>
+      <c r="T91" t="s">
+        <v>1498</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B92" t="s">
-        <v>1177</v>
+        <v>1499</v>
       </c>
       <c r="C92" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D92" t="s">
-        <v>1178</v>
+        <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>1179</v>
+        <v>1500</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>1180</v>
+        <v>1501</v>
       </c>
       <c r="H92" t="s">
-        <v>1181</v>
+        <v>1502</v>
+      </c>
+      <c r="I92" t="s">
+        <v>1503</v>
+      </c>
+      <c r="J92" t="s">
+        <v>1504</v>
+      </c>
+      <c r="K92" t="s">
+        <v>1505</v>
+      </c>
+      <c r="L92" t="s">
+        <v>1506</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B93" t="s">
-        <v>1182</v>
+        <v>1507</v>
       </c>
       <c r="C93" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D93" t="s">
-        <v>1178</v>
+        <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>1179</v>
+        <v>1508</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>1183</v>
+        <v>1509</v>
       </c>
       <c r="H93" t="s">
-        <v>1184</v>
+        <v>1510</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1511</v>
+      </c>
+      <c r="J93" t="s">
+        <v>915</v>
+      </c>
+      <c r="K93" t="s">
+        <v>1512</v>
+      </c>
+      <c r="L93" t="s">
+        <v>1513</v>
+      </c>
+      <c r="M93" t="s">
+        <v>1514</v>
+      </c>
+      <c r="N93" t="s">
+        <v>1515</v>
+      </c>
+      <c r="O93" t="s">
+        <v>1516</v>
+      </c>
+      <c r="P93" t="s">
+        <v>1517</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>1518</v>
+      </c>
+      <c r="R93" t="s">
+        <v>1519</v>
+      </c>
+      <c r="S93" t="s">
+        <v>1520</v>
+      </c>
+      <c r="T93" t="s">
+        <v>1521</v>
+      </c>
+      <c r="U93" t="s">
+        <v>1522</v>
+      </c>
+      <c r="V93" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B94" t="s">
-        <v>1185</v>
+        <v>1524</v>
       </c>
       <c r="C94" t="s">
-        <v>1186</v>
+        <v>13</v>
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>757</v>
+        <v>1525</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>1187</v>
+        <v>1526</v>
       </c>
       <c r="H94" t="s">
-        <v>1188</v>
+        <v>1527</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1528</v>
+      </c>
+      <c r="J94" t="s">
+        <v>1529</v>
+      </c>
+      <c r="K94" t="s">
+        <v>1530</v>
+      </c>
+      <c r="L94" t="s">
+        <v>1531</v>
+      </c>
+      <c r="M94" t="s">
+        <v>1532</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B95" t="s">
-        <v>1189</v>
+        <v>1533</v>
       </c>
       <c r="C95" t="s">
-        <v>1190</v>
+        <v>13</v>
       </c>
       <c r="D95" t="s">
         <v>13</v>
       </c>
       <c r="E95" t="s">
-        <v>757</v>
+        <v>1534</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>1191</v>
+        <v>1535</v>
       </c>
       <c r="H95" t="s">
-        <v>1192</v>
+        <v>1536</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1537</v>
+      </c>
+      <c r="J95" t="s">
+        <v>1538</v>
+      </c>
+      <c r="K95" t="s">
+        <v>1539</v>
+      </c>
+      <c r="L95" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M95" t="s">
+        <v>1541</v>
+      </c>
+      <c r="N95" t="s">
+        <v>1542</v>
+      </c>
+      <c r="O95" t="s">
+        <v>1543</v>
+      </c>
+      <c r="P95" t="s">
+        <v>1544</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>1545</v>
+      </c>
+      <c r="R95" t="s">
+        <v>1546</v>
+      </c>
+      <c r="S95" t="s">
+        <v>1547</v>
+      </c>
+      <c r="T95" t="s">
+        <v>1548</v>
+      </c>
+      <c r="U95" t="s">
+        <v>1549</v>
+      </c>
+      <c r="V95" t="s">
+        <v>1550</v>
+      </c>
+      <c r="W95" t="s">
+        <v>1551</v>
+      </c>
+      <c r="X95" t="s">
+        <v>1552</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B96" t="s">
-        <v>1193</v>
+        <v>1553</v>
       </c>
       <c r="C96" t="s">
-        <v>1194</v>
+        <v>13</v>
       </c>
       <c r="D96" t="s">
         <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>1195</v>
+        <v>1554</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>1196</v>
+        <v>1555</v>
       </c>
       <c r="H96" t="s">
-        <v>1197</v>
+        <v>1556</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J96" t="s">
+        <v>1225</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1558</v>
+      </c>
+      <c r="L96" t="s">
+        <v>1559</v>
+      </c>
+      <c r="M96" t="s">
+        <v>1560</v>
+      </c>
+      <c r="N96" t="s">
+        <v>1561</v>
+      </c>
+      <c r="O96" t="s">
+        <v>1562</v>
+      </c>
+      <c r="P96" t="s">
+        <v>1563</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>1564</v>
+      </c>
+      <c r="R96" t="s">
+        <v>1565</v>
+      </c>
+      <c r="S96" t="s">
+        <v>1566</v>
+      </c>
+      <c r="T96" t="s">
+        <v>1567</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B97" t="s">
-        <v>1198</v>
+        <v>1568</v>
       </c>
       <c r="C97" t="s">
-        <v>1199</v>
+        <v>13</v>
       </c>
       <c r="D97" t="s">
         <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>1074</v>
+        <v>1569</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>1200</v>
+        <v>1570</v>
       </c>
       <c r="H97" t="s">
-        <v>1201</v>
+        <v>1571</v>
+      </c>
+      <c r="I97" t="s">
+        <v>1572</v>
+      </c>
+      <c r="J97" t="s">
+        <v>1573</v>
+      </c>
+      <c r="K97" t="s">
+        <v>1574</v>
+      </c>
+      <c r="L97" t="s">
+        <v>1575</v>
+      </c>
+      <c r="M97" t="s">
+        <v>1576</v>
+      </c>
+      <c r="N97" t="s">
+        <v>1577</v>
+      </c>
+      <c r="O97" t="s">
+        <v>1578</v>
+      </c>
+      <c r="P97" t="s">
+        <v>1579</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>1580</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B98" t="s">
-        <v>1202</v>
+        <v>1581</v>
       </c>
       <c r="C98" t="s">
-        <v>1203</v>
+        <v>13</v>
       </c>
       <c r="D98" t="s">
         <v>13</v>
       </c>
       <c r="E98" t="s">
-        <v>1074</v>
+        <v>1582</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>1204</v>
+        <v>1583</v>
       </c>
       <c r="H98" t="s">
-        <v>1205</v>
+        <v>1584</v>
+      </c>
+      <c r="I98" t="s">
+        <v>1585</v>
+      </c>
+      <c r="J98" t="s">
+        <v>1586</v>
+      </c>
+      <c r="K98" t="s">
+        <v>1587</v>
+      </c>
+      <c r="L98" t="s">
+        <v>1588</v>
+      </c>
+      <c r="M98" t="s">
+        <v>1588</v>
+      </c>
+      <c r="N98" t="s">
+        <v>1589</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B99" t="s">
-        <v>1206</v>
+        <v>1590</v>
       </c>
       <c r="C99" t="s">
-        <v>1207</v>
+        <v>13</v>
       </c>
       <c r="D99" t="s">
         <v>13</v>
       </c>
       <c r="E99" t="s">
-        <v>1208</v>
+        <v>1591</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>1209</v>
+        <v>1592</v>
       </c>
       <c r="H99" t="s">
-        <v>1210</v>
+        <v>1593</v>
+      </c>
+      <c r="I99" t="s">
+        <v>1594</v>
+      </c>
+      <c r="J99" t="s">
+        <v>1595</v>
+      </c>
+      <c r="K99" t="s">
+        <v>1596</v>
+      </c>
+      <c r="L99" t="s">
+        <v>1597</v>
+      </c>
+      <c r="M99" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N99" t="s">
+        <v>1599</v>
+      </c>
+      <c r="O99" t="s">
+        <v>1600</v>
+      </c>
+      <c r="P99" t="s">
+        <v>1601</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>1602</v>
+      </c>
+      <c r="R99" t="s">
+        <v>1603</v>
+      </c>
+      <c r="S99" t="s">
+        <v>1604</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B100" t="s">
-        <v>1211</v>
+        <v>1605</v>
       </c>
       <c r="C100" t="s">
-        <v>1212</v>
+        <v>13</v>
       </c>
       <c r="D100" t="s">
         <v>13</v>
       </c>
       <c r="E100" t="s">
-        <v>1213</v>
+        <v>1606</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>1214</v>
+        <v>1607</v>
       </c>
       <c r="H100" t="s">
-        <v>1215</v>
+        <v>1608</v>
+      </c>
+      <c r="I100" t="s">
+        <v>1609</v>
+      </c>
+      <c r="J100" t="s">
+        <v>682</v>
+      </c>
+      <c r="K100" t="s">
+        <v>1610</v>
+      </c>
+      <c r="L100" t="s">
+        <v>1611</v>
+      </c>
+      <c r="M100" t="s">
+        <v>1612</v>
+      </c>
+      <c r="N100" t="s">
+        <v>1613</v>
+      </c>
+      <c r="O100" t="s">
+        <v>1613</v>
+      </c>
+      <c r="P100" t="s">
+        <v>1614</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>1615</v>
+      </c>
+      <c r="R100" t="s">
+        <v>1616</v>
+      </c>
+      <c r="S100" t="s">
+        <v>1617</v>
+      </c>
+      <c r="T100" t="s">
+        <v>1618</v>
+      </c>
+      <c r="U100" t="s">
+        <v>1619</v>
+      </c>
+      <c r="V100" t="s">
+        <v>1620</v>
+      </c>
+      <c r="W100" t="s">
+        <v>1621</v>
+      </c>
+      <c r="X100" t="s">
+        <v>1622</v>
+      </c>
+      <c r="Y100" t="s">
+        <v>1623</v>
+      </c>
+      <c r="Z100" t="s">
+        <v>1624</v>
+      </c>
+      <c r="AA100" t="s">
+        <v>1625</v>
+      </c>
+      <c r="AB100" t="s">
+        <v>1626</v>
+      </c>
+      <c r="AC100" t="s">
+        <v>1627</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B101" t="s">
-        <v>1216</v>
+        <v>1628</v>
       </c>
       <c r="C101" t="s">
-        <v>1217</v>
+        <v>13</v>
       </c>
       <c r="D101" t="s">
         <v>13</v>
       </c>
       <c r="E101" t="s">
-        <v>1218</v>
+        <v>1629</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>1219</v>
+        <v>1630</v>
       </c>
       <c r="H101" t="s">
-        <v>1220</v>
+        <v>1631</v>
+      </c>
+      <c r="I101" t="s">
+        <v>1632</v>
+      </c>
+      <c r="J101" t="s">
+        <v>1633</v>
+      </c>
+      <c r="K101" t="s">
+        <v>1634</v>
+      </c>
+      <c r="L101" t="s">
+        <v>1635</v>
+      </c>
+      <c r="M101" t="s">
+        <v>1636</v>
+      </c>
+      <c r="N101" t="s">
+        <v>1637</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B102" t="s">
-        <v>1221</v>
+        <v>1638</v>
       </c>
       <c r="C102" t="s">
-        <v>1222</v>
+        <v>13</v>
       </c>
       <c r="D102" t="s">
         <v>13</v>
       </c>
       <c r="E102" t="s">
-        <v>1223</v>
+        <v>1639</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
-        <v>1224</v>
+        <v>1640</v>
       </c>
       <c r="H102" t="s">
-        <v>1225</v>
+        <v>1641</v>
+      </c>
+      <c r="I102" t="s">
+        <v>1642</v>
+      </c>
+      <c r="J102" t="s">
+        <v>1643</v>
+      </c>
+      <c r="K102" t="s">
+        <v>1644</v>
+      </c>
+      <c r="L102" t="s">
+        <v>1645</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B103" t="s">
-        <v>1226</v>
+        <v>1646</v>
       </c>
       <c r="C103" t="s">
-        <v>1227</v>
+        <v>13</v>
       </c>
       <c r="D103" t="s">
         <v>13</v>
       </c>
       <c r="E103" t="s">
-        <v>1228</v>
+        <v>1647</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>1229</v>
+        <v>1648</v>
       </c>
       <c r="H103" t="s">
-        <v>1230</v>
+        <v>1649</v>
+      </c>
+      <c r="I103" t="s">
+        <v>1347</v>
+      </c>
+      <c r="J103" t="s">
+        <v>1650</v>
+      </c>
+      <c r="K103" t="s">
+        <v>1651</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B104" t="s">
-        <v>1231</v>
+        <v>1652</v>
       </c>
       <c r="C104" t="s">
-        <v>1232</v>
+        <v>13</v>
       </c>
       <c r="D104" t="s">
         <v>13</v>
       </c>
       <c r="E104" t="s">
-        <v>1233</v>
+        <v>1653</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
-        <v>1234</v>
+        <v>1654</v>
       </c>
       <c r="H104" t="s">
-        <v>1235</v>
+        <v>1655</v>
+      </c>
+      <c r="I104" t="s">
+        <v>1656</v>
+      </c>
+      <c r="J104" t="s">
+        <v>1212</v>
+      </c>
+      <c r="K104" t="s">
+        <v>1657</v>
+      </c>
+      <c r="L104" t="s">
+        <v>1658</v>
+      </c>
+      <c r="M104" t="s">
+        <v>1659</v>
+      </c>
+      <c r="N104" t="s">
+        <v>1660</v>
+      </c>
+      <c r="O104" t="s">
+        <v>1661</v>
+      </c>
+      <c r="P104" t="s">
+        <v>1661</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>1662</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B105" t="s">
-        <v>1236</v>
+        <v>1663</v>
       </c>
       <c r="C105" t="s">
-        <v>1237</v>
+        <v>13</v>
       </c>
       <c r="D105" t="s">
         <v>13</v>
       </c>
       <c r="E105" t="s">
-        <v>1238</v>
+        <v>1664</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" t="s">
-        <v>1239</v>
+        <v>1665</v>
       </c>
       <c r="H105" t="s">
-        <v>1240</v>
+        <v>1666</v>
+      </c>
+      <c r="I105" t="s">
+        <v>888</v>
+      </c>
+      <c r="J105" t="s">
+        <v>1667</v>
+      </c>
+      <c r="K105" t="s">
+        <v>1668</v>
+      </c>
+      <c r="L105" t="s">
+        <v>1669</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B106" t="s">
-        <v>1241</v>
+        <v>1670</v>
       </c>
       <c r="C106" t="s">
-        <v>1242</v>
+        <v>13</v>
       </c>
       <c r="D106" t="s">
         <v>13</v>
       </c>
       <c r="E106" t="s">
-        <v>1238</v>
+        <v>1671</v>
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" t="s">
-        <v>1243</v>
+        <v>1672</v>
       </c>
       <c r="H106" t="s">
-        <v>1244</v>
+        <v>1673</v>
+      </c>
+      <c r="I106" t="s">
+        <v>1674</v>
+      </c>
+      <c r="J106" t="s">
+        <v>682</v>
+      </c>
+      <c r="K106" t="s">
+        <v>1675</v>
+      </c>
+      <c r="L106" t="s">
+        <v>1676</v>
+      </c>
+      <c r="M106" t="s">
+        <v>1677</v>
+      </c>
+      <c r="N106" t="s">
+        <v>1678</v>
+      </c>
+      <c r="O106" t="s">
+        <v>1679</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B107" t="s">
-        <v>1245</v>
+        <v>1680</v>
       </c>
       <c r="C107" t="s">
-        <v>1246</v>
+        <v>13</v>
       </c>
       <c r="D107" t="s">
         <v>13</v>
       </c>
       <c r="E107" t="s">
-        <v>877</v>
+        <v>1681</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>1247</v>
+        <v>1682</v>
       </c>
       <c r="H107" t="s">
-        <v>1248</v>
+        <v>1683</v>
+      </c>
+      <c r="I107" t="s">
+        <v>1684</v>
+      </c>
+      <c r="J107" t="s">
+        <v>463</v>
+      </c>
+      <c r="K107" t="s">
+        <v>1685</v>
+      </c>
+      <c r="L107" t="s">
+        <v>1686</v>
+      </c>
+      <c r="M107" t="s">
+        <v>1687</v>
+      </c>
+      <c r="N107" t="s">
+        <v>1688</v>
+      </c>
+      <c r="O107" t="s">
+        <v>1689</v>
+      </c>
+      <c r="P107" t="s">
+        <v>1690</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>1691</v>
+      </c>
+      <c r="R107" t="s">
+        <v>1690</v>
+      </c>
+      <c r="S107" t="s">
+        <v>1692</v>
+      </c>
+      <c r="T107" t="s">
+        <v>1693</v>
+      </c>
+      <c r="U107" t="s">
+        <v>1694</v>
+      </c>
+      <c r="V107" t="s">
+        <v>1695</v>
+      </c>
+      <c r="W107" t="s">
+        <v>1696</v>
+      </c>
+      <c r="X107" t="s">
+        <v>1697</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B108" t="s">
-        <v>1249</v>
+        <v>1698</v>
       </c>
       <c r="C108" t="s">
-        <v>1250</v>
+        <v>13</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
       <c r="E108" t="s">
-        <v>877</v>
+        <v>1699</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>1251</v>
+        <v>1700</v>
       </c>
       <c r="H108" t="s">
-        <v>1252</v>
+        <v>1701</v>
+      </c>
+      <c r="I108" t="s">
+        <v>1702</v>
+      </c>
+      <c r="J108" t="s">
+        <v>1703</v>
+      </c>
+      <c r="K108" t="s">
+        <v>1704</v>
+      </c>
+      <c r="L108" t="s">
+        <v>1705</v>
+      </c>
+      <c r="M108" t="s">
+        <v>1705</v>
+      </c>
+      <c r="N108" t="s">
+        <v>1706</v>
+      </c>
+      <c r="O108" t="s">
+        <v>1707</v>
+      </c>
+      <c r="P108" t="s">
+        <v>1706</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>1704</v>
+      </c>
+      <c r="R108" t="s">
+        <v>1706</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B109" t="s">
-        <v>1253</v>
+        <v>1708</v>
       </c>
       <c r="C109" t="s">
-        <v>1254</v>
+        <v>13</v>
       </c>
       <c r="D109" t="s">
         <v>13</v>
       </c>
       <c r="E109" t="s">
-        <v>1255</v>
+        <v>1709</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>1256</v>
+        <v>1710</v>
       </c>
       <c r="H109" t="s">
-        <v>1257</v>
+        <v>1711</v>
+      </c>
+      <c r="I109" t="s">
+        <v>1712</v>
+      </c>
+      <c r="J109" t="s">
+        <v>573</v>
+      </c>
+      <c r="K109" t="s">
+        <v>1713</v>
+      </c>
+      <c r="L109" t="s">
+        <v>1714</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B110" t="s">
-        <v>1258</v>
+        <v>1715</v>
       </c>
       <c r="C110" t="s">
-        <v>1259</v>
+        <v>13</v>
       </c>
       <c r="D110" t="s">
         <v>13</v>
       </c>
       <c r="E110" t="s">
-        <v>1260</v>
+        <v>1716</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>1261</v>
+        <v>1717</v>
       </c>
       <c r="H110" t="s">
-        <v>1262</v>
+        <v>1718</v>
+      </c>
+      <c r="I110" t="s">
+        <v>1719</v>
+      </c>
+      <c r="J110" t="s">
+        <v>1100</v>
+      </c>
+      <c r="K110" t="s">
+        <v>1720</v>
+      </c>
+      <c r="L110" t="s">
+        <v>1721</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B111" t="s">
-        <v>1263</v>
+        <v>1722</v>
       </c>
       <c r="C111" t="s">
-        <v>1264</v>
+        <v>13</v>
       </c>
       <c r="D111" t="s">
         <v>13</v>
       </c>
       <c r="E111" t="s">
-        <v>1260</v>
+        <v>1029</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>1265</v>
+        <v>1723</v>
       </c>
       <c r="H111" t="s">
-        <v>1266</v>
+        <v>1724</v>
+      </c>
+      <c r="I111" t="s">
+        <v>1725</v>
+      </c>
+      <c r="J111" t="s">
+        <v>589</v>
+      </c>
+      <c r="K111" t="s">
+        <v>1726</v>
+      </c>
+      <c r="L111" t="s">
+        <v>1727</v>
+      </c>
+      <c r="M111" t="s">
+        <v>1728</v>
+      </c>
+      <c r="N111" t="s">
+        <v>1729</v>
+      </c>
+      <c r="O111" t="s">
+        <v>1730</v>
+      </c>
+      <c r="P111" t="s">
+        <v>1731</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>1732</v>
+      </c>
+      <c r="R111" t="s">
+        <v>1733</v>
+      </c>
+      <c r="S111" t="s">
+        <v>1734</v>
+      </c>
+      <c r="T111" t="s">
+        <v>1735</v>
+      </c>
+      <c r="U111" t="s">
+        <v>1736</v>
+      </c>
+      <c r="V111" t="s">
+        <v>1737</v>
+      </c>
+      <c r="W111" t="s">
+        <v>1738</v>
+      </c>
+      <c r="X111" t="s">
+        <v>1739</v>
+      </c>
+      <c r="Y111" t="s">
+        <v>1740</v>
+      </c>
+      <c r="Z111" t="s">
+        <v>1741</v>
+      </c>
+      <c r="AA111" t="s">
+        <v>1742</v>
+      </c>
+      <c r="AB111" t="s">
+        <v>1743</v>
+      </c>
+      <c r="AC111" t="s">
+        <v>1744</v>
+      </c>
+      <c r="AD111" t="s">
+        <v>1745</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B112" t="s">
-        <v>1267</v>
+        <v>1746</v>
       </c>
       <c r="C112" t="s">
-        <v>1268</v>
+        <v>13</v>
       </c>
       <c r="D112" t="s">
         <v>13</v>
       </c>
       <c r="E112" t="s">
-        <v>1269</v>
+        <v>1747</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>1270</v>
+        <v>1748</v>
       </c>
       <c r="H112" t="s">
-        <v>1271</v>
+        <v>1749</v>
+      </c>
+      <c r="I112" t="s">
+        <v>1750</v>
+      </c>
+      <c r="J112" t="s">
+        <v>463</v>
+      </c>
+      <c r="K112" t="s">
+        <v>1751</v>
+      </c>
+      <c r="L112" t="s">
+        <v>1752</v>
+      </c>
+      <c r="M112" t="s">
+        <v>1753</v>
+      </c>
+      <c r="N112" t="s">
+        <v>1754</v>
+      </c>
+      <c r="O112" t="s">
+        <v>1755</v>
+      </c>
+      <c r="P112" t="s">
+        <v>1756</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>1757</v>
+      </c>
+      <c r="R112" t="s">
+        <v>1758</v>
+      </c>
+      <c r="S112" t="s">
+        <v>1759</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B113" t="s">
-        <v>1272</v>
+        <v>1760</v>
       </c>
       <c r="C113" t="s">
-        <v>1273</v>
+        <v>13</v>
       </c>
       <c r="D113" t="s">
         <v>13</v>
       </c>
       <c r="E113" t="s">
-        <v>1274</v>
+        <v>1761</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" t="s">
-        <v>1275</v>
+        <v>1762</v>
       </c>
       <c r="H113" t="s">
-        <v>1276</v>
+        <v>1763</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1764</v>
+      </c>
+      <c r="J113" t="s">
+        <v>724</v>
+      </c>
+      <c r="K113" t="s">
+        <v>1765</v>
+      </c>
+      <c r="L113" t="s">
+        <v>1766</v>
+      </c>
+      <c r="M113" t="s">
+        <v>1767</v>
+      </c>
+      <c r="N113" t="s">
+        <v>1768</v>
+      </c>
+      <c r="O113" t="s">
+        <v>1769</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B114" t="s">
-        <v>1277</v>
+        <v>1770</v>
       </c>
       <c r="C114" t="s">
-        <v>1278</v>
+        <v>13</v>
       </c>
       <c r="D114" t="s">
         <v>13</v>
       </c>
       <c r="E114" t="s">
-        <v>928</v>
+        <v>1771</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>1279</v>
+        <v>1772</v>
       </c>
       <c r="H114" t="s">
-        <v>1280</v>
+        <v>1773</v>
+      </c>
+      <c r="I114" t="s">
+        <v>1774</v>
+      </c>
+      <c r="J114" t="s">
+        <v>1775</v>
+      </c>
+      <c r="K114" t="s">
+        <v>1776</v>
+      </c>
+      <c r="L114" t="s">
+        <v>1777</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B115" t="s">
-        <v>1281</v>
+        <v>1778</v>
       </c>
       <c r="C115" t="s">
-        <v>1282</v>
+        <v>13</v>
       </c>
       <c r="D115" t="s">
         <v>13</v>
       </c>
       <c r="E115" t="s">
-        <v>928</v>
+        <v>1779</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>1283</v>
+        <v>1780</v>
       </c>
       <c r="H115" t="s">
-        <v>1284</v>
+        <v>1781</v>
+      </c>
+      <c r="I115" t="s">
+        <v>1782</v>
+      </c>
+      <c r="J115" t="s">
+        <v>1783</v>
+      </c>
+      <c r="K115" t="s">
+        <v>1784</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B116" t="s">
-        <v>1285</v>
+        <v>1785</v>
       </c>
       <c r="C116" t="s">
-        <v>1286</v>
+        <v>13</v>
       </c>
       <c r="D116" t="s">
-        <v>1287</v>
+        <v>13</v>
       </c>
       <c r="E116" t="s">
-        <v>1288</v>
+        <v>1786</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>1289</v>
+        <v>1787</v>
       </c>
       <c r="H116" t="s">
-        <v>1290</v>
+        <v>1788</v>
+      </c>
+      <c r="I116" t="s">
+        <v>1789</v>
+      </c>
+      <c r="J116" t="s">
+        <v>1790</v>
+      </c>
+      <c r="K116" t="s">
+        <v>1791</v>
+      </c>
+      <c r="L116" t="s">
+        <v>1792</v>
+      </c>
+      <c r="M116" t="s">
+        <v>1793</v>
+      </c>
+      <c r="N116" t="s">
+        <v>1794</v>
+      </c>
+      <c r="O116" t="s">
+        <v>1795</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B117" t="s">
-        <v>1291</v>
+        <v>1796</v>
       </c>
       <c r="C117" t="s">
-        <v>1292</v>
+        <v>13</v>
       </c>
       <c r="D117" t="s">
         <v>13</v>
       </c>
       <c r="E117" t="s">
-        <v>1293</v>
+        <v>1797</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>1294</v>
+        <v>1798</v>
       </c>
       <c r="H117" t="s">
-        <v>1295</v>
+        <v>1799</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1800</v>
+      </c>
+      <c r="J117" t="s">
+        <v>1801</v>
+      </c>
+      <c r="K117" t="s">
+        <v>1802</v>
+      </c>
+      <c r="L117" t="s">
+        <v>1803</v>
+      </c>
+      <c r="M117" t="s">
+        <v>1804</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B118" t="s">
-        <v>1296</v>
+        <v>1805</v>
       </c>
       <c r="C118" t="s">
-        <v>1297</v>
+        <v>13</v>
       </c>
       <c r="D118" t="s">
         <v>13</v>
       </c>
       <c r="E118" t="s">
-        <v>882</v>
+        <v>1806</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>1298</v>
+        <v>1807</v>
       </c>
       <c r="H118" t="s">
-        <v>1299</v>
+        <v>1808</v>
+      </c>
+      <c r="I118" t="s">
+        <v>1809</v>
+      </c>
+      <c r="J118" t="s">
+        <v>682</v>
+      </c>
+      <c r="K118" t="s">
+        <v>1810</v>
+      </c>
+      <c r="L118" t="s">
+        <v>1811</v>
+      </c>
+      <c r="M118" t="s">
+        <v>1812</v>
+      </c>
+      <c r="N118" t="s">
+        <v>1813</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B119" t="s">
-        <v>1300</v>
+        <v>1814</v>
       </c>
       <c r="C119" t="s">
-        <v>1301</v>
+        <v>13</v>
       </c>
       <c r="D119" t="s">
         <v>13</v>
       </c>
       <c r="E119" t="s">
-        <v>882</v>
+        <v>1815</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>1302</v>
+        <v>1816</v>
       </c>
       <c r="H119" t="s">
-        <v>1303</v>
+        <v>1817</v>
+      </c>
+      <c r="I119" t="s">
+        <v>1818</v>
+      </c>
+      <c r="J119" t="s">
+        <v>682</v>
+      </c>
+      <c r="K119" t="s">
+        <v>1819</v>
+      </c>
+      <c r="L119" t="s">
+        <v>1820</v>
+      </c>
+      <c r="M119" t="s">
+        <v>1821</v>
+      </c>
+      <c r="N119" t="s">
+        <v>1822</v>
+      </c>
+      <c r="O119" t="s">
+        <v>1823</v>
+      </c>
+      <c r="P119" t="s">
+        <v>1824</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>1825</v>
+      </c>
+      <c r="R119" t="s">
+        <v>1826</v>
+      </c>
+      <c r="S119" t="s">
+        <v>1827</v>
+      </c>
+      <c r="T119" t="s">
+        <v>1828</v>
+      </c>
+      <c r="U119" t="s">
+        <v>1829</v>
+      </c>
+      <c r="V119" t="s">
+        <v>1830</v>
+      </c>
+      <c r="W119" t="s">
+        <v>1831</v>
+      </c>
+      <c r="X119" t="s">
+        <v>1832</v>
+      </c>
+      <c r="Y119" t="s">
+        <v>1833</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B120" t="s">
-        <v>1304</v>
+        <v>1834</v>
       </c>
       <c r="C120" t="s">
-        <v>1305</v>
+        <v>13</v>
       </c>
       <c r="D120" t="s">
         <v>13</v>
       </c>
       <c r="E120" t="s">
-        <v>882</v>
+        <v>1835</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>1306</v>
+        <v>1836</v>
       </c>
       <c r="H120" t="s">
-        <v>1307</v>
+        <v>1837</v>
+      </c>
+      <c r="I120" t="s">
+        <v>1838</v>
+      </c>
+      <c r="J120" t="s">
+        <v>1356</v>
+      </c>
+      <c r="K120" t="s">
+        <v>1839</v>
+      </c>
+      <c r="L120" t="s">
+        <v>1840</v>
+      </c>
+      <c r="M120" t="s">
+        <v>1477</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B121" t="s">
-        <v>1308</v>
+        <v>1841</v>
       </c>
       <c r="C121" t="s">
-        <v>1309</v>
+        <v>13</v>
       </c>
       <c r="D121" t="s">
         <v>13</v>
       </c>
       <c r="E121" t="s">
-        <v>1310</v>
+        <v>1842</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>1311</v>
+        <v>1843</v>
       </c>
       <c r="H121" t="s">
-        <v>1312</v>
+        <v>1844</v>
+      </c>
+      <c r="I121" t="s">
+        <v>1845</v>
+      </c>
+      <c r="J121" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K121" t="s">
+        <v>1847</v>
+      </c>
+      <c r="L121" t="s">
+        <v>1848</v>
+      </c>
+      <c r="M121" t="s">
+        <v>1849</v>
+      </c>
+      <c r="N121" t="s">
+        <v>1850</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B122" t="s">
-        <v>1313</v>
+        <v>1851</v>
       </c>
       <c r="C122" t="s">
-        <v>1314</v>
+        <v>13</v>
       </c>
       <c r="D122" t="s">
         <v>13</v>
       </c>
       <c r="E122" t="s">
-        <v>1315</v>
+        <v>1852</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>1316</v>
+        <v>1853</v>
       </c>
       <c r="H122" t="s">
-        <v>1317</v>
+        <v>1854</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1855</v>
+      </c>
+      <c r="J122" t="s">
+        <v>1488</v>
+      </c>
+      <c r="K122" t="s">
+        <v>1856</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B123" t="s">
-        <v>1318</v>
+        <v>1857</v>
       </c>
       <c r="C123" t="s">
-        <v>1319</v>
+        <v>13</v>
       </c>
       <c r="D123" t="s">
-        <v>959</v>
+        <v>13</v>
       </c>
       <c r="E123" t="s">
-        <v>1320</v>
+        <v>1858</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" t="s">
-        <v>1321</v>
+        <v>1859</v>
       </c>
       <c r="H123" t="s">
-        <v>1322</v>
+        <v>1860</v>
+      </c>
+      <c r="I123" t="s">
+        <v>1861</v>
+      </c>
+      <c r="J123" t="s">
+        <v>1862</v>
+      </c>
+      <c r="K123" t="s">
+        <v>1863</v>
+      </c>
+      <c r="L123" t="s">
+        <v>1864</v>
+      </c>
+      <c r="M123" t="s">
+        <v>1865</v>
+      </c>
+      <c r="N123" t="s">
+        <v>1866</v>
+      </c>
+      <c r="O123" t="s">
+        <v>1867</v>
+      </c>
+      <c r="P123" t="s">
+        <v>1868</v>
+      </c>
+      <c r="Q123" t="s">
+        <v>1869</v>
+      </c>
+      <c r="R123" t="s">
+        <v>1870</v>
+      </c>
+      <c r="S123" t="s">
+        <v>1871</v>
+      </c>
+      <c r="T123" t="s">
+        <v>1872</v>
+      </c>
+      <c r="U123" t="s">
+        <v>1873</v>
+      </c>
+      <c r="V123" t="s">
+        <v>1867</v>
+      </c>
+      <c r="W123" t="s">
+        <v>1864</v>
+      </c>
+      <c r="X123" t="s">
+        <v>1863</v>
+      </c>
+      <c r="Y123" t="s">
+        <v>1874</v>
+      </c>
+      <c r="Z123" t="s">
+        <v>1875</v>
+      </c>
+      <c r="AA123" t="s">
+        <v>1876</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B124" t="s">
-        <v>1323</v>
+        <v>1877</v>
       </c>
       <c r="C124" t="s">
-        <v>1324</v>
+        <v>13</v>
       </c>
       <c r="D124" t="s">
         <v>13</v>
       </c>
       <c r="E124" t="s">
-        <v>1325</v>
+        <v>1878</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>1326</v>
+        <v>1879</v>
       </c>
       <c r="H124" t="s">
-        <v>1327</v>
+        <v>1880</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1881</v>
+      </c>
+      <c r="J124" t="s">
+        <v>1033</v>
+      </c>
+      <c r="K124" t="s">
+        <v>1882</v>
+      </c>
+      <c r="L124" t="s">
+        <v>1883</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B125" t="s">
-        <v>1328</v>
+        <v>1884</v>
       </c>
       <c r="C125" t="s">
-        <v>1329</v>
+        <v>13</v>
       </c>
       <c r="D125" t="s">
         <v>13</v>
       </c>
       <c r="E125" t="s">
-        <v>1330</v>
+        <v>1885</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" t="s">
-        <v>1331</v>
+        <v>1886</v>
       </c>
       <c r="H125" t="s">
-        <v>1332</v>
+        <v>1887</v>
+      </c>
+      <c r="I125" t="s">
+        <v>1132</v>
+      </c>
+      <c r="J125" t="s">
+        <v>1888</v>
+      </c>
+      <c r="K125" t="s">
+        <v>1889</v>
+      </c>
+      <c r="L125" t="s">
+        <v>1890</v>
+      </c>
+      <c r="M125" t="s">
+        <v>1891</v>
+      </c>
+      <c r="N125" t="s">
+        <v>1892</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B126" t="s">
-        <v>1333</v>
+        <v>1893</v>
       </c>
       <c r="C126" t="s">
-        <v>1334</v>
+        <v>13</v>
       </c>
       <c r="D126" t="s">
         <v>13</v>
       </c>
       <c r="E126" t="s">
-        <v>1335</v>
+        <v>1894</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" t="s">
-        <v>1336</v>
+        <v>1895</v>
       </c>
       <c r="H126" t="s">
-        <v>1337</v>
+        <v>1896</v>
+      </c>
+      <c r="I126" t="s">
+        <v>1897</v>
+      </c>
+      <c r="J126" t="s">
+        <v>903</v>
+      </c>
+      <c r="K126" t="s">
+        <v>1898</v>
+      </c>
+      <c r="L126" t="s">
+        <v>1899</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B127" t="s">
-        <v>1338</v>
+        <v>1900</v>
       </c>
       <c r="C127" t="s">
-        <v>1339</v>
+        <v>13</v>
       </c>
       <c r="D127" t="s">
         <v>13</v>
       </c>
       <c r="E127" t="s">
-        <v>1340</v>
+        <v>1901</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" t="s">
-        <v>1341</v>
+        <v>1902</v>
       </c>
       <c r="H127" t="s">
-        <v>1342</v>
+        <v>1903</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1904</v>
+      </c>
+      <c r="J127" t="s">
+        <v>903</v>
+      </c>
+      <c r="K127" t="s">
+        <v>1905</v>
+      </c>
+      <c r="L127" t="s">
+        <v>1906</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B128" t="s">
-        <v>1343</v>
+        <v>1907</v>
       </c>
       <c r="C128" t="s">
-        <v>1344</v>
+        <v>13</v>
       </c>
       <c r="D128" t="s">
         <v>13</v>
       </c>
       <c r="E128" t="s">
-        <v>1340</v>
+        <v>1908</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" t="s">
-        <v>1345</v>
+        <v>1909</v>
       </c>
       <c r="H128" t="s">
-        <v>1346</v>
+        <v>1910</v>
+      </c>
+      <c r="I128" t="s">
+        <v>888</v>
+      </c>
+      <c r="J128" t="s">
+        <v>1911</v>
+      </c>
+      <c r="K128" t="s">
+        <v>1912</v>
+      </c>
+      <c r="L128" t="s">
+        <v>1913</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B129" t="s">
-        <v>1347</v>
+        <v>1914</v>
       </c>
       <c r="C129" t="s">
-        <v>1348</v>
+        <v>13</v>
       </c>
       <c r="D129" t="s">
         <v>13</v>
       </c>
       <c r="E129" t="s">
-        <v>1349</v>
+        <v>1915</v>
       </c>
       <c r="F129" t="s">
         <v>13</v>
       </c>
       <c r="G129" t="s">
-        <v>1350</v>
+        <v>1916</v>
       </c>
       <c r="H129" t="s">
-        <v>1351</v>
+        <v>1917</v>
+      </c>
+      <c r="I129" t="s">
+        <v>1918</v>
+      </c>
+      <c r="J129" t="s">
+        <v>1919</v>
+      </c>
+      <c r="K129" t="s">
+        <v>1920</v>
+      </c>
+      <c r="L129" t="s">
+        <v>1921</v>
+      </c>
+      <c r="M129" t="s">
+        <v>1922</v>
+      </c>
+      <c r="N129" t="s">
+        <v>1923</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B130" t="s">
-        <v>1352</v>
+        <v>1924</v>
       </c>
       <c r="C130" t="s">
         <v>13</v>
       </c>
       <c r="D130" t="s">
         <v>13</v>
       </c>
       <c r="E130" t="s">
-        <v>1353</v>
+        <v>1915</v>
       </c>
       <c r="F130" t="s">
         <v>13</v>
       </c>
       <c r="G130" t="s">
-        <v>1354</v>
+        <v>1925</v>
       </c>
       <c r="H130" t="s">
-        <v>1355</v>
+        <v>1926</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1927</v>
+      </c>
+      <c r="J130" t="s">
+        <v>1928</v>
+      </c>
+      <c r="K130" t="s">
+        <v>1929</v>
+      </c>
+      <c r="L130" t="s">
+        <v>1930</v>
+      </c>
+      <c r="M130" t="s">
+        <v>1931</v>
+      </c>
+      <c r="N130" t="s">
+        <v>1932</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B131" t="s">
-        <v>1356</v>
+        <v>1933</v>
       </c>
       <c r="C131" t="s">
-        <v>1357</v>
+        <v>13</v>
       </c>
       <c r="D131" t="s">
         <v>13</v>
       </c>
       <c r="E131" t="s">
-        <v>1358</v>
+        <v>1934</v>
       </c>
       <c r="F131" t="s">
         <v>13</v>
       </c>
       <c r="G131" t="s">
-        <v>1359</v>
+        <v>1935</v>
       </c>
       <c r="H131" t="s">
-        <v>1360</v>
+        <v>1936</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1937</v>
+      </c>
+      <c r="J131" t="s">
+        <v>1938</v>
+      </c>
+      <c r="K131" t="s">
+        <v>1939</v>
+      </c>
+      <c r="L131" t="s">
+        <v>1940</v>
+      </c>
+      <c r="M131" t="s">
+        <v>1941</v>
+      </c>
+      <c r="N131" t="s">
+        <v>1942</v>
+      </c>
+      <c r="O131" t="s">
+        <v>1943</v>
+      </c>
+      <c r="P131" t="s">
+        <v>1944</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>1945</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B132" t="s">
-        <v>1361</v>
+        <v>1946</v>
       </c>
       <c r="C132" t="s">
-        <v>1362</v>
+        <v>13</v>
       </c>
       <c r="D132" t="s">
         <v>13</v>
       </c>
       <c r="E132" t="s">
-        <v>1358</v>
+        <v>1947</v>
       </c>
       <c r="F132" t="s">
         <v>13</v>
       </c>
       <c r="G132" t="s">
-        <v>1363</v>
+        <v>1948</v>
       </c>
       <c r="H132" t="s">
-        <v>1364</v>
+        <v>1949</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1950</v>
+      </c>
+      <c r="J132" t="s">
+        <v>1033</v>
+      </c>
+      <c r="K132" t="s">
+        <v>1951</v>
+      </c>
+      <c r="L132" t="s">
+        <v>1952</v>
+      </c>
+      <c r="M132" t="s">
+        <v>1953</v>
+      </c>
+      <c r="N132" t="s">
+        <v>1954</v>
+      </c>
+      <c r="O132" t="s">
+        <v>1955</v>
+      </c>
+      <c r="P132" t="s">
+        <v>1956</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>1957</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B133" t="s">
-        <v>1365</v>
+        <v>1958</v>
       </c>
       <c r="C133" t="s">
-        <v>1366</v>
+        <v>13</v>
       </c>
       <c r="D133" t="s">
         <v>13</v>
       </c>
       <c r="E133" t="s">
-        <v>1367</v>
+        <v>1959</v>
       </c>
       <c r="F133" t="s">
         <v>13</v>
       </c>
       <c r="G133" t="s">
-        <v>1368</v>
+        <v>1960</v>
       </c>
       <c r="H133" t="s">
-        <v>1369</v>
+        <v>1961</v>
+      </c>
+      <c r="I133" t="s">
+        <v>1962</v>
+      </c>
+      <c r="J133" t="s">
+        <v>682</v>
+      </c>
+      <c r="K133" t="s">
+        <v>1963</v>
+      </c>
+      <c r="L133" t="s">
+        <v>1964</v>
+      </c>
+      <c r="M133" t="s">
+        <v>1965</v>
+      </c>
+      <c r="N133" t="s">
+        <v>1966</v>
+      </c>
+      <c r="O133" t="s">
+        <v>1967</v>
+      </c>
+      <c r="P133" t="s">
+        <v>1968</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B134" t="s">
-        <v>1370</v>
+        <v>1969</v>
       </c>
       <c r="C134" t="s">
-        <v>1371</v>
+        <v>13</v>
       </c>
       <c r="D134" t="s">
         <v>13</v>
       </c>
       <c r="E134" t="s">
-        <v>1372</v>
+        <v>1970</v>
       </c>
       <c r="F134" t="s">
         <v>13</v>
       </c>
       <c r="G134" t="s">
-        <v>1373</v>
+        <v>1971</v>
       </c>
       <c r="H134" t="s">
-        <v>1374</v>
+        <v>1972</v>
+      </c>
+      <c r="I134" t="s">
+        <v>1973</v>
+      </c>
+      <c r="J134" t="s">
+        <v>1419</v>
+      </c>
+      <c r="K134" t="s">
+        <v>1974</v>
+      </c>
+      <c r="L134" t="s">
+        <v>1975</v>
+      </c>
+      <c r="M134" t="s">
+        <v>1976</v>
+      </c>
+      <c r="N134" t="s">
+        <v>1977</v>
+      </c>
+      <c r="O134" t="s">
+        <v>1978</v>
+      </c>
+      <c r="P134" t="s">
+        <v>1979</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B135" t="s">
-        <v>1375</v>
+        <v>1980</v>
       </c>
       <c r="C135" t="s">
-        <v>1376</v>
+        <v>13</v>
       </c>
       <c r="D135" t="s">
         <v>13</v>
       </c>
       <c r="E135" t="s">
-        <v>1377</v>
+        <v>1981</v>
       </c>
       <c r="F135" t="s">
         <v>13</v>
       </c>
       <c r="G135" t="s">
-        <v>1378</v>
+        <v>1982</v>
       </c>
       <c r="H135" t="s">
-        <v>1379</v>
+        <v>1983</v>
+      </c>
+      <c r="I135" t="s">
+        <v>1984</v>
+      </c>
+      <c r="J135" t="s">
+        <v>724</v>
+      </c>
+      <c r="K135" t="s">
+        <v>1985</v>
+      </c>
+      <c r="L135" t="s">
+        <v>1986</v>
+      </c>
+      <c r="M135" t="s">
+        <v>1987</v>
+      </c>
+      <c r="N135" t="s">
+        <v>1988</v>
+      </c>
+      <c r="O135" t="s">
+        <v>1989</v>
+      </c>
+      <c r="P135" t="s">
+        <v>1990</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B136" t="s">
-        <v>1380</v>
+        <v>1991</v>
       </c>
       <c r="C136" t="s">
-        <v>1381</v>
+        <v>13</v>
       </c>
       <c r="D136" t="s">
         <v>13</v>
       </c>
       <c r="E136" t="s">
-        <v>1382</v>
+        <v>1992</v>
       </c>
       <c r="F136" t="s">
         <v>13</v>
       </c>
       <c r="G136" t="s">
-        <v>1383</v>
+        <v>1993</v>
       </c>
       <c r="H136" t="s">
-        <v>1384</v>
+        <v>1994</v>
+      </c>
+      <c r="I136" t="s">
+        <v>1995</v>
+      </c>
+      <c r="J136" t="s">
+        <v>682</v>
+      </c>
+      <c r="K136" t="s">
+        <v>1996</v>
+      </c>
+      <c r="L136" t="s">
+        <v>1997</v>
+      </c>
+      <c r="M136" t="s">
+        <v>1998</v>
+      </c>
+      <c r="N136" t="s">
+        <v>1999</v>
+      </c>
+      <c r="O136" t="s">
+        <v>2000</v>
+      </c>
+      <c r="P136" t="s">
+        <v>2001</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B137" t="s">
-        <v>1385</v>
+        <v>2002</v>
       </c>
       <c r="C137" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D137" t="s">
-        <v>1053</v>
+        <v>13</v>
       </c>
       <c r="E137" t="s">
-        <v>1386</v>
+        <v>2003</v>
       </c>
       <c r="F137" t="s">
         <v>13</v>
       </c>
       <c r="G137" t="s">
-        <v>1387</v>
+        <v>2004</v>
       </c>
       <c r="H137" t="s">
-        <v>1388</v>
+        <v>2005</v>
+      </c>
+      <c r="I137" t="s">
+        <v>2006</v>
+      </c>
+      <c r="J137" t="s">
+        <v>1419</v>
+      </c>
+      <c r="K137" t="s">
+        <v>2007</v>
+      </c>
+      <c r="L137" t="s">
+        <v>2008</v>
+      </c>
+      <c r="M137" t="s">
+        <v>2009</v>
+      </c>
+      <c r="N137" t="s">
+        <v>2010</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B138" t="s">
-        <v>1389</v>
+        <v>2011</v>
       </c>
       <c r="C138" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D138" t="s">
-        <v>1390</v>
+        <v>13</v>
       </c>
       <c r="E138" t="s">
-        <v>1391</v>
+        <v>2003</v>
       </c>
       <c r="F138" t="s">
         <v>13</v>
       </c>
       <c r="G138" t="s">
-        <v>1392</v>
+        <v>2012</v>
       </c>
       <c r="H138" t="s">
-        <v>1393</v>
+        <v>2013</v>
+      </c>
+      <c r="I138" t="s">
+        <v>1764</v>
+      </c>
+      <c r="J138" t="s">
+        <v>1419</v>
+      </c>
+      <c r="K138" t="s">
+        <v>2014</v>
+      </c>
+      <c r="L138" t="s">
+        <v>2015</v>
+      </c>
+      <c r="M138" t="s">
+        <v>2016</v>
+      </c>
+      <c r="N138" t="s">
+        <v>2017</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B139" t="s">
-        <v>1394</v>
+        <v>2018</v>
       </c>
       <c r="C139" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D139" t="s">
-        <v>1395</v>
+        <v>13</v>
       </c>
       <c r="E139" t="s">
-        <v>1396</v>
+        <v>2019</v>
       </c>
       <c r="F139" t="s">
         <v>13</v>
       </c>
       <c r="G139" t="s">
-        <v>1397</v>
+        <v>2020</v>
       </c>
       <c r="H139" t="s">
-        <v>1398</v>
+        <v>2021</v>
+      </c>
+      <c r="I139" t="s">
+        <v>2006</v>
+      </c>
+      <c r="J139" t="s">
+        <v>724</v>
+      </c>
+      <c r="K139" t="s">
+        <v>2022</v>
+      </c>
+      <c r="L139" t="s">
+        <v>2023</v>
+      </c>
+      <c r="M139" t="s">
+        <v>2024</v>
+      </c>
+      <c r="N139" t="s">
+        <v>2025</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B140" t="s">
-        <v>1399</v>
+        <v>2026</v>
       </c>
       <c r="C140" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="D140" t="s">
-        <v>1395</v>
+        <v>13</v>
       </c>
       <c r="E140" t="s">
-        <v>1396</v>
+        <v>2027</v>
       </c>
       <c r="F140" t="s">
         <v>13</v>
       </c>
       <c r="G140" t="s">
-        <v>1400</v>
+        <v>2028</v>
       </c>
       <c r="H140" t="s">
-        <v>1401</v>
+        <v>2029</v>
+      </c>
+      <c r="I140" t="s">
+        <v>2030</v>
+      </c>
+      <c r="J140" t="s">
+        <v>1088</v>
+      </c>
+      <c r="K140" t="s">
+        <v>2031</v>
+      </c>
+      <c r="L140" t="s">
+        <v>2032</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B141" t="s">
-        <v>1402</v>
+        <v>2033</v>
       </c>
       <c r="C141" t="s">
-        <v>1403</v>
+        <v>13</v>
       </c>
       <c r="D141" t="s">
-        <v>1404</v>
+        <v>13</v>
       </c>
       <c r="E141" t="s">
-        <v>1405</v>
+        <v>2034</v>
       </c>
       <c r="F141" t="s">
         <v>13</v>
       </c>
       <c r="G141" t="s">
-        <v>1406</v>
+        <v>2035</v>
       </c>
       <c r="H141" t="s">
-        <v>1407</v>
+        <v>2036</v>
+      </c>
+      <c r="I141" t="s">
+        <v>1845</v>
+      </c>
+      <c r="J141" t="s">
+        <v>1643</v>
+      </c>
+      <c r="K141" t="s">
+        <v>2037</v>
+      </c>
+      <c r="L141" t="s">
+        <v>2038</v>
+      </c>
+      <c r="M141" t="s">
+        <v>2039</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B142" t="s">
-        <v>1408</v>
+        <v>2040</v>
       </c>
       <c r="C142" t="s">
-        <v>1409</v>
+        <v>13</v>
       </c>
       <c r="D142" t="s">
-        <v>1410</v>
+        <v>13</v>
       </c>
       <c r="E142" t="s">
-        <v>1411</v>
+        <v>2041</v>
       </c>
       <c r="F142" t="s">
         <v>13</v>
       </c>
       <c r="G142" t="s">
-        <v>1412</v>
+        <v>2042</v>
       </c>
       <c r="H142" t="s">
-        <v>1413</v>
+        <v>2043</v>
+      </c>
+      <c r="I142" t="s">
+        <v>2044</v>
+      </c>
+      <c r="J142" t="s">
+        <v>903</v>
+      </c>
+      <c r="K142" t="s">
+        <v>2045</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B143" t="s">
-        <v>1414</v>
+        <v>2046</v>
       </c>
       <c r="C143" t="s">
-        <v>1415</v>
+        <v>13</v>
       </c>
       <c r="D143" t="s">
-        <v>1416</v>
+        <v>13</v>
       </c>
       <c r="E143" t="s">
-        <v>1417</v>
+        <v>2047</v>
       </c>
       <c r="F143" t="s">
         <v>13</v>
       </c>
       <c r="G143" t="s">
-        <v>1418</v>
+        <v>2048</v>
       </c>
       <c r="H143" t="s">
-        <v>1419</v>
+        <v>2049</v>
+      </c>
+      <c r="I143" t="s">
+        <v>2050</v>
+      </c>
+      <c r="J143" t="s">
+        <v>824</v>
+      </c>
+      <c r="K143" t="s">
+        <v>2051</v>
+      </c>
+      <c r="L143" t="s">
+        <v>2052</v>
+      </c>
+      <c r="M143" t="s">
+        <v>2053</v>
+      </c>
+      <c r="N143" t="s">
+        <v>2054</v>
+      </c>
+      <c r="O143" t="s">
+        <v>2055</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>731</v>
+        <v>457</v>
       </c>
       <c r="B144" t="s">
-        <v>1420</v>
+        <v>2056</v>
       </c>
       <c r="C144" t="s">
-        <v>1421</v>
+        <v>13</v>
       </c>
       <c r="D144" t="s">
-        <v>1422</v>
+        <v>13</v>
       </c>
       <c r="E144" t="s">
-        <v>1423</v>
+        <v>2057</v>
       </c>
       <c r="F144" t="s">
         <v>13</v>
       </c>
       <c r="G144" t="s">
-        <v>1424</v>
+        <v>2058</v>
       </c>
       <c r="H144" t="s">
-        <v>1425</v>
+        <v>2059</v>
+      </c>
+      <c r="I144" t="s">
+        <v>2060</v>
+      </c>
+      <c r="J144" t="s">
+        <v>1643</v>
+      </c>
+      <c r="K144" t="s">
+        <v>2061</v>
+      </c>
+      <c r="L144" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>457</v>
+      </c>
+      <c r="B145" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C145" t="s">
+        <v>13</v>
+      </c>
+      <c r="D145" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" t="s">
+        <v>2064</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" t="s">
+        <v>2065</v>
+      </c>
+      <c r="H145" t="s">
+        <v>2066</v>
+      </c>
+      <c r="I145" t="s">
+        <v>2067</v>
+      </c>
+      <c r="J145" t="s">
+        <v>2068</v>
+      </c>
+      <c r="K145" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>457</v>
+      </c>
+      <c r="B146" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C146" t="s">
+        <v>13</v>
+      </c>
+      <c r="D146" t="s">
+        <v>13</v>
+      </c>
+      <c r="E146" t="s">
+        <v>2071</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" t="s">
+        <v>2072</v>
+      </c>
+      <c r="H146" t="s">
+        <v>2073</v>
+      </c>
+      <c r="I146" t="s">
+        <v>2074</v>
+      </c>
+      <c r="J146" t="s">
+        <v>1643</v>
+      </c>
+      <c r="K146" t="s">
+        <v>2075</v>
+      </c>
+      <c r="L146" t="s">
+        <v>2076</v>
+      </c>
+      <c r="M146" t="s">
+        <v>2077</v>
+      </c>
+      <c r="N146" t="s">
+        <v>2078</v>
+      </c>
+      <c r="O146" t="s">
+        <v>2079</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>457</v>
+      </c>
+      <c r="B147" t="s">
+        <v>2080</v>
+      </c>
+      <c r="C147" t="s">
+        <v>13</v>
+      </c>
+      <c r="D147" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" t="s">
+        <v>2081</v>
+      </c>
+      <c r="F147" t="s">
+        <v>13</v>
+      </c>
+      <c r="G147" t="s">
+        <v>2082</v>
+      </c>
+      <c r="H147" t="s">
+        <v>2083</v>
+      </c>
+      <c r="I147" t="s">
+        <v>2074</v>
+      </c>
+      <c r="J147" t="s">
+        <v>2084</v>
+      </c>
+      <c r="K147" t="s">
+        <v>2085</v>
+      </c>
+      <c r="L147" t="s">
+        <v>2086</v>
+      </c>
+      <c r="M147" t="s">
+        <v>2087</v>
+      </c>
+      <c r="N147" t="s">
+        <v>2088</v>
+      </c>
+      <c r="O147" t="s">
+        <v>2089</v>
+      </c>
+      <c r="P147" t="s">
+        <v>2090</v>
+      </c>
+      <c r="Q147" t="s">
+        <v>2091</v>
+      </c>
+      <c r="R147" t="s">
+        <v>2092</v>
+      </c>
+      <c r="S147" t="s">
+        <v>2093</v>
+      </c>
+      <c r="T147" t="s">
+        <v>2094</v>
+      </c>
+      <c r="U147" t="s">
+        <v>2095</v>
+      </c>
+      <c r="V147" t="s">
+        <v>2096</v>
+      </c>
+      <c r="W147" t="s">
+        <v>2097</v>
+      </c>
+      <c r="X147" t="s">
+        <v>2098</v>
+      </c>
+      <c r="Y147" t="s">
+        <v>2085</v>
+      </c>
+      <c r="Z147" t="s">
+        <v>2099</v>
+      </c>
+      <c r="AA147" t="s">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>457</v>
+      </c>
+      <c r="B148" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C148" t="s">
+        <v>13</v>
+      </c>
+      <c r="D148" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" t="s">
+        <v>2102</v>
+      </c>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" t="s">
+        <v>2103</v>
+      </c>
+      <c r="H148" t="s">
+        <v>2104</v>
+      </c>
+      <c r="I148" t="s">
+        <v>2074</v>
+      </c>
+      <c r="J148" t="s">
+        <v>2105</v>
+      </c>
+      <c r="K148" t="s">
+        <v>2106</v>
+      </c>
+      <c r="L148" t="s">
+        <v>2107</v>
+      </c>
+      <c r="M148" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>457</v>
+      </c>
+      <c r="B149" t="s">
+        <v>2109</v>
+      </c>
+      <c r="C149" t="s">
+        <v>13</v>
+      </c>
+      <c r="D149" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" t="s">
+        <v>2110</v>
+      </c>
+      <c r="F149" t="s">
+        <v>13</v>
+      </c>
+      <c r="G149" t="s">
+        <v>2111</v>
+      </c>
+      <c r="H149" t="s">
+        <v>2112</v>
+      </c>
+      <c r="I149" t="s">
+        <v>2074</v>
+      </c>
+      <c r="J149" t="s">
+        <v>2113</v>
+      </c>
+      <c r="K149" t="s">
+        <v>2114</v>
+      </c>
+      <c r="L149" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>457</v>
+      </c>
+      <c r="B150" t="s">
+        <v>2116</v>
+      </c>
+      <c r="C150" t="s">
+        <v>13</v>
+      </c>
+      <c r="D150" t="s">
+        <v>13</v>
+      </c>
+      <c r="E150" t="s">
+        <v>2117</v>
+      </c>
+      <c r="F150" t="s">
+        <v>13</v>
+      </c>
+      <c r="G150" t="s">
+        <v>2118</v>
+      </c>
+      <c r="H150" t="s">
+        <v>2119</v>
+      </c>
+      <c r="I150" t="s">
+        <v>2120</v>
+      </c>
+      <c r="J150" t="s">
+        <v>1100</v>
+      </c>
+      <c r="K150" t="s">
+        <v>2121</v>
+      </c>
+      <c r="L150" t="s">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>457</v>
+      </c>
+      <c r="B151" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C151" t="s">
+        <v>13</v>
+      </c>
+      <c r="D151" t="s">
+        <v>13</v>
+      </c>
+      <c r="E151" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F151" t="s">
+        <v>13</v>
+      </c>
+      <c r="G151" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H151" t="s">
+        <v>2126</v>
+      </c>
+      <c r="I151" t="s">
+        <v>2074</v>
+      </c>
+      <c r="J151" t="s">
+        <v>673</v>
+      </c>
+      <c r="K151" t="s">
+        <v>2127</v>
+      </c>
+      <c r="L151" t="s">
+        <v>2128</v>
+      </c>
+      <c r="M151" t="s">
+        <v>2129</v>
+      </c>
+      <c r="N151" t="s">
+        <v>2130</v>
+      </c>
+      <c r="O151" t="s">
+        <v>2131</v>
+      </c>
+      <c r="P151" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>457</v>
+      </c>
+      <c r="B152" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C152" t="s">
+        <v>13</v>
+      </c>
+      <c r="D152" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" t="s">
+        <v>2117</v>
+      </c>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H152" t="s">
+        <v>2135</v>
+      </c>
+      <c r="I152" t="s">
+        <v>2136</v>
+      </c>
+      <c r="J152" t="s">
+        <v>2105</v>
+      </c>
+      <c r="K152" t="s">
+        <v>2137</v>
+      </c>
+      <c r="L152" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>457</v>
+      </c>
+      <c r="B153" t="s">
+        <v>2139</v>
+      </c>
+      <c r="C153" t="s">
+        <v>13</v>
+      </c>
+      <c r="D153" t="s">
+        <v>13</v>
+      </c>
+      <c r="E153" t="s">
+        <v>2140</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" t="s">
+        <v>2141</v>
+      </c>
+      <c r="H153" t="s">
+        <v>2142</v>
+      </c>
+      <c r="I153" t="s">
+        <v>2143</v>
+      </c>
+      <c r="J153" t="s">
+        <v>1225</v>
+      </c>
+      <c r="K153" t="s">
+        <v>2144</v>
+      </c>
+      <c r="L153" t="s">
+        <v>2145</v>
+      </c>
+      <c r="M153" t="s">
+        <v>2146</v>
+      </c>
+      <c r="N153" t="s">
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>457</v>
+      </c>
+      <c r="B154" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C154" t="s">
+        <v>13</v>
+      </c>
+      <c r="D154" t="s">
+        <v>13</v>
+      </c>
+      <c r="E154" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F154" t="s">
+        <v>13</v>
+      </c>
+      <c r="G154" t="s">
+        <v>2150</v>
+      </c>
+      <c r="H154" t="s">
+        <v>2151</v>
+      </c>
+      <c r="I154" t="s">
+        <v>2120</v>
+      </c>
+      <c r="J154" t="s">
+        <v>2105</v>
+      </c>
+      <c r="K154" t="s">
+        <v>2152</v>
+      </c>
+      <c r="L154" t="s">
+        <v>2153</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>457</v>
+      </c>
+      <c r="B155" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C155" t="s">
+        <v>13</v>
+      </c>
+      <c r="D155" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" t="s">
+        <v>2155</v>
+      </c>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" t="s">
+        <v>2156</v>
+      </c>
+      <c r="H155" t="s">
+        <v>2157</v>
+      </c>
+      <c r="I155" t="s">
+        <v>2158</v>
+      </c>
+      <c r="J155" t="s">
+        <v>2159</v>
+      </c>
+      <c r="K155" t="s">
+        <v>2160</v>
+      </c>
+      <c r="L155" t="s">
+        <v>2161</v>
+      </c>
+      <c r="M155" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>457</v>
+      </c>
+      <c r="B156" t="s">
+        <v>2163</v>
+      </c>
+      <c r="C156" t="s">
+        <v>13</v>
+      </c>
+      <c r="D156" t="s">
+        <v>13</v>
+      </c>
+      <c r="E156" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F156" t="s">
+        <v>13</v>
+      </c>
+      <c r="G156" t="s">
+        <v>2165</v>
+      </c>
+      <c r="H156" t="s">
+        <v>2166</v>
+      </c>
+      <c r="I156" t="s">
+        <v>2167</v>
+      </c>
+      <c r="J156" t="s">
+        <v>2168</v>
+      </c>
+      <c r="K156" t="s">
+        <v>2169</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>457</v>
+      </c>
+      <c r="B157" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C157" t="s">
+        <v>13</v>
+      </c>
+      <c r="D157" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" t="s">
+        <v>2171</v>
+      </c>
+      <c r="F157" t="s">
+        <v>13</v>
+      </c>
+      <c r="G157" t="s">
+        <v>2172</v>
+      </c>
+      <c r="H157" t="s">
+        <v>2173</v>
+      </c>
+      <c r="I157" t="s">
+        <v>2174</v>
+      </c>
+      <c r="J157" t="s">
+        <v>2175</v>
+      </c>
+      <c r="K157" t="s">
+        <v>2176</v>
+      </c>
+      <c r="L157" t="s">
+        <v>2177</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...5266 lines deleted...]
-  <autoFilter ref="B1:P1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>