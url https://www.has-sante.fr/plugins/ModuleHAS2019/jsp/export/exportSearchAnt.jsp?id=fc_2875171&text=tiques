--- v0 (2025-11-25)
+++ v1 (2026-01-15)
@@ -48,51 +48,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
     <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
     <sheet name="Export Medicament" r:id="rId15" sheetId="13"/>
     <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2919" uniqueCount="1939">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2931" uniqueCount="1946">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -209,51 +209,51 @@
   <si>
     <t>09/09/2025 00:00:00</t>
   </si>
   <si>
     <t>08/10/2025 12:12:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3658367/fr/proact</t>
   </si>
   <si>
     <t>p_3658367</t>
   </si>
   <si>
     <t>Prothèse sphinctérienne ajustable périurétrale pour l’homme</t>
   </si>
   <si>
     <t>UROMEDICA INC. (Etats-Unis)</t>
   </si>
   <si>
     <t>BRAVO</t>
   </si>
   <si>
     <t>07/10/2025 00:00:00</t>
   </si>
   <si>
-    <t>14/11/2025 11:40:40</t>
+    <t>14/11/2025 11:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3700068/fr/bravo</t>
   </si>
   <si>
     <t>p_3700068</t>
   </si>
   <si>
     <t>Capsule de test du reflux gastro-œsophagien</t>
   </si>
   <si>
     <t>MEDTRONIC France S.A.S (France)</t>
   </si>
   <si>
     <t>ODYSIGHT</t>
   </si>
   <si>
     <t>La CNEDiMTS émet un avis favorable à la prise en charge anticipée dans l’indication revendiquée.</t>
   </si>
   <si>
     <t>09/10/2025 10:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3690457/fr/odysight</t>
   </si>
@@ -851,80 +851,110 @@
   <si>
     <t>c_398629</t>
   </si>
   <si>
     <t>CORDIS S.A.S. (France)</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Atrophie Optique Dominante OPA1</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Atrophie Optique Dominante OPA1. Il a été élaboré par le Centre de Référence de Neurogénétique et le Centre de Référence pour les maladies mitochondriales de l’enfant et de l’adulte (CARAMMEL) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>28/07/2021 11:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280027/fr/atrophie-optique-dominante-opa1</t>
   </si>
   <si>
     <t>p_3280027</t>
   </si>
   <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
     <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
   </si>
   <si>
     <t>p_3187041</t>
   </si>
   <si>
     <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>p_3187246</t>
   </si>
   <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
     <t>Ostéite Chronique Multifocale Récurrente</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/10/2025 12:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
   </si>
   <si>
     <t>p_3689228</t>
   </si>
   <si>
     <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>18/04/2025 14:08:13</t>
@@ -1082,119 +1112,116 @@
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293457/fr/sequence-de-pierre-robin</t>
   </si>
   <si>
     <t>p_3293457</t>
   </si>
   <si>
     <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
   </si>
   <si>
     <t>09/06/2017 12:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>c_2772874</t>
   </si>
   <si>
-    <t>Anémie Hémolytique Auto-Immune de l'enfant et de l'adulte</t>
-[...13 lines deleted...]
-  <si>
     <t>Guide du parcours de soins du lymphome de Hodgkin classique de l'adulte</t>
   </si>
   <si>
     <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne adulte ayant un lymphome de Hodgkin classique. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. .</t>
   </si>
   <si>
     <t>24/07/2013 00:00:00</t>
   </si>
   <si>
     <t>14/10/2013 14:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1652304/fr/guide-du-parcours-de-soins-du-lymphome-de-hodgkin-classique-de-l-adulte</t>
   </si>
   <si>
     <t>c_1652304</t>
   </si>
   <si>
     <t>ALD n° 30 - Cancer invasif du col utérin</t>
   </si>
   <si>
     <t>28/06/2012 00:00:00</t>
   </si>
   <si>
     <t>20/07/2012 15:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_922973/fr/ald-n-30-cancer-invasif-du-col-uterin</t>
   </si>
   <si>
     <t>c_922973</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>CTV - Réunion du 16 septembre 2025</t>
+  </si>
+  <si>
+    <t>02/12/2025 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644815/fr/ctv-reunion-du-16-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3644815</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
     <t>Collège délibératif du 3 mars 2022</t>
   </si>
   <si>
     <t>13/02/2024 15:46:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3494643/fr/college-deliberatif-du-3-mars-2022</t>
   </si>
   <si>
     <t>p_3494643</t>
   </si>
   <si>
-    <t>Commission</t>
-[...1 lines deleted...]
-  <si>
     <t>CNEDIMTS du 8 octobre 2024</t>
   </si>
   <si>
     <t>07/10/2024 11:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3546359/fr/cnedimts-du-8-octobre-2024</t>
   </si>
   <si>
     <t>p_3546359</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 7 avril 2010</t>
   </si>
   <si>
     <t>07/04/2010 10:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_939675/fr/commission-de-la-transparence-reunion-du-7-avril-2010</t>
   </si>
   <si>
     <t>c_939675</t>
   </si>
   <si>
     <t>Journée d'information des fabricants de dispositifs médicaux, 20 janvier 2012</t>
@@ -1217,62 +1244,50 @@
   <si>
     <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 25/01/2022</t>
   </si>
   <si>
     <t>02/06/2022 12:39:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3341648/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-25/01/2022</t>
   </si>
   <si>
     <t>p_3341648</t>
   </si>
   <si>
     <t>CTV - Réunion du 15 avril 2025</t>
   </si>
   <si>
     <t>16/09/2025 14:53:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3601712/fr/ctv-reunion-du-15-avril-2025</t>
   </si>
   <si>
     <t>p_3601712</t>
   </si>
   <si>
-    <t>CTV - Réunion du 16 septembre 2025</t>
-[...10 lines deleted...]
-  <si>
     <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 17/12/2024</t>
   </si>
   <si>
     <t>25/07/2025 14:34:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638249/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-17/12/2024</t>
   </si>
   <si>
     <t>p_3638249</t>
   </si>
   <si>
     <t>Collège délibératif du 13 février 2025</t>
   </si>
   <si>
     <t>21/02/2025 10:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592411/fr/college-deliberatif-du-13-fevrier-2025</t>
   </si>
   <si>
     <t>p_3592411</t>
   </si>
   <si>
     <t>Collège</t>
@@ -2138,51 +2153,51 @@
   <si>
     <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>09/01/2025 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3575612</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
   </si>
   <si>
     <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
   </si>
   <si>
     <t>27/08/2021 15:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
   </si>
   <si>
     <t>p_3278764</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
   </si>
@@ -3632,50 +3647,266 @@
   <si>
     <t>pprd_2983494</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_704919/fr/adepal-ethinylestradiol/-levonorgestrel</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1730062/fr/adepal-minidril-trinordiol-ethinylestradiol/-levonorgestrel</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2801246/fr/adepal-minidril-trinordiol-ethinylestradiol/-levonorgestrel</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3082109/fr/adepal-minidril-trinordiol-ethinylestradiol/-levonorgestrel</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_704929/fr/minidril-ethinylestradiol/-levonorgestrel</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2748180/fr/trinordiol-ethinylestradiol/-levonorgestrel</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_704943/fr/trinordiol-ethinylestradiol/-levonorgestrel</t>
   </si>
   <si>
+    <t>KEYTRUDA (pembrolizumab)</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982864/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>pprd_2982864</t>
+  </si>
+  <si>
+    <t>pembrolizumab</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639673/fr/keytruda-melanome-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780761/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825867/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755875/fr/keytruda-cancer-bronchique-non-a-petites-cellules-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769037/fr/keytruda-melanome-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830777/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774645/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842744/fr/keytruda-lymphome-de-hodgkin-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885795/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892906/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906433/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080470/fr/keytruda-tete-et-cou-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081878/fr/keytruda-melanome-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112911/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117084/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184677/fr/keytruda-cancer-du-rein-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190303/fr/keytruda-pembrolizumab-carcinome-epidermoide-de-la-tete-et-du-cou-cetec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245422/fr/keytruda-cbnpc-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272286/fr/keytruda-pembrolizumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289694/fr/keytruda-pembrolizumab-lymphome-de-hodgkin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296560/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313589/fr/keytruda-25-mg/ml-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325579/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325988/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3327389/fr/keytruda-pembrolizumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334585/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338759/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367810/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374922/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390429/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395770/fr/keytruda-pembrolizumab-melanome-de-stade-iib-iic-ou-iii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396878/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406115/fr/keytruda-pembrolizumab-msi-h-ou-dmmr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409403/fr/keytruda-pembrolizumab-carcinome-a-cellule-renale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412056/fr/keytruda-pembrolizumab-cancer-de-l-oesophage-ou-d-un-adenocarcinome-de-la-jonction-gastro-oesophagienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418080/fr/keytruda-pembrolizumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420758/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420797/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478134/fr/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498750/fr/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501624/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505662/fr/keytruda-pembrolizumab-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505692/fr/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508492/fr/keytruda-pembrolizumab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546684/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546934/fr/keytruda-pembrolizumab-cancer-du-rein-en-adjuvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556740/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589754/fr/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589926/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592473/fr/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592497/fr/keytruda-pembrolizumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546650/fr/padcev-enfortumab-vedotin-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594964/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603357/fr/keytruda-pembrolizumab-oncologie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639631/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806169/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806203/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806214/fr/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>NUVAXOVID (protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M)</t>
+  </si>
+  <si>
+    <t>09/12/2025 15:28:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501692/fr/nuvaxovid-proteine-spike-de-sars-cov-2-et-un-adjuvant-matrix-m</t>
+  </si>
+  <si>
+    <t>p_3501692</t>
+  </si>
+  <si>
+    <t>protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501621/fr/nuvaxovid-proteine-spike-de-sars-cov-2-et-un-adjuvant-matrix-m-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784589/fr/nuvaxovid-proteine-spike-de-sars-cov-2-et-un-adjuvant-matrix-m-covid-19</t>
+  </si>
+  <si>
     <t>OPDIVO (nivolumab)</t>
   </si>
   <si>
     <t>16/10/2025 12:32:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982912/fr/opdivo-nivolumab</t>
   </si>
   <si>
     <t>pprd_2982912</t>
   </si>
   <si>
     <t>nivolumab</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3067177/fr/opdivo-lymphome-de-hodgkin-nivolumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2639665/fr/opdivo-nivolumab-melanome-1ere-ligne</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2742286/fr/opdivo-cancer-bronchique-non-a-petites-cellules-2eme-ligne-nivolumab</t>
@@ -3818,251 +4049,65 @@
   <si>
     <t>Laboratoire AstraZeneca</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3322781/fr/koselugo-selumetinib-neurofibromes-plexiformes</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644451/fr/koselugo-selumetinib-neurofibromatose-de-type-1-nf1</t>
   </si>
   <si>
     <t>NEXVIADYME (avalglucosidase alfa)</t>
   </si>
   <si>
     <t>10/09/2025 13:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374119/fr/nexviadyme-avalglucosidase-alfa</t>
   </si>
   <si>
     <t>p_3374119</t>
   </si>
   <si>
     <t>avalglucosidase alfa</t>
   </si>
   <si>
-    <t>SANOFI WINTHROP INDUSTRIE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3374079/fr/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390671/fr/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3467298/fr/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3554673/fr/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644517/fr/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
   </si>
   <si>
-    <t>KEYTRUDA (pembrolizumab)</t>
-[...181 lines deleted...]
-  <si>
     <t>QDENGA (vaccin tétravalent contre la dengue, vivant, atténué)</t>
   </si>
   <si>
     <t>11/07/2025 17:46:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635682/fr/qdenga-vaccin-tetravalent-contre-la-dengue-vivant-attenue</t>
   </si>
   <si>
     <t>p_3635682</t>
   </si>
   <si>
     <t>vaccin tétravalent contre la dengue, vivant, atténué</t>
   </si>
   <si>
     <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635500/fr/qdenga-vaccin-tetravalent-contre-la-dengue-vivant-attenue-vaccin-anti-dengue</t>
   </si>
   <si>
     <t>GARDASIL - GARDASIL 9 (vaccin papillomavirus humain 9-valent, recombinant, adsorbé)</t>
   </si>
   <si>
     <t>03/07/2025 17:06:28</t>
@@ -4367,71 +4412,50 @@
   <si>
     <t>ALEXION PHARMA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_605768/fr/soliris-eculizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1319245/fr/soliris-eculizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1623651/fr/soliris-eculizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2868565/fr/soliris-eculizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3202348/fr/soliris-eculizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3427913/fr/soliris-eculizumab-syndrome-hemolytique-et-uremique-atypique-shua</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3517560/fr/soliris-eculizumab-myasthenie</t>
   </si>
   <si>
-    <t>NUVAXOVID (protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M)</t>
-[...19 lines deleted...]
-  <si>
     <t>RADELUMIN ((18F) PSMA-1007)</t>
   </si>
   <si>
     <t>05/03/2024 17:32:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3337468/fr/radelumin-18f-psma-1007</t>
   </si>
   <si>
     <t>p_3337468</t>
   </si>
   <si>
     <t>(18F) PSMA-1007</t>
   </si>
   <si>
     <t>ABX GMBH</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3337433/fr/radelumin-18f-psma-1007-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3352203/fr/radelumin-18f-psma-1007-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3368278/fr/radelumin-18f-psma-1007</t>
@@ -5543,68 +5567,50 @@
   <si>
     <t>ARIDOL (mannitol)</t>
   </si>
   <si>
     <t>16/06/2011 17:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985267/fr/aridol-mannitol</t>
   </si>
   <si>
     <t>pprd_2985267</t>
   </si>
   <si>
     <t>mannitol</t>
   </si>
   <si>
     <t>Laboratoire PRAXIS PHARMACEUTICAL FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_962469/fr/aridol-mannitol</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
-    <t>Évaluation d’une stratégie vaccinale contre l’encéphalite à tiques (TBE) chez les sujets à risque d’exposition au virus de l’encéphalite à tiques (TBEV) - Constitution d'un groupe de travail</t>
-[...16 lines deleted...]
-  <si>
     <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
   </si>
   <si>
     <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
   </si>
   <si>
     <t>27/09/2016 10:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
   </si>
   <si>
     <t>c_1099657</t>
   </si>
   <si>
     <t>Dispositifs médicaux : la prise en charge transitoire</t>
   </si>
   <si>
     <t>La HAS publie un guide sur le nouveau dispositif de prise en charge transitoire des produits de santé présumés innovants ayant une finalité thérapeutique ou de compensation du handicap. Ce dispositf permet le remboursement pour une durée d’un an avant que le dispositif entre dans le remboursement de droit commun.</t>
   </si>
   <si>
     <t>02/06/2021 10:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3269665/fr/dispositifs-medicaux-la-prise-en-charge-transitoire</t>
@@ -5661,50 +5667,65 @@
     <t>Tous les DMN de télésurveillance peuvent faire l'objet d'une demande d'inscription sur la liste des activités de télésurveillance médicale. C'est à l'exploitant de prendre l'initiative de la demande.</t>
   </si>
   <si>
     <t>01/05/2024 09:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3376664/fr/dispositifs-medicaux-numeriques-liste-des-activites-de-telesurveillance</t>
   </si>
   <si>
     <t>p_3376664</t>
   </si>
   <si>
     <t>Déposer une demande de forfait innovation</t>
   </si>
   <si>
     <t>Le forfait innovation est une prise en charge dérogatoire et transitoire de technologies de santé innovantes lorsqu'elles sont en phase précoce de développement clinique. Objectif ? Faciliter l'accès au marché de technologies innovantes.</t>
   </si>
   <si>
     <t>05/02/2020 11:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2035788/fr/deposer-une-demande-de-forfait-innovation</t>
   </si>
   <si>
     <t>c_2035788</t>
+  </si>
+  <si>
+    <t>Cadre réglementaire des indicateurs de qualité et de sécurité des soins (IQSS)</t>
+  </si>
+  <si>
+    <t>Le cadre réglementaire de l'obligation de diffusion publique des indicateurs de qualité et de sécurité des soins.</t>
+  </si>
+  <si>
+    <t>21/12/2021 11:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1456735/fr/cadre-reglementaire-des-indicateurs-de-qualite-et-de-securite-des-soins-iqss</t>
+  </si>
+  <si>
+    <t>r_1456735</t>
   </si>
   <si>
     <t>Productions programmées en 2025</t>
   </si>
   <si>
     <t>Le document « Productions programmées en 2025 » de la HAS recense les productions prévues pour l'année 2025, incluant des recommandations de bonne pratique, des outils pour les professionnels, et des recommandations vaccinales ou de santé publique. Ces productions sont définies par le collège de la HAS en fonction des demandes reçues de divers acteurs comme le ministère de la Santé, l'Assurance maladie, les organisations professionnelles et les associations d'usagers. Certaines productions sont également initiées par la HAS elle-même en réponse à des enjeux identifiés.</t>
   </si>
   <si>
     <t>18/01/2024 13:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
   </si>
   <si>
     <t>c_1267303</t>
   </si>
   <si>
     <t>Dotation financière pour l’amélioration de la qualité</t>
   </si>
   <si>
     <t>Depuis 2019, la dotation financière est passée de l’incitation financière (IFAQ) à un compartiment financier des établissements de santé. La répartition de l'enveloppe repose sur différents indicateurs, dont certains indicateurs de qualité et de sécurité des soins (IQSS) développés par la HAS.</t>
   </si>
   <si>
     <t>21/12/2021 11:30:00</t>
   </si>
@@ -6093,5028 +6114,5040 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="B2" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="C2" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="H2" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="B3" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="H3" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="B4" t="s">
-        <v>867</v>
+        <v>872</v>
       </c>
       <c r="C4" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="H4" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B2" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
       <c r="C2" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="D2" t="s">
-        <v>875</v>
+        <v>880</v>
       </c>
       <c r="E2" t="s">
-        <v>876</v>
+        <v>881</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
       <c r="H2" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B3" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="C3" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="D3" t="s">
         <v>83</v>
       </c>
       <c r="E3" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="H3" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B4" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="C4" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="D4" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="E4" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="H4" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B5" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
       <c r="C5" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
       <c r="D5" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="E5" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
       <c r="H5" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B6" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="C6" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
       <c r="D6" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="E6" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>900</v>
+        <v>905</v>
       </c>
       <c r="H6" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B7" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
       <c r="C7" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="D7" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="E7" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="H7" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B8" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
       <c r="C8" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="D8" t="s">
-        <v>910</v>
+        <v>915</v>
       </c>
       <c r="E8" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="H8" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B9" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="C9" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="D9" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="E9" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="H9" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B10" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="C10" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="D10" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="E10" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="H10" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B11" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="C11" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="D11" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="E11" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="H11" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B12" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="C12" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="D12" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="E12" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="H12" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B13" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="C13" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="D13" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="E13" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="H13" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B14" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="C14" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="D14" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="E14" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="H14" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B15" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="C15" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
       <c r="D15" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="E15" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="H15" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B16" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="C16" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="D16" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="E16" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="H16" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B17" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="C17" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="D17" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="E17" t="s">
-        <v>963</v>
+        <v>968</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="H17" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B18" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="C18" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="D18" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="E18" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="H18" t="s">
-        <v>970</v>
+        <v>975</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B19" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
       <c r="C19" t="s">
-        <v>972</v>
+        <v>977</v>
       </c>
       <c r="D19" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
       <c r="E19" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="H19" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B20" t="s">
-        <v>977</v>
+        <v>982</v>
       </c>
       <c r="C20" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
       <c r="D20" t="s">
-        <v>979</v>
+        <v>984</v>
       </c>
       <c r="E20" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="H20" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B21" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="C21" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="D21" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="E21" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
       <c r="H21" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B22" t="s">
-        <v>989</v>
+        <v>994</v>
       </c>
       <c r="C22" t="s">
-        <v>990</v>
+        <v>995</v>
       </c>
       <c r="D22" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
       <c r="E22" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="H22" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B23" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
       <c r="C23" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="D23" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
       <c r="E23" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="H23" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B24" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="C24" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="D24" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="E24" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="H24" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B25" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
       <c r="C25" t="s">
-        <v>1008</v>
+        <v>1013</v>
       </c>
       <c r="D25" t="s">
-        <v>1009</v>
+        <v>1014</v>
       </c>
       <c r="E25" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="H25" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B26" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="C26" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="D26" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="E26" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="H26" t="s">
-        <v>1018</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B27" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="C27" t="s">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="D27" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="E27" t="s">
-        <v>1022</v>
+        <v>1027</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1023</v>
+        <v>1028</v>
       </c>
       <c r="H27" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B28" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="C28" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="D28" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E28" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="H28" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B29" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="C29" t="s">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="D29" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="E29" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="H29" t="s">
-        <v>1035</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B30" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
       <c r="C30" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="D30" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="E30" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
       <c r="H30" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="B2" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="C2" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="D2" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="E2" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="H2" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="B3" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="C3" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="D3" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="E3" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="H3" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="B4" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
       <c r="C4" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="D4" t="s">
-        <v>1056</v>
+        <v>1061</v>
       </c>
       <c r="E4" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="H4" t="s">
-        <v>1059</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="B5" t="s">
-        <v>1060</v>
+        <v>1065</v>
       </c>
       <c r="C5" t="s">
-        <v>1061</v>
+        <v>1066</v>
       </c>
       <c r="D5" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="E5" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
       <c r="H5" t="s">
-        <v>1065</v>
+        <v>1070</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BM68"/>
+  <dimension ref="A1:BP68"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1066</v>
+        <v>1071</v>
       </c>
       <c r="J1" t="s">
         <v>35</v>
       </c>
       <c r="K1" t="s">
-        <v>1067</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B2" t="s">
-        <v>1069</v>
+        <v>1074</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="H2" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="I2" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="J2" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
       <c r="K2" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="L2" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B3" t="s">
-        <v>1077</v>
+        <v>1082</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="H3" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="I3" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="J3" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
       <c r="K3" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="L3" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="M3" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
       <c r="N3" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B4" t="s">
-        <v>1087</v>
+        <v>1092</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1088</v>
+        <v>1093</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="H4" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="I4" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="J4" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="K4" t="s">
-        <v>1093</v>
+        <v>1098</v>
       </c>
       <c r="L4" t="s">
-        <v>1094</v>
+        <v>1099</v>
       </c>
       <c r="M4" t="s">
-        <v>1095</v>
+        <v>1100</v>
       </c>
       <c r="N4" t="s">
-        <v>1096</v>
+        <v>1101</v>
       </c>
       <c r="O4" t="s">
-        <v>1097</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B5" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1100</v>
+        <v>1105</v>
       </c>
       <c r="H5" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="I5" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="J5" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="K5" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B6" t="s">
-        <v>1105</v>
+        <v>1110</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="H6" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="I6" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
       <c r="J6" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="K6" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
       <c r="L6" t="s">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="M6" t="s">
-        <v>1112</v>
+        <v>1117</v>
       </c>
       <c r="N6" t="s">
-        <v>1113</v>
+        <v>1118</v>
       </c>
       <c r="O6" t="s">
-        <v>1114</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B7" t="s">
-        <v>1115</v>
+        <v>1120</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1116</v>
+        <v>1121</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1117</v>
+        <v>1122</v>
       </c>
       <c r="H7" t="s">
-        <v>1118</v>
+        <v>1123</v>
       </c>
       <c r="I7" t="s">
-        <v>1119</v>
+        <v>1124</v>
       </c>
       <c r="J7" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="K7" t="s">
-        <v>1121</v>
+        <v>1126</v>
       </c>
       <c r="L7" t="s">
-        <v>1122</v>
+        <v>1127</v>
       </c>
       <c r="M7" t="s">
-        <v>1123</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B8" t="s">
-        <v>1124</v>
+        <v>1129</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1125</v>
+        <v>1130</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1126</v>
+        <v>1131</v>
       </c>
       <c r="H8" t="s">
-        <v>1127</v>
+        <v>1132</v>
       </c>
       <c r="I8" t="s">
-        <v>1128</v>
+        <v>1133</v>
       </c>
       <c r="J8" t="s">
-        <v>1129</v>
+        <v>1134</v>
       </c>
       <c r="K8" t="s">
-        <v>1130</v>
+        <v>1135</v>
       </c>
       <c r="L8" t="s">
-        <v>1131</v>
+        <v>1136</v>
       </c>
       <c r="M8" t="s">
-        <v>1132</v>
+        <v>1137</v>
       </c>
       <c r="N8" t="s">
-        <v>1133</v>
+        <v>1138</v>
       </c>
       <c r="O8" t="s">
-        <v>1134</v>
+        <v>1139</v>
       </c>
       <c r="P8" t="s">
-        <v>1135</v>
+        <v>1140</v>
       </c>
       <c r="Q8" t="s">
-        <v>1136</v>
+        <v>1141</v>
       </c>
       <c r="R8" t="s">
-        <v>1137</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B9" t="s">
-        <v>1138</v>
+        <v>1143</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1140</v>
+        <v>1145</v>
       </c>
       <c r="H9" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="I9" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="J9" t="s">
-        <v>1143</v>
+        <v>1148</v>
       </c>
       <c r="K9" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="L9" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="M9" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B10" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="H10" t="s">
-        <v>1150</v>
+        <v>1155</v>
       </c>
       <c r="I10" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="J10" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
       <c r="K10" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="L10" t="s">
-        <v>1154</v>
+        <v>1159</v>
       </c>
       <c r="M10" t="s">
-        <v>1155</v>
+        <v>1160</v>
       </c>
       <c r="N10" t="s">
-        <v>1156</v>
+        <v>1161</v>
       </c>
       <c r="O10" t="s">
-        <v>1157</v>
+        <v>1162</v>
       </c>
       <c r="P10" t="s">
-        <v>1158</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B11" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="H11" t="s">
-        <v>1162</v>
+        <v>1167</v>
       </c>
       <c r="I11" t="s">
-        <v>1163</v>
+        <v>1168</v>
       </c>
       <c r="J11" t="s">
-        <v>1164</v>
+        <v>1169</v>
       </c>
       <c r="K11" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
       <c r="L11" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="M11" t="s">
-        <v>1167</v>
+        <v>1172</v>
       </c>
       <c r="N11" t="s">
-        <v>1168</v>
+        <v>1173</v>
       </c>
       <c r="O11" t="s">
-        <v>1169</v>
+        <v>1174</v>
       </c>
       <c r="P11" t="s">
-        <v>1170</v>
+        <v>1175</v>
       </c>
       <c r="Q11" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="R11" t="s">
-        <v>1172</v>
+        <v>1177</v>
       </c>
       <c r="S11" t="s">
-        <v>1173</v>
+        <v>1178</v>
       </c>
       <c r="T11" t="s">
-        <v>1174</v>
+        <v>1179</v>
       </c>
       <c r="U11" t="s">
-        <v>1175</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B12" t="s">
-        <v>1176</v>
+        <v>1181</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1177</v>
+        <v>1182</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1178</v>
+        <v>1183</v>
       </c>
       <c r="H12" t="s">
-        <v>1179</v>
+        <v>1184</v>
       </c>
       <c r="I12" t="s">
-        <v>1180</v>
+        <v>1185</v>
       </c>
       <c r="J12" t="s">
-        <v>1181</v>
+        <v>1186</v>
       </c>
       <c r="K12" t="s">
-        <v>1182</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B13" t="s">
-        <v>1183</v>
+        <v>1188</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1184</v>
+        <v>1189</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1185</v>
+        <v>1190</v>
       </c>
       <c r="H13" t="s">
-        <v>1186</v>
+        <v>1191</v>
       </c>
       <c r="I13" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="J13" t="s">
-        <v>1129</v>
+        <v>1134</v>
       </c>
       <c r="K13" t="s">
-        <v>1187</v>
+        <v>1192</v>
       </c>
       <c r="L13" t="s">
-        <v>1188</v>
+        <v>1193</v>
       </c>
       <c r="M13" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="N13" t="s">
-        <v>1190</v>
+        <v>1195</v>
       </c>
       <c r="O13" t="s">
-        <v>1191</v>
+        <v>1196</v>
       </c>
       <c r="P13" t="s">
-        <v>1192</v>
+        <v>1197</v>
       </c>
       <c r="Q13" t="s">
-        <v>1193</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B14" t="s">
-        <v>1194</v>
+        <v>1199</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1195</v>
+        <v>1200</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1196</v>
+        <v>1201</v>
       </c>
       <c r="H14" t="s">
-        <v>1197</v>
+        <v>1202</v>
       </c>
       <c r="I14" t="s">
-        <v>1198</v>
+        <v>1203</v>
       </c>
       <c r="J14" t="s">
-        <v>1199</v>
+        <v>1204</v>
       </c>
       <c r="K14" t="s">
-        <v>1200</v>
+        <v>1205</v>
       </c>
       <c r="L14" t="s">
-        <v>1201</v>
+        <v>1206</v>
       </c>
       <c r="M14" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
       <c r="N14" t="s">
-        <v>1203</v>
+        <v>1208</v>
       </c>
       <c r="O14" t="s">
-        <v>1204</v>
+        <v>1209</v>
       </c>
       <c r="P14" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="Q14" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="R14" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="S14" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="T14" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="U14" t="s">
-        <v>1210</v>
+        <v>1215</v>
       </c>
       <c r="V14" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="W14" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="X14" t="s">
-        <v>1213</v>
+        <v>1218</v>
       </c>
       <c r="Y14" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="Z14" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="AA14" t="s">
-        <v>1215</v>
+        <v>1221</v>
       </c>
       <c r="AB14" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="AC14" t="s">
-        <v>1217</v>
+        <v>1223</v>
       </c>
       <c r="AD14" t="s">
-        <v>1218</v>
+        <v>1224</v>
       </c>
       <c r="AE14" t="s">
-        <v>1219</v>
+        <v>1225</v>
       </c>
       <c r="AF14" t="s">
-        <v>1220</v>
+        <v>1226</v>
       </c>
       <c r="AG14" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="AH14" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="AI14" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
       <c r="AJ14" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
       <c r="AK14" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="AL14" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
       <c r="AM14" t="s">
-        <v>1227</v>
+        <v>1233</v>
       </c>
       <c r="AN14" t="s">
-        <v>1228</v>
+        <v>1234</v>
       </c>
       <c r="AO14" t="s">
-        <v>1229</v>
+        <v>1235</v>
       </c>
       <c r="AP14" t="s">
-        <v>1230</v>
+        <v>1236</v>
       </c>
       <c r="AQ14" t="s">
-        <v>1231</v>
+        <v>1237</v>
       </c>
       <c r="AR14" t="s">
-        <v>1232</v>
+        <v>1238</v>
       </c>
       <c r="AS14" t="s">
-        <v>1233</v>
+        <v>1239</v>
       </c>
       <c r="AT14" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
       <c r="AU14" t="s">
-        <v>1235</v>
+        <v>1241</v>
       </c>
       <c r="AV14" t="s">
-        <v>1236</v>
+        <v>1242</v>
       </c>
       <c r="AW14" t="s">
-        <v>1237</v>
+        <v>1243</v>
       </c>
       <c r="AX14" t="s">
-        <v>1238</v>
+        <v>1244</v>
       </c>
       <c r="AY14" t="s">
-        <v>1239</v>
+        <v>1245</v>
       </c>
       <c r="AZ14" t="s">
-        <v>1240</v>
+        <v>1246</v>
       </c>
       <c r="BA14" t="s">
-        <v>1234</v>
+        <v>1247</v>
       </c>
       <c r="BB14" t="s">
-        <v>1241</v>
+        <v>1248</v>
       </c>
       <c r="BC14" t="s">
-        <v>1242</v>
+        <v>1249</v>
+      </c>
+      <c r="BD14" t="s">
+        <v>1250</v>
+      </c>
+      <c r="BE14" t="s">
+        <v>1251</v>
+      </c>
+      <c r="BF14" t="s">
+        <v>1252</v>
+      </c>
+      <c r="BG14" t="s">
+        <v>1253</v>
+      </c>
+      <c r="BH14" t="s">
+        <v>1254</v>
+      </c>
+      <c r="BI14" t="s">
+        <v>1255</v>
+      </c>
+      <c r="BJ14" t="s">
+        <v>1256</v>
+      </c>
+      <c r="BK14" t="s">
+        <v>1257</v>
+      </c>
+      <c r="BL14" t="s">
+        <v>1258</v>
+      </c>
+      <c r="BM14" t="s">
+        <v>1259</v>
+      </c>
+      <c r="BN14" t="s">
+        <v>1260</v>
+      </c>
+      <c r="BO14" t="s">
+        <v>1261</v>
+      </c>
+      <c r="BP14" t="s">
+        <v>1262</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B15" t="s">
-        <v>1243</v>
+        <v>1263</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1244</v>
+        <v>1264</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="H15" t="s">
-        <v>1246</v>
+        <v>1266</v>
       </c>
       <c r="I15" t="s">
-        <v>1247</v>
+        <v>1267</v>
       </c>
       <c r="J15" t="s">
-        <v>1248</v>
+        <v>1268</v>
       </c>
       <c r="K15" t="s">
-        <v>1249</v>
+        <v>1269</v>
       </c>
       <c r="L15" t="s">
-        <v>1250</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B16" t="s">
-        <v>1251</v>
+        <v>1271</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1252</v>
+        <v>1272</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1253</v>
+        <v>1273</v>
       </c>
       <c r="H16" t="s">
-        <v>1254</v>
+        <v>1274</v>
       </c>
       <c r="I16" t="s">
-        <v>1255</v>
+        <v>1275</v>
       </c>
       <c r="J16" t="s">
-        <v>1256</v>
+        <v>1276</v>
       </c>
       <c r="K16" t="s">
-        <v>1257</v>
+        <v>1277</v>
       </c>
       <c r="L16" t="s">
-        <v>1258</v>
+        <v>1278</v>
       </c>
       <c r="M16" t="s">
-        <v>1259</v>
+        <v>1279</v>
       </c>
       <c r="N16" t="s">
-        <v>1260</v>
+        <v>1280</v>
       </c>
       <c r="O16" t="s">
-        <v>1261</v>
+        <v>1281</v>
+      </c>
+      <c r="P16" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>1283</v>
+      </c>
+      <c r="R16" t="s">
+        <v>1284</v>
+      </c>
+      <c r="S16" t="s">
+        <v>1285</v>
+      </c>
+      <c r="T16" t="s">
+        <v>1286</v>
+      </c>
+      <c r="U16" t="s">
+        <v>1287</v>
+      </c>
+      <c r="V16" t="s">
+        <v>1288</v>
+      </c>
+      <c r="W16" t="s">
+        <v>1289</v>
+      </c>
+      <c r="X16" t="s">
+        <v>1290</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>1291</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>1292</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>1292</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>1293</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>1294</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>1295</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>1296</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>1297</v>
+      </c>
+      <c r="AG16" t="s">
+        <v>1298</v>
+      </c>
+      <c r="AH16" t="s">
+        <v>1299</v>
+      </c>
+      <c r="AI16" t="s">
+        <v>1300</v>
+      </c>
+      <c r="AJ16" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AK16" t="s">
+        <v>1302</v>
+      </c>
+      <c r="AL16" t="s">
+        <v>1303</v>
+      </c>
+      <c r="AM16" t="s">
+        <v>1304</v>
+      </c>
+      <c r="AN16" t="s">
+        <v>1305</v>
+      </c>
+      <c r="AO16" t="s">
+        <v>1306</v>
+      </c>
+      <c r="AP16" t="s">
+        <v>1307</v>
+      </c>
+      <c r="AQ16" t="s">
+        <v>1308</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>1309</v>
+      </c>
+      <c r="AS16" t="s">
+        <v>1310</v>
+      </c>
+      <c r="AT16" t="s">
+        <v>1311</v>
+      </c>
+      <c r="AU16" t="s">
+        <v>1312</v>
+      </c>
+      <c r="AV16" t="s">
+        <v>1313</v>
+      </c>
+      <c r="AW16" t="s">
+        <v>1314</v>
+      </c>
+      <c r="AX16" t="s">
+        <v>1315</v>
+      </c>
+      <c r="AY16" t="s">
+        <v>1316</v>
+      </c>
+      <c r="AZ16" t="s">
+        <v>1317</v>
+      </c>
+      <c r="BA16" t="s">
+        <v>1311</v>
+      </c>
+      <c r="BB16" t="s">
+        <v>1318</v>
+      </c>
+      <c r="BC16" t="s">
+        <v>1319</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B17" t="s">
-        <v>1262</v>
+        <v>1320</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>1263</v>
+        <v>1321</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1264</v>
+        <v>1322</v>
       </c>
       <c r="H17" t="s">
-        <v>1265</v>
+        <v>1323</v>
       </c>
       <c r="I17" t="s">
-        <v>1266</v>
+        <v>1324</v>
       </c>
       <c r="J17" t="s">
-        <v>1267</v>
+        <v>1325</v>
       </c>
       <c r="K17" t="s">
-        <v>1268</v>
+        <v>1326</v>
       </c>
       <c r="L17" t="s">
-        <v>1269</v>
-[...158 lines deleted...]
-        <v>1322</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B18" t="s">
-        <v>1323</v>
+        <v>1328</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
       <c r="H18" t="s">
-        <v>1326</v>
+        <v>1331</v>
       </c>
       <c r="I18" t="s">
-        <v>1327</v>
+        <v>1332</v>
       </c>
       <c r="J18" t="s">
-        <v>1328</v>
+        <v>1268</v>
       </c>
       <c r="K18" t="s">
-        <v>1329</v>
+        <v>1333</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1334</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1335</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1336</v>
+      </c>
+      <c r="O18" t="s">
+        <v>1337</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B19" t="s">
-        <v>1330</v>
+        <v>1338</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1331</v>
+        <v>1339</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1332</v>
+        <v>1340</v>
       </c>
       <c r="H19" t="s">
-        <v>1333</v>
+        <v>1341</v>
       </c>
       <c r="I19" t="s">
-        <v>1334</v>
+        <v>1342</v>
       </c>
       <c r="J19" t="s">
-        <v>1335</v>
+        <v>1343</v>
       </c>
       <c r="K19" t="s">
-        <v>1336</v>
-[...14 lines deleted...]
-        <v>1341</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B20" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1344</v>
+        <v>1347</v>
       </c>
       <c r="H20" t="s">
-        <v>1345</v>
+        <v>1348</v>
       </c>
       <c r="I20" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
       <c r="J20" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
       <c r="K20" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
       <c r="L20" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
       <c r="M20" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="N20" t="s">
-        <v>1351</v>
+        <v>1354</v>
       </c>
       <c r="O20" t="s">
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="P20" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B21" t="s">
-        <v>1354</v>
+        <v>1357</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>1355</v>
+        <v>1358</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="H21" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="I21" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
       <c r="J21" t="s">
-        <v>1359</v>
+        <v>1362</v>
       </c>
       <c r="K21" t="s">
-        <v>1360</v>
+        <v>1363</v>
       </c>
       <c r="L21" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
       <c r="M21" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
       <c r="N21" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
       <c r="O21" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="P21" t="s">
-        <v>1365</v>
-[...7 lines deleted...]
-      <c r="S21" t="s">
         <v>1368</v>
-      </c>
-[...13 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B22" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1373</v>
+      </c>
+      <c r="J22" t="s">
         <v>1374</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="K22" t="s">
         <v>1375</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="L22" t="s">
         <v>1376</v>
       </c>
-      <c r="H22" t="s">
+      <c r="M22" t="s">
         <v>1377</v>
       </c>
-      <c r="I22" t="s">
+      <c r="N22" t="s">
         <v>1378</v>
       </c>
-      <c r="J22" t="s">
+      <c r="O22" t="s">
         <v>1379</v>
       </c>
-      <c r="K22" t="s">
+      <c r="P22" t="s">
         <v>1380</v>
       </c>
-      <c r="L22" t="s">
+      <c r="Q22" t="s">
         <v>1381</v>
       </c>
-      <c r="M22" t="s">
+      <c r="R22" t="s">
         <v>1382</v>
       </c>
-      <c r="N22" t="s">
+      <c r="S22" t="s">
         <v>1383</v>
       </c>
-      <c r="O22" t="s">
+      <c r="T22" t="s">
         <v>1384</v>
       </c>
-      <c r="P22" t="s">
+      <c r="U22" t="s">
         <v>1385</v>
       </c>
-      <c r="Q22" t="s">
+      <c r="V22" t="s">
         <v>1386</v>
       </c>
-      <c r="R22" t="s">
+      <c r="W22" t="s">
         <v>1387</v>
       </c>
-      <c r="S22" t="s">
+      <c r="X22" t="s">
         <v>1388</v>
-      </c>
-[...19 lines deleted...]
-        <v>1395</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B23" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1390</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1392</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1393</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1394</v>
+      </c>
+      <c r="K23" t="s">
+        <v>1395</v>
+      </c>
+      <c r="L23" t="s">
         <v>1396</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="M23" t="s">
         <v>1397</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="N23" t="s">
         <v>1398</v>
       </c>
-      <c r="H23" t="s">
+      <c r="O23" t="s">
         <v>1399</v>
       </c>
-      <c r="I23" t="s">
+      <c r="P23" t="s">
         <v>1400</v>
       </c>
-      <c r="J23" t="s">
+      <c r="Q23" t="s">
         <v>1401</v>
       </c>
-      <c r="K23" t="s">
+      <c r="R23" t="s">
         <v>1402</v>
       </c>
-      <c r="L23" t="s">
+      <c r="S23" t="s">
         <v>1403</v>
+      </c>
+      <c r="T23" t="s">
+        <v>1404</v>
+      </c>
+      <c r="U23" t="s">
+        <v>1405</v>
+      </c>
+      <c r="V23" t="s">
+        <v>1406</v>
+      </c>
+      <c r="W23" t="s">
+        <v>1407</v>
+      </c>
+      <c r="X23" t="s">
+        <v>1408</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>1409</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>1410</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B24" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1406</v>
+        <v>1413</v>
       </c>
       <c r="H24" t="s">
-        <v>1407</v>
+        <v>1414</v>
       </c>
       <c r="I24" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="J24" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="K24" t="s">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="L24" t="s">
-        <v>1411</v>
-[...17 lines deleted...]
-        <v>1417</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B25" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="H25" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="I25" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="J25" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="K25" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="L25" t="s">
-        <v>1425</v>
+        <v>1426</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1427</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1428</v>
+      </c>
+      <c r="O25" t="s">
+        <v>1429</v>
+      </c>
+      <c r="P25" t="s">
+        <v>1430</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>1431</v>
+      </c>
+      <c r="R25" t="s">
+        <v>1432</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B26" t="s">
-        <v>1426</v>
+        <v>1433</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1427</v>
+        <v>1434</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1428</v>
+        <v>1435</v>
       </c>
       <c r="H26" t="s">
-        <v>1429</v>
+        <v>1436</v>
       </c>
       <c r="I26" t="s">
-        <v>1430</v>
+        <v>1437</v>
       </c>
       <c r="J26" t="s">
-        <v>1431</v>
+        <v>1438</v>
       </c>
       <c r="K26" t="s">
-        <v>1432</v>
+        <v>1439</v>
       </c>
       <c r="L26" t="s">
-        <v>1433</v>
-[...14 lines deleted...]
-        <v>1438</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B27" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="H27" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="I27" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="J27" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="K27" t="s">
-        <v>1445</v>
+        <v>1447</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1448</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1449</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1450</v>
+      </c>
+      <c r="O27" t="s">
+        <v>1451</v>
+      </c>
+      <c r="P27" t="s">
+        <v>1452</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>1453</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B28" t="s">
-        <v>1446</v>
+        <v>1454</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1447</v>
+        <v>1455</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1448</v>
+        <v>1456</v>
       </c>
       <c r="H28" t="s">
-        <v>1449</v>
+        <v>1457</v>
       </c>
       <c r="I28" t="s">
-        <v>1450</v>
+        <v>1458</v>
       </c>
       <c r="J28" t="s">
-        <v>1451</v>
+        <v>1459</v>
       </c>
       <c r="K28" t="s">
-        <v>1452</v>
+        <v>1460</v>
       </c>
       <c r="L28" t="s">
-        <v>1453</v>
+        <v>1461</v>
       </c>
       <c r="M28" t="s">
-        <v>1454</v>
+        <v>1462</v>
       </c>
       <c r="N28" t="s">
-        <v>1455</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B29" t="s">
-        <v>1456</v>
+        <v>1464</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1457</v>
+        <v>1465</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1458</v>
+        <v>1466</v>
       </c>
       <c r="H29" t="s">
-        <v>1459</v>
+        <v>1467</v>
       </c>
       <c r="I29" t="s">
-        <v>1460</v>
+        <v>1468</v>
       </c>
       <c r="J29" t="s">
-        <v>1379</v>
+        <v>1394</v>
       </c>
       <c r="K29" t="s">
-        <v>1461</v>
+        <v>1469</v>
       </c>
       <c r="L29" t="s">
-        <v>1462</v>
+        <v>1470</v>
       </c>
       <c r="M29" t="s">
-        <v>1463</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B30" t="s">
-        <v>1464</v>
+        <v>1472</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1465</v>
+        <v>1473</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1466</v>
+        <v>1474</v>
       </c>
       <c r="H30" t="s">
-        <v>1467</v>
+        <v>1475</v>
       </c>
       <c r="I30" t="s">
-        <v>1468</v>
+        <v>1476</v>
       </c>
       <c r="J30" t="s">
-        <v>1469</v>
+        <v>1477</v>
       </c>
       <c r="K30" t="s">
-        <v>1470</v>
+        <v>1478</v>
       </c>
       <c r="L30" t="s">
-        <v>1471</v>
+        <v>1479</v>
       </c>
       <c r="M30" t="s">
-        <v>1472</v>
+        <v>1480</v>
       </c>
       <c r="N30" t="s">
-        <v>1473</v>
+        <v>1481</v>
       </c>
       <c r="O30" t="s">
-        <v>1474</v>
+        <v>1482</v>
       </c>
       <c r="P30" t="s">
-        <v>1473</v>
+        <v>1481</v>
       </c>
       <c r="Q30" t="s">
-        <v>1475</v>
+        <v>1483</v>
       </c>
       <c r="R30" t="s">
-        <v>1476</v>
+        <v>1484</v>
       </c>
       <c r="S30" t="s">
-        <v>1477</v>
+        <v>1485</v>
       </c>
       <c r="T30" t="s">
-        <v>1478</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B31" t="s">
-        <v>1479</v>
+        <v>1487</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1480</v>
+        <v>1488</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1481</v>
+        <v>1489</v>
       </c>
       <c r="H31" t="s">
-        <v>1482</v>
+        <v>1490</v>
       </c>
       <c r="I31" t="s">
-        <v>1483</v>
+        <v>1491</v>
       </c>
       <c r="J31" t="s">
-        <v>1484</v>
+        <v>1492</v>
       </c>
       <c r="K31" t="s">
-        <v>1485</v>
+        <v>1493</v>
       </c>
       <c r="L31" t="s">
-        <v>1486</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B32" t="s">
-        <v>1487</v>
+        <v>1495</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1488</v>
+        <v>1496</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1489</v>
+        <v>1497</v>
       </c>
       <c r="H32" t="s">
-        <v>1490</v>
+        <v>1498</v>
       </c>
       <c r="I32" t="s">
-        <v>1491</v>
+        <v>1499</v>
       </c>
       <c r="J32" t="s">
-        <v>1492</v>
+        <v>1500</v>
       </c>
       <c r="K32" t="s">
-        <v>1493</v>
+        <v>1501</v>
       </c>
       <c r="L32" t="s">
-        <v>1494</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B33" t="s">
-        <v>1495</v>
+        <v>1503</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1496</v>
+        <v>1504</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1497</v>
+        <v>1505</v>
       </c>
       <c r="H33" t="s">
-        <v>1498</v>
+        <v>1506</v>
       </c>
       <c r="I33" t="s">
-        <v>1499</v>
+        <v>1507</v>
       </c>
       <c r="J33" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="K33" t="s">
-        <v>1500</v>
+        <v>1508</v>
       </c>
       <c r="L33" t="s">
-        <v>1501</v>
+        <v>1509</v>
       </c>
       <c r="M33" t="s">
-        <v>1502</v>
+        <v>1510</v>
       </c>
       <c r="N33" t="s">
-        <v>1503</v>
+        <v>1511</v>
       </c>
       <c r="O33" t="s">
-        <v>1504</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B34" t="s">
-        <v>1505</v>
+        <v>1513</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1506</v>
+        <v>1514</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1507</v>
+        <v>1515</v>
       </c>
       <c r="H34" t="s">
-        <v>1508</v>
+        <v>1516</v>
       </c>
       <c r="I34" t="s">
-        <v>1509</v>
+        <v>1517</v>
       </c>
       <c r="J34" t="s">
-        <v>1510</v>
+        <v>1518</v>
       </c>
       <c r="K34" t="s">
-        <v>1511</v>
+        <v>1519</v>
       </c>
       <c r="L34" t="s">
-        <v>1512</v>
+        <v>1520</v>
       </c>
       <c r="M34" t="s">
-        <v>1513</v>
+        <v>1521</v>
       </c>
       <c r="N34" t="s">
-        <v>1514</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B35" t="s">
-        <v>1515</v>
+        <v>1523</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1516</v>
+        <v>1524</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1517</v>
+        <v>1525</v>
       </c>
       <c r="H35" t="s">
-        <v>1518</v>
+        <v>1526</v>
       </c>
       <c r="I35" t="s">
-        <v>1519</v>
+        <v>1527</v>
       </c>
       <c r="J35" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="K35" t="s">
-        <v>1520</v>
+        <v>1528</v>
       </c>
       <c r="L35" t="s">
-        <v>1521</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B36" t="s">
-        <v>1522</v>
+        <v>1530</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1523</v>
+        <v>1531</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1524</v>
+        <v>1532</v>
       </c>
       <c r="H36" t="s">
-        <v>1525</v>
+        <v>1533</v>
       </c>
       <c r="I36" t="s">
-        <v>1526</v>
+        <v>1534</v>
       </c>
       <c r="J36" t="s">
-        <v>1527</v>
+        <v>1535</v>
       </c>
       <c r="K36" t="s">
-        <v>1528</v>
+        <v>1536</v>
       </c>
       <c r="L36" t="s">
-        <v>1529</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B37" t="s">
-        <v>1530</v>
+        <v>1538</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1531</v>
+        <v>1539</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1532</v>
+        <v>1540</v>
       </c>
       <c r="H37" t="s">
-        <v>1533</v>
+        <v>1541</v>
       </c>
       <c r="I37" t="s">
-        <v>1534</v>
+        <v>1542</v>
       </c>
       <c r="J37" t="s">
-        <v>1535</v>
+        <v>1543</v>
       </c>
       <c r="K37" t="s">
-        <v>1536</v>
+        <v>1544</v>
       </c>
       <c r="L37" t="s">
-        <v>1537</v>
+        <v>1545</v>
       </c>
       <c r="M37" t="s">
-        <v>1538</v>
+        <v>1546</v>
       </c>
       <c r="N37" t="s">
-        <v>1539</v>
+        <v>1547</v>
       </c>
       <c r="O37" t="s">
-        <v>1540</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B38" t="s">
-        <v>1541</v>
+        <v>1549</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1542</v>
+        <v>1550</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1543</v>
+        <v>1551</v>
       </c>
       <c r="H38" t="s">
-        <v>1544</v>
+        <v>1552</v>
       </c>
       <c r="I38" t="s">
-        <v>1545</v>
+        <v>1553</v>
       </c>
       <c r="J38" t="s">
-        <v>1379</v>
+        <v>1394</v>
       </c>
       <c r="K38" t="s">
-        <v>1546</v>
+        <v>1554</v>
       </c>
       <c r="L38" t="s">
-        <v>1547</v>
+        <v>1555</v>
       </c>
       <c r="M38" t="s">
-        <v>1548</v>
+        <v>1556</v>
       </c>
       <c r="N38" t="s">
-        <v>1549</v>
+        <v>1557</v>
       </c>
       <c r="O38" t="s">
-        <v>1550</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B39" t="s">
-        <v>1551</v>
+        <v>1559</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1552</v>
+        <v>1560</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1553</v>
+        <v>1561</v>
       </c>
       <c r="H39" t="s">
-        <v>1554</v>
+        <v>1562</v>
       </c>
       <c r="I39" t="s">
-        <v>1555</v>
+        <v>1563</v>
       </c>
       <c r="J39" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
       <c r="K39" t="s">
-        <v>1556</v>
+        <v>1564</v>
       </c>
       <c r="L39" t="s">
-        <v>1557</v>
+        <v>1565</v>
       </c>
       <c r="M39" t="s">
-        <v>1558</v>
+        <v>1566</v>
       </c>
       <c r="N39" t="s">
-        <v>1559</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B40" t="s">
-        <v>1560</v>
+        <v>1568</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1561</v>
+        <v>1569</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1562</v>
+        <v>1570</v>
       </c>
       <c r="H40" t="s">
-        <v>1563</v>
+        <v>1571</v>
       </c>
       <c r="I40" t="s">
-        <v>1564</v>
+        <v>1572</v>
       </c>
       <c r="J40" t="s">
-        <v>1469</v>
+        <v>1477</v>
       </c>
       <c r="K40" t="s">
-        <v>1565</v>
+        <v>1573</v>
       </c>
       <c r="L40" t="s">
-        <v>1566</v>
+        <v>1574</v>
       </c>
       <c r="M40" t="s">
-        <v>1567</v>
+        <v>1575</v>
       </c>
       <c r="N40" t="s">
-        <v>1568</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B41" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1571</v>
+        <v>1579</v>
       </c>
       <c r="H41" t="s">
-        <v>1572</v>
+        <v>1580</v>
       </c>
       <c r="I41" t="s">
-        <v>1573</v>
+        <v>1581</v>
       </c>
       <c r="J41" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
       <c r="K41" t="s">
-        <v>1574</v>
+        <v>1582</v>
       </c>
       <c r="L41" t="s">
-        <v>1575</v>
+        <v>1583</v>
       </c>
       <c r="M41" t="s">
-        <v>1576</v>
+        <v>1584</v>
       </c>
       <c r="N41" t="s">
-        <v>1577</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B42" t="s">
-        <v>1578</v>
+        <v>1586</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1579</v>
+        <v>1587</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1580</v>
+        <v>1588</v>
       </c>
       <c r="H42" t="s">
-        <v>1581</v>
+        <v>1589</v>
       </c>
       <c r="I42" t="s">
-        <v>1582</v>
+        <v>1590</v>
       </c>
       <c r="J42" t="s">
         <v>13</v>
       </c>
       <c r="K42" t="s">
-        <v>1583</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B43" t="s">
-        <v>1584</v>
+        <v>1592</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1585</v>
+        <v>1593</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1586</v>
+        <v>1594</v>
       </c>
       <c r="H43" t="s">
-        <v>1587</v>
+        <v>1595</v>
       </c>
       <c r="I43" t="s">
-        <v>1588</v>
+        <v>1596</v>
       </c>
       <c r="J43" t="s">
-        <v>1589</v>
+        <v>1597</v>
       </c>
       <c r="K43" t="s">
-        <v>1590</v>
+        <v>1598</v>
       </c>
       <c r="L43" t="s">
-        <v>1591</v>
+        <v>1599</v>
       </c>
       <c r="M43" t="s">
-        <v>1592</v>
+        <v>1600</v>
       </c>
       <c r="N43" t="s">
-        <v>1593</v>
+        <v>1601</v>
       </c>
       <c r="O43" t="s">
-        <v>1594</v>
+        <v>1602</v>
       </c>
       <c r="P43" t="s">
-        <v>1595</v>
+        <v>1603</v>
       </c>
       <c r="Q43" t="s">
-        <v>1596</v>
+        <v>1604</v>
       </c>
       <c r="R43" t="s">
-        <v>1597</v>
+        <v>1605</v>
       </c>
       <c r="S43" t="s">
-        <v>1598</v>
+        <v>1606</v>
       </c>
       <c r="T43" t="s">
-        <v>1599</v>
+        <v>1607</v>
       </c>
       <c r="U43" t="s">
-        <v>1600</v>
+        <v>1608</v>
       </c>
       <c r="V43" t="s">
-        <v>1601</v>
+        <v>1609</v>
       </c>
       <c r="W43" t="s">
-        <v>1602</v>
+        <v>1610</v>
       </c>
       <c r="X43" t="s">
-        <v>1603</v>
+        <v>1611</v>
       </c>
       <c r="Y43" t="s">
-        <v>1604</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B44" t="s">
-        <v>1605</v>
+        <v>1613</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1606</v>
+        <v>1614</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1607</v>
+        <v>1615</v>
       </c>
       <c r="H44" t="s">
-        <v>1608</v>
+        <v>1616</v>
       </c>
       <c r="I44" t="s">
-        <v>1609</v>
+        <v>1617</v>
       </c>
       <c r="J44" t="s">
-        <v>1199</v>
+        <v>1276</v>
       </c>
       <c r="K44" t="s">
-        <v>1610</v>
+        <v>1618</v>
       </c>
       <c r="L44" t="s">
-        <v>1611</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B45" t="s">
-        <v>1612</v>
+        <v>1620</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1613</v>
+        <v>1621</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1614</v>
+        <v>1622</v>
       </c>
       <c r="H45" t="s">
-        <v>1615</v>
+        <v>1623</v>
       </c>
       <c r="I45" t="s">
-        <v>1616</v>
+        <v>1624</v>
       </c>
       <c r="J45" t="s">
-        <v>1617</v>
+        <v>1625</v>
       </c>
       <c r="K45" t="s">
-        <v>1618</v>
+        <v>1626</v>
       </c>
       <c r="L45" t="s">
-        <v>1619</v>
+        <v>1627</v>
       </c>
       <c r="M45" t="s">
-        <v>1620</v>
+        <v>1628</v>
       </c>
       <c r="N45" t="s">
-        <v>1621</v>
+        <v>1629</v>
       </c>
       <c r="O45" t="s">
-        <v>1622</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B46" t="s">
-        <v>1623</v>
+        <v>1631</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>1624</v>
+        <v>1632</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1625</v>
+        <v>1633</v>
       </c>
       <c r="H46" t="s">
-        <v>1626</v>
+        <v>1634</v>
       </c>
       <c r="I46" t="s">
-        <v>1627</v>
+        <v>1635</v>
       </c>
       <c r="J46" t="s">
-        <v>1628</v>
+        <v>1636</v>
       </c>
       <c r="K46" t="s">
-        <v>1629</v>
+        <v>1637</v>
       </c>
       <c r="L46" t="s">
-        <v>1630</v>
+        <v>1638</v>
       </c>
       <c r="M46" t="s">
-        <v>1631</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B47" t="s">
-        <v>1632</v>
+        <v>1640</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>1633</v>
+        <v>1641</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1634</v>
+        <v>1642</v>
       </c>
       <c r="H47" t="s">
-        <v>1635</v>
+        <v>1643</v>
       </c>
       <c r="I47" t="s">
-        <v>1636</v>
+        <v>1644</v>
       </c>
       <c r="J47" t="s">
-        <v>1469</v>
+        <v>1477</v>
       </c>
       <c r="K47" t="s">
-        <v>1637</v>
+        <v>1645</v>
       </c>
       <c r="L47" t="s">
-        <v>1638</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B48" t="s">
-        <v>1639</v>
+        <v>1647</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>1640</v>
+        <v>1648</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1641</v>
+        <v>1649</v>
       </c>
       <c r="H48" t="s">
-        <v>1642</v>
+        <v>1650</v>
       </c>
       <c r="I48" t="s">
-        <v>1643</v>
+        <v>1651</v>
       </c>
       <c r="J48" t="s">
-        <v>1617</v>
+        <v>1625</v>
       </c>
       <c r="K48" t="s">
-        <v>1644</v>
+        <v>1652</v>
       </c>
       <c r="L48" t="s">
-        <v>1645</v>
+        <v>1653</v>
       </c>
       <c r="M48" t="s">
-        <v>1646</v>
+        <v>1654</v>
       </c>
       <c r="N48" t="s">
-        <v>1647</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B49" t="s">
-        <v>1648</v>
+        <v>1656</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>1649</v>
+        <v>1657</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1650</v>
+        <v>1658</v>
       </c>
       <c r="H49" t="s">
-        <v>1651</v>
+        <v>1659</v>
       </c>
       <c r="I49" t="s">
-        <v>1652</v>
+        <v>1660</v>
       </c>
       <c r="J49" t="s">
-        <v>1129</v>
+        <v>1134</v>
       </c>
       <c r="K49" t="s">
-        <v>1653</v>
+        <v>1661</v>
       </c>
       <c r="L49" t="s">
-        <v>1654</v>
+        <v>1662</v>
       </c>
       <c r="M49" t="s">
-        <v>1655</v>
+        <v>1663</v>
       </c>
       <c r="N49" t="s">
-        <v>1656</v>
+        <v>1664</v>
       </c>
       <c r="O49" t="s">
-        <v>1657</v>
+        <v>1665</v>
       </c>
       <c r="P49" t="s">
-        <v>1658</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B50" t="s">
-        <v>1659</v>
+        <v>1667</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>1660</v>
+        <v>1668</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1661</v>
+        <v>1669</v>
       </c>
       <c r="H50" t="s">
-        <v>1662</v>
+        <v>1670</v>
       </c>
       <c r="I50" t="s">
-        <v>1663</v>
+        <v>1671</v>
       </c>
       <c r="J50" t="s">
-        <v>1664</v>
+        <v>1672</v>
       </c>
       <c r="K50" t="s">
-        <v>1665</v>
+        <v>1673</v>
       </c>
       <c r="L50" t="s">
-        <v>1666</v>
+        <v>1674</v>
       </c>
       <c r="M50" t="s">
-        <v>1667</v>
+        <v>1675</v>
       </c>
       <c r="N50" t="s">
-        <v>1668</v>
+        <v>1676</v>
       </c>
       <c r="O50" t="s">
-        <v>1669</v>
+        <v>1677</v>
       </c>
       <c r="P50" t="s">
-        <v>1670</v>
+        <v>1678</v>
       </c>
       <c r="Q50" t="s">
-        <v>1671</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B51" t="s">
-        <v>1672</v>
+        <v>1680</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>1673</v>
+        <v>1681</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1674</v>
+        <v>1682</v>
       </c>
       <c r="H51" t="s">
-        <v>1675</v>
+        <v>1683</v>
       </c>
       <c r="I51" t="s">
-        <v>1676</v>
+        <v>1684</v>
       </c>
       <c r="J51" t="s">
-        <v>1628</v>
+        <v>1636</v>
       </c>
       <c r="K51" t="s">
-        <v>1677</v>
+        <v>1685</v>
       </c>
       <c r="L51" t="s">
-        <v>1678</v>
+        <v>1686</v>
       </c>
       <c r="M51" t="s">
-        <v>1679</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B52" t="s">
-        <v>1680</v>
+        <v>1688</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>1681</v>
+        <v>1689</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1682</v>
+        <v>1690</v>
       </c>
       <c r="H52" t="s">
-        <v>1683</v>
+        <v>1691</v>
       </c>
       <c r="I52" t="s">
-        <v>1684</v>
+        <v>1692</v>
       </c>
       <c r="J52" t="s">
-        <v>1423</v>
+        <v>1438</v>
       </c>
       <c r="K52" t="s">
-        <v>1685</v>
+        <v>1693</v>
       </c>
       <c r="L52" t="s">
-        <v>1686</v>
+        <v>1694</v>
       </c>
       <c r="M52" t="s">
-        <v>1687</v>
+        <v>1695</v>
       </c>
       <c r="N52" t="s">
-        <v>1688</v>
+        <v>1696</v>
       </c>
       <c r="O52" t="s">
-        <v>1689</v>
+        <v>1697</v>
       </c>
       <c r="P52" t="s">
-        <v>1690</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B53" t="s">
-        <v>1691</v>
+        <v>1699</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>1692</v>
+        <v>1700</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1693</v>
+        <v>1701</v>
       </c>
       <c r="H53" t="s">
-        <v>1694</v>
+        <v>1702</v>
       </c>
       <c r="I53" t="s">
-        <v>1695</v>
+        <v>1703</v>
       </c>
       <c r="J53" t="s">
-        <v>1696</v>
+        <v>1704</v>
       </c>
       <c r="K53" t="s">
-        <v>1697</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B54" t="s">
-        <v>1698</v>
+        <v>1706</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>1692</v>
+        <v>1700</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1699</v>
+        <v>1707</v>
       </c>
       <c r="H54" t="s">
-        <v>1700</v>
+        <v>1708</v>
       </c>
       <c r="I54" t="s">
-        <v>1701</v>
+        <v>1709</v>
       </c>
       <c r="J54" t="s">
-        <v>1702</v>
+        <v>1710</v>
       </c>
       <c r="K54" t="s">
-        <v>1703</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B55" t="s">
-        <v>1704</v>
+        <v>1712</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>1705</v>
+        <v>1713</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1706</v>
+        <v>1714</v>
       </c>
       <c r="H55" t="s">
-        <v>1707</v>
+        <v>1715</v>
       </c>
       <c r="I55" t="s">
-        <v>1708</v>
+        <v>1716</v>
       </c>
       <c r="J55" t="s">
-        <v>1709</v>
+        <v>1717</v>
       </c>
       <c r="K55" t="s">
-        <v>1710</v>
+        <v>1718</v>
       </c>
       <c r="L55" t="s">
-        <v>1711</v>
+        <v>1719</v>
       </c>
       <c r="M55" t="s">
-        <v>1712</v>
+        <v>1720</v>
       </c>
       <c r="N55" t="s">
-        <v>1713</v>
+        <v>1721</v>
       </c>
       <c r="O55" t="s">
-        <v>1714</v>
+        <v>1722</v>
       </c>
       <c r="P55" t="s">
-        <v>1715</v>
+        <v>1723</v>
       </c>
       <c r="Q55" t="s">
-        <v>1716</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B56" t="s">
-        <v>1717</v>
+        <v>1725</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>1718</v>
+        <v>1726</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1719</v>
+        <v>1727</v>
       </c>
       <c r="H56" t="s">
-        <v>1720</v>
+        <v>1728</v>
       </c>
       <c r="I56" t="s">
-        <v>1721</v>
+        <v>1729</v>
       </c>
       <c r="J56" t="s">
-        <v>1722</v>
+        <v>1730</v>
       </c>
       <c r="K56" t="s">
-        <v>1723</v>
+        <v>1731</v>
       </c>
       <c r="L56" t="s">
-        <v>1724</v>
+        <v>1732</v>
       </c>
       <c r="M56" t="s">
-        <v>1725</v>
+        <v>1733</v>
       </c>
       <c r="N56" t="s">
-        <v>1726</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B57" t="s">
-        <v>1727</v>
+        <v>1735</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>1728</v>
+        <v>1736</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1729</v>
+        <v>1737</v>
       </c>
       <c r="H57" t="s">
-        <v>1730</v>
+        <v>1738</v>
       </c>
       <c r="I57" t="s">
-        <v>1731</v>
+        <v>1739</v>
       </c>
       <c r="J57" t="s">
-        <v>1129</v>
+        <v>1134</v>
       </c>
       <c r="K57" t="s">
-        <v>1732</v>
+        <v>1740</v>
       </c>
       <c r="L57" t="s">
-        <v>1733</v>
+        <v>1741</v>
       </c>
       <c r="M57" t="s">
-        <v>1734</v>
+        <v>1742</v>
       </c>
       <c r="N57" t="s">
-        <v>1735</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B58" t="s">
-        <v>1736</v>
+        <v>1744</v>
       </c>
       <c r="C58" t="s">
         <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>1737</v>
+        <v>1745</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1738</v>
+        <v>1746</v>
       </c>
       <c r="H58" t="s">
-        <v>1739</v>
+        <v>1747</v>
       </c>
       <c r="I58" t="s">
-        <v>1740</v>
+        <v>1748</v>
       </c>
       <c r="J58" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
       <c r="K58" t="s">
-        <v>1741</v>
+        <v>1749</v>
       </c>
       <c r="L58" t="s">
-        <v>1742</v>
+        <v>1750</v>
       </c>
       <c r="M58" t="s">
-        <v>1743</v>
+        <v>1751</v>
       </c>
       <c r="N58" t="s">
-        <v>1744</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B59" t="s">
-        <v>1745</v>
+        <v>1753</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>1746</v>
+        <v>1754</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1747</v>
+        <v>1755</v>
       </c>
       <c r="H59" t="s">
-        <v>1748</v>
+        <v>1756</v>
       </c>
       <c r="I59" t="s">
-        <v>1749</v>
+        <v>1757</v>
       </c>
       <c r="J59" t="s">
-        <v>1750</v>
+        <v>1758</v>
       </c>
       <c r="K59" t="s">
-        <v>1751</v>
+        <v>1759</v>
       </c>
       <c r="L59" t="s">
-        <v>1752</v>
+        <v>1760</v>
       </c>
       <c r="M59" t="s">
-        <v>1753</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B60" t="s">
-        <v>1754</v>
+        <v>1762</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>1755</v>
+        <v>1763</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1756</v>
+        <v>1764</v>
       </c>
       <c r="H60" t="s">
-        <v>1757</v>
+        <v>1765</v>
       </c>
       <c r="I60" t="s">
-        <v>1758</v>
+        <v>1766</v>
       </c>
       <c r="J60" t="s">
-        <v>1484</v>
+        <v>1492</v>
       </c>
       <c r="K60" t="s">
-        <v>1759</v>
+        <v>1767</v>
       </c>
       <c r="L60" t="s">
-        <v>1760</v>
+        <v>1768</v>
       </c>
       <c r="M60" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="N60" t="s">
-        <v>1762</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B61" t="s">
-        <v>1763</v>
+        <v>1771</v>
       </c>
       <c r="C61" t="s">
         <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>1764</v>
+        <v>1772</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1765</v>
+        <v>1773</v>
       </c>
       <c r="H61" t="s">
-        <v>1766</v>
+        <v>1774</v>
       </c>
       <c r="I61" t="s">
-        <v>1767</v>
+        <v>1775</v>
       </c>
       <c r="J61" t="s">
-        <v>1469</v>
+        <v>1477</v>
       </c>
       <c r="K61" t="s">
-        <v>1768</v>
+        <v>1776</v>
       </c>
       <c r="L61" t="s">
-        <v>1769</v>
+        <v>1777</v>
       </c>
       <c r="M61" t="s">
-        <v>1770</v>
+        <v>1778</v>
       </c>
       <c r="N61" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="O61" t="s">
-        <v>1772</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B62" t="s">
-        <v>1773</v>
+        <v>1781</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>1774</v>
+        <v>1782</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1775</v>
+        <v>1783</v>
       </c>
       <c r="H62" t="s">
-        <v>1776</v>
+        <v>1784</v>
       </c>
       <c r="I62" t="s">
-        <v>1777</v>
+        <v>1785</v>
       </c>
       <c r="J62" t="s">
-        <v>1199</v>
+        <v>1276</v>
       </c>
       <c r="K62" t="s">
-        <v>1778</v>
+        <v>1786</v>
       </c>
       <c r="L62" t="s">
-        <v>1779</v>
+        <v>1787</v>
       </c>
       <c r="M62" t="s">
-        <v>1780</v>
+        <v>1788</v>
       </c>
       <c r="N62" t="s">
-        <v>1781</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B63" t="s">
-        <v>1782</v>
+        <v>1790</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>1783</v>
+        <v>1791</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1784</v>
+        <v>1792</v>
       </c>
       <c r="H63" t="s">
-        <v>1785</v>
+        <v>1793</v>
       </c>
       <c r="I63" t="s">
-        <v>1758</v>
+        <v>1766</v>
       </c>
       <c r="J63" t="s">
-        <v>1786</v>
+        <v>1794</v>
       </c>
       <c r="K63" t="s">
-        <v>1787</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B64" t="s">
-        <v>1788</v>
+        <v>1796</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>1789</v>
+        <v>1797</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1790</v>
+        <v>1798</v>
       </c>
       <c r="H64" t="s">
-        <v>1791</v>
+        <v>1799</v>
       </c>
       <c r="I64" t="s">
-        <v>1792</v>
+        <v>1800</v>
       </c>
       <c r="J64" t="s">
-        <v>1484</v>
+        <v>1492</v>
       </c>
       <c r="K64" t="s">
-        <v>1793</v>
+        <v>1801</v>
       </c>
       <c r="L64" t="s">
-        <v>1794</v>
+        <v>1802</v>
       </c>
       <c r="M64" t="s">
-        <v>1795</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B65" t="s">
-        <v>1796</v>
+        <v>1804</v>
       </c>
       <c r="C65" t="s">
         <v>13</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>1797</v>
+        <v>1805</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1798</v>
+        <v>1806</v>
       </c>
       <c r="H65" t="s">
-        <v>1799</v>
+        <v>1807</v>
       </c>
       <c r="I65" t="s">
-        <v>1800</v>
+        <v>1808</v>
       </c>
       <c r="J65" t="s">
-        <v>1801</v>
+        <v>1809</v>
       </c>
       <c r="K65" t="s">
-        <v>1802</v>
+        <v>1810</v>
       </c>
       <c r="L65" t="s">
-        <v>1803</v>
+        <v>1811</v>
       </c>
       <c r="M65" t="s">
-        <v>1804</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B66" t="s">
-        <v>1805</v>
+        <v>1813</v>
       </c>
       <c r="C66" t="s">
         <v>13</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>1806</v>
+        <v>1814</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1807</v>
+        <v>1815</v>
       </c>
       <c r="H66" t="s">
-        <v>1808</v>
+        <v>1816</v>
       </c>
       <c r="I66" t="s">
-        <v>1809</v>
+        <v>1817</v>
       </c>
       <c r="J66" t="s">
-        <v>1810</v>
+        <v>1818</v>
       </c>
       <c r="K66" t="s">
-        <v>1811</v>
+        <v>1819</v>
       </c>
       <c r="L66" t="s">
-        <v>1812</v>
+        <v>1820</v>
       </c>
       <c r="M66" t="s">
-        <v>1813</v>
+        <v>1821</v>
       </c>
       <c r="N66" t="s">
-        <v>1814</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B67" t="s">
-        <v>1815</v>
+        <v>1823</v>
       </c>
       <c r="C67" t="s">
         <v>13</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>1816</v>
+        <v>1824</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>1817</v>
+        <v>1825</v>
       </c>
       <c r="H67" t="s">
-        <v>1818</v>
+        <v>1826</v>
       </c>
       <c r="I67" t="s">
-        <v>1819</v>
+        <v>1827</v>
       </c>
       <c r="J67" t="s">
-        <v>1820</v>
+        <v>1828</v>
       </c>
       <c r="K67" t="s">
-        <v>1821</v>
+        <v>1829</v>
       </c>
       <c r="L67" t="s">
-        <v>1822</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B68" t="s">
-        <v>1823</v>
+        <v>1831</v>
       </c>
       <c r="C68" t="s">
         <v>13</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>1824</v>
+        <v>1832</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>1825</v>
+        <v>1833</v>
       </c>
       <c r="H68" t="s">
-        <v>1826</v>
+        <v>1834</v>
       </c>
       <c r="I68" t="s">
-        <v>1827</v>
+        <v>1835</v>
       </c>
       <c r="J68" t="s">
-        <v>1828</v>
+        <v>1836</v>
       </c>
       <c r="K68" t="s">
-        <v>1829</v>
+        <v>1837</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B2" t="s">
-        <v>1831</v>
+        <v>1839</v>
       </c>
       <c r="C2" t="s">
-        <v>1832</v>
+        <v>1840</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1833</v>
+        <v>1841</v>
       </c>
       <c r="F2" t="s">
-        <v>1834</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1835</v>
+        <v>1842</v>
       </c>
       <c r="H2" t="s">
-        <v>1836</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B3" t="s">
-        <v>1837</v>
+        <v>1844</v>
       </c>
       <c r="C3" t="s">
-        <v>1838</v>
+        <v>1845</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1839</v>
+        <v>1846</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1840</v>
+        <v>1847</v>
       </c>
       <c r="H3" t="s">
-        <v>1841</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B4" t="s">
-        <v>1842</v>
+        <v>1849</v>
       </c>
       <c r="C4" t="s">
-        <v>1843</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1844</v>
+        <v>1850</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1845</v>
+        <v>1851</v>
       </c>
       <c r="H4" t="s">
-        <v>1846</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B5" t="s">
-        <v>1847</v>
+        <v>1853</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>1854</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1848</v>
+        <v>1855</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1849</v>
+        <v>1856</v>
       </c>
       <c r="H5" t="s">
-        <v>1850</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B6" t="s">
-        <v>1851</v>
+        <v>1858</v>
       </c>
       <c r="C6" t="s">
-        <v>1852</v>
+        <v>1859</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1853</v>
+        <v>1860</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1854</v>
+        <v>1861</v>
       </c>
       <c r="H6" t="s">
-        <v>1855</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B7" t="s">
-        <v>1856</v>
+        <v>1863</v>
       </c>
       <c r="C7" t="s">
-        <v>1857</v>
+        <v>1864</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1858</v>
+        <v>1865</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1859</v>
+        <v>1866</v>
       </c>
       <c r="H7" t="s">
-        <v>1860</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B8" t="s">
-        <v>1861</v>
+        <v>1868</v>
       </c>
       <c r="C8" t="s">
-        <v>1862</v>
+        <v>1869</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1863</v>
+        <v>1870</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1864</v>
+        <v>1871</v>
       </c>
       <c r="H8" t="s">
-        <v>1865</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B9" t="s">
-        <v>1866</v>
+        <v>1873</v>
       </c>
       <c r="C9" t="s">
-        <v>1867</v>
+        <v>1874</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1868</v>
+        <v>1875</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1869</v>
+        <v>1876</v>
       </c>
       <c r="H9" t="s">
-        <v>1870</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B10" t="s">
-        <v>1871</v>
+        <v>1878</v>
       </c>
       <c r="C10" t="s">
-        <v>1872</v>
+        <v>1879</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1873</v>
+        <v>1880</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1874</v>
+        <v>1881</v>
       </c>
       <c r="H10" t="s">
-        <v>1875</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B11" t="s">
-        <v>1876</v>
+        <v>1883</v>
       </c>
       <c r="C11" t="s">
-        <v>1877</v>
+        <v>1884</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1878</v>
+        <v>1885</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1879</v>
+        <v>1886</v>
       </c>
       <c r="H11" t="s">
-        <v>1880</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B12" t="s">
-        <v>1881</v>
+        <v>1888</v>
       </c>
       <c r="C12" t="s">
-        <v>1882</v>
+        <v>1889</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1883</v>
+        <v>1890</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1884</v>
+        <v>1891</v>
       </c>
       <c r="H12" t="s">
-        <v>1885</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B13" t="s">
-        <v>1886</v>
+        <v>1893</v>
       </c>
       <c r="C13" t="s">
-        <v>1887</v>
+        <v>1894</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1888</v>
+        <v>1895</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1889</v>
+        <v>1896</v>
       </c>
       <c r="H13" t="s">
-        <v>1890</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B14" t="s">
-        <v>1891</v>
+        <v>1898</v>
       </c>
       <c r="C14" t="s">
-        <v>1892</v>
+        <v>1899</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1893</v>
+        <v>1900</v>
       </c>
       <c r="H14" t="s">
-        <v>1894</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B15" t="s">
-        <v>1895</v>
+        <v>1902</v>
       </c>
       <c r="C15" t="s">
-        <v>1896</v>
+        <v>1903</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1897</v>
+        <v>1904</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1898</v>
+        <v>1905</v>
       </c>
       <c r="H15" t="s">
-        <v>1899</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B16" t="s">
-        <v>1900</v>
+        <v>1907</v>
       </c>
       <c r="C16" t="s">
-        <v>1901</v>
+        <v>1908</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1902</v>
+        <v>1909</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1903</v>
+        <v>1910</v>
       </c>
       <c r="H16" t="s">
-        <v>1904</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B17" t="s">
-        <v>1905</v>
+        <v>1912</v>
       </c>
       <c r="C17" t="s">
-        <v>1906</v>
+        <v>1913</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>1907</v>
+        <v>1914</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1908</v>
+        <v>1915</v>
       </c>
       <c r="H17" t="s">
-        <v>1909</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B18" t="s">
-        <v>1910</v>
+        <v>1917</v>
       </c>
       <c r="C18" t="s">
-        <v>1911</v>
+        <v>1918</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>1912</v>
+        <v>1919</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1913</v>
+        <v>1920</v>
       </c>
       <c r="H18" t="s">
-        <v>1914</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B19" t="s">
-        <v>1915</v>
+        <v>1922</v>
       </c>
       <c r="C19" t="s">
-        <v>1916</v>
+        <v>1923</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1917</v>
+        <v>1924</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1918</v>
+        <v>1925</v>
       </c>
       <c r="H19" t="s">
-        <v>1919</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B20" t="s">
-        <v>1920</v>
+        <v>1927</v>
       </c>
       <c r="C20" t="s">
-        <v>1921</v>
+        <v>1928</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1922</v>
+        <v>1929</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1923</v>
+        <v>1930</v>
       </c>
       <c r="H20" t="s">
-        <v>1924</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B21" t="s">
-        <v>1925</v>
+        <v>1932</v>
       </c>
       <c r="C21" t="s">
-        <v>1926</v>
+        <v>1933</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>1927</v>
+        <v>1934</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1928</v>
+        <v>1935</v>
       </c>
       <c r="H21" t="s">
-        <v>1929</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B22" t="s">
-        <v>1930</v>
+        <v>1937</v>
       </c>
       <c r="C22" t="s">
-        <v>1931</v>
+        <v>1938</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>1932</v>
+        <v>1939</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1933</v>
+        <v>1940</v>
       </c>
       <c r="H22" t="s">
-        <v>1934</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="B23" t="s">
-        <v>1935</v>
+        <v>1942</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>1936</v>
+        <v>1943</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1937</v>
+        <v>1944</v>
       </c>
       <c r="H23" t="s">
-        <v>1938</v>
+        <v>1945</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -12247,51 +12280,51 @@
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>258</v>
       </c>
       <c r="H36" t="s">
         <v>259</v>
       </c>
       <c r="I36" t="s">
         <v>13</v>
       </c>
       <c r="J36" t="s">
         <v>260</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -12394,103 +12427,103 @@
       </c>
       <c r="E5" t="s">
         <v>279</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>280</v>
       </c>
       <c r="H5" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>261</v>
       </c>
       <c r="B6" t="s">
         <v>282</v>
       </c>
       <c r="C6" t="s">
         <v>283</v>
       </c>
       <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>284</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>285</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>261</v>
       </c>
       <c r="B7" t="s">
+        <v>287</v>
+      </c>
+      <c r="C7" t="s">
         <v>288</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>289</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>290</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>261</v>
       </c>
       <c r="B8" t="s">
+        <v>292</v>
+      </c>
+      <c r="C8" t="s">
         <v>293</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>295</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>296</v>
       </c>
       <c r="H8" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>261</v>
       </c>
       <c r="B9" t="s">
         <v>298</v>
       </c>
       <c r="C9" t="s">
         <v>299</v>
       </c>
       <c r="D9" t="s">
@@ -12524,181 +12557,181 @@
       </c>
       <c r="E10" t="s">
         <v>305</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>306</v>
       </c>
       <c r="H10" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>261</v>
       </c>
       <c r="B11" t="s">
         <v>308</v>
       </c>
       <c r="C11" t="s">
         <v>309</v>
       </c>
       <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
         <v>310</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>311</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>261</v>
       </c>
       <c r="B12" t="s">
+        <v>313</v>
+      </c>
+      <c r="C12" t="s">
         <v>314</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
         <v>315</v>
       </c>
-      <c r="D12" t="s">
-[...2 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>316</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>261</v>
       </c>
       <c r="B13" t="s">
+        <v>318</v>
+      </c>
+      <c r="C13" t="s">
         <v>319</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>321</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>322</v>
       </c>
       <c r="H13" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>261</v>
       </c>
       <c r="B14" t="s">
         <v>324</v>
       </c>
       <c r="C14" t="s">
-        <v>309</v>
+        <v>325</v>
       </c>
       <c r="D14" t="s">
-        <v>325</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>326</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>327</v>
       </c>
       <c r="H14" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>261</v>
       </c>
       <c r="B15" t="s">
         <v>329</v>
       </c>
       <c r="C15" t="s">
         <v>330</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>331</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>332</v>
       </c>
       <c r="H15" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>261</v>
       </c>
       <c r="B16" t="s">
         <v>334</v>
       </c>
       <c r="C16" t="s">
+        <v>319</v>
+      </c>
+      <c r="D16" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E16" t="s">
         <v>336</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>337</v>
       </c>
       <c r="H16" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>261</v>
       </c>
       <c r="B17" t="s">
         <v>339</v>
       </c>
       <c r="C17" t="s">
         <v>340</v>
       </c>
       <c r="D17" t="s">
@@ -12732,2747 +12765,2773 @@
       </c>
       <c r="E18" t="s">
         <v>346</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>347</v>
       </c>
       <c r="H18" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>261</v>
       </c>
       <c r="B19" t="s">
         <v>349</v>
       </c>
       <c r="C19" t="s">
         <v>350</v>
       </c>
       <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
         <v>351</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>352</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>261</v>
       </c>
       <c r="B20" t="s">
+        <v>354</v>
+      </c>
+      <c r="C20" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="D20" t="s">
         <v>356</v>
       </c>
       <c r="E20" t="s">
         <v>357</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>358</v>
       </c>
       <c r="H20" t="s">
         <v>359</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>261</v>
+      </c>
+      <c r="B21" t="s">
+        <v>360</v>
+      </c>
+      <c r="C21" t="s">
+        <v>319</v>
+      </c>
+      <c r="D21" t="s">
+        <v>361</v>
+      </c>
+      <c r="E21" t="s">
+        <v>362</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>363</v>
+      </c>
+      <c r="H21" t="s">
+        <v>364</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B2" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="H2" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="I2" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B3" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="H3" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="I3" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B4" t="s">
+        <v>376</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>377</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>378</v>
+      </c>
+      <c r="H4" t="s">
+        <v>379</v>
+      </c>
+      <c r="I4" t="s">
         <v>371</v>
-      </c>
-[...19 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B5" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="C5" t="s">
-        <v>376</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="H5" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="I5" t="s">
-        <v>380</v>
+        <v>371</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B6" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>385</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="H6" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="I6" t="s">
-        <v>366</v>
+        <v>389</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B7" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="H7" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="I7" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B8" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="H8" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="I8" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B9" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="H9" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="I9" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B10" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="H10" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="I10" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="H11" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="I11" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B12" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="H12" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="I12" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B13" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="H13" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="I13" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B14" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="H14" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="I14" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B15" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="H15" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="I15" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B16" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="H16" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="I16" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B17" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="H17" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="I17" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B18" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="H18" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="I18" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B19" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="C19" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="H19" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="I19" t="s">
-        <v>380</v>
+        <v>389</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="B2" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="C2" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="D2" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="E2" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="H2" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="B3" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="C3" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="H3" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="B4" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="C4" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="D4" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="E4" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="H4" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="B5" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="C5" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="H5" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="B6" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="C6" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="D6" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="E6" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="H6" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="B7" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="C7" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="D7" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="E7" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="H7" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="B2" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="C2" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="D2" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="E2" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="H2" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="B3" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="C3" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="E3" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="H3" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="B4" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="C4" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="D4" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="E4" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="H4" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="B5" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="C5" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="D5" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="E5" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="H5" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="B6" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="C6" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="D6" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="E6" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="H6" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="B7" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="C7" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="D7" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="E7" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="H7" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="B8" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="C8" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="D8" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="E8" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="H8" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="B9" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="C9" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="D9" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="E9" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="H9" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="B10" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="C10" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="D10" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="H10" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="B2" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="H2" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="B3" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="C3" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="H3" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="B2" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="C2" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="D2" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="E2" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="H2" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="B3" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="C3" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="D3" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="E3" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="H3" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="B4" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="C4" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="D4" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="E4" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="H4" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="B5" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="C5" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="D5" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="E5" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="H5" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="B6" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="C6" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="D6" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="E6" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="H6" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="B7" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="C7" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="D7" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="E7" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="H7" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="B8" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="C8" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="D8" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="E8" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="H8" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="B9" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="C9" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="D9" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="E9" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="H9" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="B10" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="C10" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="D10" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="E10" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="H10" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="B11" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="C11" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="D11" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="E11" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="H11" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="B12" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="C12" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="D12" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="E12" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="H12" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="B13" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="C13" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="D13" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="E13" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="H13" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B2" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="C2" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="D2" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="E2" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="H2" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B3" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="C3" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="D3" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="E3" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="H3" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B4" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="C4" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="D4" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="E4" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="H4" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B5" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="C5" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="D5" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="E5" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="H5" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B6" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="C6" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="D6" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="E6" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="H6" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B7" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="C7" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="D7" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E7" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="H7" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B8" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="C8" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="D8" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="E8" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="H8" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B9" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="C9" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="D9" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="E9" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="H9" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B10" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="C10" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="D10" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="E10" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="H10" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B11" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="C11" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="D11" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="E11" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="H11" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B12" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="C12" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="D12" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="E12" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="H12" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B13" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="C13" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="D13" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="E13" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="H13" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B14" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="C14" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="D14" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="E14" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="H14" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B15" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="C15" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="D15" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="E15" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="H15" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B16" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="C16" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="D16" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="E16" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="H16" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B17" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="C17" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="D17" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="E17" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="H17" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B18" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="C18" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="D18" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="E18" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="H18" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B19" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="C19" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="D19" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="E19" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="H19" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B20" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="C20" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="D20" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="E20" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="H20" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B21" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="C21" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="D21" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="E21" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="H21" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B22" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="C22" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="D22" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="E22" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="H22" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B23" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="C23" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="D23" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="E23" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="H23" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B24" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="C24" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="D24" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="E24" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="H24" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B25" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="C25" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="D25" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="E25" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="H25" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B26" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="C26" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="D26" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="E26" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="H26" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B27" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="C27" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="D27" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="E27" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="H27" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B28" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="C28" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="D28" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="E28" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="H28" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B29" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="C29" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="D29" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="E29" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="H29" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B30" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="C30" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="D30" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="E30" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="H30" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B31" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="C31" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="D31" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="E31" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="H31" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B32" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="C32" t="s">
-        <v>776</v>
+        <v>781</v>
       </c>
       <c r="D32" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="E32" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="H32" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B33" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="C33" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="D33" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="E33" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="H33" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B34" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="C34" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="H34" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B35" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
       <c r="C35" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="H35" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B36" t="s">
-        <v>797</v>
+        <v>802</v>
       </c>
       <c r="C36" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="D36" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="E36" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="H36" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B37" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="C37" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="D37" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
       <c r="E37" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="H37" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B38" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="C38" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="D38" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="E38" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="H38" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B39" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
       <c r="C39" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
       <c r="D39" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="E39" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="H39" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B40" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="C40" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
       <c r="D40" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="E40" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="H40" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B41" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="C41" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="D41" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="E41" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="H41" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B42" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="C42" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="D42" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="E42" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
       <c r="H42" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B43" t="s">
-        <v>839</v>
+        <v>844</v>
       </c>
       <c r="C43" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="D43" t="s">
-        <v>841</v>
+        <v>846</v>
       </c>
       <c r="E43" t="s">
-        <v>842</v>
+        <v>847</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>843</v>
+        <v>848</v>
       </c>
       <c r="H43" t="s">
-        <v>844</v>
+        <v>849</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B44" t="s">
-        <v>845</v>
+        <v>850</v>
       </c>
       <c r="C44" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
       <c r="D44" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
       <c r="E44" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="H44" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B45" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="C45" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="D45" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="E45" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="H45" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>