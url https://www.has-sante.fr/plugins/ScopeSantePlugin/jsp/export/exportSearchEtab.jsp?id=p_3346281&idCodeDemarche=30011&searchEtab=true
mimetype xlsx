--- v0 (2025-10-16)
+++ v1 (2026-01-23)
@@ -74,60 +74,60 @@
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>WebSite</t>
   </si>
   <si>
     <t>Type of Healthcare organisation</t>
   </si>
   <si>
     <t>Activity</t>
   </si>
   <si>
     <t>Legal status</t>
   </si>
   <si>
     <t>Geographical finess</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CLINIQUE DES CEDRES</t>
+    <t>HC HDJ ADULTE CLINIQUE DES CEDRES CORNEBARRIEU</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>03/25/2025 09:32:23</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/943_FicheEtablissement/en/cl-des-cedres-cornebarrieu</t>
+    <t>https://www.has-sante.fr/jcms/943_FicheEtablissement/en/hc-hdj-adult-cl-cedres-cornebarrieu</t>
   </si>
   <si>
     <t>943_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>31700 CORNEBARRIEU</t>
   </si>
   <si>
     <t>CORNEBARRIEU</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>0562133131</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Psychiatrie, Réanimation</t>
   </si>