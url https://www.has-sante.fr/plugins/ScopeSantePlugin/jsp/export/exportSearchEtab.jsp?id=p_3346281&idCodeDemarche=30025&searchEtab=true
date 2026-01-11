--- v0 (2025-11-27)
+++ v1 (2026-01-11)
@@ -110,51 +110,51 @@
   <si>
     <t>3051_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>305 Rue Raoul Follereau</t>
   </si>
   <si>
     <t>84902 AVIGNON CEDEX 9</t>
   </si>
   <si>
     <t>AVIGNON CEDEX 9</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>0432753333</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>840001861</t>
   </si>
   <si>
     <t>Établissements non certifiés</t>
   </si>
   <si>
     <t>CH D'AVIGNON HENRI DUFFAUT SLD</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3057_FicheEtablissement/fr/ch-d-avignon-henri-duffaut-sld</t>
   </si>
   <si>
     <t>3057_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>