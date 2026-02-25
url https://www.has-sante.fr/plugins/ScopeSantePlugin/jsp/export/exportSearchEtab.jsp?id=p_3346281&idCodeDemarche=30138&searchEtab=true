--- v0 (2025-11-26)
+++ v1 (2026-02-25)
@@ -119,51 +119,51 @@
   <si>
     <t>29672 MORLAIX</t>
   </si>
   <si>
     <t>MORLAIX</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>0298626160</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>290000033</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CH MORLAIX SITE DE PLOUGONVEN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/807_FicheEtablissement/fr/ch-morlaix-site-de-plougonven</t>
   </si>
   <si>
     <t>807_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>29640 PLOUGONVEN</t>
   </si>
   <si>
     <t>PLOUGONVEN</t>
   </si>
   <si>
     <t>0298787878</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>