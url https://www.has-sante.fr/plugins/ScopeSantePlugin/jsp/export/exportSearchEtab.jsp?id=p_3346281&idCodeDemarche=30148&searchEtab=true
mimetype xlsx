--- v0 (2025-12-15)
+++ v1 (2026-02-01)
@@ -89,51 +89,51 @@
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CH BONNEVAL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:16:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/770_FicheEtablissement/fr/ch-bonneval</t>
   </si>
   <si>
     <t>770_FicheEtablissement</t>
   </si>
   <si>
-    <t>grand</t>
+    <t>moyen</t>
   </si>
   <si>
     <t>32 Rue De La Greve</t>
   </si>
   <si>
     <t>28800 BONNEVAL</t>
   </si>
   <si>
     <t>BONNEVAL</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>0237447600</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>280000050</t>
   </si>