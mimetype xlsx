--- v0 (2025-11-15)
+++ v1 (2026-01-01)
@@ -110,51 +110,51 @@
   <si>
     <t>1212_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>49 Boulevard Beranger</t>
   </si>
   <si>
     <t>37044 TOURS CEDEX 9</t>
   </si>
   <si>
     <t>TOURS CEDEX 9</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>0247476099</t>
   </si>
   <si>
     <t>CHU</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>370000499</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>CENTRE DE CONVALESCENTS ET DE CHRONIQUES L'ERMITAGE DU CHRU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1213_FicheEtablissement/en/ctre-conval-l-ermitage-chru-tours</t>
   </si>
   <si>
     <t>1213_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Allée Gaston Pages</t>
   </si>
   <si>
     <t>37081 TOURS CEDEX 2</t>
   </si>