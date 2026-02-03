--- v0 (2025-12-02)
+++ v1 (2026-02-03)
@@ -110,51 +110,51 @@
   <si>
     <t>563_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>3 Place Docteur Maschat</t>
   </si>
   <si>
     <t>19012 TULLE</t>
   </si>
   <si>
     <t>TULLE</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>0555297900</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>190000026</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CENTRE CONVALESCENCE CURE ET READAPTATION C.H. TULLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/570_FicheEtablissement/fr/convalescence-cure-readapt-du-chandou</t>
   </si>
   <si>
     <t>570_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>19000 TULLE</t>
   </si>