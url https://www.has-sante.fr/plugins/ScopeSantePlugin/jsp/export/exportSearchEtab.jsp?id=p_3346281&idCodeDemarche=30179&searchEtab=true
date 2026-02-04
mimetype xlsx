--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE NEUROPSYCHIATRIQUE LES PERVENCHES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>09/12/2025 15:10:14</t>
+    <t>12/01/2026 12:53:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3298_FicheEtablissement/fr/clinique-neuropsy-les-pervenches</t>
   </si>
   <si>
     <t>3298_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>12 Rue Des Moulins A Vent</t>
   </si>
   <si>
     <t>92260 FONTENAY AUX ROSES</t>
   </si>
   <si>
     <t>FONTENAY AUX ROSES</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>0146612607</t>
   </si>