--- v0 (2025-11-15)
+++ v1 (2026-02-02)
@@ -110,51 +110,51 @@
   <si>
     <t>562_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>3 Boulevard Docteur Verlhac</t>
   </si>
   <si>
     <t>19312 BRIVE LA GAILLARDE</t>
   </si>
   <si>
     <t>BRIVE LA GAILLARDE</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>0555926000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>190000018</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE BEL AIR BRIVE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/577_FicheEtablissement/fr/usld-brive-bel-air</t>
   </si>
   <si>
     <t>577_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>3 Boulevard Dr Verlhac</t>
   </si>