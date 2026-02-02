--- v0 (2025-12-02)
+++ v1 (2026-02-02)
@@ -107,51 +107,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/2971_FicheEtablissement/fr/ch-de-hyeres-marie-josee-treffot</t>
   </si>
   <si>
     <t>2971_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>83407 HYERES</t>
   </si>
   <si>
     <t>HYERES</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>0494002400</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>830000295</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CH HYERES SITE RIONDET</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3027_FicheEtablissement/fr/ch-hyeres-site-riondet</t>
   </si>
   <si>
     <t>3027_FicheEtablissement</t>
   </si>
   <si>
     <t>33 Avenue Riondet</t>
   </si>
   <si>
     <t>83400 HYERES</t>
   </si>