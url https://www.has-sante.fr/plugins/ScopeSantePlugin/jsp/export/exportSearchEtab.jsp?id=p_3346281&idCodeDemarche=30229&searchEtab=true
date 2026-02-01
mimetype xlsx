--- v1 (2025-12-16)
+++ v2 (2026-02-01)
@@ -155,51 +155,51 @@
   <si>
     <t>54000 NANCY</t>
   </si>
   <si>
     <t>NANCY</t>
   </si>
   <si>
     <t>0383916460</t>
   </si>
   <si>
     <t>540012549</t>
   </si>
   <si>
     <t>CHS CENTRE PSYCHOTHERAPIQUE DE NANCY A LAXOU</t>
   </si>
   <si>
     <t>21/01/2025 10:15:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1740_FicheEtablissement/fr/chs-centre-psychotherapique-de-nancy</t>
   </si>
   <si>
     <t>1740_FicheEtablissement</t>
   </si>
   <si>
-    <t>grand</t>
+    <t>moyen</t>
   </si>
   <si>
     <t>1 Rue Du Dr Archambault</t>
   </si>
   <si>
     <t>54521 LAXOU</t>
   </si>
   <si>
     <t>LAXOU</t>
   </si>
   <si>
     <t>0383925050</t>
   </si>
   <si>
     <t>Médecine, Psychiatrie</t>
   </si>
   <si>
     <t>540014073</t>
   </si>
   <si>
     <t>UNITÉ DE PSYCHIATRIE ADULTE A PAM DEPDT DU CPN (UPPAM)</t>
   </si>
   <si>
     <t>11/12/2025 03:11:14</t>
   </si>