--- v0 (2025-11-09)
+++ v1 (2026-01-01)
@@ -1,328 +1,328 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="93">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Taille établissement</t>
-[...2 lines deleted...]
-    <t>Adresse</t>
+    <t>Healthcare organisation size</t>
+  </si>
+  <si>
+    <t>Adress</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>Commune</t>
-[...20 lines deleted...]
-    <t>Numéro finess geo</t>
+    <t>City</t>
+  </si>
+  <si>
+    <t>Department</t>
+  </si>
+  <si>
+    <t>Phone</t>
+  </si>
+  <si>
+    <t>WebSite</t>
+  </si>
+  <si>
+    <t>Type of Healthcare organisation</t>
+  </si>
+  <si>
+    <t>Activity</t>
+  </si>
+  <si>
+    <t>Legal status</t>
+  </si>
+  <si>
+    <t>Geographical finess</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CHU DE NANTES SITE HOTEL DIEU HOPITAL MERE ENFANT</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:16:03</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/1405_FicheEtablissement/fr/chu-de-nantes-site-hotel-dieu-hme</t>
+    <t>01/21/2025 10:16:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1405_FicheEtablissement/en/chu-de-nantes-site-hotel-dieu-hme</t>
   </si>
   <si>
     <t>1405_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>1 Place Alexis Ricordeau</t>
   </si>
   <si>
     <t>44093 NANTES CEDEX 1</t>
   </si>
   <si>
     <t>NANTES CEDEX 1</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>0240087323</t>
   </si>
   <si>
     <t>CHU</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>440000271</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CHU DE NANTES SITE HOPITAL BELLIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1409_FicheEtablissement/fr/chu-de-nantes-site-hopital-bellier</t>
+    <t>https://www.has-sante.fr/jcms/1409_FicheEtablissement/en/chu-de-nantes-site-hopital-bellier</t>
   </si>
   <si>
     <t>1409_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>41 Rue Pierre Et Marie Curie</t>
   </si>
   <si>
     <t>44046 NANTES CEDEX 1</t>
   </si>
   <si>
     <t>0240686660</t>
   </si>
   <si>
     <t>Médecine, Psychiatrie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>440000453</t>
   </si>
   <si>
     <t>CHU DE NANTES SITE DE L'HOPITAL SAINT JACQUES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1432_FicheEtablissement/fr/chu-de-nantes-site-saint-jacques</t>
+    <t>https://www.has-sante.fr/jcms/1432_FicheEtablissement/en/chu-de-nantes-site-saint-jacques</t>
   </si>
   <si>
     <t>1432_FicheEtablissement</t>
   </si>
   <si>
     <t>85 Rue St Jacques</t>
   </si>
   <si>
     <t>44200 NANTES</t>
   </si>
   <si>
     <t>NANTES</t>
   </si>
   <si>
     <t>0240083333</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>440003291</t>
   </si>
   <si>
     <t>CHU DE NANTES: SITE HOPITAL GUILLAUME ET RENE LAENNEC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1436_FicheEtablissement/fr/chu-de-nantes-site-laennec</t>
+    <t>https://www.has-sante.fr/jcms/1436_FicheEtablissement/en/chu-de-nantes-site-laennec</t>
   </si>
   <si>
     <t>1436_FicheEtablissement</t>
   </si>
   <si>
     <t>44800 ST HERBLAIN</t>
   </si>
   <si>
     <t>ST HERBLAIN</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Réanimation</t>
   </si>
   <si>
     <t>440017598</t>
   </si>
   <si>
     <t>CHU DE NANTES HOPITAL PSYCHIATRIQUE SAINT-JACQUES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1444_FicheEtablissement/fr/hop-psy-stjacques-chu-nantes</t>
+    <t>https://www.has-sante.fr/jcms/1444_FicheEtablissement/en/hop-psy-stjacques-chu-nantes</t>
   </si>
   <si>
     <t>1444_FicheEtablissement</t>
   </si>
   <si>
     <t>85 Rue St-Jacques</t>
   </si>
   <si>
     <t>0240483333</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>440021392</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE DU CHU NANTES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1445_FicheEtablissement/fr/usld-pirmil-st-jacques-chu-nantes</t>
+    <t>https://www.has-sante.fr/jcms/1445_FicheEtablissement/en/usld-pirmil-st-jacques-chu-nantes</t>
   </si>
   <si>
     <t>1445_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>440021400</t>
   </si>
   <si>
     <t>USLD MAISON BEAUSEJOUR CHU NANTES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1456_FicheEtablissement/fr/usld-beausejour</t>
+    <t>https://www.has-sante.fr/jcms/1456_FicheEtablissement/en/usld-beausejour</t>
   </si>
   <si>
     <t>1456_FicheEtablissement</t>
   </si>
   <si>
     <t>12 Rue De La Patouillerie</t>
   </si>
   <si>
     <t>44000 NANTES</t>
   </si>
   <si>
     <t>0240163360</t>
   </si>
   <si>
     <t>440042091</t>
   </si>
   <si>
     <t>MAISON BEAUSEJOUR - SITE DE SOINS DE SUITE ET RÉADAPTATION</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1461_FicheEtablissement/fr/ssr-beausejour-chu-nantes</t>
+    <t>https://www.has-sante.fr/jcms/1461_FicheEtablissement/en/ssr-beausejour-chu-nantes</t>
   </si>
   <si>
     <t>1461_FicheEtablissement</t>
   </si>
   <si>
     <t>0240686600</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>440050458</t>
   </si>
   <si>
     <t>MAISON PIRMIL -  SITE SOINS DE SUITE ET RÉADAPTATION</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1462_FicheEtablissement/fr/ssr-pirmil-chu-nantes</t>
+    <t>https://www.has-sante.fr/jcms/1462_FicheEtablissement/en/ssr-pirmil-chu-nantes</t>
   </si>
   <si>
     <t>1462_FicheEtablissement</t>
   </si>
   <si>
     <t>85 Rue Saint Jacques</t>
   </si>
   <si>
     <t>440050466</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>