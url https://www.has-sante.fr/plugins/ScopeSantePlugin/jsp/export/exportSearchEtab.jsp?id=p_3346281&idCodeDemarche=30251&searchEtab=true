--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -74,60 +74,60 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CLINIQUE D'AUFRERY PSY PIN BALMA</t>
+    <t>HC HDJ AMBULATOIRE ADULTE CLINIQUE D'AUFRERY PIN BALMA</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:15:49</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/946_FicheEtablissement/fr/cl-d-aufrery-psy-pin-balma</t>
+    <t>https://www.has-sante.fr/jcms/946_FicheEtablissement/fr/hc-hdj-ambu-adult-d-aufrery-pin-balma</t>
   </si>
   <si>
     <t>946_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>1 Place Du Marechal Niel</t>
   </si>
   <si>
     <t>31130 PIN BALMA</t>
   </si>
   <si>
     <t>PIN BALMA</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>0561249750</t>
   </si>
   <si>
     <t>Privé</t>
   </si>