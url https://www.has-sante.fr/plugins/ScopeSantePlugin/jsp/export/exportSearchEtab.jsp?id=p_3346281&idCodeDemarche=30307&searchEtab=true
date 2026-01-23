--- v0 (2025-12-02)
+++ v1 (2026-01-23)
@@ -107,51 +107,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/3035_FicheEtablissement/fr/centre-hospitalier-du-pays-d-apt</t>
   </si>
   <si>
     <t>3035_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>84405 APT</t>
   </si>
   <si>
     <t>APT</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>0490043333</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Médecine, Soins médicaux et de réadaptation</t>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>840000343</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DU PAYS D'APT SOINS DE LONGUE DUREE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3052_FicheEtablissement/fr/centre-hospitalier-du-pays-d-apt-sld</t>
   </si>
   <si>
     <t>3052_FicheEtablissement</t>
   </si>
   <si>
     <t>84400 APT</t>
   </si>
   <si>
     <t>0490043300</t>
   </si>