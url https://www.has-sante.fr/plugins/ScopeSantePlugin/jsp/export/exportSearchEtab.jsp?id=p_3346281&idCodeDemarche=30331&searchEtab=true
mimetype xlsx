--- v0 (2025-12-02)
+++ v1 (2026-01-23)
@@ -80,90 +80,90 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>C H DE BOURBONNE-LES-BAINS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:17:16</t>
+    <t>17/12/2025 13:50:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1657_FicheEtablissement/fr/c-h-de-bourbonne-les-bains</t>
   </si>
   <si>
     <t>1657_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>1 Rue Terrail Lemoine</t>
   </si>
   <si>
     <t>52400 BOURBONNE LES BAINS</t>
   </si>
   <si>
     <t>BOURBONNE LES BAINS</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>0325877000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>520000019</t>
   </si>
   <si>
-    <t>Établissements non certifiés</t>
+    <t>Établissements certifiés sous conditions</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE CHAUMONT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1658_FicheEtablissement/fr/centre-hospitalier-de-chaumont</t>
   </si>
   <si>
     <t>1658_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Jeanne D'Arc</t>
   </si>
   <si>
     <t>52014 CHAUMONT</t>
   </si>
   <si>
     <t>CHAUMONT</t>
   </si>
   <si>
     <t>0325307030</t>
   </si>
   <si>
     <t>Chirurgie, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
   </si>