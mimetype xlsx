--- v0 (2025-11-27)
+++ v1 (2026-01-15)
@@ -74,69 +74,69 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CRF "DIVIO" DIJON</t>
+    <t>COS DIVIO</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:16:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/592_FicheEtablissement/fr/crf-divio-dijon</t>
+    <t>https://www.has-sante.fr/jcms/592_FicheEtablissement/fr/cos-divio</t>
   </si>
   <si>
     <t>592_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
-    <t>12 Rue St Vincent De Paul</t>
+    <t>32 Avenue De Stalingrad</t>
   </si>
   <si>
     <t>21000 DIJON</t>
   </si>
   <si>
     <t>DIJON</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>0380424545</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>210780144</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>