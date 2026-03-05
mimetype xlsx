--- v1 (2026-01-11)
+++ v2 (2026-03-05)
@@ -74,60 +74,60 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CLINIQUE LA LIRONDE SAINT CLEMENT DE RIVIERE</t>
+    <t>HC AMBU ADULTE ENF ADO PEDOPSY CL LIRONDE ST CLEMENT RIVIERE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:16:23</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1108_FicheEtablissement/fr/cl-la-lironde-st-clement-de-riviere</t>
+    <t>https://www.has-sante.fr/jcms/1108_FicheEtablissement/fr/hc-ambu-adult-ea-pedopsy-cl-la-lironde</t>
   </si>
   <si>
     <t>1108_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>34980 ST CLEMENT DE RIVIERE</t>
   </si>
   <si>
     <t>ST CLEMENT DE RIVIERE</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>0467593200</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>