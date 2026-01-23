--- v0 (2025-12-02)
+++ v1 (2026-01-23)
@@ -110,51 +110,51 @@
   <si>
     <t>2870_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>13 Rue Du Panier Fleuri</t>
   </si>
   <si>
     <t>79403 ST MAIXENT L ECOLE</t>
   </si>
   <si>
     <t>ST MAIXENT L ECOLE</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>0549764976</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Soins médicaux et de réadaptation</t>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>790000111</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CH HAUT VAL SEVRE &amp; MELLOIS - MELLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2871_FicheEtablissement/fr/ch-haut-val-sevre-mellois-melle</t>
   </si>
   <si>
     <t>2871_FicheEtablissement</t>
   </si>
   <si>
     <t>79500 MELLE</t>
   </si>
   <si>
     <t>MELLE</t>
   </si>