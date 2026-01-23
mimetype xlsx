--- v0 (2025-12-02)
+++ v1 (2026-01-23)
@@ -110,51 +110,51 @@
   <si>
     <t>723_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>179 Boulevard Marechal Juin</t>
   </si>
   <si>
     <t>26953 VALENCE CEDEX 9</t>
   </si>
   <si>
     <t>VALENCE CEDEX 9</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>0475757575</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>260000013</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>USLD CH DE VALENCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/739_FicheEtablissement/fr/usld-ch-de-valence</t>
   </si>
   <si>
     <t>739_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>179 Boulevard Maréchal Juin</t>
   </si>