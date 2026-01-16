--- v0 (2025-11-30)
+++ v1 (2026-01-16)
@@ -1,190 +1,187 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="48">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE DE READAPTATION FONCTIONNELLE POUR ADULTES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>09/24/2025 17:35:58</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/220_FicheEtablissement/en/crf-pour-adultes</t>
+    <t>24/09/2025 17:35:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/220_FicheEtablissement/fr/crf-pour-adultes</t>
   </si>
   <si>
     <t>220_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>36 Rue De Warcq</t>
   </si>
   <si>
     <t>08011 CHARLEVILLE MEZIERES</t>
   </si>
   <si>
     <t>CHARLEVILLE MEZIERES</t>
   </si>
   <si>
     <t>08</t>
   </si>
   <si>
     <t>0324526300</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>080000250</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>SOINS DE SUITE SAINT JULIEN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/221_FicheEtablissement/en/soins-de-suite-saint-julien</t>
+    <t>https://www.has-sante.fr/jcms/221_FicheEtablissement/fr/soins-de-suite-saint-julien</t>
   </si>
   <si>
     <t>221_FicheEtablissement</t>
   </si>
   <si>
     <t>080000268</t>
   </si>
   <si>
     <t>CENTRE READAPTATION FONCTIONNELLE POUR ENFANTS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/227_FicheEtablissement/en/crf-pour-enfants-de-warnecourt</t>
+    <t>https://www.has-sante.fr/jcms/227_FicheEtablissement/fr/crf-pour-enfants-de-warnecourt</t>
   </si>
   <si>
     <t>227_FicheEtablissement</t>
-  </si>
-[...1 lines deleted...]
-    <t>petit</t>
   </si>
   <si>
     <t>147 Route De Charleville</t>
   </si>
   <si>
     <t>08090 WARNECOURT</t>
   </si>
   <si>
     <t>WARNECOURT</t>
   </si>
   <si>
     <t>0324571864</t>
   </si>
   <si>
     <t>080002140</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -424,79 +421,79 @@
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>41</v>
       </c>
       <c r="H4" t="s">
         <v>42</v>
       </c>
       <c r="I4" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" t="s">
         <v>43</v>
       </c>
-      <c r="J4" t="s">
+      <c r="K4" t="s">
         <v>44</v>
       </c>
-      <c r="K4" t="s">
+      <c r="L4" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="M4" t="s">
         <v>30</v>
       </c>
       <c r="N4" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
         <v>33</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>