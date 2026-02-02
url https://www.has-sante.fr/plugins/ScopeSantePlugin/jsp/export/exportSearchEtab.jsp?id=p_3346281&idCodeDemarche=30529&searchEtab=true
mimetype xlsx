--- v0 (2025-12-02)
+++ v1 (2026-02-02)
@@ -119,51 +119,51 @@
   <si>
     <t>19208 USSEL</t>
   </si>
   <si>
     <t>USSEL</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>0555964000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>190000091</t>
   </si>
   <si>
-    <t>Établissements non certifiés</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE USSEL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/571_FicheEtablissement/fr/usld-ussel</t>
   </si>
   <si>
     <t>571_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>190002717</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>