--- v0 (2025-11-05)
+++ v1 (2026-02-17)
@@ -1,265 +1,265 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="72">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Taille établissement</t>
-[...2 lines deleted...]
-    <t>Adresse</t>
+    <t>Healthcare organisation size</t>
+  </si>
+  <si>
+    <t>Adress</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>Commune</t>
-[...20 lines deleted...]
-    <t>Numéro finess geo</t>
+    <t>City</t>
+  </si>
+  <si>
+    <t>Department</t>
+  </si>
+  <si>
+    <t>Phone</t>
+  </si>
+  <si>
+    <t>WebSite</t>
+  </si>
+  <si>
+    <t>Type of Healthcare organisation</t>
+  </si>
+  <si>
+    <t>Activity</t>
+  </si>
+  <si>
+    <t>Legal status</t>
+  </si>
+  <si>
+    <t>Geographical finess</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CHRU BREST SITE HOPITAL MORVAN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:17:38</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/794_FicheEtablissement/fr/chru-brest-site-hopital-morvan</t>
+    <t>01/21/2025 10:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/794_FicheEtablissement/en/chru-brest-site-hopital-morvan</t>
   </si>
   <si>
     <t>794_FicheEtablissement</t>
   </si>
   <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>5 Avenue Foch</t>
+  </si>
+  <si>
+    <t>29609 BREST CEDEX 2</t>
+  </si>
+  <si>
+    <t>BREST CEDEX 2</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>0298223333</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>290000058</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CHRU BREST SITE HOPITAL DE CARHAIX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/801_FicheEtablissement/en/chru-brest-site-hopital-de-carhaix</t>
+  </si>
+  <si>
+    <t>801_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>29835 CARHAIX PLOUGUER</t>
+  </si>
+  <si>
+    <t>CARHAIX PLOUGUER</t>
+  </si>
+  <si>
+    <t>0298992020</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>290000256</t>
+  </si>
+  <si>
+    <t>CHRU BREST SITE HOPITAL LA CAVALE BLANCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/823_FicheEtablissement/en/chru-brest-site-hopital-cavale-blanche</t>
+  </si>
+  <si>
+    <t>823_FicheEtablissement</t>
+  </si>
+  <si>
     <t>grand</t>
   </si>
   <si>
-    <t>5 Avenue Foch</t>
-[...64 lines deleted...]
-  <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>290004324</t>
   </si>
   <si>
     <t>CHRU BREST SITE HOPITAL BOHARS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/824_FicheEtablissement/fr/chru-brest-site-hopital-bohars</t>
+    <t>https://www.has-sante.fr/jcms/824_FicheEtablissement/en/chru-brest-site-hopital-bohars</t>
   </si>
   <si>
     <t>824_FicheEtablissement</t>
   </si>
   <si>
     <t>29820 BOHARS</t>
   </si>
   <si>
     <t>BOHARS</t>
   </si>
   <si>
     <t>0298015176</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>290004340</t>
   </si>
   <si>
     <t>CENTRE DE CURE MEDICALE &amp; DE CONVALESCENCE -ANNEXE DU C.H.R</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/825_FicheEtablissement/fr/chu-brest-site-guilers</t>
+    <t>https://www.has-sante.fr/jcms/825_FicheEtablissement/en/chu-brest-site-guilers</t>
   </si>
   <si>
     <t>825_FicheEtablissement</t>
   </si>
   <si>
     <t>29820 GUILERS</t>
   </si>
   <si>
     <t>GUILERS</t>
   </si>
   <si>
     <t>0298075483</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>290004365</t>
   </si>
   <si>
     <t>CENTRE RENE FORTIN - CENTRE DE LONG SEJOUR DU C.H.R DE BREST</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/832_FicheEtablissement/fr/ctre-long-sejour-bohars-chru-brest</t>
+    <t>https://www.has-sante.fr/jcms/832_FicheEtablissement/en/ctre-long-sejour-bohars-chru-brest</t>
   </si>
   <si>
     <t>832_FicheEtablissement</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>290017946</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -431,113 +431,113 @@
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>38</v>
       </c>
       <c r="H3" t="s">
         <v>39</v>
       </c>
       <c r="I3" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" t="s">
+        <v>22</v>
+      </c>
+      <c r="K3" t="s">
         <v>40</v>
       </c>
-      <c r="J3" t="s">
-[...2 lines deleted...]
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="M3" t="s">
         <v>30</v>
       </c>
       <c r="N3" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="O3" t="s">
         <v>22</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="R3" t="s">
         <v>34</v>
       </c>
       <c r="S3" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4" t="s">
         <v>47</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>22</v>
       </c>
       <c r="K4" t="s">
         <v>28</v>
       </c>
       <c r="L4" t="s">
         <v>29</v>
       </c>
       <c r="M4" t="s">
         <v>30</v>
       </c>
       <c r="N4" t="s">
         <v>31</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
         <v>49</v>
       </c>
@@ -555,51 +555,51 @@
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>52</v>
       </c>
       <c r="H5" t="s">
         <v>53</v>
       </c>
       <c r="I5" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="J5" t="s">
         <v>22</v>
       </c>
       <c r="K5" t="s">
         <v>54</v>
       </c>
       <c r="L5" t="s">
         <v>55</v>
       </c>
       <c r="M5" t="s">
         <v>30</v>
       </c>
       <c r="N5" t="s">
         <v>56</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
         <v>57</v>
       </c>
@@ -617,51 +617,51 @@
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>60</v>
       </c>
       <c r="H6" t="s">
         <v>61</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>22</v>
       </c>
       <c r="K6" t="s">
         <v>62</v>
       </c>
       <c r="L6" t="s">
         <v>63</v>
       </c>
       <c r="M6" t="s">
         <v>30</v>
       </c>
       <c r="N6" t="s">
         <v>64</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
         <v>65</v>
       </c>
@@ -679,51 +679,51 @@
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>67</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>68</v>
       </c>
       <c r="H7" t="s">
         <v>69</v>
       </c>
       <c r="I7" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="J7" t="s">
         <v>22</v>
       </c>
       <c r="K7" t="s">
         <v>54</v>
       </c>
       <c r="L7" t="s">
         <v>55</v>
       </c>
       <c r="M7" t="s">
         <v>30</v>
       </c>
       <c r="N7" t="s">
         <v>31</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>34</v>
       </c>
       <c r="Q7" t="s">
         <v>70</v>
       </c>