--- v0 (2026-01-01)
+++ v1 (2026-02-17)
@@ -110,51 +110,51 @@
   <si>
     <t>1027_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>33 Rue Du Docteur Finlay</t>
   </si>
   <si>
     <t>33077 BORDEAUX</t>
   </si>
   <si>
     <t>BORDEAUX</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>0556437111</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>330780479</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>ANTENNE D'AUTODIALYSE PBNA - BORDEAUX</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3707_FicheEtablissement/en/antenne-autodialyse-pbna-bordeaux</t>
   </si>
   <si>
     <t>3707_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>10 Place Ravesies</t>
   </si>
   <si>
     <t>33300 BORDEAUX</t>
   </si>