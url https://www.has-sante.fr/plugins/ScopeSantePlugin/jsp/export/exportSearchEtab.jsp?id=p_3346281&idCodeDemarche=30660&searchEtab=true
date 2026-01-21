--- v0 (2025-10-17)
+++ v1 (2026-01-21)
@@ -110,87 +110,87 @@
   <si>
     <t>2684_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>26 Rue D Ulm</t>
   </si>
   <si>
     <t>75248 PARIS CEDEX 05</t>
   </si>
   <si>
     <t>PARIS CEDEX 05</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>0144324000</t>
   </si>
   <si>
     <t>CLCC</t>
   </si>
   <si>
-    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Médecine</t>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>750160012</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>CLCC  INSTITUT CURIE CENTRE RENE HUGUENIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3240_FicheEtablissement/en/clcc-rene-huguenin-institut-curie</t>
   </si>
   <si>
     <t>3240_FicheEtablissement</t>
   </si>
   <si>
     <t>35 Rue Dailly</t>
   </si>
   <si>
     <t>92210 ST CLOUD</t>
   </si>
   <si>
     <t>ST CLOUD</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>0147111515</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine</t>
   </si>
   <si>
     <t>920000460</t>
   </si>
   <si>
     <t>CENTRE DE LUTTE CONTRE LE CANCER  PROTONTHERAPIE ORSAY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7190_FicheEtablissement/en/clcc-de-protontherapie-orsay</t>
   </si>
   <si>
     <t>7190_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>91898 ORSAY</t>
   </si>
   <si>
     <t>ORSAY</t>
   </si>
   <si>
     <t>91</t>
   </si>