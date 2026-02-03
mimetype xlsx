--- v0 (2025-12-02)
+++ v1 (2026-02-03)
@@ -80,90 +80,90 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:17:55</t>
+    <t>10/12/2025 13:34:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3194_FicheEtablissement/fr/ch-d-arpajon</t>
   </si>
   <si>
     <t>3194_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>18 Avenue De  Verdun</t>
   </si>
   <si>
     <t>91294 ARPAJON</t>
   </si>
   <si>
     <t>ARPAJON</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>0164929292</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Chirurgie, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>910000272</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>UNITE DE SOINS LONGUE DUREE CENTRE HOSPITALIER ARPAJON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3238_FicheEtablissement/fr/usld-ch-arpajon</t>
   </si>
   <si>
     <t>3238_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>91520 EGLY</t>
   </si>
   <si>
     <t>EGLY</t>
   </si>
   <si>
     <t>0164909090</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>