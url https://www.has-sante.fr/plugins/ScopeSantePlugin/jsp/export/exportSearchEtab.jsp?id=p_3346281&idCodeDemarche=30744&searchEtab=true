--- v0 (2025-11-29)
+++ v1 (2026-01-13)
@@ -1,412 +1,412 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="123">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>UGECAM-HDJ DU CENTRE DE READAPTATION DE COLMAR</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:15:11</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/2326_FicheEtablissement/en/ugecam-hdj-du-ctre-readaptation-colmar</t>
+    <t>21/01/2025 10:15:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2326_FicheEtablissement/fr/ugecam-hdj-du-ctre-readaptation-colmar</t>
   </si>
   <si>
     <t>2326_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>23 Avenue Louis Pasteur</t>
   </si>
   <si>
     <t>67606 SELESTAT</t>
   </si>
   <si>
     <t>SELESTAT</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>0388575555</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>670014042</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>INSTITUT UNIVERSITAIRE DE READAPTATION CLEMENCEAU STRASBOURG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2332_FicheEtablissement/en/inst-univ-readapt-clemenceau-strasbg</t>
+    <t>https://www.has-sante.fr/jcms/2332_FicheEtablissement/fr/inst-univ-readapt-clemenceau-strasbg</t>
   </si>
   <si>
     <t>2332_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>45 Boulevard Clemenceau</t>
   </si>
   <si>
     <t>67082 STRASBOURG</t>
   </si>
   <si>
     <t>STRASBOURG</t>
   </si>
   <si>
     <t>0388211500</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>670780121</t>
   </si>
   <si>
     <t>CENTRE DE RÉADAPTATION FONCTIONNELLE DE MORSBRONN-LES-BAINS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2339_FicheEtablissement/en/crf-morsbronn-les-bains</t>
+    <t>https://www.has-sante.fr/jcms/2339_FicheEtablissement/fr/crf-morsbronn-les-bains</t>
   </si>
   <si>
     <t>2339_FicheEtablissement</t>
   </si>
   <si>
     <t>12 Route De Haguenau</t>
   </si>
   <si>
     <t>67360 MORSBRONN LES BAINS</t>
   </si>
   <si>
     <t>MORSBRONN LES BAINS</t>
   </si>
   <si>
     <t>0388098499</t>
   </si>
   <si>
     <t>670780550</t>
   </si>
   <si>
     <t>CTRE DE RÉADAPTATION FONCTIONNELLE DE NIEDERBRONN-LES-BAINS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2340_FicheEtablissement/en/crf-niederbronn-les-bains</t>
+    <t>https://www.has-sante.fr/jcms/2340_FicheEtablissement/fr/crf-niederbronn-les-bains</t>
   </si>
   <si>
     <t>2340_FicheEtablissement</t>
   </si>
   <si>
     <t>18 Rue Du Marechal Leclerc</t>
   </si>
   <si>
     <t>67110 NIEDERBRONN LES BAINS</t>
   </si>
   <si>
     <t>NIEDERBRONN LES BAINS</t>
   </si>
   <si>
     <t>0388808880</t>
   </si>
   <si>
     <t>670780592</t>
   </si>
   <si>
     <t>CENTRE MEDICAL CERRAN SITE LIEBFRAUENTHAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2341_FicheEtablissement/en/centre-medical-cerran-liebfrauenthal</t>
+    <t>https://www.has-sante.fr/jcms/2341_FicheEtablissement/fr/centre-medical-cerran-liebfrauenthal</t>
   </si>
   <si>
     <t>2341_FicheEtablissement</t>
   </si>
   <si>
     <t>67360 GOERSDORF</t>
   </si>
   <si>
     <t>GOERSDORF</t>
   </si>
   <si>
     <t>0388095900</t>
   </si>
   <si>
     <t>670780600</t>
   </si>
   <si>
     <t>CENTRE DE RÉADAPTATION FONCTIONNELLE DE SCHIRMECK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2342_FicheEtablissement/en/crf-schirmeck</t>
+    <t>https://www.has-sante.fr/jcms/2342_FicheEtablissement/fr/crf-schirmeck</t>
   </si>
   <si>
     <t>2342_FicheEtablissement</t>
   </si>
   <si>
     <t>32 Rue De L'Ancien Sanatorium</t>
   </si>
   <si>
     <t>67133 SCHIRMECK</t>
   </si>
   <si>
     <t>SCHIRMECK</t>
   </si>
   <si>
     <t>0388496262</t>
   </si>
   <si>
     <t>670780915</t>
   </si>
   <si>
     <t>INSTITUT UNIVERSITAIRE DE READAPTATION CLEMENCEAU ILLKIRCH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2343_FicheEtablissement/en/inst-univ-readapt-clemenceau-illkirch</t>
+    <t>https://www.has-sante.fr/jcms/2343_FicheEtablissement/fr/inst-univ-readapt-clemenceau-illkirch</t>
   </si>
   <si>
     <t>2343_FicheEtablissement</t>
   </si>
   <si>
     <t>10 Avenue Achille Baumann</t>
   </si>
   <si>
     <t>67403 ILLKIRCH</t>
   </si>
   <si>
     <t>ILLKIRCH</t>
   </si>
   <si>
     <t>0388552000</t>
   </si>
   <si>
     <t>670781129</t>
   </si>
   <si>
     <t>CENTRE MEDICAL LE SCHIMMEL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2362_FicheEtablissement/en/centre-medical-le-schimmel</t>
+    <t>https://www.has-sante.fr/jcms/2362_FicheEtablissement/fr/centre-medical-le-schimmel</t>
   </si>
   <si>
     <t>2362_FicheEtablissement</t>
   </si>
   <si>
     <t>68290 MASEVAUX NIEDERBRUCK</t>
   </si>
   <si>
     <t>MASEVAUX NIEDERBRUCK</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>0389377802</t>
   </si>
   <si>
     <t>680000072</t>
   </si>
   <si>
     <t>CENTRE MEDICAL LALANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2367_FicheEtablissement/en/centre-medical-lalance</t>
+    <t>https://www.has-sante.fr/jcms/2367_FicheEtablissement/fr/centre-medical-lalance</t>
   </si>
   <si>
     <t>2367_FicheEtablissement</t>
   </si>
   <si>
     <t>68460 LUTTERBACH</t>
   </si>
   <si>
     <t>LUTTERBACH</t>
   </si>
   <si>
     <t>0389506750</t>
   </si>
   <si>
     <t>680000247</t>
   </si>
   <si>
     <t>CENTRE MÉDICAL LUPPACH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2368_FicheEtablissement/en/centre-medical-luppach</t>
+    <t>https://www.has-sante.fr/jcms/2368_FicheEtablissement/fr/centre-medical-luppach</t>
   </si>
   <si>
     <t>2368_FicheEtablissement</t>
   </si>
   <si>
     <t>68480 BOUXWILLER</t>
   </si>
   <si>
     <t>BOUXWILLER</t>
   </si>
   <si>
     <t>0389082930</t>
   </si>
   <si>
     <t>680000296</t>
   </si>
   <si>
     <t>CENTRE MEDICAL LE ROGGENBERG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2369_FicheEtablissement/en/centre-medical-le-roggenberg</t>
+    <t>https://www.has-sante.fr/jcms/2369_FicheEtablissement/fr/centre-medical-le-roggenberg</t>
   </si>
   <si>
     <t>2369_FicheEtablissement</t>
   </si>
   <si>
     <t>12 Rue Brulée</t>
   </si>
   <si>
     <t>68134 ALTKIRCH</t>
   </si>
   <si>
     <t>ALTKIRCH</t>
   </si>
   <si>
     <t>0389075100</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>680000304</t>
   </si>
   <si>
     <t>CENTRE MEDICAL SAINTE ANNE JUNGHOLTZ</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2388_FicheEtablissement/en/centre-medical-sainte-anne</t>
+    <t>https://www.has-sante.fr/jcms/2388_FicheEtablissement/fr/centre-medical-sainte-anne</t>
   </si>
   <si>
     <t>2388_FicheEtablissement</t>
   </si>
   <si>
     <t>68500 JUNGHOLTZ</t>
   </si>
   <si>
     <t>JUNGHOLTZ</t>
   </si>
   <si>
     <t>0389747576</t>
   </si>
   <si>
     <t>680001310</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>