--- v0 (2025-11-18)
+++ v1 (2026-01-23)
@@ -1,349 +1,349 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="102">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CLINIQUE NEPHRO ST EXUPERY TOULOUSE LECRIVAIN</t>
+    <t>CLINIQUE NEPHRO ST EXUPERY CENTRE DOMICILE TLSE LECRIVAIN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:17:13</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/954_FicheEtablissement/en/cl-nephro-st-exupery-toulouse</t>
+    <t>21/01/2025 10:17:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/954_FicheEtablissement/fr/cl-nephro-exupery-ctre-dd-tls-lecriv</t>
   </si>
   <si>
     <t>954_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>29 Rue Emile Lecrivain</t>
   </si>
   <si>
     <t>31077 TOULOUSE CEDEX 4</t>
   </si>
   <si>
     <t>TOULOUSE CEDEX 4</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>0561173333</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>310782016</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
-    <t>CLINIQUE NEPHRO ST EXUPERY UAD TOULOUSE SANS</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3688_FicheEtablissement/en/cl-nephro-st-exupery-uad-tls-sans</t>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD UDM TOULOUSE SANS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3688_FicheEtablissement/fr/cl-nephro-exupery-uad-udm-tls-sans</t>
   </si>
   <si>
     <t>3688_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>3 Avenue Sans</t>
   </si>
   <si>
     <t>31300 TOULOUSE</t>
   </si>
   <si>
     <t>TOULOUSE</t>
   </si>
   <si>
     <t>310018684</t>
   </si>
   <si>
     <t>CLINIQUE NEPHRO ST EXUPERY UDM UNION SAINT JEAN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3690_FicheEtablissement/en/cl-nephro-st-exupery-udm-union-st-jean</t>
+    <t>https://www.has-sante.fr/jcms/3690_FicheEtablissement/fr/cl-nephro-exupery-udm-union-st-jean</t>
   </si>
   <si>
     <t>3690_FicheEtablissement</t>
   </si>
   <si>
     <t>31240 ST JEAN</t>
   </si>
   <si>
     <t>ST JEAN</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>310026612</t>
   </si>
   <si>
     <t>CLINIQUE NEPHRO ST EXUPERY UAD BESSIERES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3692_FicheEtablissement/en/cl-nephro-st-exupery-uad-bessieres</t>
+    <t>https://www.has-sante.fr/jcms/3692_FicheEtablissement/fr/cl-nephro-st-exupery-uad-bessieres</t>
   </si>
   <si>
     <t>3692_FicheEtablissement</t>
   </si>
   <si>
     <t>31660 BESSIERES</t>
   </si>
   <si>
     <t>BESSIERES</t>
   </si>
   <si>
     <t>310793401</t>
   </si>
   <si>
     <t>CLINIQUE NEPHRO ST EXUPERY UDM UAD SAINT GAUDENS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3693_FicheEtablissement/en/cl-nephro-st-exupery-udm-uad-st-gauden</t>
+    <t>https://www.has-sante.fr/jcms/3693_FicheEtablissement/fr/cl-nephro-exupery-udm-uad-st-gaudens</t>
   </si>
   <si>
     <t>3693_FicheEtablissement</t>
   </si>
   <si>
     <t>367 Avenue Simone Veil</t>
   </si>
   <si>
     <t>31800 ST GAUDENS</t>
   </si>
   <si>
     <t>ST GAUDENS</t>
   </si>
   <si>
     <t>310793419</t>
   </si>
   <si>
-    <t>CLINIQUE NEPHRO ST EXUPERY UAD VILLEFRANCHE DE LAURAGAIS</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3694_FicheEtablissement/en/cl-nephro-st-exupery-uad-villefranche</t>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD UDM VILLEFRANCHE DE LAURAGAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3694_FicheEtablissement/fr/cl-nephro-exupery-uad-udm-villefranche</t>
   </si>
   <si>
     <t>3694_FicheEtablissement</t>
   </si>
   <si>
     <t>31290 VILLEFRANCHE DE LAURAGAIS</t>
   </si>
   <si>
     <t>VILLEFRANCHE DE LAURAGAIS</t>
   </si>
   <si>
     <t>310793435</t>
   </si>
   <si>
     <t>CLINIQUE NEPHRO ST EXUPERY UAD BRAX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3697_FicheEtablissement/en/cl-nephro-st-exupery-uad-brax</t>
+    <t>https://www.has-sante.fr/jcms/3697_FicheEtablissement/fr/cl-nephro-st-exupery-uad-brax</t>
   </si>
   <si>
     <t>3697_FicheEtablissement</t>
   </si>
   <si>
     <t>31490 BRAX</t>
   </si>
   <si>
     <t>BRAX</t>
   </si>
   <si>
     <t>310793807</t>
   </si>
   <si>
     <t>CLINIQUE NEPHRO ST EXUPERY UAD TOULOUSE BASSO CAMBO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3699_FicheEtablissement/en/cl-nephro-st-exupery-uad-tls-basso</t>
+    <t>https://www.has-sante.fr/jcms/3699_FicheEtablissement/fr/cl-nephro-exupery-uad-tls-basso-cambo</t>
   </si>
   <si>
     <t>3699_FicheEtablissement</t>
   </si>
   <si>
     <t>46 Avenue Du General Decroute</t>
   </si>
   <si>
     <t>31100 TOULOUSE</t>
   </si>
   <si>
     <t>310794532</t>
   </si>
   <si>
     <t>CLINIQUE NEPHRO ST EXUPERY UAD LUCHON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3700_FicheEtablissement/en/cl-nephro-st-exupery-uad-luchon</t>
+    <t>https://www.has-sante.fr/jcms/3700_FicheEtablissement/fr/cl-nephro-st-exupery-uad-luchon</t>
   </si>
   <si>
     <t>3700_FicheEtablissement</t>
   </si>
   <si>
     <t>5 Cours Quinconces</t>
   </si>
   <si>
     <t>31110 BAGNERES DE LUCHON</t>
   </si>
   <si>
     <t>BAGNERES DE LUCHON</t>
   </si>
   <si>
     <t>310796768</t>
   </si>
   <si>
     <t>CLINIQUE NEPHRO ST EXUPERY UAD REVEL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3701_FicheEtablissement/en/cl-nephro-st-exupery-uad-revel</t>
+    <t>https://www.has-sante.fr/jcms/3701_FicheEtablissement/fr/cl-nephro-exupery-uad-revel</t>
   </si>
   <si>
     <t>3701_FicheEtablissement</t>
   </si>
   <si>
     <t>31250 REVEL</t>
   </si>
   <si>
     <t>REVEL</t>
   </si>
   <si>
     <t>310796776</t>
   </si>
   <si>
-    <t>CLINIQUE NEPHRO ST EXUPERY UAD QUINT FONSEGRIVES</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/7575_FicheEtablissement/en/cl-nephro-st-exupery-uad-quint</t>
+    <t>CLINIQUE NEPHRO ST EXUPERY UAD UDM QUINT FONSEGRIVES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7575_FicheEtablissement/fr/cl-nephro-exupery-uad-udm-quint-fonseg</t>
   </si>
   <si>
     <t>7575_FicheEtablissement</t>
   </si>
   <si>
     <t>54 Chemin De Ribaute</t>
   </si>
   <si>
     <t>31130 QUINT FONSEGRIVES</t>
   </si>
   <si>
     <t>QUINT FONSEGRIVES</t>
   </si>
   <si>
     <t>310031414</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>