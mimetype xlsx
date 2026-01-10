--- v0 (2025-11-24)
+++ v1 (2026-01-10)
@@ -110,51 +110,51 @@
   <si>
     <t>2973_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>240 Avenue De Saint Lambert</t>
   </si>
   <si>
     <t>83608 FREJUS</t>
   </si>
   <si>
     <t>FREJUS</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>0494402121</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>830000311</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CHI DE FREJUS ST RAPHAEL GERONTOLOGIE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2980_FicheEtablissement/fr/chi-frejus-st-rapahel-gerontologie</t>
   </si>
   <si>
     <t>2980_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>345 Boulevard Georges Clemenceau</t>
   </si>