--- v0 (2025-11-28)
+++ v1 (2026-01-23)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="173">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -104,51 +104,51 @@
   <si>
     <t>21/01/2025 10:17:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2168_FicheEtablissement/fr/aura-sante-had-cebazat</t>
   </si>
   <si>
     <t>2168_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>380 Rue Marie Marvingt</t>
   </si>
   <si>
     <t>63118 CEBAZAT</t>
   </si>
   <si>
     <t>CEBAZAT</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>0473989810</t>
+    <t>0473884058</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>630010528</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>AURA SANTE MONTLUCON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3555_FicheEtablissement/fr/aura-sante-montlucon</t>
   </si>
   <si>
     <t>3555_FicheEtablissement</t>
   </si>
   <si>
     <t>95 Avenue Des Droits De L'Homme</t>
   </si>
@@ -317,228 +317,234 @@
   <si>
     <t>0471560693</t>
   </si>
   <si>
     <t>430004408</t>
   </si>
   <si>
     <t>CENTRE AUTODIALYSE CHAMP DE LA CHAINE NEVERS AURA AUVERGNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3856_FicheEtablissement/fr/dialyse-aura-nevers</t>
   </si>
   <si>
     <t>3856_FicheEtablissement</t>
   </si>
   <si>
     <t>58000 NEVERS</t>
   </si>
   <si>
     <t>NEVERS</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
+    <t>0386362038</t>
+  </si>
+  <si>
+    <t>580004588</t>
+  </si>
+  <si>
+    <t>CENTRE AUTODIALYSE DECIZE - AURA AUVERGNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3857_FicheEtablissement/fr/dialyse-aura-decize</t>
+  </si>
+  <si>
+    <t>3857_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Jean Moulin</t>
+  </si>
+  <si>
+    <t>58300 DECIZE</t>
+  </si>
+  <si>
+    <t>DECIZE</t>
+  </si>
+  <si>
+    <t>0386252377</t>
+  </si>
+  <si>
+    <t>580004638</t>
+  </si>
+  <si>
+    <t>AURA SANTE CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3913_FicheEtablissement/fr/aura-sante-clermont-ferrand</t>
+  </si>
+  <si>
+    <t>3913_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>105 Avenue De La Republique</t>
+  </si>
+  <si>
+    <t>63000 CLERMONT FERRAND</t>
+  </si>
+  <si>
+    <t>CLERMONT FERRAND</t>
+  </si>
+  <si>
+    <t>0473994500</t>
+  </si>
+  <si>
+    <t>630005668</t>
+  </si>
+  <si>
+    <t>AURA SANTE AMBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3914_FicheEtablissement/fr/aura-sante-ambert</t>
+  </si>
+  <si>
+    <t>3914_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>63600 AMBERT</t>
+  </si>
+  <si>
+    <t>AMBERT</t>
+  </si>
+  <si>
+    <t>0473827396</t>
+  </si>
+  <si>
+    <t>630007698</t>
+  </si>
+  <si>
+    <t>AURA SANTE ISSOIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3915_FicheEtablissement/fr/aura-sante-issoire</t>
+  </si>
+  <si>
+    <t>3915_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Roland Bonnard</t>
+  </si>
+  <si>
+    <t>63500 ISSOIRE</t>
+  </si>
+  <si>
+    <t>ISSOIRE</t>
+  </si>
+  <si>
+    <t>0473892329</t>
+  </si>
+  <si>
+    <t>630007748</t>
+  </si>
+  <si>
+    <t>AURA SANTE MONT-DORE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3916_FicheEtablissement/fr/aura-sante-mont-dore</t>
+  </si>
+  <si>
+    <t>3916_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Capitaine Chazotte</t>
+  </si>
+  <si>
+    <t>63240 LE MONT DORE</t>
+  </si>
+  <si>
+    <t>LE MONT DORE</t>
+  </si>
+  <si>
+    <t>0473650789</t>
+  </si>
+  <si>
+    <t>630007789</t>
+  </si>
+  <si>
+    <t>AURA SANTE RIOM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3917_FicheEtablissement/fr/aura-sante-riom</t>
+  </si>
+  <si>
+    <t>3917_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>63204 RIOM</t>
+  </si>
+  <si>
+    <t>RIOM</t>
+  </si>
+  <si>
+    <t>0473630381</t>
+  </si>
+  <si>
+    <t>630007839</t>
+  </si>
+  <si>
+    <t>AURA SANTE THIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3918_FicheEtablissement/fr/aura-sante-thiers</t>
+  </si>
+  <si>
+    <t>3918_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>63307 THIERS</t>
+  </si>
+  <si>
+    <t>THIERS</t>
+  </si>
+  <si>
+    <t>0473511054</t>
+  </si>
+  <si>
+    <t>630007888</t>
+  </si>
+  <si>
+    <t>AURA SANTE CHAMALIERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3919_FicheEtablissement/fr/aura-sante-chamalieres</t>
+  </si>
+  <si>
+    <t>3919_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>8 Rue Du Colombier</t>
+  </si>
+  <si>
+    <t>63400 CHAMALIERES</t>
+  </si>
+  <si>
+    <t>CHAMALIERES</t>
+  </si>
+  <si>
     <t>0473318300</t>
-  </si>
-[...175 lines deleted...]
-    <t>CHAMALIERES</t>
   </si>
   <si>
     <t>630784742</t>
   </si>
   <si>
     <t>AURA SANTE COSNE COURS SUR LOIRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7580_FicheEtablissement/fr/aura-sante-cosne-cours-sur-loire</t>
   </si>
   <si>
     <t>7580_FicheEtablissement</t>
   </si>
   <si>
     <t>96 Rue Marechal Leclerc</t>
   </si>
   <si>
     <t>58200 COSNE COURS SUR LOIRE</t>
   </si>
   <si>
     <t>COSNE COURS SUR LOIRE</t>
   </si>
   <si>
     <t>0386265407</t>
   </si>
@@ -1239,560 +1245,560 @@
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11" t="s">
         <v>105</v>
       </c>
       <c r="H11" t="s">
         <v>106</v>
       </c>
       <c r="I11" t="s">
         <v>74</v>
       </c>
       <c r="J11" t="s">
         <v>107</v>
       </c>
       <c r="K11" t="s">
         <v>108</v>
       </c>
       <c r="L11" t="s">
         <v>109</v>
       </c>
       <c r="M11" t="s">
         <v>101</v>
       </c>
       <c r="N11" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="O11" t="s">
         <v>22</v>
       </c>
       <c r="P11" t="s">
         <v>32</v>
       </c>
       <c r="Q11" t="s">
         <v>44</v>
       </c>
       <c r="R11" t="s">
         <v>32</v>
       </c>
       <c r="S11" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="T11" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C12" t="s">
         <v>22</v>
       </c>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>23</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="I12" t="s">
         <v>26</v>
       </c>
       <c r="J12" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K12" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L12" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M12" t="s">
         <v>30</v>
       </c>
       <c r="N12" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="O12" t="s">
         <v>22</v>
       </c>
       <c r="P12" t="s">
         <v>32</v>
       </c>
       <c r="Q12" t="s">
         <v>44</v>
       </c>
       <c r="R12" t="s">
         <v>32</v>
       </c>
       <c r="S12" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="T12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>20</v>
       </c>
       <c r="B13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C13" t="s">
         <v>22</v>
       </c>
       <c r="D13" t="s">
         <v>22</v>
       </c>
       <c r="E13" t="s">
         <v>23</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H13" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I13" t="s">
         <v>74</v>
       </c>
       <c r="J13" t="s">
         <v>22</v>
       </c>
       <c r="K13" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="L13" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M13" t="s">
         <v>30</v>
       </c>
       <c r="N13" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="O13" t="s">
         <v>22</v>
       </c>
       <c r="P13" t="s">
         <v>32</v>
       </c>
       <c r="Q13" t="s">
         <v>44</v>
       </c>
       <c r="R13" t="s">
         <v>32</v>
       </c>
       <c r="S13" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="T13" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C14" t="s">
         <v>22</v>
       </c>
       <c r="D14" t="s">
         <v>22</v>
       </c>
       <c r="E14" t="s">
         <v>23</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I14" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="J14" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K14" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L14" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M14" t="s">
         <v>30</v>
       </c>
       <c r="N14" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="O14" t="s">
         <v>22</v>
       </c>
       <c r="P14" t="s">
         <v>32</v>
       </c>
       <c r="Q14" t="s">
         <v>44</v>
       </c>
       <c r="R14" t="s">
         <v>32</v>
       </c>
       <c r="S14" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="T14" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>20</v>
       </c>
       <c r="B15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C15" t="s">
         <v>22</v>
       </c>
       <c r="D15" t="s">
         <v>22</v>
       </c>
       <c r="E15" t="s">
         <v>23</v>
       </c>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="G15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I15" t="s">
         <v>74</v>
       </c>
       <c r="J15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="K15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="L15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M15" t="s">
         <v>30</v>
       </c>
       <c r="N15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="O15" t="s">
         <v>22</v>
       </c>
       <c r="P15" t="s">
         <v>32</v>
       </c>
       <c r="Q15" t="s">
         <v>44</v>
       </c>
       <c r="R15" t="s">
         <v>32</v>
       </c>
       <c r="S15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="T15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>20</v>
       </c>
       <c r="B16" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C16" t="s">
         <v>22</v>
       </c>
       <c r="D16" t="s">
         <v>22</v>
       </c>
       <c r="E16" t="s">
         <v>23</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="G16" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H16" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I16" t="s">
         <v>26</v>
       </c>
       <c r="J16" t="s">
         <v>22</v>
       </c>
       <c r="K16" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="L16" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M16" t="s">
         <v>30</v>
       </c>
       <c r="N16" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="O16" t="s">
         <v>22</v>
       </c>
       <c r="P16" t="s">
         <v>32</v>
       </c>
       <c r="Q16" t="s">
         <v>44</v>
       </c>
       <c r="R16" t="s">
         <v>32</v>
       </c>
       <c r="S16" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="T16" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C17" t="s">
         <v>22</v>
       </c>
       <c r="D17" t="s">
         <v>22</v>
       </c>
       <c r="E17" t="s">
         <v>23</v>
       </c>
       <c r="F17" t="s">
         <v>22</v>
       </c>
       <c r="G17" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H17" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="I17" t="s">
         <v>74</v>
       </c>
       <c r="J17" t="s">
         <v>22</v>
       </c>
       <c r="K17" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="L17" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M17" t="s">
         <v>30</v>
       </c>
       <c r="N17" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="O17" t="s">
         <v>22</v>
       </c>
       <c r="P17" t="s">
         <v>32</v>
       </c>
       <c r="Q17" t="s">
         <v>44</v>
       </c>
       <c r="R17" t="s">
         <v>32</v>
       </c>
       <c r="S17" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="T17" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>20</v>
       </c>
       <c r="B18" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C18" t="s">
         <v>22</v>
       </c>
       <c r="D18" t="s">
         <v>22</v>
       </c>
       <c r="E18" t="s">
         <v>23</v>
       </c>
       <c r="F18" t="s">
         <v>22</v>
       </c>
       <c r="G18" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H18" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I18" t="s">
         <v>26</v>
       </c>
       <c r="J18" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K18" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="L18" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M18" t="s">
         <v>30</v>
       </c>
       <c r="N18" t="s">
-        <v>102</v>
+        <v>163</v>
       </c>
       <c r="O18" t="s">
         <v>22</v>
       </c>
       <c r="P18" t="s">
         <v>32</v>
       </c>
       <c r="Q18" t="s">
         <v>44</v>
       </c>
       <c r="R18" t="s">
         <v>32</v>
       </c>
       <c r="S18" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="T18" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>20</v>
       </c>
       <c r="B19" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C19" t="s">
         <v>22</v>
       </c>
       <c r="D19" t="s">
         <v>22</v>
       </c>
       <c r="E19" t="s">
         <v>23</v>
       </c>
       <c r="F19" t="s">
         <v>22</v>
       </c>
       <c r="G19" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="H19" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I19" t="s">
         <v>74</v>
       </c>
       <c r="J19" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="K19" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="L19" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="M19" t="s">
         <v>101</v>
       </c>
       <c r="N19" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="O19" t="s">
         <v>22</v>
       </c>
       <c r="P19" t="s">
         <v>32</v>
       </c>
       <c r="Q19" t="s">
         <v>44</v>
       </c>
       <c r="R19" t="s">
         <v>32</v>
       </c>
       <c r="S19" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="T19" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>