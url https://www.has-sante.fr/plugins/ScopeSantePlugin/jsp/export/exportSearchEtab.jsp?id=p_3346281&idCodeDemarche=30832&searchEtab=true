--- v0 (2025-12-01)
+++ v1 (2026-02-17)
@@ -107,51 +107,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/128_FicheEtablissement/en/centre-hospitalier-de-grasse</t>
   </si>
   <si>
     <t>128_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>06135 GRASSE</t>
   </si>
   <si>
     <t>GRASSE</t>
   </si>
   <si>
     <t>06</t>
   </si>
   <si>
     <t>0493095501</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>060000478</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CH DE GRASSE CENTRE DE LONG SEJOUR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/179_FicheEtablissement/en/ch-de-grasse-centre-de-long-sejour</t>
   </si>
   <si>
     <t>179_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>12 Chemin De Clavary</t>
   </si>