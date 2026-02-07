--- v0 (2025-10-06)
+++ v1 (2026-02-07)
@@ -110,51 +110,51 @@
   <si>
     <t>3372_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>12 Rue Du Val D Osne</t>
   </si>
   <si>
     <t>94410 ST MAURICE</t>
   </si>
   <si>
     <t>ST MAURICE</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>0143966363</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Médecine, Néphrologie, Obstétrique, Psychiatrie, Soins médicaux et de réadaptation</t>
+    <t>Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>940016868</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>CENTRE D ACCUEIL THERAPEUTIQUE A TEMPS PARTIEL REPUBLIQUE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6551_FicheEtablissement/fr/cmp-cattp-adulte-republique</t>
   </si>
   <si>
     <t>6551_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>39 Avenue De La Republique</t>
   </si>