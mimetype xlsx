--- v0 (2025-10-07)
+++ v1 (2025-12-02)
@@ -1,172 +1,172 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>HOPITAL LEOPOLD BELLAN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:15:47</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/2676_FicheEtablissement/en/hopital-leopold-bellan</t>
+    <t>21/01/2025 10:15:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2676_FicheEtablissement/fr/hopital-leopold-bellan</t>
   </si>
   <si>
     <t>2676_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>185 Rue Raymond Losserand</t>
   </si>
   <si>
     <t>75014 PARIS</t>
   </si>
   <si>
     <t>PARIS</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>0140486868</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>750150146</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>UNITE  DE REEDUCATION FONCTIONNELLE LEOPOLD BELLAN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2710_FicheEtablissement/en/hopital-leopold-bellan-site-aqueduc</t>
+    <t>https://www.has-sante.fr/jcms/2710_FicheEtablissement/fr/hopital-leopold-bellan-site-aqueduc</t>
   </si>
   <si>
     <t>2710_FicheEtablissement</t>
   </si>
   <si>
     <t>16 Rue De L Aqueduc</t>
   </si>
   <si>
     <t>75010 PARIS</t>
   </si>
   <si>
     <t>0153262222</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>750700015</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>