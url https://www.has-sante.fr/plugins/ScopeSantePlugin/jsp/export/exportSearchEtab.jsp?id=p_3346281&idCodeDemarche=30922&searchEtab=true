--- v0 (2025-12-02)
+++ v1 (2026-01-23)
@@ -107,51 +107,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/492_FicheEtablissement/fr/centre-hospitalier-confolens</t>
   </si>
   <si>
     <t>492_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>16500 CONFOLENS</t>
   </si>
   <si>
     <t>CONFOLENS</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>0545844000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Imagerie Médicale, Médecine</t>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>160000311</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CH CONFOLENS - USLD</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/500_FicheEtablissement/fr/ch-confolens-usld</t>
   </si>
   <si>
     <t>500_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>3 Rue Du Docteur Marcel Perrot</t>
   </si>