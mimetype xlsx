--- v0 (2025-12-02)
+++ v1 (2026-01-21)
@@ -110,51 +110,51 @@
   <si>
     <t>1564_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>6 Rue Saint-Gilles</t>
   </si>
   <si>
     <t>49120 CHEMILLE EN ANJOU</t>
   </si>
   <si>
     <t>CHEMILLE EN ANJOU</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>0241462424</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Médecine, Soins de longue durée</t>
+    <t>Médecine, Soins de longue durée, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>490000650</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CHI LYS HYROME-LYS HAUT LAYON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1568_FicheEtablissement/fr/chi-lys-hyrome-lys-haut-layon</t>
   </si>
   <si>
     <t>1568_FicheEtablissement</t>
   </si>
   <si>
     <t>70 Rue Nationale</t>
   </si>
   <si>
     <t>49310 LYS HAUT LAYON</t>
   </si>