--- v0 (2025-11-25)
+++ v1 (2026-01-11)
@@ -134,51 +134,51 @@
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>940300551</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>HOPITAL PRIVE DE VITRY SITE PASTEUR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3390_FicheEtablissement/fr/hopital-prive-de-vitry-site-pasteur</t>
   </si>
   <si>
     <t>3390_FicheEtablissement</t>
   </si>
   <si>
     <t>22 Rue De La Petite Saussaie</t>
   </si>
   <si>
     <t>94400 VITRY SUR SEINE</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Obstétrique</t>
+    <t>Chirurgie, Médecine, Obstétrique</t>
   </si>
   <si>
     <t>940300569</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>