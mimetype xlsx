--- v0 (2025-12-01)
+++ v1 (2026-03-05)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE DU CHATEAU DE BON ATTRAIT</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:15:44</t>
+    <t>25/02/2026 17:03:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2622_FicheEtablissement/fr/clinique-du-chateau-de-bon-attrait</t>
   </si>
   <si>
     <t>2622_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>276 Avenue De Bonatray</t>
   </si>
   <si>
     <t>74370 VILLAZ</t>
   </si>
   <si>
     <t>VILLAZ</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>0450649595</t>
   </si>