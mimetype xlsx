--- v0 (2025-11-15)
+++ v1 (2026-01-01)
@@ -80,87 +80,87 @@
   <si>
     <t>Type of Healthcare organisation</t>
   </si>
   <si>
     <t>Activity</t>
   </si>
   <si>
     <t>Legal status</t>
   </si>
   <si>
     <t>Geographical finess</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>INSTITUT ARTHUR VERNES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:17:46</t>
+    <t>11/17/2025 15:48:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2688_FicheEtablissement/en/institut-arthur-vernes</t>
   </si>
   <si>
     <t>2688_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>36 Rue D Assas</t>
   </si>
   <si>
     <t>75006 PARIS</t>
   </si>
   <si>
     <t>PARIS</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>0144395300</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine</t>
   </si>
   <si>
     <t>750300097</t>
   </si>
   <si>
-    <t>Établissements non certifiés</t>
+    <t>Établissements certifiés avec mention</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">