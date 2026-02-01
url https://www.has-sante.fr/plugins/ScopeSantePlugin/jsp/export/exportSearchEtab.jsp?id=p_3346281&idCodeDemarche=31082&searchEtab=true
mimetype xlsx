--- v0 (2025-12-02)
+++ v1 (2026-02-01)
@@ -80,90 +80,90 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER SEVRE ET LOIRE- LOROUX BOTTEREAU</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>17/11/2025 15:40:56</t>
+    <t>04/12/2025 17:05:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1412_FicheEtablissement/fr/ch-sevre-et-loire-loroux-bottereau</t>
   </si>
   <si>
     <t>1412_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>51 Rue De La Loire</t>
   </si>
   <si>
     <t>44430 LE LOROUX BOTTEREAU</t>
   </si>
   <si>
     <t>LE LOROUX BOTTEREAU</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>0240808000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>440000552</t>
   </si>
   <si>
-    <t>Établissements non certifiés</t>
+    <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER SEVRE ET LOIRE- VERTOU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1420_FicheEtablissement/fr/ch-sevre-et-loire-vertou</t>
   </si>
   <si>
     <t>1420_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Allée Alphonse Fillion</t>
   </si>
   <si>
     <t>44122 VERTOU</t>
   </si>
   <si>
     <t>VERTOU</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>440000883</t>
   </si>