--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -1,1048 +1,1045 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="860" uniqueCount="336">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="860" uniqueCount="335">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>HAD DU PAYS BRIOCHIN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:18:04</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/646_FicheEtablissement/en/had-du-pays-briochin</t>
+    <t>21/01/2025 10:18:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/646_FicheEtablissement/fr/had-du-pays-briochin</t>
   </si>
   <si>
     <t>646_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>8 Rue Des Champs De Pies</t>
   </si>
   <si>
     <t>22000 ST BRIEUC</t>
   </si>
   <si>
     <t>ST BRIEUC</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>0296772514</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>220019616</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>HAD DU PAYS DE GUINGAMP - AUB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/647_FicheEtablissement/en/had-du-pays-de-guingamp-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/647_FicheEtablissement/fr/had-du-pays-de-guingamp-aub-sante</t>
   </si>
   <si>
     <t>647_FicheEtablissement</t>
   </si>
   <si>
-    <t>8 Impasse Rupourzou</t>
+    <t>14 Impasse Des Genets</t>
+  </si>
+  <si>
+    <t>22200 ST AGATHON</t>
+  </si>
+  <si>
+    <t>ST AGATHON</t>
+  </si>
+  <si>
+    <t>0296402320</t>
+  </si>
+  <si>
+    <t>220020341</t>
+  </si>
+  <si>
+    <t>HAD DES PAYS DE MORLAIX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/839_FicheEtablissement/fr/had-des-pays-de-morlaix</t>
+  </si>
+  <si>
+    <t>839_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>29600 PLOURIN LES MORLAIX</t>
+  </si>
+  <si>
+    <t>PLOURIN LES MORLAIX</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>0298624094</t>
+  </si>
+  <si>
+    <t>290032838</t>
+  </si>
+  <si>
+    <t>HAD SAINT MALO DINAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1180_FicheEtablissement/fr/had-saint-malo-dinan</t>
+  </si>
+  <si>
+    <t>1180_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>32 Rue Du Grand Jardin</t>
+  </si>
+  <si>
+    <t>35400 ST MALO</t>
+  </si>
+  <si>
+    <t>ST MALO</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>0299468851</t>
+  </si>
+  <si>
+    <t>350044772</t>
+  </si>
+  <si>
+    <t>HOSPITALISATION A DOMICILE DU CENTRE BRETAGNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1798_FicheEtablissement/fr/had-centre-bretagne</t>
+  </si>
+  <si>
+    <t>1798_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>56920 NOYAL PONTIVY</t>
+  </si>
+  <si>
+    <t>NOYAL PONTIVY</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>0297791500</t>
+  </si>
+  <si>
+    <t>560022188</t>
+  </si>
+  <si>
+    <t>UNITE DIALYSE GUINGAMP AUB SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3627_FicheEtablissement/fr/unite-dialyse-guingamp-aub-sante</t>
+  </si>
+  <si>
+    <t>3627_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>8 Impasse Ruporzou</t>
   </si>
   <si>
     <t>22200 GUINGAMP</t>
   </si>
   <si>
     <t>GUINGAMP</t>
   </si>
   <si>
-    <t>0296402320</t>
-[...97 lines deleted...]
-  <si>
     <t>0296452328</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>220013106</t>
   </si>
   <si>
     <t>UNITE DIALYSE PAIMPOL AUB SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3628_FicheEtablissement/en/unite-dialyse-paimpol-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/3628_FicheEtablissement/fr/unite-dialyse-paimpol-aub-sante</t>
   </si>
   <si>
     <t>3628_FicheEtablissement</t>
   </si>
   <si>
     <t>36 Chemin Kerpuns</t>
   </si>
   <si>
     <t>22500 PAIMPOL</t>
   </si>
   <si>
     <t>PAIMPOL</t>
   </si>
   <si>
     <t>0296205571</t>
   </si>
   <si>
     <t>220013130</t>
   </si>
   <si>
     <t>UNITE DIALYSE SAINT ALBAN AUB SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3629_FicheEtablissement/en/unite-dialyse-saint-alban-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/3629_FicheEtablissement/fr/unite-dialyse-saint-alban-aub-sante</t>
   </si>
   <si>
     <t>3629_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue De Tournemine</t>
   </si>
   <si>
     <t>22400 ST ALBAN</t>
   </si>
   <si>
     <t>ST ALBAN</t>
   </si>
   <si>
     <t>0296329926</t>
   </si>
   <si>
     <t>220013155</t>
   </si>
   <si>
     <t>CENTRE D'ENTRAINEMENT ET DE REPLI</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3630_FicheEtablissement/en/unite-dialyse-saint-brieuc-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/3630_FicheEtablissement/fr/unite-dialyse-saint-brieuc-aub-sante</t>
   </si>
   <si>
     <t>3630_FicheEtablissement</t>
   </si>
   <si>
     <t>10 Rue Marcel Proust</t>
   </si>
   <si>
     <t>22023 ST BRIEUC CEDEX 1</t>
   </si>
   <si>
     <t>ST BRIEUC CEDEX 1</t>
   </si>
   <si>
     <t>0296017099</t>
   </si>
   <si>
     <t>220016778</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE MEDICALISEE DE SAINT BRIEUC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3631_FicheEtablissement/en/unit-dialyse-la-beauchee-st-brieuc-aub</t>
+    <t>https://www.has-sante.fr/jcms/3631_FicheEtablissement/fr/unit-dialyse-la-beauchee-st-brieuc-aub</t>
   </si>
   <si>
     <t>3631_FicheEtablissement</t>
   </si>
   <si>
     <t>10 Rue Des Champs De Pies</t>
   </si>
   <si>
     <t>0296750211</t>
   </si>
   <si>
     <t>220019558</t>
   </si>
   <si>
     <t>UNITE DIALYSE LOUDEAC AUB SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3632_FicheEtablissement/en/unite-dialyse-loudeac-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/3632_FicheEtablissement/fr/unite-dialyse-loudeac-aub-sante</t>
   </si>
   <si>
     <t>3632_FicheEtablissement</t>
   </si>
   <si>
     <t>22600 LOUDEAC</t>
   </si>
   <si>
     <t>LOUDEAC</t>
   </si>
   <si>
     <t>0296664550</t>
   </si>
   <si>
     <t>220019848</t>
   </si>
   <si>
     <t>UNITE DIALYSE LANNION AUB SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3635_FicheEtablissement/en/unite-dialyse-lannion-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/3635_FicheEtablissement/fr/unite-dialyse-lannion-aub-sante</t>
   </si>
   <si>
     <t>3635_FicheEtablissement</t>
   </si>
   <si>
     <t>22303 LANNION</t>
   </si>
   <si>
     <t>LANNION</t>
   </si>
   <si>
     <t>220020507</t>
   </si>
   <si>
     <t>UNITE DIALYSE PLOURIN-LES-MORLAIX AUB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3664_FicheEtablissement/en/unite-dialyse-plourin-les-morlaix-aub</t>
+    <t>https://www.has-sante.fr/jcms/3664_FicheEtablissement/fr/unite-dialyse-plourin-les-morlaix-aub</t>
   </si>
   <si>
     <t>3664_FicheEtablissement</t>
   </si>
   <si>
     <t>0298633525</t>
   </si>
   <si>
     <t>290005131</t>
   </si>
   <si>
     <t>UNITE DIALYSE BREST ZI LOSCOAT AUB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3665_FicheEtablissement/en/unite-dialyse-brest-loscoat-aub</t>
+    <t>https://www.has-sante.fr/jcms/3665_FicheEtablissement/fr/unite-dialyse-loscoat-aub-sante</t>
   </si>
   <si>
     <t>3665_FicheEtablissement</t>
   </si>
   <si>
     <t>29200 BREST</t>
   </si>
   <si>
     <t>BREST</t>
   </si>
   <si>
     <t>0222900190</t>
   </si>
   <si>
     <t>290005172</t>
   </si>
   <si>
     <t>UNITE DIALYSE DOUARNENEZ AUB SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3666_FicheEtablissement/en/unite-dialyse-douarnenez-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/3666_FicheEtablissement/fr/unite-dialyse-douarnenez-aub-sante</t>
   </si>
   <si>
     <t>3666_FicheEtablissement</t>
   </si>
   <si>
     <t>29100 DOUARNENEZ</t>
   </si>
   <si>
     <t>DOUARNENEZ</t>
   </si>
   <si>
     <t>0298927017</t>
   </si>
   <si>
     <t>290005230</t>
   </si>
   <si>
     <t>UNITE DIALYSE PLOURIN ST FIACRE AUB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3667_FicheEtablissement/en/unite-dialyse-plourin-st-fiacre-aub</t>
+    <t>https://www.has-sante.fr/jcms/3667_FicheEtablissement/fr/unite-dialyse-plourin-st-fiacre-aub</t>
   </si>
   <si>
     <t>3667_FicheEtablissement</t>
   </si>
   <si>
     <t>0298631672</t>
   </si>
   <si>
     <t>290018555</t>
   </si>
   <si>
     <t>UNITE DIALYSE QUIMPER KERRADENNEC  AUB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3668_FicheEtablissement/en/unite-dialyse-quimper-kerradennec-aub</t>
+    <t>https://www.has-sante.fr/jcms/3668_FicheEtablissement/fr/unite-dialyse-quimper-kerradennec-aub</t>
   </si>
   <si>
     <t>3668_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Rue Georges Perros</t>
   </si>
   <si>
     <t>29000 QUIMPER</t>
   </si>
   <si>
     <t>QUIMPER</t>
   </si>
   <si>
     <t>0298102566</t>
   </si>
   <si>
     <t>290018563</t>
   </si>
   <si>
     <t>UNITE DIALYSE CONCARNEAU - AUB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3669_FicheEtablissement/en/unite-dialyse-concarneau-aub</t>
+    <t>https://www.has-sante.fr/jcms/3669_FicheEtablissement/fr/unite-dialyse-concarneau-aub</t>
   </si>
   <si>
     <t>3669_FicheEtablissement</t>
   </si>
   <si>
     <t>61 Rue De Tregunc</t>
   </si>
   <si>
     <t>29900 CONCARNEAU</t>
   </si>
   <si>
     <t>CONCARNEAU</t>
   </si>
   <si>
     <t>0298973081</t>
   </si>
   <si>
     <t>290021070</t>
   </si>
   <si>
     <t>CENTRE DE DIALYSE DE CARHAIX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3670_FicheEtablissement/en/unite-dialyse-carhaix-aub</t>
+    <t>https://www.has-sante.fr/jcms/3670_FicheEtablissement/fr/unite-dialyse-carhaix-aub</t>
   </si>
   <si>
     <t>3670_FicheEtablissement</t>
   </si>
   <si>
     <t>12 Rue Du Dr Menguy</t>
   </si>
   <si>
     <t>29270 CARHAIX PLOUGUER</t>
   </si>
   <si>
     <t>CARHAIX PLOUGUER</t>
   </si>
   <si>
     <t>0298992663</t>
   </si>
   <si>
     <t>290023779</t>
   </si>
   <si>
     <t>UNITE DIALYSE LANDIVISIAU AUB SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3671_FicheEtablissement/en/unite-dialyse-landivisiau-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/3671_FicheEtablissement/fr/unite-dialyse-landivisiau-aub-sante</t>
   </si>
   <si>
     <t>3671_FicheEtablissement</t>
   </si>
   <si>
     <t>11 Rue Albert Lebrun</t>
   </si>
   <si>
     <t>29400 LANDIVISIAU</t>
   </si>
   <si>
     <t>LANDIVISIAU</t>
   </si>
   <si>
     <t>0298249708</t>
   </si>
   <si>
     <t>290023787</t>
   </si>
   <si>
     <t>UNITE D'AUTODIALYSE LE FOLGOET -  AUB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3672_FicheEtablissement/en/unite-dialyse-le-folgoet-aub</t>
+    <t>https://www.has-sante.fr/jcms/3672_FicheEtablissement/fr/unite-dialyse-le-folgoet-aub</t>
   </si>
   <si>
     <t>3672_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue De L'Oratoire</t>
   </si>
   <si>
     <t>29260 LE FOLGOET</t>
   </si>
   <si>
     <t>LE FOLGOET</t>
   </si>
   <si>
     <t>0298838701</t>
   </si>
   <si>
     <t>290023795</t>
   </si>
   <si>
     <t>UNITE DIALYSE PONT L'ABBE AUB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3673_FicheEtablissement/en/unite-dialyse-pont-l-abbe-aub</t>
+    <t>https://www.has-sante.fr/jcms/3673_FicheEtablissement/fr/unite-dialyse-pont-l-abbe-aub</t>
   </si>
   <si>
     <t>3673_FicheEtablissement</t>
   </si>
   <si>
     <t>32 Rue Jacques Chirac</t>
   </si>
   <si>
     <t>29120 PONT L ABBE</t>
   </si>
   <si>
     <t>PONT L ABBE</t>
   </si>
   <si>
     <t>0298826846</t>
   </si>
   <si>
     <t>290025337</t>
   </si>
   <si>
     <t>UNITE DIALYSE LANDERNEAU AUB SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3674_FicheEtablissement/en/unite-dialyse-landerneau-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/3674_FicheEtablissement/fr/unite-dialyse-landerneau-aub-sante</t>
   </si>
   <si>
     <t>3674_FicheEtablissement</t>
   </si>
   <si>
     <t>8 Rue Du Docteur Pouliquen</t>
   </si>
   <si>
     <t>29800 LANDERNEAU</t>
   </si>
   <si>
     <t>LANDERNEAU</t>
   </si>
   <si>
     <t>0298213921</t>
   </si>
   <si>
     <t>290028539</t>
   </si>
   <si>
     <t>UNITE DIALYSE QUIMPER AUB SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3675_FicheEtablissement/en/unite-dialyse-quimper-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/3675_FicheEtablissement/fr/unite-dialyse-quimper-aub-sante</t>
   </si>
   <si>
     <t>3675_FicheEtablissement</t>
   </si>
   <si>
     <t>30 Rue Emile Zola</t>
   </si>
   <si>
     <t>0298644150</t>
   </si>
   <si>
     <t>290029669</t>
   </si>
   <si>
     <t>UNITE DIALYSE CROZON AUB SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3676_FicheEtablissement/en/unite-dialyse-crozon-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/3676_FicheEtablissement/fr/unite-dialyse-crozon-aub-sante</t>
   </si>
   <si>
     <t>3676_FicheEtablissement</t>
   </si>
   <si>
     <t>38 Rue De Poulpatre</t>
   </si>
   <si>
     <t>29160 CROZON</t>
   </si>
   <si>
     <t>CROZON</t>
   </si>
   <si>
     <t>0298172238</t>
   </si>
   <si>
     <t>290030808</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE MEDICALISEE DE BREST</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3677_FicheEtablissement/en/unite-dialyse-brest-questel-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/3677_FicheEtablissement/fr/unite-dialyse-brest-questel-aub-sante</t>
   </si>
   <si>
     <t>3677_FicheEtablissement</t>
   </si>
   <si>
     <t>60 Rue Francis Thomas</t>
   </si>
   <si>
     <t>0298463550</t>
   </si>
   <si>
     <t>290032028</t>
   </si>
   <si>
     <t>UNITE DIALYSE QUIMPERLE MELLAC AUB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3678_FicheEtablissement/en/unite-dialyse-quimperle-mellac-aub</t>
+    <t>https://www.has-sante.fr/jcms/3678_FicheEtablissement/fr/unite-dialyse-quimperle-mellac-aub</t>
   </si>
   <si>
     <t>3678_FicheEtablissement</t>
   </si>
   <si>
     <t>29300 MELLAC</t>
   </si>
   <si>
     <t>MELLAC</t>
   </si>
   <si>
     <t>0298391163</t>
   </si>
   <si>
     <t>290032655</t>
   </si>
   <si>
     <t>DIALYSE A DOMICILE AUB SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3745_FicheEtablissement/en/dialyse-a-domicile-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/3745_FicheEtablissement/fr/dialyse-a-domicile-aub-sante</t>
   </si>
   <si>
     <t>3745_FicheEtablissement</t>
   </si>
   <si>
     <t>13 Boulevard De L'Odet</t>
   </si>
   <si>
     <t>35742 PACE</t>
   </si>
   <si>
     <t>PACE</t>
   </si>
   <si>
     <t>0299535033</t>
   </si>
   <si>
     <t>350002804</t>
   </si>
   <si>
     <t>UNITE DIALYSE SAINT MALO AUB SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3746_FicheEtablissement/en/unite-dialyse-saint-malo-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/3746_FicheEtablissement/fr/unite-dialyse-saint-malo-aub-sante</t>
   </si>
   <si>
     <t>3746_FicheEtablissement</t>
   </si>
   <si>
     <t>0299811726</t>
   </si>
   <si>
     <t>350030763</t>
   </si>
   <si>
     <t>UNITE DIALYSE PONTCHAILLOU RENNES AUB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3747_FicheEtablissement/en/unite-dialyse-pontchaillou-rennes-aub</t>
+    <t>https://www.has-sante.fr/jcms/3747_FicheEtablissement/fr/unite-dialyse-pontchaillou-rennes-aub</t>
   </si>
   <si>
     <t>3747_FicheEtablissement</t>
   </si>
   <si>
     <t>35000 RENNES</t>
   </si>
   <si>
     <t>RENNES</t>
   </si>
   <si>
     <t>0223406440</t>
   </si>
   <si>
     <t>350032934</t>
   </si>
   <si>
     <t>UNITE DIALYSE BROUSSAIS SAINT MALO AUB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3748_FicheEtablissement/en/unite-dialyse-broussais-saint-malo-aub</t>
+    <t>https://www.has-sante.fr/jcms/3748_FicheEtablissement/fr/unite-dialyse-broussais-saint-malo-aub</t>
   </si>
   <si>
     <t>3748_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue De La Marne</t>
   </si>
   <si>
     <t>350040044</t>
   </si>
   <si>
     <t>UNITE AUTODIALYSE DE DINARD - AUB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3749_FicheEtablissement/en/unite-dialyse-dinard-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/3749_FicheEtablissement/fr/unite-dialyse-dinard-aub-sante</t>
   </si>
   <si>
     <t>3749_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Henri Dunant</t>
   </si>
   <si>
     <t>35800 DINARD</t>
   </si>
   <si>
     <t>DINARD</t>
   </si>
   <si>
     <t>0299468659</t>
   </si>
   <si>
     <t>350041059</t>
   </si>
   <si>
     <t>UNITE DIALYSE REDON AUB SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3750_FicheEtablissement/en/unite-dialyse-redon-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/3750_FicheEtablissement/fr/unite-dialyse-redon-aub-sante</t>
   </si>
   <si>
     <t>3750_FicheEtablissement</t>
   </si>
   <si>
     <t>10 Avenue Etienne Gascon</t>
   </si>
   <si>
     <t>35600 REDON</t>
   </si>
   <si>
     <t>REDON</t>
   </si>
   <si>
     <t>0223632094</t>
   </si>
   <si>
     <t>350042131</t>
   </si>
   <si>
     <t>UNITE DIALYSE FOUGERES AUB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3751_FicheEtablissement/en/unite-dialyse-fougeres-aub</t>
+    <t>https://www.has-sante.fr/jcms/3751_FicheEtablissement/fr/unite-dialyse-fougeres-aub</t>
   </si>
   <si>
     <t>3751_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Melouin</t>
   </si>
   <si>
     <t>35300 FOUGERES</t>
   </si>
   <si>
     <t>FOUGERES</t>
   </si>
   <si>
     <t>0299942378</t>
   </si>
   <si>
     <t>350042602</t>
   </si>
   <si>
     <t>UNITE DIALYSE MONTGERMONT AUB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3752_FicheEtablissement/en/unite-dialyse-montgermont-aub</t>
+    <t>https://www.has-sante.fr/jcms/3752_FicheEtablissement/fr/unite-dialyse-montgermont-aub</t>
   </si>
   <si>
     <t>3752_FicheEtablissement</t>
   </si>
   <si>
     <t>19 Rue Jean Jaures</t>
   </si>
   <si>
     <t>35760 MONTGERMONT</t>
   </si>
   <si>
     <t>MONTGERMONT</t>
   </si>
   <si>
     <t>0299237061</t>
   </si>
   <si>
     <t>350046751</t>
   </si>
   <si>
     <t>CENTRE DE DIALYSE D'AVRANCHES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3822_FicheEtablissement/en/centre-de-dialyse-d-avranches</t>
+    <t>https://www.has-sante.fr/jcms/3822_FicheEtablissement/fr/centre-de-dialyse-d-avranches</t>
   </si>
   <si>
     <t>3822_FicheEtablissement</t>
   </si>
   <si>
     <t>56 Rue De La Liberte</t>
   </si>
   <si>
     <t>50300 AVRANCHES</t>
   </si>
   <si>
     <t>AVRANCHES</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>0299200165</t>
   </si>
   <si>
     <t>500021316</t>
   </si>
   <si>
     <t>UNITE DIALYSE LORIENT AUB SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3840_FicheEtablissement/en/unite-dialyse-lorient-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/3840_FicheEtablissement/fr/unite-dialyse-lorient-aub-sante</t>
   </si>
   <si>
     <t>3840_FicheEtablissement</t>
   </si>
   <si>
     <t>3 Avenue De Choiseul</t>
   </si>
   <si>
     <t>56100 LORIENT</t>
   </si>
   <si>
     <t>LORIENT</t>
   </si>
   <si>
     <t>0297840396</t>
   </si>
   <si>
     <t>560004004</t>
   </si>
   <si>
     <t>UNITE DIALYSE KERIO PONTIVY AUB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3841_FicheEtablissement/en/unite-dialyse-kerio-pontivy-aub</t>
+    <t>https://www.has-sante.fr/jcms/3841_FicheEtablissement/fr/unite-dialyse-kerio-pontivy-aub</t>
   </si>
   <si>
     <t>3841_FicheEtablissement</t>
   </si>
   <si>
-    <t>56920 NOYAL PONTIVY</t>
-[...4 lines deleted...]
-  <si>
     <t>0297283372</t>
   </si>
   <si>
     <t>560006348</t>
   </si>
   <si>
     <t>UNITE DIALYSE KERFRICHANT LORIENT AUB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3848_FicheEtablissement/en/unite-dialyse-kerfrichant-lorient-aub</t>
+    <t>https://www.has-sante.fr/jcms/3848_FicheEtablissement/fr/unite-dialyse-kerfrichant-lorient-aub</t>
   </si>
   <si>
     <t>3848_FicheEtablissement</t>
   </si>
   <si>
     <t>0297884610</t>
   </si>
   <si>
     <t>560023848</t>
   </si>
   <si>
     <t>UNITE DIALYSE DINAN AUB SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4675_FicheEtablissement/en/unite-dialyse-dinan-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/4675_FicheEtablissement/fr/unite-dialyse-dinan-aub-sante</t>
   </si>
   <si>
     <t>4675_FicheEtablissement</t>
   </si>
   <si>
     <t>20 Rue Des Malorines</t>
   </si>
   <si>
     <t>22100 DINAN</t>
   </si>
   <si>
     <t>DINAN</t>
   </si>
   <si>
     <t>0296866050</t>
   </si>
   <si>
     <t>220021976</t>
   </si>
   <si>
     <t>UDM SITE KERVERN BREST</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7637_FicheEtablissement/en/udm-site-kervern-brest</t>
+    <t>https://www.has-sante.fr/jcms/7637_FicheEtablissement/fr/udm-site-kervern-brest</t>
   </si>
   <si>
     <t>7637_FicheEtablissement</t>
   </si>
   <si>
     <t>17 Rue Auguste Kervern</t>
   </si>
   <si>
     <t>0298448662</t>
   </si>
   <si>
     <t>290016294</t>
   </si>
   <si>
     <t>UNITE DIALYSE VITRÉ AUB SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7643_FicheEtablissement/en/unite-dialyse-vitre-aub-sante</t>
+    <t>https://www.has-sante.fr/jcms/7643_FicheEtablissement/fr/unite-dialyse-vitre-aub-sante</t>
   </si>
   <si>
     <t>7643_FicheEtablissement</t>
   </si>
   <si>
     <t>30 Route De Rennes</t>
   </si>
   <si>
     <t>35500 VITRE</t>
   </si>
   <si>
     <t>VITRE</t>
   </si>
   <si>
     <t>0257990065</t>
   </si>
   <si>
     <t>350053930</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -1412,2370 +1409,2370 @@
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>62</v>
       </c>
       <c r="H6" t="s">
         <v>63</v>
       </c>
       <c r="I6" t="s">
         <v>26</v>
       </c>
       <c r="J6" t="s">
+        <v>22</v>
+      </c>
+      <c r="K6" t="s">
         <v>64</v>
       </c>
-      <c r="K6" t="s">
+      <c r="L6" t="s">
         <v>65</v>
       </c>
-      <c r="L6" t="s">
+      <c r="M6" t="s">
         <v>66</v>
       </c>
-      <c r="M6" t="s">
+      <c r="N6" t="s">
         <v>67</v>
       </c>
-      <c r="N6" t="s">
+      <c r="O6" t="s">
+        <v>22</v>
+      </c>
+      <c r="P6" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>22</v>
+      </c>
+      <c r="R6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S6" t="s">
         <v>68</v>
-      </c>
-[...13 lines deleted...]
-        <v>69</v>
       </c>
       <c r="T6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
+        <v>23</v>
+      </c>
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" t="s">
         <v>70</v>
       </c>
-      <c r="C7" t="s">
-[...11 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>71</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>72</v>
       </c>
-      <c r="I7" t="s">
+      <c r="J7" t="s">
         <v>73</v>
       </c>
-      <c r="J7" t="s">
+      <c r="K7" t="s">
         <v>74</v>
       </c>
-      <c r="K7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L7" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="M7" t="s">
         <v>30</v>
       </c>
       <c r="N7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="T7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="G8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I8" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M8" t="s">
         <v>30</v>
       </c>
       <c r="N8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="O8" t="s">
         <v>22</v>
       </c>
       <c r="P8" t="s">
         <v>32</v>
       </c>
       <c r="Q8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="T8" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I9" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="L9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M9" t="s">
         <v>30</v>
       </c>
       <c r="N9" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O9" t="s">
         <v>22</v>
       </c>
       <c r="P9" t="s">
         <v>32</v>
       </c>
       <c r="Q9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="T9" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
         <v>23</v>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I10" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L10" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M10" t="s">
         <v>30</v>
       </c>
       <c r="N10" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="O10" t="s">
         <v>22</v>
       </c>
       <c r="P10" t="s">
         <v>32</v>
       </c>
       <c r="Q10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R10" t="s">
         <v>32</v>
       </c>
       <c r="S10" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="T10" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C11" t="s">
         <v>22</v>
       </c>
       <c r="D11" t="s">
         <v>22</v>
       </c>
       <c r="E11" t="s">
         <v>23</v>
       </c>
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I11" t="s">
         <v>26</v>
       </c>
       <c r="J11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K11" t="s">
         <v>28</v>
       </c>
       <c r="L11" t="s">
         <v>29</v>
       </c>
       <c r="M11" t="s">
         <v>30</v>
       </c>
       <c r="N11" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="O11" t="s">
         <v>22</v>
       </c>
       <c r="P11" t="s">
         <v>32</v>
       </c>
       <c r="Q11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R11" t="s">
         <v>32</v>
       </c>
       <c r="S11" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="T11" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C12" t="s">
         <v>22</v>
       </c>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>23</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I12" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J12" t="s">
         <v>22</v>
       </c>
       <c r="K12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="L12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M12" t="s">
         <v>30</v>
       </c>
       <c r="N12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="O12" t="s">
         <v>22</v>
       </c>
       <c r="P12" t="s">
         <v>32</v>
       </c>
       <c r="Q12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R12" t="s">
         <v>32</v>
       </c>
       <c r="S12" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="T12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>20</v>
       </c>
       <c r="B13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C13" t="s">
         <v>22</v>
       </c>
       <c r="D13" t="s">
         <v>22</v>
       </c>
       <c r="E13" t="s">
         <v>23</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="H13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I13" t="s">
         <v>26</v>
       </c>
       <c r="J13" t="s">
         <v>22</v>
       </c>
       <c r="K13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M13" t="s">
         <v>30</v>
       </c>
       <c r="N13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="O13" t="s">
         <v>22</v>
       </c>
       <c r="P13" t="s">
         <v>32</v>
       </c>
       <c r="Q13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R13" t="s">
         <v>32</v>
       </c>
       <c r="S13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="T13" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C14" t="s">
         <v>22</v>
       </c>
       <c r="D14" t="s">
         <v>22</v>
       </c>
       <c r="E14" t="s">
         <v>23</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I14" t="s">
         <v>26</v>
       </c>
       <c r="J14" t="s">
         <v>22</v>
       </c>
       <c r="K14" t="s">
         <v>47</v>
       </c>
       <c r="L14" t="s">
         <v>48</v>
       </c>
       <c r="M14" t="s">
         <v>49</v>
       </c>
       <c r="N14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="O14" t="s">
         <v>22</v>
       </c>
       <c r="P14" t="s">
         <v>32</v>
       </c>
       <c r="Q14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R14" t="s">
         <v>32</v>
       </c>
       <c r="S14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="T14" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>20</v>
       </c>
       <c r="B15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C15" t="s">
         <v>22</v>
       </c>
       <c r="D15" t="s">
         <v>22</v>
       </c>
       <c r="E15" t="s">
         <v>23</v>
       </c>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="G15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I15" t="s">
         <v>26</v>
       </c>
       <c r="J15" t="s">
         <v>22</v>
       </c>
       <c r="K15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M15" t="s">
         <v>49</v>
       </c>
       <c r="N15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="O15" t="s">
         <v>22</v>
       </c>
       <c r="P15" t="s">
         <v>32</v>
       </c>
       <c r="Q15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R15" t="s">
         <v>32</v>
       </c>
       <c r="S15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="T15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>20</v>
       </c>
       <c r="B16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C16" t="s">
         <v>22</v>
       </c>
       <c r="D16" t="s">
         <v>22</v>
       </c>
       <c r="E16" t="s">
         <v>23</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="G16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I16" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J16" t="s">
         <v>22</v>
       </c>
       <c r="K16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="L16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M16" t="s">
         <v>49</v>
       </c>
       <c r="N16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="O16" t="s">
         <v>22</v>
       </c>
       <c r="P16" t="s">
         <v>32</v>
       </c>
       <c r="Q16" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R16" t="s">
         <v>32</v>
       </c>
       <c r="S16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="T16" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C17" t="s">
         <v>22</v>
       </c>
       <c r="D17" t="s">
         <v>22</v>
       </c>
       <c r="E17" t="s">
         <v>23</v>
       </c>
       <c r="F17" t="s">
         <v>22</v>
       </c>
       <c r="G17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I17" t="s">
         <v>26</v>
       </c>
       <c r="J17" t="s">
         <v>22</v>
       </c>
       <c r="K17" t="s">
         <v>47</v>
       </c>
       <c r="L17" t="s">
         <v>48</v>
       </c>
       <c r="M17" t="s">
         <v>49</v>
       </c>
       <c r="N17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="O17" t="s">
         <v>22</v>
       </c>
       <c r="P17" t="s">
         <v>32</v>
       </c>
       <c r="Q17" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R17" t="s">
         <v>32</v>
       </c>
       <c r="S17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="T17" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>20</v>
       </c>
       <c r="B18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C18" t="s">
         <v>22</v>
       </c>
       <c r="D18" t="s">
         <v>22</v>
       </c>
       <c r="E18" t="s">
         <v>23</v>
       </c>
       <c r="F18" t="s">
         <v>22</v>
       </c>
       <c r="G18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I18" t="s">
         <v>26</v>
       </c>
       <c r="J18" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="K18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="L18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M18" t="s">
         <v>49</v>
       </c>
       <c r="N18" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="O18" t="s">
         <v>22</v>
       </c>
       <c r="P18" t="s">
         <v>32</v>
       </c>
       <c r="Q18" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R18" t="s">
         <v>32</v>
       </c>
       <c r="S18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="T18" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>20</v>
       </c>
       <c r="B19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C19" t="s">
         <v>22</v>
       </c>
       <c r="D19" t="s">
         <v>22</v>
       </c>
       <c r="E19" t="s">
         <v>23</v>
       </c>
       <c r="F19" t="s">
         <v>22</v>
       </c>
       <c r="G19" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H19" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I19" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J19" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="K19" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="L19" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M19" t="s">
         <v>49</v>
       </c>
       <c r="N19" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="O19" t="s">
         <v>22</v>
       </c>
       <c r="P19" t="s">
         <v>32</v>
       </c>
       <c r="Q19" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R19" t="s">
         <v>32</v>
       </c>
       <c r="S19" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="T19" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C20" t="s">
         <v>22</v>
       </c>
       <c r="D20" t="s">
         <v>22</v>
       </c>
       <c r="E20" t="s">
         <v>23</v>
       </c>
       <c r="F20" t="s">
         <v>22</v>
       </c>
       <c r="G20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I20" t="s">
         <v>26</v>
       </c>
       <c r="J20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="K20" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="L20" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="M20" t="s">
         <v>49</v>
       </c>
       <c r="N20" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="O20" t="s">
         <v>22</v>
       </c>
       <c r="P20" t="s">
         <v>32</v>
       </c>
       <c r="Q20" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R20" t="s">
         <v>32</v>
       </c>
       <c r="S20" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="T20" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C21" t="s">
         <v>22</v>
       </c>
       <c r="D21" t="s">
         <v>22</v>
       </c>
       <c r="E21" t="s">
         <v>23</v>
       </c>
       <c r="F21" t="s">
         <v>22</v>
       </c>
       <c r="G21" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H21" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="I21" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J21" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="K21" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="L21" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="M21" t="s">
         <v>49</v>
       </c>
       <c r="N21" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="O21" t="s">
         <v>22</v>
       </c>
       <c r="P21" t="s">
         <v>32</v>
       </c>
       <c r="Q21" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R21" t="s">
         <v>32</v>
       </c>
       <c r="S21" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="T21" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>20</v>
       </c>
       <c r="B22" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C22" t="s">
         <v>22</v>
       </c>
       <c r="D22" t="s">
         <v>22</v>
       </c>
       <c r="E22" t="s">
         <v>23</v>
       </c>
       <c r="F22" t="s">
         <v>22</v>
       </c>
       <c r="G22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H22" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="I22" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J22" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K22" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="L22" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="M22" t="s">
         <v>49</v>
       </c>
       <c r="N22" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="O22" t="s">
         <v>22</v>
       </c>
       <c r="P22" t="s">
         <v>32</v>
       </c>
       <c r="Q22" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R22" t="s">
         <v>32</v>
       </c>
       <c r="S22" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="T22" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>20</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C23" t="s">
         <v>22</v>
       </c>
       <c r="D23" t="s">
         <v>22</v>
       </c>
       <c r="E23" t="s">
         <v>23</v>
       </c>
       <c r="F23" t="s">
         <v>22</v>
       </c>
       <c r="G23" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H23" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="I23" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J23" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="K23" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="L23" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="M23" t="s">
         <v>49</v>
       </c>
       <c r="N23" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="O23" t="s">
         <v>22</v>
       </c>
       <c r="P23" t="s">
         <v>32</v>
       </c>
       <c r="Q23" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R23" t="s">
         <v>32</v>
       </c>
       <c r="S23" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="T23" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>20</v>
       </c>
       <c r="B24" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C24" t="s">
         <v>22</v>
       </c>
       <c r="D24" t="s">
         <v>22</v>
       </c>
       <c r="E24" t="s">
         <v>23</v>
       </c>
       <c r="F24" t="s">
         <v>22</v>
       </c>
       <c r="G24" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H24" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I24" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J24" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="K24" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="L24" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M24" t="s">
         <v>49</v>
       </c>
       <c r="N24" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="O24" t="s">
         <v>22</v>
       </c>
       <c r="P24" t="s">
         <v>32</v>
       </c>
       <c r="Q24" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R24" t="s">
         <v>32</v>
       </c>
       <c r="S24" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="T24" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>20</v>
       </c>
       <c r="B25" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C25" t="s">
         <v>22</v>
       </c>
       <c r="D25" t="s">
         <v>22</v>
       </c>
       <c r="E25" t="s">
         <v>23</v>
       </c>
       <c r="F25" t="s">
         <v>22</v>
       </c>
       <c r="G25" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H25" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I25" t="s">
         <v>26</v>
       </c>
       <c r="J25" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K25" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="L25" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M25" t="s">
         <v>49</v>
       </c>
       <c r="N25" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="O25" t="s">
         <v>22</v>
       </c>
       <c r="P25" t="s">
         <v>32</v>
       </c>
       <c r="Q25" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R25" t="s">
         <v>32</v>
       </c>
       <c r="S25" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="T25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>20</v>
       </c>
       <c r="B26" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C26" t="s">
         <v>22</v>
       </c>
       <c r="D26" t="s">
         <v>22</v>
       </c>
       <c r="E26" t="s">
         <v>23</v>
       </c>
       <c r="F26" t="s">
         <v>22</v>
       </c>
       <c r="G26" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="H26" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="I26" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J26" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="K26" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="L26" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="M26" t="s">
         <v>49</v>
       </c>
       <c r="N26" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="O26" t="s">
         <v>22</v>
       </c>
       <c r="P26" t="s">
         <v>32</v>
       </c>
       <c r="Q26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R26" t="s">
         <v>32</v>
       </c>
       <c r="S26" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="T26" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>20</v>
       </c>
       <c r="B27" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C27" t="s">
         <v>22</v>
       </c>
       <c r="D27" t="s">
         <v>22</v>
       </c>
       <c r="E27" t="s">
         <v>23</v>
       </c>
       <c r="F27" t="s">
         <v>22</v>
       </c>
       <c r="G27" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H27" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="I27" t="s">
         <v>26</v>
       </c>
       <c r="J27" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="K27" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L27" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M27" t="s">
         <v>49</v>
       </c>
       <c r="N27" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="O27" t="s">
         <v>22</v>
       </c>
       <c r="P27" t="s">
         <v>32</v>
       </c>
       <c r="Q27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R27" t="s">
         <v>32</v>
       </c>
       <c r="S27" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="T27" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>20</v>
       </c>
       <c r="B28" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C28" t="s">
         <v>22</v>
       </c>
       <c r="D28" t="s">
         <v>22</v>
       </c>
       <c r="E28" t="s">
         <v>23</v>
       </c>
       <c r="F28" t="s">
         <v>22</v>
       </c>
       <c r="G28" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H28" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I28" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J28" t="s">
         <v>22</v>
       </c>
       <c r="K28" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="L28" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="M28" t="s">
         <v>49</v>
       </c>
       <c r="N28" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="O28" t="s">
         <v>22</v>
       </c>
       <c r="P28" t="s">
         <v>32</v>
       </c>
       <c r="Q28" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R28" t="s">
         <v>32</v>
       </c>
       <c r="S28" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="T28" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>20</v>
       </c>
       <c r="B29" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C29" t="s">
         <v>22</v>
       </c>
       <c r="D29" t="s">
         <v>22</v>
       </c>
       <c r="E29" t="s">
         <v>23</v>
       </c>
       <c r="F29" t="s">
         <v>22</v>
       </c>
       <c r="G29" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="H29" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="I29" t="s">
         <v>26</v>
       </c>
       <c r="J29" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="K29" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="L29" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="M29" t="s">
         <v>58</v>
       </c>
       <c r="N29" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="O29" t="s">
         <v>22</v>
       </c>
       <c r="P29" t="s">
         <v>32</v>
       </c>
       <c r="Q29" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R29" t="s">
         <v>32</v>
       </c>
       <c r="S29" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="T29" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>20</v>
       </c>
       <c r="B30" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C30" t="s">
         <v>22</v>
       </c>
       <c r="D30" t="s">
         <v>22</v>
       </c>
       <c r="E30" t="s">
         <v>23</v>
       </c>
       <c r="F30" t="s">
         <v>22</v>
       </c>
       <c r="G30" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H30" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="I30" t="s">
         <v>26</v>
       </c>
       <c r="J30" t="s">
         <v>22</v>
       </c>
       <c r="K30" t="s">
         <v>56</v>
       </c>
       <c r="L30" t="s">
         <v>57</v>
       </c>
       <c r="M30" t="s">
         <v>58</v>
       </c>
       <c r="N30" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="O30" t="s">
         <v>22</v>
       </c>
       <c r="P30" t="s">
         <v>32</v>
       </c>
       <c r="Q30" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R30" t="s">
         <v>32</v>
       </c>
       <c r="S30" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="T30" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>20</v>
       </c>
       <c r="B31" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C31" t="s">
         <v>22</v>
       </c>
       <c r="D31" t="s">
         <v>22</v>
       </c>
       <c r="E31" t="s">
         <v>23</v>
       </c>
       <c r="F31" t="s">
         <v>22</v>
       </c>
       <c r="G31" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H31" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="I31" t="s">
         <v>26</v>
       </c>
       <c r="J31" t="s">
         <v>22</v>
       </c>
       <c r="K31" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="L31" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="M31" t="s">
         <v>58</v>
       </c>
       <c r="N31" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="O31" t="s">
         <v>22</v>
       </c>
       <c r="P31" t="s">
         <v>32</v>
       </c>
       <c r="Q31" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R31" t="s">
         <v>32</v>
       </c>
       <c r="S31" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="T31" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>20</v>
       </c>
       <c r="B32" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C32" t="s">
         <v>22</v>
       </c>
       <c r="D32" t="s">
         <v>22</v>
       </c>
       <c r="E32" t="s">
         <v>23</v>
       </c>
       <c r="F32" t="s">
         <v>22</v>
       </c>
       <c r="G32" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H32" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="I32" t="s">
         <v>26</v>
       </c>
       <c r="J32" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K32" t="s">
         <v>56</v>
       </c>
       <c r="L32" t="s">
         <v>57</v>
       </c>
       <c r="M32" t="s">
         <v>58</v>
       </c>
       <c r="N32" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="O32" t="s">
         <v>22</v>
       </c>
       <c r="P32" t="s">
         <v>32</v>
       </c>
       <c r="Q32" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R32" t="s">
         <v>32</v>
       </c>
       <c r="S32" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="T32" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>20</v>
       </c>
       <c r="B33" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C33" t="s">
         <v>22</v>
       </c>
       <c r="D33" t="s">
         <v>22</v>
       </c>
       <c r="E33" t="s">
         <v>23</v>
       </c>
       <c r="F33" t="s">
         <v>22</v>
       </c>
       <c r="G33" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H33" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="I33" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J33" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K33" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="L33" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="M33" t="s">
         <v>58</v>
       </c>
       <c r="N33" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="O33" t="s">
         <v>22</v>
       </c>
       <c r="P33" t="s">
         <v>32</v>
       </c>
       <c r="Q33" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R33" t="s">
         <v>32</v>
       </c>
       <c r="S33" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="T33" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>20</v>
       </c>
       <c r="B34" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C34" t="s">
         <v>22</v>
       </c>
       <c r="D34" t="s">
         <v>22</v>
       </c>
       <c r="E34" t="s">
         <v>23</v>
       </c>
       <c r="F34" t="s">
         <v>22</v>
       </c>
       <c r="G34" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H34" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="I34" t="s">
         <v>26</v>
       </c>
       <c r="J34" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="K34" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="L34" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="M34" t="s">
         <v>58</v>
       </c>
       <c r="N34" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="O34" t="s">
         <v>22</v>
       </c>
       <c r="P34" t="s">
         <v>32</v>
       </c>
       <c r="Q34" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R34" t="s">
         <v>32</v>
       </c>
       <c r="S34" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="T34" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>20</v>
       </c>
       <c r="B35" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C35" t="s">
         <v>22</v>
       </c>
       <c r="D35" t="s">
         <v>22</v>
       </c>
       <c r="E35" t="s">
         <v>23</v>
       </c>
       <c r="F35" t="s">
         <v>22</v>
       </c>
       <c r="G35" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H35" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="I35" t="s">
         <v>26</v>
       </c>
       <c r="J35" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="K35" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="L35" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="M35" t="s">
         <v>58</v>
       </c>
       <c r="N35" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="O35" t="s">
         <v>22</v>
       </c>
       <c r="P35" t="s">
         <v>32</v>
       </c>
       <c r="Q35" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R35" t="s">
         <v>32</v>
       </c>
       <c r="S35" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="T35" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>20</v>
       </c>
       <c r="B36" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C36" t="s">
         <v>22</v>
       </c>
       <c r="D36" t="s">
         <v>22</v>
       </c>
       <c r="E36" t="s">
         <v>23</v>
       </c>
       <c r="F36" t="s">
         <v>22</v>
       </c>
       <c r="G36" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="H36" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="I36" t="s">
         <v>26</v>
       </c>
       <c r="J36" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K36" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="L36" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="M36" t="s">
         <v>58</v>
       </c>
       <c r="N36" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="O36" t="s">
         <v>22</v>
       </c>
       <c r="P36" t="s">
         <v>32</v>
       </c>
       <c r="Q36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R36" t="s">
         <v>32</v>
       </c>
       <c r="S36" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="T36" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>20</v>
       </c>
       <c r="B37" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C37" t="s">
         <v>22</v>
       </c>
       <c r="D37" t="s">
         <v>22</v>
       </c>
       <c r="E37" t="s">
         <v>23</v>
       </c>
       <c r="F37" t="s">
         <v>22</v>
       </c>
       <c r="G37" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H37" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I37" t="s">
         <v>26</v>
       </c>
       <c r="J37" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="K37" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="L37" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M37" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="N37" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="O37" t="s">
         <v>22</v>
       </c>
       <c r="P37" t="s">
         <v>32</v>
       </c>
       <c r="Q37" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R37" t="s">
         <v>32</v>
       </c>
       <c r="S37" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="T37" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>20</v>
       </c>
       <c r="B38" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C38" t="s">
         <v>22</v>
       </c>
       <c r="D38" t="s">
         <v>22</v>
       </c>
       <c r="E38" t="s">
         <v>23</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H38" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I38" t="s">
         <v>26</v>
       </c>
       <c r="J38" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="K38" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="L38" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="M38" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="N38" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="O38" t="s">
         <v>22</v>
       </c>
       <c r="P38" t="s">
         <v>32</v>
       </c>
       <c r="Q38" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R38" t="s">
         <v>32</v>
       </c>
       <c r="S38" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="T38" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>20</v>
       </c>
       <c r="B39" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C39" t="s">
         <v>22</v>
       </c>
       <c r="D39" t="s">
         <v>22</v>
       </c>
       <c r="E39" t="s">
         <v>23</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H39" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="I39" t="s">
-        <v>26</v>
+        <v>72</v>
       </c>
       <c r="J39" t="s">
         <v>22</v>
       </c>
       <c r="K39" t="s">
-        <v>305</v>
+        <v>64</v>
       </c>
       <c r="L39" t="s">
+        <v>65</v>
+      </c>
+      <c r="M39" t="s">
+        <v>66</v>
+      </c>
+      <c r="N39" t="s">
         <v>306</v>
       </c>
-      <c r="M39" t="s">
-[...2 lines deleted...]
-      <c r="N39" t="s">
+      <c r="O39" t="s">
+        <v>22</v>
+      </c>
+      <c r="P39" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>77</v>
+      </c>
+      <c r="R39" t="s">
+        <v>32</v>
+      </c>
+      <c r="S39" t="s">
         <v>307</v>
-      </c>
-[...13 lines deleted...]
-        <v>308</v>
       </c>
       <c r="T39" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>20</v>
       </c>
       <c r="B40" t="s">
+        <v>308</v>
+      </c>
+      <c r="C40" t="s">
+        <v>22</v>
+      </c>
+      <c r="D40" t="s">
+        <v>22</v>
+      </c>
+      <c r="E40" t="s">
+        <v>23</v>
+      </c>
+      <c r="F40" t="s">
+        <v>22</v>
+      </c>
+      <c r="G40" t="s">
         <v>309</v>
       </c>
-      <c r="C40" t="s">
-[...11 lines deleted...]
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="I40" t="s">
         <v>26</v>
       </c>
       <c r="J40" t="s">
         <v>22</v>
       </c>
       <c r="K40" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="L40" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="M40" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="N40" t="s">
+        <v>311</v>
+      </c>
+      <c r="O40" t="s">
+        <v>22</v>
+      </c>
+      <c r="P40" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>77</v>
+      </c>
+      <c r="R40" t="s">
+        <v>32</v>
+      </c>
+      <c r="S40" t="s">
         <v>312</v>
-      </c>
-[...13 lines deleted...]
-        <v>313</v>
       </c>
       <c r="T40" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>20</v>
       </c>
       <c r="B41" t="s">
+        <v>313</v>
+      </c>
+      <c r="C41" t="s">
+        <v>22</v>
+      </c>
+      <c r="D41" t="s">
+        <v>22</v>
+      </c>
+      <c r="E41" t="s">
+        <v>23</v>
+      </c>
+      <c r="F41" t="s">
+        <v>22</v>
+      </c>
+      <c r="G41" t="s">
         <v>314</v>
       </c>
-      <c r="C41" t="s">
-[...11 lines deleted...]
-      <c r="G41" t="s">
+      <c r="H41" t="s">
         <v>315</v>
       </c>
-      <c r="H41" t="s">
+      <c r="I41" t="s">
+        <v>72</v>
+      </c>
+      <c r="J41" t="s">
         <v>316</v>
       </c>
-      <c r="I41" t="s">
-[...2 lines deleted...]
-      <c r="J41" t="s">
+      <c r="K41" t="s">
         <v>317</v>
       </c>
-      <c r="K41" t="s">
+      <c r="L41" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="M41" t="s">
         <v>30</v>
       </c>
       <c r="N41" t="s">
+        <v>319</v>
+      </c>
+      <c r="O41" t="s">
+        <v>22</v>
+      </c>
+      <c r="P41" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>77</v>
+      </c>
+      <c r="R41" t="s">
+        <v>32</v>
+      </c>
+      <c r="S41" t="s">
         <v>320</v>
-      </c>
-[...13 lines deleted...]
-        <v>321</v>
       </c>
       <c r="T41" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>20</v>
       </c>
       <c r="B42" t="s">
+        <v>321</v>
+      </c>
+      <c r="C42" t="s">
+        <v>22</v>
+      </c>
+      <c r="D42" t="s">
+        <v>22</v>
+      </c>
+      <c r="E42" t="s">
+        <v>23</v>
+      </c>
+      <c r="F42" t="s">
+        <v>22</v>
+      </c>
+      <c r="G42" t="s">
         <v>322</v>
       </c>
-      <c r="C42" t="s">
-[...11 lines deleted...]
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>323</v>
       </c>
-      <c r="H42" t="s">
+      <c r="I42" t="s">
+        <v>72</v>
+      </c>
+      <c r="J42" t="s">
         <v>324</v>
       </c>
-      <c r="I42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K42" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L42" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M42" t="s">
         <v>49</v>
       </c>
       <c r="N42" t="s">
+        <v>325</v>
+      </c>
+      <c r="O42" t="s">
+        <v>22</v>
+      </c>
+      <c r="P42" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>77</v>
+      </c>
+      <c r="R42" t="s">
+        <v>32</v>
+      </c>
+      <c r="S42" t="s">
         <v>326</v>
-      </c>
-[...13 lines deleted...]
-        <v>327</v>
       </c>
       <c r="T42" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>20</v>
       </c>
       <c r="B43" t="s">
+        <v>327</v>
+      </c>
+      <c r="C43" t="s">
+        <v>22</v>
+      </c>
+      <c r="D43" t="s">
+        <v>22</v>
+      </c>
+      <c r="E43" t="s">
+        <v>23</v>
+      </c>
+      <c r="F43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G43" t="s">
         <v>328</v>
       </c>
-      <c r="C43" t="s">
-[...11 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>329</v>
       </c>
-      <c r="H43" t="s">
+      <c r="I43" t="s">
+        <v>72</v>
+      </c>
+      <c r="J43" t="s">
         <v>330</v>
       </c>
-      <c r="I43" t="s">
-[...2 lines deleted...]
-      <c r="J43" t="s">
+      <c r="K43" t="s">
         <v>331</v>
       </c>
-      <c r="K43" t="s">
+      <c r="L43" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="M43" t="s">
         <v>58</v>
       </c>
       <c r="N43" t="s">
+        <v>333</v>
+      </c>
+      <c r="O43" t="s">
+        <v>22</v>
+      </c>
+      <c r="P43" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>77</v>
+      </c>
+      <c r="R43" t="s">
+        <v>32</v>
+      </c>
+      <c r="S43" t="s">
         <v>334</v>
-      </c>
-[...13 lines deleted...]
-        <v>335</v>
       </c>
       <c r="T43" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>