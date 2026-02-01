--- v0 (2025-10-15)
+++ v1 (2026-02-01)
@@ -80,84 +80,84 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE PSYCHIATRIQUE DE L ANGE GARDIEN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>07/03/2025 10:20:27</t>
+    <t>17/10/2025 18:13:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2805_FicheEtablissement/fr/clinique-psychiatriq-de-l-ange-gardien</t>
   </si>
   <si>
     <t>2805_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>77260 CHAMIGNY</t>
   </si>
   <si>
     <t>CHAMIGNY</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>0160245800</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>770310027</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements non certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">