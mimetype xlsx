--- v0 (2025-12-02)
+++ v1 (2026-01-23)
@@ -116,51 +116,51 @@
   <si>
     <t>17310 ST PIERRE D OLERON</t>
   </si>
   <si>
     <t>ST PIERRE D OLERON</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>0546763100</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>170000079</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CH DUBOIS MEYNARDIE - MARENNES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/516_FicheEtablissement/fr/ch-dubois-meynardie-marennes</t>
   </si>
   <si>
     <t>516_FicheEtablissement</t>
   </si>
   <si>
     <t>3 Rue Du Docteur Roux</t>
   </si>
   <si>
     <t>17320 MARENNES HIERS BROUAGE</t>
   </si>
   <si>
     <t>MARENNES HIERS BROUAGE</t>
   </si>
   <si>
     <t>0546850138</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>